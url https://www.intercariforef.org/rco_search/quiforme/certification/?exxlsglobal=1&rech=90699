--- v0 (2025-12-22)
+++ v1 (2026-02-23)
@@ -94,114 +94,114 @@
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>LP JACQUES BREL RUE JEAN LURCAT 33310 LORMONT</t>
   </si>
   <si>
     <t>01/01/2015</t>
   </si>
   <si>
     <t>15/03/2021</t>
   </si>
   <si>
     <t>2 RUE DE LA DEMOCRATIE 69200 VENISSIEUX</t>
   </si>
   <si>
     <t>17/10/2014</t>
   </si>
   <si>
+    <t>BTP CFA OCCITANIE</t>
+  </si>
+  <si>
+    <t>3490 AVENUE ETIENNE MEHUL 34070 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>15/05/2012</t>
+  </si>
+  <si>
+    <t>17/06/2020</t>
+  </si>
+  <si>
+    <t>4 F COM</t>
+  </si>
+  <si>
+    <t>BUREAU D'ETUDE</t>
+  </si>
+  <si>
+    <t>9 RUE DU PROGRES 69800 SAINT-PRIEST</t>
+  </si>
+  <si>
+    <t>19/01/2017</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
     <t>BATIMENT CFA BRETAGNE</t>
   </si>
   <si>
     <t>MOULIN DES LANDES 1 RUE FRANCOIS MARIE ANDRE 29000 QUIMPER</t>
   </si>
   <si>
     <t>18/07/2005</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>12 BOULEVARD DES ILES 56000 VANNES</t>
   </si>
   <si>
     <t>01/01/2011</t>
   </si>
   <si>
     <t>BTP CFA GRAND EST</t>
   </si>
   <si>
     <t>ZAC DU BREUIL RUE NICOLAS PIERSON 54700 PONT-A-MOUSSON</t>
   </si>
   <si>
     <t>01/09/1975</t>
   </si>
   <si>
     <t>BTP CFA PAYS DE LA LOIRE</t>
   </si>
   <si>
     <t>BTP CFA VENDEE</t>
   </si>
   <si>
     <t>23 ROND-POINT DU COTEAU 85000 LA ROCHE-SUR-YON</t>
   </si>
   <si>
     <t>01/01/2012</t>
-  </si>
-[...25 lines deleted...]
-    <t>70.22Z</t>
   </si>
   <si>
     <t>RESEAU DUCRETET</t>
   </si>
   <si>
     <t>14/12/2013</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -673,53 +673,51 @@
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
         <v>39074560200057</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I3" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I3" s="3"/>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
         <v>39074560200065</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
@@ -728,268 +726,266 @@
       <c r="F4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="3">
         <v>11922071892</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>77750927400042</v>
+        <v>51472700700072</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="G5" s="2"/>
+      <c r="G5" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="H5" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I5" s="3"/>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>77750927400083</v>
+        <v>52064459200054</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="D6" s="2"/>
+        <v>30</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>31</v>
+      </c>
       <c r="E6" s="2" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="I6" s="3">
-        <v>53350904835</v>
+        <v>82691194269</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>78334702400052</v>
+        <v>77750927400042</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="I7" s="3">
-        <v>41540042054</v>
+        <v>53350904835</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>78605529300066</v>
+        <v>77750927400083</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="D8" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I8" s="3">
-        <v>52440669044</v>
+        <v>53350904835</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>51472700700072</v>
+        <v>78334702400052</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="I9" s="3">
-        <v>91340684734</v>
+        <v>41540042054</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>52064459200054</v>
+        <v>78605529300066</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="I10" s="3">
-        <v>82691194269</v>
+        <v>52440669044</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>79932067600015</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>49</v>
       </c>
@@ -1045,31 +1041,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/22/2025 03:52:23</dc:description>
+  <dc:description>Export en date du 02/23/2026 06:34:29</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>