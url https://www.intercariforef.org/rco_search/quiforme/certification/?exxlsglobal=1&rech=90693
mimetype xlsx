--- v0 (2025-12-18)
+++ v1 (2026-03-19)
@@ -106,120 +106,120 @@
   <si>
     <t>01/01/1991</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>7233P015633</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>BTP CFA OCCITANIE</t>
   </si>
   <si>
     <t>BTP CFA OCCITANIE - CAMPUS DE TOULOUSE-MURET</t>
   </si>
   <si>
     <t>3 IMPASSE GEORGES DAZET 31100 TOULOUSE</t>
   </si>
   <si>
     <t>01/10/2019</t>
   </si>
   <si>
+    <t>CLPS L ENJEU COMPETENCES</t>
+  </si>
+  <si>
+    <t>CLPS L'ENJEU COMPETENCES</t>
+  </si>
+  <si>
+    <t>16 AVENUE DE LA CROIX VERTE 35650 LE RHEU</t>
+  </si>
+  <si>
+    <t>01/04/2003</t>
+  </si>
+  <si>
+    <t>BTP CFA PICARDIE</t>
+  </si>
+  <si>
+    <t>CFA 17 RUE PIERRE ROLLIN 80090 AMIENS</t>
+  </si>
+  <si>
+    <t>01/05/2008</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>BTP CFA CENTRE</t>
+  </si>
+  <si>
+    <t>50 RUE MARCEL PAUL 45770 SARAN</t>
+  </si>
+  <si>
+    <t>01/03/2013</t>
+  </si>
+  <si>
+    <t>25/06/2024</t>
+  </si>
+  <si>
     <t>FEDER COMPAGNONIQUE METIERS DU BATIMENT</t>
   </si>
   <si>
     <t>3 ALLEE DE BELLEVUE 64600 ANGLET</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>55.90Z</t>
   </si>
   <si>
     <t>BTP CFA PAYS DE LA LOIRE</t>
   </si>
   <si>
     <t>BTP CFA LOIRE ATLANTIQUE</t>
   </si>
   <si>
     <t>BTP CFA LOIRE ATLANTIQUE 27 RUE DE LA RIVAUDIERE 44800 SAINT-HERBLAIN</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
-    <t>85.32Z</t>
-[...1 lines deleted...]
-  <si>
     <t>BTP CFA VENDEE</t>
   </si>
   <si>
     <t>23 ROND-POINT DU COTEAU 85000 LA ROCHE-SUR-YON</t>
   </si>
   <si>
     <t>01/01/2012</t>
-  </si>
-[...34 lines deleted...]
-    <t>01/04/2003</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
     <t>32 RUE RENE LOTE 56100 LORIENT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -743,294 +743,292 @@
       <c r="F4" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I4" s="3">
         <v>91340684734</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>78223719200029</v>
+        <v>32159164600328</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="D5" s="2"/>
+      <c r="D5" s="2" t="s">
+        <v>31</v>
+      </c>
       <c r="E5" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="I5" s="3">
-        <v>72640001064</v>
+        <v>53350111635</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>78605529300017</v>
+        <v>50260294900021</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="D6" s="2" t="s">
+      <c r="D6" s="2"/>
+      <c r="E6" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="E6" s="2" t="s">
+      <c r="F6" s="2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I6" s="3">
-        <v>52440669044</v>
+        <v>22800138280</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>78605529300066</v>
+        <v>77534903800098</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="D7" s="2" t="s">
         <v>39</v>
       </c>
+      <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="G7" s="2"/>
+      <c r="G7" s="2" t="s">
+        <v>42</v>
+      </c>
       <c r="H7" s="2" t="s">
-        <v>38</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>50260294900021</v>
+        <v>78223719200029</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="I8" s="3">
-        <v>22800138280</v>
+        <v>72640001064</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>77534903800098</v>
+        <v>78605529300017</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="D9" s="2"/>
+        <v>47</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>48</v>
+      </c>
       <c r="E9" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I9" s="3">
-        <v>24450294845</v>
+        <v>52440669044</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>32159164600328</v>
+        <v>78605529300066</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>51</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="I10" s="3">
-        <v>53350111635</v>
+        <v>52440669044</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>82422814200728</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I11" s="3">
         <v>11930743393</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -1062,31 +1060,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/18/2025 06:55:09</dc:description>
+  <dc:description>Export en date du 03/19/2026 20:51:14</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>