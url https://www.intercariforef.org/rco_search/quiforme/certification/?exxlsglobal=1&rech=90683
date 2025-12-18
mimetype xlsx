--- v0 (2025-10-21)
+++ v1 (2025-12-18)
@@ -118,90 +118,285 @@
   <si>
     <t>GRETA POITOU CHARENTES</t>
   </si>
   <si>
     <t>63 RUE DE LA BUGELLERIE 86000 POITIERS</t>
   </si>
   <si>
     <t>01/01/2015</t>
   </si>
   <si>
     <t>LYCEE D'ENSEIGNEMENT GENERAL,TECHNOLOGIQUE ET PROFESSIONNEL AGRICOLE D'AUXERRE-LA-BROSSE</t>
   </si>
   <si>
     <t>CFPPA LA BROSSE</t>
   </si>
   <si>
     <t>89290 VENOY</t>
   </si>
   <si>
     <t>07/08/1992</t>
   </si>
   <si>
     <t>2689P000589</t>
   </si>
   <si>
+    <t>CPO.A BTP</t>
+  </si>
+  <si>
+    <t>13 RUE DENIS PAPIN 78190 TRAPPES</t>
+  </si>
+  <si>
+    <t>29/07/2005</t>
+  </si>
+  <si>
+    <t>ECOLE TRAVAUX PUBLICS NORMANDE J FRERET FORMATION CONTINUE</t>
+  </si>
+  <si>
+    <t>PLAINE SAINT-GILLES 72610 SAINT-PATERNE - LE CHEVAIN</t>
+  </si>
+  <si>
+    <t>01/01/2001</t>
+  </si>
+  <si>
+    <t>PLATE-FORME</t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITES DE LAURADE 13103 SAINT-ETIENNE-DU-GRES</t>
+  </si>
+  <si>
+    <t>01/09/2002</t>
+  </si>
+  <si>
+    <t>FEDERATION  COMPAGNONNIQUE REGIONALE DE LYON</t>
+  </si>
+  <si>
+    <t>49 RUE FEUILLAT 69003 LYON</t>
+  </si>
+  <si>
+    <t>04/05/2015</t>
+  </si>
+  <si>
+    <t>BTP CFA NOUVELLE AQUITAINE</t>
+  </si>
+  <si>
+    <t>LES BUREAUX DU LAC I 4 AVENUE DE CHAVAILLES 33520 BRUGES</t>
+  </si>
+  <si>
+    <t>16/05/2011</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>ECOLE DE LA CONSTRUCTION DES INFRASTRUCTURES ET RESEAUX FORMATION</t>
+  </si>
+  <si>
+    <t>PONT-ROYAL SUD 552 ROUTE DU GROS MOURRE 13370 MALLEMORT</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>FEDERATION DES COMPAGNONS DU TOUR DE FRANCE REGION SUD</t>
+  </si>
+  <si>
+    <t>7 BOULEVARD PONS 13014 MARSEILLE</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>CPO FC CENTRE DE FORMATION PROFESIONNELLE CONTINUE</t>
+  </si>
+  <si>
+    <t>CPO FC EST</t>
+  </si>
+  <si>
+    <t>ZAC DES ESCARNOTIERES 14 RUE HIPPOLYTE FONTAINE 51000 CHALONS-EN-CHAMPAGNE</t>
+  </si>
+  <si>
+    <t>01/01/2010</t>
+  </si>
+  <si>
+    <t>ACCESS PRO</t>
+  </si>
+  <si>
+    <t>10 RUE HENRI ET ANTOINE MAURRAS 13016 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/06/2013</t>
+  </si>
+  <si>
+    <t>CFIM TP</t>
+  </si>
+  <si>
+    <t>VENTENAT 87410 LE PALAIS SUR VIENNE</t>
+  </si>
+  <si>
+    <t>01/10/2010</t>
+  </si>
+  <si>
+    <t>RUE HENRI PLUYAUD 23300 LA SOUTERRAINE</t>
+  </si>
+  <si>
+    <t>15/11/2013</t>
+  </si>
+  <si>
+    <t>ALXIA</t>
+  </si>
+  <si>
+    <t>BROC CENTER 5600 METRES C 1ERE AVEN 1 PLAN CARROS 06510 CARROS</t>
+  </si>
+  <si>
+    <t>31/12/2014</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>ARTECH FORMATION</t>
+  </si>
+  <si>
+    <t>ZI ECOPOLIS SUD 41 AVENUE JOSE NOBRE 13500 MARTIGUES</t>
+  </si>
+  <si>
+    <t>10/08/2009</t>
+  </si>
+  <si>
+    <t>INNOVISTA</t>
+  </si>
+  <si>
+    <t>ZI THIBAUD 2 RUE JEAN DE GUERLINS 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/01/2013</t>
+  </si>
+  <si>
+    <t>POLE ETUDE RECHERCHE FORMATION</t>
+  </si>
+  <si>
+    <t>ESPACE TECHNOLOGIQUE JEAN BERTIN 23 RUE HELENE BOUCHER 40220 TARNOS</t>
+  </si>
+  <si>
+    <t>07/12/2017</t>
+  </si>
+  <si>
+    <t>ASS GESTION CENTRE FORMATION CONTI FNTP</t>
+  </si>
+  <si>
+    <t>26 RUE DE BELLEVUE 19300 EGLETONS</t>
+  </si>
+  <si>
+    <t>29/10/1992</t>
+  </si>
+  <si>
+    <t>AFOR TP</t>
+  </si>
+  <si>
+    <t>11 RUE MAURICE BOUCHOR 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>07/04/1980</t>
+  </si>
+  <si>
+    <t>CENTRE D'EDUCATION ET DE SECURITE ROUTIERE MEDITERRANEE</t>
+  </si>
+  <si>
+    <t>PEAGE NORD MAS DE LA GARRIGUE NORD 66600 RIVESALTES</t>
+  </si>
+  <si>
+    <t>19/04/1991</t>
+  </si>
+  <si>
+    <t>85.53Z</t>
+  </si>
+  <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>CEFORAS (CENTRE D ETUDE FORMATION ASSISTANCE TECHNIQUE EN SECURITE)</t>
   </si>
   <si>
     <t>PARC DE L'ESTUAIRE AV DU CANTIPOU 76700 HARFLEUR</t>
   </si>
   <si>
     <t>01/08/2009</t>
   </si>
   <si>
     <t>02/05/2023</t>
   </si>
   <si>
-    <t>70.22Z</t>
-[...1 lines deleted...]
-  <si>
     <t>BTP CFA AUVERGNE RHONE ALPES</t>
   </si>
   <si>
     <t>BTP CFA LOIRE MICHEL CLUZEL</t>
   </si>
   <si>
     <t>21 RUE DE L'APPRENTISSAGE 42000 SAINT-ETIENNE</t>
   </si>
   <si>
-    <t>01/01/2013</t>
-[...11 lines deleted...]
-    <t>29/07/2005</t>
+    <t>BTP CFA OCCITANIE</t>
+  </si>
+  <si>
+    <t>BTP CFA OCCITANIE - CAMPUS DE TOULOUSE-MURET</t>
+  </si>
+  <si>
+    <t>3 IMPASSE GEORGES DAZET 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/10/2019</t>
+  </si>
+  <si>
+    <t>ELFE FORMATION BTP</t>
+  </si>
+  <si>
+    <t>PARC D ACTIVITE RUE HAUTE DEULE 62950 NOYELLES GODAULT</t>
+  </si>
+  <si>
+    <t>01/09/2014</t>
+  </si>
+  <si>
+    <t>71.12B</t>
+  </si>
+  <si>
+    <t>CONTROL</t>
+  </si>
+  <si>
+    <t>CONTROL FORMATION</t>
+  </si>
+  <si>
+    <t>COTE DU MOULIN 64350 ARROSES</t>
+  </si>
+  <si>
+    <t>01/07/2015</t>
+  </si>
+  <si>
+    <t>01/10/2021</t>
+  </si>
+  <si>
+    <t>71.20B</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
     <t>LE CHAUFFAUD 86150 LE VIGEANT</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>6 RUE DU MOULINEL 59169 CANTIN</t>
   </si>
   <si>
     <t>1 RUE ERNEST THIERRY-MIEG 90000 BELFORT</t>
   </si>
   <si>
     <t>168 ROUTE DE BEAUCAIRE 30000 NIMES</t>
   </si>
   <si>
     <t>CHE DES CHARBONNIERES 49700 DOUE-EN-ANJOU</t>
   </si>
   <si>
     <t>32 RUE RENE LOTE 56100 LORIENT</t>
   </si>
@@ -215,245 +410,50 @@
     <t>1 AVENUE MONTAIGNE 60000 BEAUVAIS</t>
   </si>
   <si>
     <t>LES SABLONS 95340 BERNES-SUR-OISE</t>
   </si>
   <si>
     <t>LD MAGNIFICCI 20290 BORGO</t>
   </si>
   <si>
     <t>PORETTE 20250 CORTE</t>
   </si>
   <si>
     <t>135 RUE DU MADRILLET 76800 SAINT-ETIENNE-DU-ROUVRAY</t>
   </si>
   <si>
     <t>ZI DE LA LAUZE 12 RUE JEAN MERMOZ 34430 SAINT-JEAN-DE-VEDAS</t>
   </si>
   <si>
     <t>96 RUE DES GENERAUX ALTMAYER 57500 SAINT-AVOLD</t>
   </si>
   <si>
     <t>19 AVENUE DE L'OBSERVATOIRE 25000 BESANCON</t>
   </si>
   <si>
     <t>BATIMENT 1  1ER ETAGE 6 AVENUE DU HAUT SANCE 35000 RENNES</t>
-  </si>
-[...193 lines deleted...]
-    <t>15/11/2013</t>
   </si>
   <si>
     <t>COMPETENCES BTP</t>
   </si>
   <si>
     <t>CHEMIN DU SARRET 13590 MEYREUIL</t>
   </si>
   <si>
     <t>01/03/2019</t>
   </si>
   <si>
     <t>02/09/2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -1022,1544 +1022,1544 @@
       <c r="F5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>33</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>41770416000049</v>
+        <v>43219258100028</v>
       </c>
       <c r="B6" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C6" s="2" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="F6" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="I6" s="3"/>
+        <v>23</v>
+      </c>
+      <c r="I6" s="3">
+        <v>11780689578</v>
+      </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>41884676200064</v>
+        <v>43519221600016</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="I7" s="3">
-        <v>82380302738</v>
+        <v>52720103072</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>43219258100028</v>
+        <v>44364273100014</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I8" s="3">
-        <v>11780689578</v>
+        <v>93131103313</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>82422814200074</v>
+        <v>77986700100058</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I9" s="3">
-        <v>11930743393</v>
+        <v>82690008769</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>82422814200249</v>
+        <v>78235535800113</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="E10" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>48</v>
-      </c>
-[...5 lines deleted...]
-        <v>50</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="I10" s="3">
-        <v>11930743393</v>
+        <v>72330875333</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>82422814200355</v>
+        <v>78273830600011</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="F11" s="2" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I11" s="3">
-        <v>11930743393</v>
+        <v>93130003813</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>82422814200629</v>
+        <v>78296445600019</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>23</v>
+        <v>55</v>
       </c>
       <c r="I12" s="3">
-        <v>11930743393</v>
+        <v>93130699013</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>82422814200686</v>
+        <v>78510456300081</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="D13" s="2"/>
+        <v>56</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>57</v>
+      </c>
       <c r="E13" s="2" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I13" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I13" s="3"/>
       <c r="J13" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>82422814200728</v>
+        <v>79402757300011</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="D14" s="2"/>
+        <v>60</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>60</v>
+      </c>
       <c r="E14" s="2" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I14" s="3">
-        <v>11930743393</v>
+        <v>93131487513</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>82422814200967</v>
+        <v>48023987000029</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="D15" s="2"/>
+        <v>63</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>63</v>
+      </c>
       <c r="E15" s="2" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I15" s="3">
-        <v>11930743393</v>
+        <v>74230016523</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>82422814201098</v>
+        <v>48023987000037</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>50</v>
+        <v>67</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I16" s="3">
-        <v>11930743393</v>
+        <v>74230016523</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>82422814201239</v>
+        <v>48852069300034</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>48</v>
+        <v>68</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>58</v>
+        <v>69</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>50</v>
+        <v>70</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="I17" s="3"/>
       <c r="J17" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>82422814201379</v>
+        <v>51413453500012</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>59</v>
+        <v>73</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I18" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I18" s="3"/>
       <c r="J18" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>82422814201437</v>
+        <v>51871742600036</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>48</v>
+        <v>75</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>60</v>
+        <v>76</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>50</v>
+        <v>77</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I19" s="3">
-        <v>11930743393</v>
+        <v>73310556031</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>82422814201452</v>
+        <v>51890309100024</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>48</v>
+        <v>78</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>61</v>
+        <v>79</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I20" s="3">
-        <v>11930743393</v>
+        <v>72400089740</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>82422814201528</v>
+        <v>30343318900030</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>48</v>
+        <v>81</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>62</v>
+        <v>82</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>50</v>
+        <v>83</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I21" s="3">
-        <v>11930743393</v>
+        <v>74750000619</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>82422814201635</v>
+        <v>31955718700022</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>48</v>
+        <v>84</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>50</v>
+        <v>86</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I22" s="3">
-        <v>11930743393</v>
+        <v>11930025493</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>82422814201742</v>
+        <v>32361187100043</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>48</v>
+        <v>87</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>64</v>
+        <v>88</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>50</v>
+        <v>89</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>23</v>
+        <v>90</v>
       </c>
       <c r="I23" s="3">
-        <v>11930743393</v>
+        <v>91660002766</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>82422814201775</v>
+        <v>41770416000049</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>48</v>
+        <v>92</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>65</v>
+        <v>93</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="G24" s="2"/>
+        <v>94</v>
+      </c>
+      <c r="G24" s="2" t="s">
+        <v>95</v>
+      </c>
       <c r="H24" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="I24" s="3"/>
       <c r="J24" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>82422814201783</v>
+        <v>41884676200064</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="D25" s="2"/>
+        <v>96</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>97</v>
+      </c>
       <c r="E25" s="2" t="s">
-        <v>66</v>
+        <v>98</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>50</v>
+        <v>77</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="I25" s="3">
-        <v>11930743393</v>
+        <v>82380302738</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>48852069300034</v>
+        <v>51472700700080</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="D26" s="2"/>
+        <v>99</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>100</v>
+      </c>
       <c r="E26" s="2" t="s">
-        <v>68</v>
+        <v>101</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>69</v>
+        <v>102</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="I26" s="3"/>
+        <v>23</v>
+      </c>
+      <c r="I26" s="3">
+        <v>91340684734</v>
+      </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>30343318900030</v>
+        <v>80355996200011</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>70</v>
+        <v>103</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>71</v>
+        <v>104</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>72</v>
+        <v>105</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>23</v>
+        <v>106</v>
       </c>
       <c r="I27" s="3">
-        <v>74750000619</v>
+        <v>31620265862</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>31955718700022</v>
+        <v>81253861900014</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="D28" s="2"/>
+        <v>107</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>108</v>
+      </c>
       <c r="E28" s="2" t="s">
-        <v>74</v>
+        <v>109</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="G28" s="2"/>
+        <v>110</v>
+      </c>
+      <c r="G28" s="2" t="s">
+        <v>111</v>
+      </c>
       <c r="H28" s="2" t="s">
-        <v>23</v>
+        <v>112</v>
       </c>
       <c r="I28" s="3">
-        <v>11930025493</v>
+        <v>75640401864</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>32361187100043</v>
+        <v>82422814200074</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>76</v>
+        <v>113</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>77</v>
+        <v>114</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>78</v>
+        <v>115</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>79</v>
+        <v>23</v>
       </c>
       <c r="I29" s="3">
-        <v>91660002766</v>
+        <v>11930743393</v>
       </c>
       <c r="J29" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>80355996200011</v>
+        <v>82422814200249</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>80</v>
+        <v>113</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>81</v>
+        <v>116</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>82</v>
+        <v>115</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>83</v>
+        <v>23</v>
       </c>
       <c r="I30" s="3">
-        <v>31620265862</v>
+        <v>11930743393</v>
       </c>
       <c r="J30" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>51413453500012</v>
+        <v>82422814200355</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>84</v>
+        <v>113</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>85</v>
+        <v>117</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>86</v>
+        <v>115</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I31" s="3"/>
+      <c r="I31" s="3">
+        <v>11930743393</v>
+      </c>
       <c r="J31" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>51472700700080</v>
+        <v>82422814200629</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>113</v>
+      </c>
+      <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>89</v>
+        <v>118</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>90</v>
+        <v>115</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I32" s="3">
-        <v>91340684734</v>
+        <v>11930743393</v>
       </c>
       <c r="J32" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>51871742600036</v>
+        <v>82422814200686</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>91</v>
+        <v>113</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>92</v>
+        <v>119</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>43</v>
+        <v>115</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I33" s="3">
-        <v>73310556031</v>
+        <v>11930743393</v>
       </c>
       <c r="J33" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>51890309100024</v>
+        <v>82422814200728</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>93</v>
+        <v>113</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>94</v>
+        <v>120</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I34" s="3">
-        <v>72400089740</v>
+        <v>11930743393</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>77986700100058</v>
+        <v>82422814200967</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>96</v>
+        <v>113</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>97</v>
+        <v>121</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>98</v>
+        <v>115</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I35" s="3">
-        <v>82690008769</v>
+        <v>11930743393</v>
       </c>
       <c r="J35" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>78235535800113</v>
+        <v>82422814201098</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>99</v>
-[...3 lines deleted...]
-      </c>
+        <v>113</v>
+      </c>
+      <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="I36" s="3">
-        <v>72330875333</v>
+        <v>11930743393</v>
       </c>
       <c r="J36" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>78273830600011</v>
+        <v>82422814201239</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>102</v>
+        <v>113</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>103</v>
+        <v>123</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>104</v>
+        <v>115</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I37" s="3">
-        <v>93130003813</v>
+        <v>11930743393</v>
       </c>
       <c r="J37" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>78296445600019</v>
+        <v>82422814201379</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>106</v>
+        <v>124</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>104</v>
+        <v>115</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>107</v>
+        <v>23</v>
       </c>
       <c r="I38" s="3">
-        <v>93130699013</v>
+        <v>11930743393</v>
       </c>
       <c r="J38" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>78510456300081</v>
+        <v>82422814201437</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>108</v>
-[...3 lines deleted...]
-      </c>
+        <v>113</v>
+      </c>
+      <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>110</v>
+        <v>125</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I39" s="3"/>
+      <c r="I39" s="3">
+        <v>11930743393</v>
+      </c>
       <c r="J39" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>81253861900014</v>
+        <v>82422814201452</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="D40" s="2" t="s">
         <v>113</v>
       </c>
+      <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>114</v>
+        <v>126</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>115</v>
       </c>
-      <c r="G40" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>117</v>
+        <v>23</v>
       </c>
       <c r="I40" s="3">
-        <v>75640401864</v>
+        <v>11930743393</v>
       </c>
       <c r="J40" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>79402757300011</v>
+        <v>82422814201528</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>118</v>
-[...3 lines deleted...]
-      </c>
+        <v>113</v>
+      </c>
+      <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I41" s="3">
-        <v>93131487513</v>
+        <v>11930743393</v>
       </c>
       <c r="J41" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>43519221600016</v>
+        <v>82422814201635</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>121</v>
+        <v>113</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>123</v>
+        <v>115</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I42" s="3">
-        <v>52720103072</v>
+        <v>11930743393</v>
       </c>
       <c r="J42" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>44364273100014</v>
+        <v>82422814201742</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>124</v>
+        <v>113</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>126</v>
+        <v>115</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I43" s="3">
-        <v>93131103313</v>
+        <v>11930743393</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>48023987000029</v>
+        <v>82422814201775</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-      </c>
+        <v>113</v>
+      </c>
+      <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>129</v>
+        <v>115</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I44" s="3">
-        <v>74230016523</v>
+        <v>11930743393</v>
       </c>
       <c r="J44" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>48023987000037</v>
+        <v>82422814201783</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>127</v>
+        <v>113</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I45" s="3">
-        <v>74230016523</v>
+        <v>11930743393</v>
       </c>
       <c r="J45" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
         <v>84919921100012</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>34</v>
+        <v>91</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>132</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
         <v>133</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>134</v>
       </c>
       <c r="G46" s="2" t="s">
         <v>135</v>
       </c>
       <c r="H46" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I46" s="3">
         <v>93131766913</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>18</v>
@@ -2603,31 +2603,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/21/2025 17:28:47</dc:description>
+  <dc:description>Export en date du 12/18/2025 20:14:42</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>