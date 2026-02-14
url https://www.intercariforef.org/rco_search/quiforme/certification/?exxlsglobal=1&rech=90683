--- v1 (2025-12-18)
+++ v2 (2026-02-14)
@@ -118,255 +118,255 @@
   <si>
     <t>GRETA POITOU CHARENTES</t>
   </si>
   <si>
     <t>63 RUE DE LA BUGELLERIE 86000 POITIERS</t>
   </si>
   <si>
     <t>01/01/2015</t>
   </si>
   <si>
     <t>LYCEE D'ENSEIGNEMENT GENERAL,TECHNOLOGIQUE ET PROFESSIONNEL AGRICOLE D'AUXERRE-LA-BROSSE</t>
   </si>
   <si>
     <t>CFPPA LA BROSSE</t>
   </si>
   <si>
     <t>89290 VENOY</t>
   </si>
   <si>
     <t>07/08/1992</t>
   </si>
   <si>
     <t>2689P000589</t>
   </si>
   <si>
+    <t>ASS GESTION CENTRE FORMATION CONTI FNTP</t>
+  </si>
+  <si>
+    <t>26 RUE DE BELLEVUE 19300 EGLETONS</t>
+  </si>
+  <si>
+    <t>29/10/1992</t>
+  </si>
+  <si>
+    <t>AFOR TP</t>
+  </si>
+  <si>
+    <t>11 RUE MAURICE BOUCHOR 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>07/04/1980</t>
+  </si>
+  <si>
+    <t>CENTRE D'EDUCATION ET DE SECURITE ROUTIERE MEDITERRANEE</t>
+  </si>
+  <si>
+    <t>PEAGE NORD MAS DE LA GARRIGUE NORD 66600 RIVESALTES</t>
+  </si>
+  <si>
+    <t>19/04/1991</t>
+  </si>
+  <si>
+    <t>85.53Z</t>
+  </si>
+  <si>
+    <t>ECOLE TRAVAUX PUBLICS NORMANDE J FRERET FORMATION CONTINUE</t>
+  </si>
+  <si>
+    <t>PLAINE SAINT-GILLES 72610 SAINT-PATERNE - LE CHEVAIN</t>
+  </si>
+  <si>
+    <t>01/01/2001</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>CEFORAS (CENTRE D ETUDE FORMATION ASSISTANCE TECHNIQUE EN SECURITE)</t>
+  </si>
+  <si>
+    <t>PARC DE L'ESTUAIRE AV DU CANTIPOU 76700 HARFLEUR</t>
+  </si>
+  <si>
+    <t>01/08/2009</t>
+  </si>
+  <si>
+    <t>02/05/2023</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>BTP CFA AUVERGNE RHONE ALPES</t>
+  </si>
+  <si>
+    <t>BTP CFA LOIRE MICHEL CLUZEL</t>
+  </si>
+  <si>
+    <t>21 RUE DE L'APPRENTISSAGE 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>01/01/2013</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
     <t>CPO.A BTP</t>
   </si>
   <si>
     <t>13 RUE DENIS PAPIN 78190 TRAPPES</t>
   </si>
   <si>
     <t>29/07/2005</t>
   </si>
   <si>
-    <t>ECOLE TRAVAUX PUBLICS NORMANDE J FRERET FORMATION CONTINUE</t>
-[...7 lines deleted...]
-  <si>
     <t>PLATE-FORME</t>
   </si>
   <si>
     <t>PARC D'ACTIVITES DE LAURADE 13103 SAINT-ETIENNE-DU-GRES</t>
   </si>
   <si>
     <t>01/09/2002</t>
   </si>
   <si>
+    <t>CFIM TP</t>
+  </si>
+  <si>
+    <t>VENTENAT 87410 LE PALAIS SUR VIENNE</t>
+  </si>
+  <si>
+    <t>01/10/2010</t>
+  </si>
+  <si>
+    <t>RUE HENRI PLUYAUD 23300 LA SOUTERRAINE</t>
+  </si>
+  <si>
+    <t>15/11/2013</t>
+  </si>
+  <si>
+    <t>ALXIA</t>
+  </si>
+  <si>
+    <t>BROC CENTER 5600 METRES C 1ERE AVEN 1 PLAN CARROS 06510 CARROS</t>
+  </si>
+  <si>
+    <t>31/12/2014</t>
+  </si>
+  <si>
+    <t>ARTECH FORMATION</t>
+  </si>
+  <si>
+    <t>ZI ECOPOLIS SUD 41 AVENUE JOSE NOBRE 13500 MARTIGUES</t>
+  </si>
+  <si>
+    <t>10/08/2009</t>
+  </si>
+  <si>
+    <t>BTP CFA OCCITANIE</t>
+  </si>
+  <si>
+    <t>BTP CFA OCCITANIE - CAMPUS DE TOULOUSE-MURET</t>
+  </si>
+  <si>
+    <t>3 IMPASSE GEORGES DAZET 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/10/2019</t>
+  </si>
+  <si>
+    <t>INNOVISTA</t>
+  </si>
+  <si>
+    <t>ZI THIBAUD 2 RUE JEAN DE GUERLINS 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>POLE ETUDE RECHERCHE FORMATION</t>
+  </si>
+  <si>
+    <t>ESPACE TECHNOLOGIQUE JEAN BERTIN 23 RUE HELENE BOUCHER 40220 TARNOS</t>
+  </si>
+  <si>
+    <t>07/12/2017</t>
+  </si>
+  <si>
     <t>FEDERATION  COMPAGNONNIQUE REGIONALE DE LYON</t>
   </si>
   <si>
     <t>49 RUE FEUILLAT 69003 LYON</t>
   </si>
   <si>
     <t>04/05/2015</t>
   </si>
   <si>
     <t>BTP CFA NOUVELLE AQUITAINE</t>
   </si>
   <si>
     <t>LES BUREAUX DU LAC I 4 AVENUE DE CHAVAILLES 33520 BRUGES</t>
   </si>
   <si>
     <t>16/05/2011</t>
   </si>
   <si>
-    <t>85.32Z</t>
-[...1 lines deleted...]
-  <si>
     <t>ECOLE DE LA CONSTRUCTION DES INFRASTRUCTURES ET RESEAUX FORMATION</t>
   </si>
   <si>
     <t>PONT-ROYAL SUD 552 ROUTE DU GROS MOURRE 13370 MALLEMORT</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>FEDERATION DES COMPAGNONS DU TOUR DE FRANCE REGION SUD</t>
   </si>
   <si>
     <t>7 BOULEVARD PONS 13014 MARSEILLE</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>CPO FC CENTRE DE FORMATION PROFESIONNELLE CONTINUE</t>
   </si>
   <si>
     <t>CPO FC EST</t>
   </si>
   <si>
     <t>ZAC DES ESCARNOTIERES 14 RUE HIPPOLYTE FONTAINE 51000 CHALONS-EN-CHAMPAGNE</t>
   </si>
   <si>
     <t>01/01/2010</t>
   </si>
   <si>
     <t>ACCESS PRO</t>
   </si>
   <si>
     <t>10 RUE HENRI ET ANTOINE MAURRAS 13016 MARSEILLE</t>
   </si>
   <si>
     <t>01/06/2013</t>
-  </si>
-[...118 lines deleted...]
-    <t>01/10/2019</t>
   </si>
   <si>
     <t>ELFE FORMATION BTP</t>
   </si>
   <si>
     <t>PARC D ACTIVITE RUE HAUTE DEULE 62950 NOYELLES GODAULT</t>
   </si>
   <si>
     <t>01/09/2014</t>
   </si>
   <si>
     <t>71.12B</t>
   </si>
   <si>
     <t>CONTROL</t>
   </si>
   <si>
     <t>CONTROL FORMATION</t>
   </si>
   <si>
     <t>COTE DU MOULIN 64350 ARROSES</t>
   </si>
   <si>
     <t>01/07/2015</t>
   </si>
@@ -1022,896 +1022,894 @@
       <c r="F5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>33</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>43219258100028</v>
+        <v>30343318900030</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I6" s="3">
-        <v>11780689578</v>
+        <v>74750000619</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>43519221600016</v>
+        <v>31955718700022</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I7" s="3">
-        <v>52720103072</v>
+        <v>11930025493</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>44364273100014</v>
+        <v>32361187100043</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="I8" s="3">
-        <v>93131103313</v>
+        <v>91660002766</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>77986700100058</v>
+        <v>43519221600016</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I9" s="3">
-        <v>82690008769</v>
+        <v>52720103072</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>78235535800113</v>
+        <v>41770416000049</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="G10" s="2"/>
+        <v>50</v>
+      </c>
+      <c r="G10" s="2" t="s">
+        <v>51</v>
+      </c>
       <c r="H10" s="2" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="I10" s="3"/>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>78273830600011</v>
+        <v>41884676200064</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="D11" s="2"/>
+        <v>53</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>54</v>
+      </c>
       <c r="E11" s="2" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>23</v>
+        <v>57</v>
       </c>
       <c r="I11" s="3">
-        <v>93130003813</v>
+        <v>82380302738</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>78296445600019</v>
+        <v>43219258100028</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>55</v>
+        <v>23</v>
       </c>
       <c r="I12" s="3">
-        <v>93130699013</v>
+        <v>11780689578</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>78510456300081</v>
+        <v>44364273100014</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I13" s="3"/>
+      <c r="I13" s="3">
+        <v>93131103313</v>
+      </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>79402757300011</v>
+        <v>48023987000029</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I14" s="3">
-        <v>93131487513</v>
+        <v>74230016523</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>48023987000029</v>
+        <v>48023987000037</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>63</v>
-[...3 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I15" s="3">
         <v>74230016523</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>48023987000037</v>
+        <v>48852069300034</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>48852069300034</v>
+        <v>51413453500012</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>71</v>
+        <v>23</v>
       </c>
       <c r="I17" s="3"/>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>51413453500012</v>
+        <v>51472700700080</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="D18" s="2"/>
+        <v>75</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>76</v>
+      </c>
       <c r="E18" s="2" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I18" s="3"/>
+      <c r="I18" s="3">
+        <v>91340684734</v>
+      </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>51871742600036</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>77</v>
+        <v>56</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I19" s="3">
         <v>73310556031</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>51890309100024</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I20" s="3">
         <v>72400089740</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>30343318900030</v>
+        <v>77986700100058</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I21" s="3">
-        <v>74750000619</v>
+        <v>82690008769</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>31955718700022</v>
+        <v>78235535800113</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="D22" s="2"/>
+        <v>87</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>87</v>
+      </c>
       <c r="E22" s="2" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>23</v>
+        <v>57</v>
       </c>
       <c r="I22" s="3">
-        <v>11930025493</v>
+        <v>72330875333</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>32361187100043</v>
+        <v>78273830600011</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>90</v>
+        <v>23</v>
       </c>
       <c r="I23" s="3">
-        <v>91660002766</v>
+        <v>93130003813</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>41770416000049</v>
+        <v>78296445600019</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="G24" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="G24" s="2"/>
+      <c r="H24" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="H24" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I24" s="3"/>
+      <c r="I24" s="3">
+        <v>93130699013</v>
+      </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>41884676200064</v>
+        <v>78510456300081</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>96</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>97</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>98</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>77</v>
+        <v>99</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="I25" s="3"/>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>51472700700080</v>
+        <v>79402757300011</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>100</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>101</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>102</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I26" s="3">
-        <v>91340684734</v>
+        <v>93131487513</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>80355996200011</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>103</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>104</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>105</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>106</v>
       </c>
       <c r="I27" s="3">
         <v>31620265862</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>81253861900014</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>91</v>
+        <v>47</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>108</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>109</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>110</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>111</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>112</v>
       </c>
-      <c r="I28" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I28" s="3"/>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>82422814200074</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>113</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
@@ -2515,71 +2513,69 @@
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I45" s="3">
         <v>11930743393</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
         <v>84919921100012</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>91</v>
+        <v>47</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>132</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
         <v>133</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>134</v>
       </c>
       <c r="G46" s="2" t="s">
         <v>135</v>
       </c>
       <c r="H46" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I46" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I46" s="3"/>
       <c r="J46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
@@ -2603,31 +2599,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/18/2025 20:14:42</dc:description>
+  <dc:description>Export en date du 02/14/2026 11:55:12</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>