--- v0 (2025-11-21)
+++ v1 (2026-01-10)
@@ -487,69 +487,69 @@
   <si>
     <t>UNIVERSITE DE LIMOGES</t>
   </si>
   <si>
     <t>SERVICES CENTRAUX</t>
   </si>
   <si>
     <t>HOTEL DE L'UNIVERSITE 33 RUE FRANCOIS MITTERRAND 87000 LIMOGES</t>
   </si>
   <si>
     <t>15/04/2002</t>
   </si>
   <si>
     <t>7487P000287</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS EST CRETEIL VAL DE MARNE</t>
   </si>
   <si>
     <t>61 AVENUE DU GENERAL DE GAULLE 94000 CRETEIL</t>
   </si>
   <si>
     <t>1194P000794</t>
   </si>
   <si>
+    <t>ASSOCIATION SAINT-YVES / UNIVERSITE CATHOLIQUE DE L'OUEST</t>
+  </si>
+  <si>
+    <t>3 PLACE ANDRE LEROY 49100 ANGERS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
     <t>ADEFSA CTRE FORMAT APPRENTIS DESCARTES</t>
   </si>
   <si>
     <t>PARC DE LA HAUTE MAISON 23 RUE GALILEE 77420 CHAMPS-SUR-MARNE</t>
   </si>
   <si>
     <t>01/07/2003</t>
   </si>
   <si>
     <t>85.59B</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/01/1900</t>
   </si>
   <si>
     <t>AFI24</t>
   </si>
   <si>
     <t>1 COURS VALMY 92800 PUTEAUX</t>
   </si>
   <si>
     <t>24/12/2021</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -2466,117 +2466,117 @@
       <c r="F41" s="2" t="s">
         <v>64</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I41" s="3" t="s">
         <v>156</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>39089496200054</v>
+        <v>78611668100010</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>157</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
         <v>158</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>159</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>160</v>
+        <v>24</v>
       </c>
       <c r="I42" s="3">
-        <v>11770565477</v>
+        <v>52490001049</v>
       </c>
       <c r="J42" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>78611668100010</v>
+        <v>39089496200054</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="F43" s="2" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>24</v>
+        <v>163</v>
       </c>
       <c r="I43" s="3">
-        <v>52490001049</v>
+        <v>11770565477</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
         <v>90912410900010</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>164</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
         <v>165</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>166</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>167</v>
@@ -2629,31 +2629,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/21/2025 15:57:19</dc:description>
+  <dc:description>Export en date du 01/11/2026 00:28:39</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>