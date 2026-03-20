--- v0 (2025-12-21)
+++ v1 (2026-03-20)
@@ -139,93 +139,93 @@
   <si>
     <t>10/11/1992</t>
   </si>
   <si>
     <t>CENTAURE PROVENCE MEDITERRANEE</t>
   </si>
   <si>
     <t>24 PARC CLUB DU GOLF 350 AV J R G GAUTIER DE LA LAUZIERE 13080 AIX-EN-PROVENCE</t>
   </si>
   <si>
     <t>03/12/1992</t>
   </si>
   <si>
     <t>70.10Z</t>
   </si>
   <si>
     <t>CENTAURE NORD EST</t>
   </si>
   <si>
     <t>1 VOIE ALBERT CARRE 62110 HENIN-BEAUMONT</t>
   </si>
   <si>
     <t>03/02/1995</t>
   </si>
   <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>CENTAURE</t>
+  </si>
+  <si>
+    <t>3 RUE EDMOND VALENTIN 75007 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/2013</t>
+  </si>
+  <si>
+    <t>07/07/2020</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>CENTAURE CENTRE ATLANTIQUE</t>
+  </si>
+  <si>
+    <t>CENTAURE CENTRE-ATLANTIQUE</t>
+  </si>
+  <si>
+    <t>RUE DES ENTREPRENEURS 86360 CHASSENEUIL-DU-POITOU</t>
+  </si>
+  <si>
+    <t>01/01/2008</t>
+  </si>
+  <si>
     <t>CENTAURE ILE DE FRANCE</t>
   </si>
   <si>
     <t>AIRE DE GALANDE AUTOROUTE A5 77550 REAU</t>
   </si>
   <si>
     <t>27/02/2003</t>
   </si>
   <si>
     <t>ZAC DE L ORME 10 ALL DES CHAMPS 95270 BELLOY-EN-FRANCE</t>
   </si>
   <si>
     <t>01/09/2020</t>
-  </si>
-[...28 lines deleted...]
-    <t>01/01/2008</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -928,184 +928,184 @@
       <c r="F9" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="3">
         <v>31620095162</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>44911839700016</v>
+        <v>41219279100025</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G10" s="2"/>
+        <v>44</v>
+      </c>
+      <c r="G10" s="2" t="s">
+        <v>45</v>
+      </c>
       <c r="H10" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="I10" s="3"/>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>44911839700024</v>
+        <v>42254880000024</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="D11" s="2"/>
+        <v>47</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>48</v>
+      </c>
       <c r="E11" s="2" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="I11" s="3">
-        <v>11770397977</v>
+        <v>72330605933</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>41219279100025</v>
+        <v>44911839700016</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="I12" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I12" s="3">
+        <v>11770397977</v>
+      </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>42254880000024</v>
+        <v>44911839700024</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>54</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="I13" s="3">
-        <v>72330605933</v>
+        <v>11770397977</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -1130,31 +1130,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/21/2025 02:18:59</dc:description>
+  <dc:description>Export en date du 03/20/2026 18:47:21</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>