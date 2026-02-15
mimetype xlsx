--- v0 (2025-11-04)
+++ v1 (2026-02-15)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="155">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="158">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -361,168 +361,177 @@
   <si>
     <t>LEGTA EMILE BOYER DE LA GIRODAY</t>
   </si>
   <si>
     <t>165 ROUTE DE MAFATE 97460 SAINT-PAUL</t>
   </si>
   <si>
     <t>01/09/1989</t>
   </si>
   <si>
     <t>CAMPUS TERRE ET NATURE</t>
   </si>
   <si>
     <t>ROUTE DE SAINT HILAIRE 11000 CARCASSONNE</t>
   </si>
   <si>
     <t>01/01/2007</t>
   </si>
   <si>
     <t>84.12Z</t>
   </si>
   <si>
     <t>9111P089111</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>CHATEAU DE CRECY 60430 SAINT-SULPICE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>MAIS FAMIL RURAL EDUC ORIENT</t>
+  </si>
+  <si>
+    <t>LES MARECHAUX 848 ROUTE DE MONTBRISON 42600 MORNAND-EN-FOREZ</t>
+  </si>
+  <si>
+    <t>ASS FORMA ACTION SOCIALE ECURIE COURSES</t>
+  </si>
+  <si>
+    <t>CENTRE AFASEC</t>
+  </si>
+  <si>
+    <t>LES PLAINES D'ARBOIS ARBOIS 13480 CABRIES</t>
+  </si>
+  <si>
+    <t>01/01/1980</t>
+  </si>
+  <si>
+    <t>LE MOULIN A VENT 5 RUE DU CHAUFOUR 60270 GOUVIEUX</t>
+  </si>
+  <si>
+    <t>28/09/1989</t>
+  </si>
+  <si>
+    <t>AFASEC</t>
+  </si>
+  <si>
+    <t>HIPPODROME 164 RUE GEORGES PELAT 40000 MONT-DE-MARSAN</t>
+  </si>
+  <si>
+    <t>01/01/1974</t>
+  </si>
+  <si>
+    <t>CENTRE FORMATION APPRENTIS</t>
+  </si>
+  <si>
+    <t>MME PIERRET FLORENCE DOMAINE DE GROSBOIS 94440 MAROLLES-EN-BRIE</t>
+  </si>
+  <si>
+    <t>01/08/1997</t>
+  </si>
+  <si>
+    <t>ENSEMBLE SCOLAIRE TERRE ET AVENIR</t>
+  </si>
+  <si>
+    <t>22 AVENUE DE L'EUROPE 78200 MAGNANVILLE</t>
+  </si>
+  <si>
+    <t>29/10/1980</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>6 PLACE DE LA MAIRIE 77130 FORGES</t>
+  </si>
+  <si>
+    <t>01/09/2019</t>
+  </si>
+  <si>
+    <t>ASSOC GESTION LEP PRIVE REINE ANTIER</t>
+  </si>
+  <si>
+    <t>71620 SAINT-MARTIN-EN-BRESSE</t>
+  </si>
+  <si>
+    <t>01/01/1960</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>AU FER ROUGE</t>
+  </si>
+  <si>
+    <t>8 RUE DU MOULIN 57260 GUEBLING</t>
+  </si>
+  <si>
+    <t>17/12/2020</t>
+  </si>
+  <si>
     <t>ORGANISME DE GESTION DE L'ENSEIGNMENT CATHOLIQUE EMMANUEL D'ALZON</t>
   </si>
   <si>
     <t>LAP E D'ALZON</t>
   </si>
   <si>
     <t>LYCEE AGRICOLE PRIVE CHATEAU DE CANDIAC 30600 VESTRIC-ET-CANDIAC</t>
   </si>
   <si>
     <t>01/09/2007</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE PERIGORD LIMOUSIN</t>
   </si>
   <si>
     <t>10 RUE DE LA CROIX DES COMBES 87700 BEYNAC</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>MAISON FAMIL RURAL EDUCATION ORIENTATION</t>
   </si>
   <si>
     <t>CHE DES GUILLEMOTS 71190 ETANG-SUR-ARROUX</t>
   </si>
   <si>
     <t>01/09/1988</t>
   </si>
   <si>
     <t>MAIS FAMILIALE RURALE</t>
   </si>
   <si>
     <t>LES QUATRE VENTS 88160 RAMONCHAMP</t>
   </si>
   <si>
     <t>INSTITUT DE GENECH</t>
   </si>
   <si>
     <t>RUE DE LA LIBERATION 59242 GENECH</t>
-  </si>
-[...76 lines deleted...]
-    <t>94.99Z</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -861,51 +870,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M40"/>
+  <dimension ref="A1:M41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -1888,568 +1897,605 @@
       <c r="F26" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>113</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>114</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>77591322100054</v>
+        <v>30291371000018</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>115</v>
       </c>
-      <c r="D27" s="2" t="s">
+      <c r="D27" s="2"/>
+      <c r="E27" s="2" t="s">
         <v>116</v>
       </c>
-      <c r="E27" s="2" t="s">
+      <c r="F27" s="2" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I27" s="3">
-        <v>91300263030</v>
+        <v>22600206060</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>77802871200017</v>
+        <v>31124794400011</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I28" s="3">
-        <v>74870037887</v>
+        <v>82420259742</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>77858350000021</v>
+        <v>31804341100095</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="D29" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="E29" s="2" t="s">
         <v>122</v>
       </c>
-      <c r="D29" s="2"/>
-      <c r="E29" s="2" t="s">
+      <c r="F29" s="2" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>82</v>
+        <v>22</v>
       </c>
       <c r="I29" s="3">
-        <v>27710290071</v>
+        <v>22600245060</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>78346443100015</v>
+        <v>31804341100111</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="D30" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="E30" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="F30" s="2" t="s">
         <v>125</v>
-      </c>
-[...5 lines deleted...]
-        <v>121</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I30" s="3">
-        <v>41880067088</v>
+        <v>22600245060</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>78362626000013</v>
+        <v>31804341100129</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="D31" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="E31" s="2" t="s">
         <v>127</v>
       </c>
-      <c r="D31" s="2"/>
-      <c r="E31" s="2" t="s">
+      <c r="F31" s="2" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>82</v>
+        <v>22</v>
       </c>
       <c r="I31" s="3">
-        <v>31590008059</v>
+        <v>22600245060</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>30291371000018</v>
+        <v>31804341100160</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="D32" s="2" t="s">
         <v>129</v>
       </c>
-      <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>121</v>
+        <v>131</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I32" s="3">
-        <v>22600206060</v>
+        <v>22600245060</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>31124794400011</v>
+        <v>32020453000028</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="I33" s="3"/>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>31804341100095</v>
+        <v>32020453000036</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>133</v>
-[...3 lines deleted...]
-      </c>
+        <v>132</v>
+      </c>
+      <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I34" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I34" s="3"/>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>31804341100111</v>
+        <v>41852807100016</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>133</v>
-[...3 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>141</v>
+      </c>
+      <c r="I35" s="3"/>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>31804341100129</v>
+        <v>50355902300026</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>133</v>
-[...3 lines deleted...]
-      </c>
+        <v>142</v>
+      </c>
+      <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>22</v>
+        <v>135</v>
       </c>
       <c r="I36" s="3">
-        <v>22600245060</v>
+        <v>41570267057</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>31804341100160</v>
+        <v>77591322100054</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>133</v>
+        <v>145</v>
       </c>
       <c r="D37" s="2" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I37" s="3">
-        <v>22600245060</v>
+        <v>91300263030</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>32020453000028</v>
+        <v>77802871200017</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>147</v>
+        <v>117</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>148</v>
-[...1 lines deleted...]
-      <c r="I38" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="I38" s="3">
+        <v>74870037887</v>
+      </c>
       <c r="J38" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>32020453000036</v>
+        <v>77858350000021</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="I39" s="3"/>
+        <v>82</v>
+      </c>
+      <c r="I39" s="3">
+        <v>27710290071</v>
+      </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>41852807100016</v>
+        <v>78346443100015</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>153</v>
+        <v>117</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>154</v>
-[...1 lines deleted...]
-      <c r="I40" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="I40" s="3">
+        <v>41880067088</v>
+      </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13">
+      <c r="A41" s="1">
+        <v>78362626000013</v>
+      </c>
+      <c r="B41" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C41" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="D41" s="2"/>
+      <c r="E41" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="F41" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="G41" s="2"/>
+      <c r="H41" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="I41" s="3">
+        <v>31590008059</v>
+      </c>
+      <c r="J41" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K41" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M41" s="2" t="s">
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -2462,31 +2508,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/04/2025 16:50:44</dc:description>
+  <dc:description>Export en date du 02/15/2026 06:54:52</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>