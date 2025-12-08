--- v0 (2025-10-12)
+++ v1 (2025-12-08)
@@ -58,51 +58,51 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
-    <t>MINISTERE AUPRES DU MIN DE L'EDUCATION NATIONALE, CHARGE DE L'ENSEIGNEMENT SUPERIEUR ET DE LA RECHERCHE</t>
+    <t>MINISTERE DE L’ENSEIGNEMENT SUPERIEUR, DE LA RECHERCHE ET DE L’ESPACE</t>
   </si>
   <si>
     <t>HOTEL DE BONCOURT 21 RUE DESCARTES 75005 PARIS</t>
   </si>
   <si>
     <t>16/05/2012</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>UNIVERSITE DE BORDEAUX</t>
   </si>
   <si>
     <t>35 PLACE PEY BERLAND 33000 BORDEAUX</t>
   </si>
   <si>
     <t>01/01/2014</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
@@ -1060,31 +1060,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/12/2025 03:42:21</dc:description>
+  <dc:description>Export en date du 12/08/2025 19:02:28</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>