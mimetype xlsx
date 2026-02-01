--- v1 (2025-12-08)
+++ v2 (2026-02-01)
@@ -1060,31 +1060,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/08/2025 19:02:28</dc:description>
+  <dc:description>Export en date du 02/01/2026 20:08:16</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>