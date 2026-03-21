--- v2 (2026-02-01)
+++ v3 (2026-03-21)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -115,63 +115,57 @@
   <si>
     <t>85 BOULEVARD SAINT-GERMAIN 75006 PARIS</t>
   </si>
   <si>
     <t>22/03/2019</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>UNIVERSITE DE BESANCON</t>
   </si>
   <si>
     <t>UNIVERSITE DE FRANCHE-COMTE</t>
   </si>
   <si>
     <t>1 RUE CLAUDE GOUDIMEL 25000 BESANCON</t>
   </si>
   <si>
     <t>05/10/1994</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
-    <t>4325P000425</t>
-[...1 lines deleted...]
-  <si>
     <t>UNIVERSITE JEAN MONNET SAINT ETIENNE</t>
   </si>
   <si>
     <t>MAISON DE L'UNIVERSITE 10 RUE TREFILERIE 42100 SAINT-ETIENNE</t>
   </si>
   <si>
     <t>17/01/2011</t>
-  </si>
-[...1 lines deleted...]
-    <t>8242P000242</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS III SORBONNE NOUVELLE</t>
   </si>
   <si>
     <t>17 RUE DE LA SORBONNE 75005 PARIS</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>1175P000675</t>
   </si>
   <si>
     <t>UNIVERSITE DE ROUEN-NORMANDIE</t>
   </si>
   <si>
     <t>1 RUE THOMAS BECKET 76130 MONT-SAINT-AIGNAN</t>
   </si>
   <si>
     <t>2376P002876</t>
   </si>
   <si>
     <t>UNIVERSITE DE POITIERS</t>
   </si>
@@ -762,280 +756,276 @@
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>19251215000363</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I5" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I5" s="3"/>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>19421095100423</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I6" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>19751719600014</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I7" s="3" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>19761904200017</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I8" s="3" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>19860856400375</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="E9" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>45</v>
-      </c>
-[...7 lines deleted...]
-        <v>47</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I9" s="3" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>19931238000017</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E10" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="D10" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I10" s="3" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>19941111700013</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I11" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -1060,31 +1050,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/01/2026 20:08:16</dc:description>
+  <dc:description>Export en date du 03/21/2026 22:53:59</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>