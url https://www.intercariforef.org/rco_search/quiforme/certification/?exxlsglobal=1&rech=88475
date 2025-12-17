--- v0 (2025-10-19)
+++ v1 (2025-12-17)
@@ -97,144 +97,144 @@
   <si>
     <t>4339P000239</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT TECHNOLOGIQUE E BELIN</t>
   </si>
   <si>
     <t>GRETA HAUTE-SAONE ET NORD FRANCHE-COMTE</t>
   </si>
   <si>
     <t>18 RUE EDOUARD BELIN 70000 VESOUL</t>
   </si>
   <si>
     <t>01/01/2001</t>
   </si>
   <si>
     <t>4370P001470</t>
   </si>
   <si>
+    <t>COPROTEC</t>
+  </si>
+  <si>
+    <t>12 IMPASSE MONTGOLFIER 68127 SAINTE-CROIX-EN-PLAINE</t>
+  </si>
+  <si>
+    <t>30/03/2015</t>
+  </si>
+  <si>
+    <t>ALLIANCE SOLEIL</t>
+  </si>
+  <si>
+    <t>74 AVENUE DE L'ISLE DE RIEZ 85270 SAINT-HILAIRE-DE-RIEZ</t>
+  </si>
+  <si>
+    <t>15/10/2008</t>
+  </si>
+  <si>
+    <t>71.12B</t>
+  </si>
+  <si>
+    <t>INES PLATEFORME FORMATION &amp; EVALUATION</t>
+  </si>
+  <si>
+    <t>PARC TECHNOLOGIQUE SAVOIE 50 AVENUE LAC LEMAN 73370 LE BOURGET-DU-LAC</t>
+  </si>
+  <si>
+    <t>01/06/2005</t>
+  </si>
+  <si>
+    <t>C.E.R.E.R CENTRE DE FORMATION</t>
+  </si>
+  <si>
+    <t>283 ANCIENNE ROUTE DE CORNILLON 13300 SALON-DE-PROVENCE</t>
+  </si>
+  <si>
+    <t>01/08/2020</t>
+  </si>
+  <si>
     <t>BAO FORMATION</t>
   </si>
   <si>
     <t>FORT SAINT-NICOLAS 1 BOULEVARD CHARLES LIVON 13007 MARSEILLE</t>
   </si>
   <si>
     <t>17/11/2008</t>
   </si>
   <si>
-    <t>COPROTEC</t>
-[...5 lines deleted...]
-    <t>30/03/2015</t>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>ASS QUALITE ENERGIES RENOUVELABLES-QUALIT'ENR</t>
+  </si>
+  <si>
+    <t>96 RUE DE LA VICTOIRE 75009 PARIS</t>
+  </si>
+  <si>
+    <t>28/03/2011</t>
+  </si>
+  <si>
+    <t>19/09/2016</t>
+  </si>
+  <si>
+    <t>71.20B</t>
+  </si>
+  <si>
+    <t>24 RUE SAINT-LAZARE 75009 PARIS</t>
+  </si>
+  <si>
+    <t>01/07/2025</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>FL FORMATION</t>
+  </si>
+  <si>
+    <t>RUE DE L'ETANG 22150 SAINT-CARREUC</t>
+  </si>
+  <si>
+    <t>18/09/1989</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
     <t>34 RUE DE COSTESEQUE 34500 BEZIERS</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>LE PALAYS 1 ALLEE JEAN GRIFFON 31400 TOULOUSE</t>
-  </si>
-[...64 lines deleted...]
-    <t>94.99Z</t>
   </si>
   <si>
     <t>OXIDEVE</t>
   </si>
   <si>
     <t>ESPACE POLYGONE 277 RUE JEAN-BAPTISTE BIOT 66000 PERPIGNAN</t>
   </si>
   <si>
     <t>11/06/2018</t>
   </si>
   <si>
     <t>31/03/2025</t>
   </si>
   <si>
     <t>SCFC - SAINTE CLAIRE FORMATION CONTINUE</t>
   </si>
   <si>
     <t>8 RUE DES PAROTTES 42450 SURY-LE-COMTAL</t>
   </si>
   <si>
     <t>06/10/2020</t>
   </si>
 </sst>
 </file>
 
@@ -738,428 +738,428 @@
       <c r="F3" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>48346768400021</v>
+        <v>52391189900020</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="3">
-        <v>93131318613</v>
+        <v>42680206168</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>52391189900020</v>
+        <v>44248219600031</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="I5" s="3">
-        <v>42680206168</v>
+        <v>52850144185</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>82422814201148</v>
+        <v>44920816400029</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I6" s="3">
-        <v>11930743393</v>
+        <v>82730100873</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>82422814201551</v>
+        <v>32373338600045</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="I7" s="3">
-        <v>11930743393</v>
+        <v>93131239913</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>44248219600031</v>
+        <v>48346768400021</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>40</v>
+        <v>18</v>
       </c>
       <c r="I8" s="3">
-        <v>52850144185</v>
+        <v>93131318613</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>44920816400029</v>
+        <v>48990736000031</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G9" s="2"/>
+        <v>46</v>
+      </c>
+      <c r="G9" s="2" t="s">
+        <v>47</v>
+      </c>
       <c r="H9" s="2" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="I9" s="3">
-        <v>82730100873</v>
+        <v>11754395475</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>32373338600045</v>
+        <v>48990736000049</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="G10" s="2"/>
+        <v>47</v>
+      </c>
+      <c r="G10" s="2" t="s">
+        <v>50</v>
+      </c>
       <c r="H10" s="2" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="I10" s="3">
-        <v>93131239913</v>
+        <v>11754395475</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>33953744100034</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="3">
         <v>53220169622</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>48990736000031</v>
+        <v>82422814201148</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>55</v>
+        <v>18</v>
       </c>
       <c r="I12" s="3">
-        <v>11754395475</v>
+        <v>11930743393</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>48990736000049</v>
+        <v>82422814201551</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="G13" s="2" t="s">
         <v>57</v>
       </c>
+      <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="I13" s="3">
-        <v>11754395475</v>
+        <v>11930743393</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>84076431000016</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>59</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>60</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>61</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>62</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="3">
         <v>76660220966</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>20</v>
@@ -1240,31 +1240,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/19/2025 10:26:41</dc:description>
+  <dc:description>Export en date du 12/17/2025 01:06:14</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>