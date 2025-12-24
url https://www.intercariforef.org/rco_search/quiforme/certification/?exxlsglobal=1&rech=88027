--- v1 (2025-11-07)
+++ v2 (2025-12-24)
@@ -58,336 +58,336 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>MINISTERE DE L’ENSEIGNEMENT SUPERIEUR, DE LA RECHERCHE ET DE L’ESPACE</t>
+  </si>
+  <si>
+    <t>HOTEL DE BONCOURT 21 RUE DESCARTES 75005 PARIS</t>
+  </si>
+  <si>
+    <t>16/05/2012</t>
+  </si>
+  <si>
+    <t>84.11Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>INSTITUT NATIONAL SUPERIEUR DE FORMATION ET DE RECHERCHE POUR L'EDUCATION INCLUSIVE</t>
+  </si>
+  <si>
+    <t>58 A 60 58 AVENUE DES LANDES 92150 SURESNES</t>
+  </si>
+  <si>
+    <t>30/12/2005</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>1192P002092</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>UNIVERSITE D'AIX MARSEILLE</t>
+  </si>
+  <si>
+    <t>58 BOULEVARD CHARLES LIVON 13007 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/01/2012</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE BORDEAUX</t>
+  </si>
+  <si>
+    <t>35 PLACE PEY BERLAND 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/01/2014</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE GUYANE</t>
+  </si>
+  <si>
+    <t>CAMPUS DE TROUBIRAN 2091 ROUTE DE BADUEL 97300 CAYENNE</t>
+  </si>
+  <si>
+    <t>01/01/2015</t>
+  </si>
+  <si>
+    <t>SORBONNE UNIVERSITE</t>
+  </si>
+  <si>
+    <t>21 RUE DE L'ECOLE DE MEDECINE 75006 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/2018</t>
+  </si>
+  <si>
+    <t>UNIVERSITE PARIS CITE</t>
+  </si>
+  <si>
+    <t>85 BOULEVARD SAINT-GERMAIN 75006 PARIS</t>
+  </si>
+  <si>
+    <t>22/03/2019</t>
+  </si>
+  <si>
+    <t>UNIVERSITE GRENOBLE ALPES</t>
+  </si>
+  <si>
+    <t>621 AVENUE CENTRALE 38400 SAINT-MARTIN-D'HERES</t>
+  </si>
+  <si>
+    <t>04/11/2019</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE LILLE</t>
+  </si>
+  <si>
+    <t>42 RUE PAUL DUEZ 59800 LILLE</t>
+  </si>
+  <si>
+    <t>22/09/2021</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>UNIVERSITE BREST BRETAGNE OCCIDENTALE</t>
+  </si>
+  <si>
+    <t>3 RUE MATTHIEU GALLOU 29200 BREST</t>
+  </si>
+  <si>
+    <t>01/03/1983</t>
+  </si>
+  <si>
+    <t>01/03/2025</t>
+  </si>
+  <si>
+    <t>5329P003029</t>
+  </si>
+  <si>
+    <t>UNIVERSITE TOULOUSE II</t>
+  </si>
+  <si>
+    <t>5 ALLEE ANTONIO MACHADO 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>7331P001531</t>
+  </si>
+  <si>
+    <t>UNIVERSITE MONTPELLIER III PAUL VALERY</t>
+  </si>
+  <si>
+    <t>ROUTE DE MENDE 34090 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE TOURS</t>
+  </si>
+  <si>
+    <t>60 RUE DU PLAT D'ETAIN 37000 TOURS</t>
+  </si>
+  <si>
+    <t>04/06/2012</t>
+  </si>
+  <si>
+    <t>2437P000437</t>
+  </si>
+  <si>
+    <t>UNIVERSITE D'ORLEANS</t>
+  </si>
+  <si>
+    <t>CHATEAU DE LA SOURCE AVENUE DU PARC FLORAL 45100 ORLEANS</t>
+  </si>
+  <si>
+    <t>07/11/1983</t>
+  </si>
+  <si>
+    <t>2445P000445</t>
+  </si>
+  <si>
+    <t>UNIVERSITE D'ANGERS</t>
+  </si>
+  <si>
+    <t>40 RUE DE RENNES 49100 ANGERS</t>
+  </si>
+  <si>
+    <t>20/02/1998</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE BRETAGNE SUD</t>
+  </si>
+  <si>
+    <t>27 RUE ARMAND GUILLEMOT 56100 LORIENT</t>
+  </si>
+  <si>
+    <t>25/12/2007</t>
+  </si>
+  <si>
+    <t>5356P012256</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE PAU ET DES PAYS DE L'ADOUR</t>
+  </si>
+  <si>
+    <t>AVENUE DE L'UNIVERSITE 64000 PAU</t>
+  </si>
+  <si>
+    <t>01/01/1995</t>
+  </si>
+  <si>
+    <t>7264P000364</t>
+  </si>
+  <si>
+    <t>UNIVERSITE CLAUDE BERNARD LYON 1</t>
+  </si>
+  <si>
+    <t>43 BOULEVARD DU 11 NOVEMBRE 1918 69100 VILLEURBANNE</t>
+  </si>
+  <si>
+    <t>8269P000169</t>
+  </si>
+  <si>
+    <t>UNIVERSITE AMIENS PICARDIE JULES VERNE</t>
+  </si>
+  <si>
+    <t>PRESIDENCE DE L UNIVERSITE</t>
+  </si>
+  <si>
+    <t>CHEMIN DU THIL 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>2280P000880</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE TOULON</t>
+  </si>
+  <si>
+    <t>AV DE L UNIVERSITE 83130 LA GARDE</t>
+  </si>
+  <si>
+    <t>9383P002683</t>
+  </si>
+  <si>
+    <t>UNIVERSITE PARIS EST CRETEIL VAL DE MARNE</t>
+  </si>
+  <si>
+    <t>61 AVENUE DU GENERAL DE GAULLE 94000 CRETEIL</t>
+  </si>
+  <si>
+    <t>1194P000794</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE LA REUNION</t>
+  </si>
+  <si>
+    <t>15 AVENUE RENE CASSIN 97490 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>10/05/1984</t>
+  </si>
+  <si>
     <t>UNIVERSITE CATHOLIQUE OUEST BRETAGNENORD</t>
   </si>
   <si>
     <t>CAMPUS TOUR D AUVERGNE 37 RUE DU MARECHAL FOCH 22200 GUINGAMP</t>
   </si>
   <si>
     <t>01/10/1993</t>
   </si>
   <si>
-    <t>85.42Z</t>
-[...233 lines deleted...]
-    <t>10/05/1984</t>
+    <t>UCO LA REUNION - ASSOCIATION DE GESTION DU CAMPUS DE L'ENSEIGNEMENT CATHOLIQUE</t>
+  </si>
+  <si>
+    <t>46 BOULEVARD NOTRE DAME DE LA TRINITE 97400 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>04973146497</t>
+  </si>
+  <si>
+    <t>ASSOCIATION SAINT-YVES / UNIVERSITE CATHOLIQUE DE L'OUEST</t>
+  </si>
+  <si>
+    <t>3 PLACE ANDRE LEROY 49100 ANGERS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
   </si>
   <si>
     <t>OGEC ASS EDUCATIVE ND LE MENIMUR</t>
   </si>
   <si>
     <t>85 RUE DE METZ 56000 VANNES</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>85.31Z</t>
   </si>
   <si>
     <t>LYCEE TECHNOL PRIVE ND LE MENIMUR</t>
   </si>
   <si>
     <t>71 RUE DE METZ 56000 VANNES</t>
   </si>
   <si>
     <t>01/05/1981</t>
-  </si>
-[...19 lines deleted...]
-    <t>04973146497</t>
   </si>
   <si>
     <t>UCO LA REUNION</t>
   </si>
   <si>
     <t>01/09/2015</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -798,1084 +798,1084 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>39326123500013</v>
+        <v>11004401300040</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I2" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>11004401300040</v>
+        <v>13000038300013</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I3" s="3"/>
+      <c r="I3" s="3" t="s">
+        <v>23</v>
+      </c>
       <c r="J3" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>13000038300013</v>
+        <v>13001533200013</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="D4" s="2"/>
+        <v>25</v>
+      </c>
+      <c r="D4" s="2" t="s">
+        <v>25</v>
+      </c>
       <c r="E4" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>22</v>
+      </c>
+      <c r="I4" s="3">
+        <v>93131411013</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>13001533200013</v>
+        <v>13001835100010</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="D5" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I5" s="3">
-        <v>93131411013</v>
+        <v>72330934133</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>13001835100010</v>
+        <v>13002059700014</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I6" s="3">
-        <v>72330934133</v>
+        <v>96973072797</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>13002059700014</v>
+        <v>13002338500011</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I7" s="3">
-        <v>96973072797</v>
+        <v>11755709875</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>13002338500011</v>
+        <v>13002573700011</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I8" s="3">
-        <v>11755709875</v>
+        <v>11755988575</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>13002573700011</v>
+        <v>13002608100013</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I9" s="3">
-        <v>11755988575</v>
+        <v>84380736438</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>13002608100013</v>
+        <v>13002975400012</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I10" s="3">
-        <v>84380736438</v>
+        <v>32591104359</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>13002975400012</v>
+        <v>19290346600014</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="G11" s="2"/>
+        <v>49</v>
+      </c>
+      <c r="G11" s="2" t="s">
+        <v>50</v>
+      </c>
       <c r="H11" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>32591104359</v>
+        <v>22</v>
+      </c>
+      <c r="I11" s="3" t="s">
+        <v>51</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>19290346600014</v>
+        <v>19311383400017</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>54</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>19311383400017</v>
+        <v>19341089100017</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="G13" s="2"/>
+        <v>49</v>
+      </c>
+      <c r="G13" s="2" t="s">
+        <v>57</v>
+      </c>
       <c r="H13" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I13" s="3"/>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>19341089100017</v>
+        <v>19370800500478</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>59</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="G14" s="2" t="s">
         <v>60</v>
       </c>
+      <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I14" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="I14" s="3" t="s">
+        <v>61</v>
+      </c>
       <c r="J14" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>19370800500478</v>
+        <v>19450855200016</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I15" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>19450855200016</v>
+        <v>19490970100303</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>22</v>
+      </c>
+      <c r="I16" s="3">
+        <v>52490195049</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>19490970100303</v>
+        <v>19561718800600</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>69</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>52490195049</v>
+        <v>22</v>
+      </c>
+      <c r="I17" s="3" t="s">
+        <v>72</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>19561718800600</v>
+        <v>19640251500270</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I18" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>19640251500270</v>
+        <v>19691774400019</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>78</v>
+        <v>49</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>79</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>19691774400019</v>
+        <v>19801344300017</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>80</v>
       </c>
-      <c r="D20" s="2"/>
+      <c r="D20" s="2" t="s">
+        <v>81</v>
+      </c>
       <c r="E20" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I20" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>19801344300017</v>
+        <v>19830766200017</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="D21" s="2" t="s">
         <v>84</v>
       </c>
+      <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>85</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>86</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>19830766200017</v>
+        <v>19941111700013</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>88</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>89</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>19941111700013</v>
+        <v>19974478000016</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>90</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>91</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>52</v>
+        <v>92</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I23" s="3"/>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>19974478000016</v>
+        <v>39326123500013</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>93</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>94</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>95</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I24" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="I24" s="3">
+        <v>53220498822</v>
+      </c>
       <c r="J24" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>77790657900019</v>
+        <v>48170138100024</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>96</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>97</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>98</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>99</v>
       </c>
-      <c r="I25" s="3">
-        <v>53560872056</v>
+      <c r="I25" s="3" t="s">
+        <v>100</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>77790657900027</v>
+        <v>78611668100010</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>96</v>
-[...3 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>99</v>
+        <v>22</v>
       </c>
       <c r="I26" s="3">
-        <v>53560872056</v>
+        <v>52490001049</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>78611668100010</v>
+        <v>77790657900019</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>17</v>
+        <v>106</v>
       </c>
       <c r="I27" s="3">
-        <v>52490001049</v>
+        <v>53560872056</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>48170138100024</v>
+        <v>77790657900027</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="D28" s="2"/>
+        <v>104</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>107</v>
+      </c>
       <c r="E28" s="2" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>109</v>
+        <v>106</v>
+      </c>
+      <c r="I28" s="3">
+        <v>53560872056</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>81327569000010</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>110</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>106</v>
+        <v>97</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>111</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>108</v>
+        <v>99</v>
       </c>
       <c r="I29" s="3"/>
       <c r="J29" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1888,31 +1888,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/07/2025 03:59:21</dc:description>
+  <dc:description>Export en date du 12/24/2025 13:23:18</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>