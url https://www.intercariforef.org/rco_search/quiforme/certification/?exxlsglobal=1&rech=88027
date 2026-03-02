--- v2 (2025-12-24)
+++ v3 (2026-03-02)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -169,53 +169,50 @@
   <si>
     <t>UNIVERSITE DE LILLE</t>
   </si>
   <si>
     <t>42 RUE PAUL DUEZ 59800 LILLE</t>
   </si>
   <si>
     <t>22/09/2021</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>UNIVERSITE BREST BRETAGNE OCCIDENTALE</t>
   </si>
   <si>
     <t>3 RUE MATTHIEU GALLOU 29200 BREST</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>01/03/2025</t>
   </si>
   <si>
-    <t>5329P003029</t>
-[...1 lines deleted...]
-  <si>
     <t>UNIVERSITE TOULOUSE II</t>
   </si>
   <si>
     <t>5 ALLEE ANTONIO MACHADO 31100 TOULOUSE</t>
   </si>
   <si>
     <t>7331P001531</t>
   </si>
   <si>
     <t>UNIVERSITE MONTPELLIER III PAUL VALERY</t>
   </si>
   <si>
     <t>ROUTE DE MENDE 34090 MONTPELLIER</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
     <t>UNIVERSITE DE TOURS</t>
   </si>
   <si>
     <t>60 RUE DU PLAT D'ETAIN 37000 TOURS</t>
   </si>
   <si>
     <t>04/06/2012</t>
@@ -319,75 +316,75 @@
   <si>
     <t>UNIVERSITE CATHOLIQUE OUEST BRETAGNENORD</t>
   </si>
   <si>
     <t>CAMPUS TOUR D AUVERGNE 37 RUE DU MARECHAL FOCH 22200 GUINGAMP</t>
   </si>
   <si>
     <t>01/10/1993</t>
   </si>
   <si>
     <t>UCO LA REUNION - ASSOCIATION DE GESTION DU CAMPUS DE L'ENSEIGNEMENT CATHOLIQUE</t>
   </si>
   <si>
     <t>46 BOULEVARD NOTRE DAME DE LA TRINITE 97400 SAINT-DENIS</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>04973146497</t>
   </si>
   <si>
+    <t>OGEC ASS EDUCATIVE ND LE MENIMUR</t>
+  </si>
+  <si>
+    <t>85 RUE DE METZ 56000 VANNES</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>LYCEE TECHNOL PRIVE ND LE MENIMUR</t>
+  </si>
+  <si>
+    <t>71 RUE DE METZ 56000 VANNES</t>
+  </si>
+  <si>
+    <t>01/05/1981</t>
+  </si>
+  <si>
     <t>ASSOCIATION SAINT-YVES / UNIVERSITE CATHOLIQUE DE L'OUEST</t>
   </si>
   <si>
     <t>3 PLACE ANDRE LEROY 49100 ANGERS</t>
-  </si>
-[...19 lines deleted...]
-    <t>01/05/1981</t>
   </si>
   <si>
     <t>UCO LA REUNION</t>
   </si>
   <si>
     <t>01/09/2015</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -1152,717 +1149,715 @@
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>19290346600014</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>46</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I11" s="3"/>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>19311383400017</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I12" s="3" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>19341089100017</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>46</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G13" s="2" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I13" s="3"/>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>19370800500478</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I14" s="3" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>19450855200016</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I15" s="3" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>19490970100303</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="F16" s="2" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I16" s="3">
         <v>52490195049</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>19561718800600</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F17" s="2" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I17" s="3" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>19640251500270</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I18" s="3" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>19691774400019</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I19" s="3" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>19801344300017</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="D20" s="2" t="s">
         <v>80</v>
       </c>
-      <c r="D20" s="2" t="s">
+      <c r="E20" s="2" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I20" s="3" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>19830766200017</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I21" s="3" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>19941111700013</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I22" s="3" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="F23" s="2" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I23" s="3"/>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>39326123500013</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="F24" s="2" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I24" s="3">
         <v>53220498822</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>48170138100024</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="F25" s="2" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="I25" s="3" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>78611668100010</v>
+        <v>77790657900019</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="F26" s="2" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>22</v>
+        <v>103</v>
       </c>
       <c r="I26" s="3">
-        <v>52490001049</v>
+        <v>53560872056</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>77790657900019</v>
+        <v>77790657900027</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="D27" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>105</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="I27" s="3">
         <v>53560872056</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>77790657900027</v>
+        <v>78611668100010</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="D28" s="2" t="s">
         <v>107</v>
       </c>
+      <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>108</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>106</v>
+        <v>22</v>
       </c>
       <c r="I28" s="3">
-        <v>53560872056</v>
+        <v>52490001049</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>81327569000010</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="I29" s="3"/>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
@@ -1888,31 +1883,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/24/2025 13:23:18</dc:description>
+  <dc:description>Export en date du 03/02/2026 13:23:17</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>