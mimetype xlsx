--- v0 (2025-11-05)
+++ v1 (2025-12-24)
@@ -2096,31 +2096,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 01:21:44</dc:description>
+  <dc:description>Export en date du 12/24/2025 13:22:46</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>