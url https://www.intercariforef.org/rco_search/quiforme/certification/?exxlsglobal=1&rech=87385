--- v1 (2025-12-24)
+++ v2 (2026-02-10)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -338,53 +338,50 @@
     <t>AVENUE OLIVIER MESSIAEN 72000 LE MANS</t>
   </si>
   <si>
     <t>UNIVERSITE DE ROUEN-NORMANDIE</t>
   </si>
   <si>
     <t>1 RUE THOMAS BECKET 76130 MONT-SAINT-AIGNAN</t>
   </si>
   <si>
     <t>2376P002876</t>
   </si>
   <si>
     <t>UNIVERSITE DE VERSAILLES-SAINT-QUENTIN-EN-YVELINES</t>
   </si>
   <si>
     <t>55 AVENUE DE PARIS 78000 VERSAILLES</t>
   </si>
   <si>
     <t>29/08/1991</t>
   </si>
   <si>
     <t>1178P004378</t>
   </si>
   <si>
     <t>UNIVERSITE DE LIMOGES</t>
-  </si>
-[...1 lines deleted...]
-    <t>SERVICES CENTRAUX</t>
   </si>
   <si>
     <t>HOTEL DE L'UNIVERSITE 33 RUE FRANCOIS MITTERRAND 87000 LIMOGES</t>
   </si>
   <si>
     <t>15/04/2002</t>
   </si>
   <si>
     <t>7487P000287</t>
   </si>
   <si>
     <t>UNIVERSITE D'EVRY VAL D'ESSONNE</t>
   </si>
   <si>
     <t>23 BD FRANCOIS MITTERRAND 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>1191P002791</t>
   </si>
   <si>
     <t>UNIV PARIS XIII PARIS-NORD VILLETANEUSE</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS XIII.PARIS-NORD</t>
   </si>
@@ -1826,245 +1823,243 @@
         <v>106</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>19870669900321</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="D28" s="2" t="s">
+      <c r="D28" s="2"/>
+      <c r="E28" s="2" t="s">
         <v>108</v>
       </c>
-      <c r="E28" s="2" t="s">
+      <c r="F28" s="2" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I28" s="3" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>19911975100014</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>105</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I29" s="3" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
         <v>19931238000017</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="D30" s="2" t="s">
         <v>115</v>
       </c>
-      <c r="D30" s="2" t="s">
+      <c r="E30" s="2" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I30" s="3" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>19931827000014</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="D31" s="2" t="s">
         <v>119</v>
       </c>
-      <c r="D31" s="2" t="s">
+      <c r="E31" s="2" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I31" s="3"/>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>19941111700013</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I32" s="3" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>41197343100033</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="F33" s="2" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I33" s="3">
         <v>11910788191</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -2096,31 +2091,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/24/2025 13:22:46</dc:description>
+  <dc:description>Export en date du 02/10/2026 18:35:31</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>