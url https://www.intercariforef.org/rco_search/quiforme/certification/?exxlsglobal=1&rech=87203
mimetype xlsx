--- v0 (2025-10-20)
+++ v1 (2025-12-11)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="252">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="253">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -622,50 +622,53 @@
   <si>
     <t>15/04/2002</t>
   </si>
   <si>
     <t>7487P000287</t>
   </si>
   <si>
     <t>UNIVERSITE D'EVRY VAL D'ESSONNE</t>
   </si>
   <si>
     <t>23 BD FRANCOIS MITTERRAND 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>1191P002791</t>
   </si>
   <si>
     <t>IUT EVRY</t>
   </si>
   <si>
     <t>22 ALL JEAN ROSTAND 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>01/09/1991</t>
   </si>
   <si>
+    <t>1191P002991</t>
+  </si>
+  <si>
     <t>UNIVERSITE PARIS NANTERRE</t>
   </si>
   <si>
     <t>200 AVENUE DE LA REPUBLIQUE 92000 NANTERRE</t>
   </si>
   <si>
     <t>1192P000192</t>
   </si>
   <si>
     <t>UNIV PARIS XIII PARIS-NORD VILLETANEUSE</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS XIII.PARIS-NORD</t>
   </si>
   <si>
     <t>99 AVENUE JEAN-BAPTISTE CLEMENT 93430 VILLETANEUSE</t>
   </si>
   <si>
     <t>1193P000893</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS EST CRETEIL VAL DE MARNE</t>
   </si>
   <si>
     <t>61 AVENUE DU GENERAL DE GAULLE 94000 CRETEIL</t>
@@ -682,108 +685,108 @@
   <si>
     <t>9597P000797</t>
   </si>
   <si>
     <t>UNIVERSITE DE LA REUNION</t>
   </si>
   <si>
     <t>15 AVENUE RENE CASSIN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
     <t>ADEFSA CTRE FORMAT APPRENTIS DESCARTES</t>
   </si>
   <si>
     <t>PARC DE LA HAUTE MAISON 23 RUE GALILEE 77420 CHAMPS-SUR-MARNE</t>
   </si>
   <si>
     <t>01/07/2003</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
+    <t>INSTITUT DE FORMATION DE LA PROFESSION DE L'ASSURANCE</t>
+  </si>
+  <si>
+    <t>172-174 172 RUE DE LA REPUBLIQUE 92800 PUTEAUX</t>
+  </si>
+  <si>
+    <t>13/09/2017</t>
+  </si>
+  <si>
+    <t>ASSOCIATION SAINT-YVES / UNIVERSITE CATHOLIQUE DE L'OUEST</t>
+  </si>
+  <si>
+    <t>3 PLACE ANDRE LEROY 49100 ANGERS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
     <t>UCO LAVAL</t>
   </si>
   <si>
     <t>ISM 25 RUE DU MANS 53000 LAVAL</t>
   </si>
   <si>
     <t>27/08/2007</t>
   </si>
   <si>
     <t>INSTITUT DE LA FONCTION COMMERCIALE</t>
   </si>
   <si>
     <t>ZI LA LEZARDE 97232 LE LAMENTIN</t>
   </si>
   <si>
     <t>15/04/2011</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
+    <t>LA CARIBEENNE DE FORMATION</t>
+  </si>
+  <si>
+    <t>ESSENTIA CARAIBES</t>
+  </si>
+  <si>
+    <t>ZI DE CHAMPIGNY IMM LAGUERRE BAT A PETITE COCOTTE 97224 DUCOS</t>
+  </si>
+  <si>
+    <t>15/10/2010</t>
+  </si>
+  <si>
     <t>DIFCAM</t>
   </si>
   <si>
     <t>48 RUE LA BOETIE 75008 PARIS</t>
   </si>
   <si>
     <t>15/06/1983</t>
-  </si>
-[...28 lines deleted...]
-    <t>15/10/2010</t>
   </si>
   <si>
     <t>INSTITUT CATHOLIQUE DE LILLE</t>
   </si>
   <si>
     <t>60 BOULEVARD VAUBAN 59800 LILLE</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE DE LA BANQUE</t>
   </si>
   <si>
     <t>18 RUE LA FAYETTE 75009 PARIS</t>
   </si>
   <si>
     <t>19/11/2019</t>
   </si>
   <si>
     <t>11/10/2023</t>
   </si>
   <si>
     <t>BAT E - RDC RUE LAVOISIER 76130 MONT-SAINT-AIGNAN</t>
   </si>
   <si>
     <t>01/05/2021</t>
   </si>
@@ -3223,644 +3226,644 @@
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
         <v>19911975100089</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>196</v>
       </c>
       <c r="D55" s="2" t="s">
         <v>199</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>200</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>201</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I55" s="3" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
         <v>19921204400010</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I56" s="3" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
         <v>19931238000017</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D57" s="2" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E57" s="2" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I57" s="3" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
         <v>19941111700013</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I58" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
         <v>19971585500011</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>124</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I59" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I60" s="3"/>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
         <v>39089496200054</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="I61" s="3">
         <v>11770565477</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>40888757800032</v>
+        <v>78420275600150</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>24</v>
+        <v>222</v>
       </c>
       <c r="I62" s="3">
-        <v>52530086053</v>
+        <v>11921663792</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>41900799200037</v>
+        <v>78611668100010</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>228</v>
+        <v>24</v>
       </c>
       <c r="I63" s="3">
-        <v>97970086297</v>
+        <v>52490001049</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>33532404200019</v>
+        <v>40888757800032</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>229</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
         <v>230</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>231</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I64" s="3">
-        <v>11753925575</v>
+        <v>52530086053</v>
       </c>
       <c r="J64" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>78420275600150</v>
+        <v>41900799200037</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>232</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
         <v>233</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>234</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>221</v>
+        <v>235</v>
       </c>
       <c r="I65" s="3">
-        <v>11921663792</v>
+        <v>97970086297</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>78611668100010</v>
+        <v>48482681300020</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>235</v>
-[...1 lines deleted...]
-      <c r="D66" s="2"/>
+        <v>236</v>
+      </c>
+      <c r="D66" s="2" t="s">
+        <v>237</v>
+      </c>
       <c r="E66" s="2" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I66" s="3">
-        <v>52490001049</v>
+        <v>97970139397</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>48482681300020</v>
+        <v>33532404200019</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>238</v>
-[...3 lines deleted...]
-      </c>
+        <v>240</v>
+      </c>
+      <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I67" s="3">
-        <v>97970139397</v>
+        <v>11753925575</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
         <v>77562424000013</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>237</v>
+        <v>228</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I68" s="3">
         <v>31590046859</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
         <v>88087198300016</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="G69" s="2" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="H69" s="2" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
       <c r="I69" s="3">
         <v>11756030575</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
         <v>88087198300214</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
       <c r="I70" s="3">
         <v>11756030575</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
         <v>88087198300230</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
       <c r="I71" s="3">
         <v>11756030575</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -3888,31 +3891,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/20/2025 10:40:09</dc:description>
+  <dc:description>Export en date du 12/11/2025 16:31:29</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>