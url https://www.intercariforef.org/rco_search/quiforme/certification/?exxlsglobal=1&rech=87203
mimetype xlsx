--- v1 (2025-12-11)
+++ v2 (2026-02-03)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="253">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="252">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -592,53 +592,50 @@
   <si>
     <t>74 RUE LOUIS PASTEUR 84000 AVIGNON</t>
   </si>
   <si>
     <t>26/09/1997</t>
   </si>
   <si>
     <t>9384P000984</t>
   </si>
   <si>
     <t>UNIVERSITE DE POITIERS</t>
   </si>
   <si>
     <t>15 RUE DE L'HOTEL DIEU 86000 POITIERS</t>
   </si>
   <si>
     <t>17/10/1994</t>
   </si>
   <si>
     <t>5486P000386</t>
   </si>
   <si>
     <t>UNIVERSITE DE LIMOGES</t>
   </si>
   <si>
-    <t>SERVICES CENTRAUX</t>
-[...1 lines deleted...]
-  <si>
     <t>HOTEL DE L'UNIVERSITE 33 RUE FRANCOIS MITTERRAND 87000 LIMOGES</t>
   </si>
   <si>
     <t>15/04/2002</t>
   </si>
   <si>
     <t>7487P000287</t>
   </si>
   <si>
     <t>UNIVERSITE D'EVRY VAL D'ESSONNE</t>
   </si>
   <si>
     <t>23 BD FRANCOIS MITTERRAND 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>1191P002791</t>
   </si>
   <si>
     <t>IUT EVRY</t>
   </si>
   <si>
     <t>22 ALL JEAN ROSTAND 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>01/09/1991</t>
@@ -673,126 +670,126 @@
   <si>
     <t>61 AVENUE DU GENERAL DE GAULLE 94000 CRETEIL</t>
   </si>
   <si>
     <t>1194P000794</t>
   </si>
   <si>
     <t>UNIVERSITE DES ANTILLES</t>
   </si>
   <si>
     <t>CAMPUS FOUILLOLE 97110 POINTE A PITRE</t>
   </si>
   <si>
     <t>9597P000797</t>
   </si>
   <si>
     <t>UNIVERSITE DE LA REUNION</t>
   </si>
   <si>
     <t>15 AVENUE RENE CASSIN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
+    <t>DIFCAM</t>
+  </si>
+  <si>
+    <t>48 RUE LA BOETIE 75008 PARIS</t>
+  </si>
+  <si>
+    <t>15/06/1983</t>
+  </si>
+  <si>
     <t>ADEFSA CTRE FORMAT APPRENTIS DESCARTES</t>
   </si>
   <si>
     <t>PARC DE LA HAUTE MAISON 23 RUE GALILEE 77420 CHAMPS-SUR-MARNE</t>
   </si>
   <si>
     <t>01/07/2003</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
+    <t>UCO LAVAL</t>
+  </si>
+  <si>
+    <t>ISM 25 RUE DU MANS 53000 LAVAL</t>
+  </si>
+  <si>
+    <t>27/08/2007</t>
+  </si>
+  <si>
+    <t>INSTITUT DE LA FONCTION COMMERCIALE</t>
+  </si>
+  <si>
+    <t>ZI LA LEZARDE 97232 LE LAMENTIN</t>
+  </si>
+  <si>
+    <t>15/04/2011</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>LA CARIBEENNE DE FORMATION</t>
+  </si>
+  <si>
+    <t>ESSENTIA CARAIBES</t>
+  </si>
+  <si>
+    <t>ZI DE CHAMPIGNY IMM LAGUERRE BAT A PETITE COCOTTE 97224 DUCOS</t>
+  </si>
+  <si>
+    <t>15/10/2010</t>
+  </si>
+  <si>
+    <t>INSTITUT CATHOLIQUE DE LILLE</t>
+  </si>
+  <si>
+    <t>60 BOULEVARD VAUBAN 59800 LILLE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
     <t>INSTITUT DE FORMATION DE LA PROFESSION DE L'ASSURANCE</t>
   </si>
   <si>
     <t>172-174 172 RUE DE LA REPUBLIQUE 92800 PUTEAUX</t>
   </si>
   <si>
     <t>13/09/2017</t>
   </si>
   <si>
     <t>ASSOCIATION SAINT-YVES / UNIVERSITE CATHOLIQUE DE L'OUEST</t>
   </si>
   <si>
     <t>3 PLACE ANDRE LEROY 49100 ANGERS</t>
-  </si>
-[...49 lines deleted...]
-    <t>60 BOULEVARD VAUBAN 59800 LILLE</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE DE LA BANQUE</t>
   </si>
   <si>
     <t>18 RUE LA FAYETTE 75009 PARIS</t>
   </si>
   <si>
     <t>19/11/2019</t>
   </si>
   <si>
     <t>11/10/2023</t>
   </si>
   <si>
     <t>BAT E - RDC RUE LAVOISIER 76130 MONT-SAINT-AIGNAN</t>
   </si>
   <si>
     <t>01/05/2021</t>
   </si>
   <si>
     <t>39 BOULEVARD BLAISE PASCAL 92000 NANTERRE</t>
   </si>
   <si>
     <t>01/04/2023</t>
   </si>
@@ -3136,734 +3133,732 @@
         <v>190</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
         <v>19870669900321</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>191</v>
       </c>
-      <c r="D53" s="2" t="s">
+      <c r="D53" s="2"/>
+      <c r="E53" s="2" t="s">
         <v>192</v>
       </c>
-      <c r="E53" s="2" t="s">
+      <c r="F53" s="2" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I53" s="3" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
         <v>19911975100014</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>169</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I54" s="3" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
         <v>19911975100089</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="D55" s="2" t="s">
+        <v>198</v>
+      </c>
+      <c r="E55" s="2" t="s">
         <v>199</v>
       </c>
-      <c r="E55" s="2" t="s">
+      <c r="F55" s="2" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I55" s="3" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
         <v>19921204400010</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I56" s="3" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
         <v>19931238000017</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
+        <v>205</v>
+      </c>
+      <c r="D57" s="2" t="s">
         <v>206</v>
       </c>
-      <c r="D57" s="2" t="s">
+      <c r="E57" s="2" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I57" s="3" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
         <v>19941111700013</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I58" s="3" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
         <v>19971585500011</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>124</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I59" s="3" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
+        <v>216</v>
+      </c>
+      <c r="F60" s="2" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I60" s="3"/>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>39089496200054</v>
+        <v>33532404200019</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
+        <v>219</v>
+      </c>
+      <c r="F61" s="2" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>222</v>
+        <v>24</v>
       </c>
       <c r="I61" s="3">
-        <v>11770565477</v>
+        <v>11753925575</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>78420275600150</v>
+        <v>39089496200054</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="I62" s="3">
-        <v>11921663792</v>
+        <v>11770565477</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>78611668100010</v>
+        <v>40888757800032</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
+        <v>226</v>
+      </c>
+      <c r="F63" s="2" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I63" s="3">
-        <v>52490001049</v>
+        <v>52530086053</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>40888757800032</v>
+        <v>41900799200037</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F64" s="2" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>24</v>
+        <v>231</v>
       </c>
       <c r="I64" s="3">
-        <v>52530086053</v>
+        <v>97970086297</v>
       </c>
       <c r="J64" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>41900799200037</v>
+        <v>48482681300020</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>232</v>
       </c>
-      <c r="D65" s="2"/>
+      <c r="D65" s="2" t="s">
+        <v>233</v>
+      </c>
       <c r="E65" s="2" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>235</v>
+        <v>24</v>
       </c>
       <c r="I65" s="3">
-        <v>97970086297</v>
+        <v>97970139397</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>48482681300020</v>
+        <v>77562424000013</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>236</v>
       </c>
-      <c r="D66" s="2" t="s">
+      <c r="D66" s="2"/>
+      <c r="E66" s="2" t="s">
         <v>237</v>
       </c>
-      <c r="E66" s="2" t="s">
+      <c r="F66" s="2" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I66" s="3">
-        <v>97970139397</v>
+        <v>31590046859</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="M66" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>33532404200019</v>
+        <v>78420275600150</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
+        <v>240</v>
+      </c>
+      <c r="F67" s="2" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>24</v>
+        <v>224</v>
       </c>
       <c r="I67" s="3">
-        <v>11753925575</v>
+        <v>11921663792</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>77562424000013</v>
+        <v>78611668100010</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I68" s="3">
-        <v>31590046859</v>
+        <v>52490001049</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>29</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
         <v>88087198300016</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
+        <v>245</v>
+      </c>
+      <c r="F69" s="2" t="s">
         <v>246</v>
       </c>
-      <c r="F69" s="2" t="s">
+      <c r="G69" s="2" t="s">
         <v>247</v>
       </c>
-      <c r="G69" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H69" s="2" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="I69" s="3">
         <v>11756030575</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
         <v>88087198300214</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
+        <v>248</v>
+      </c>
+      <c r="F70" s="2" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="I70" s="3">
         <v>11756030575</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
         <v>88087198300230</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
+        <v>250</v>
+      </c>
+      <c r="F71" s="2" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="I71" s="3">
         <v>11756030575</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>29</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>29</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -3891,31 +3886,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/11/2025 16:31:29</dc:description>
+  <dc:description>Export en date du 02/03/2026 17:57:24</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>