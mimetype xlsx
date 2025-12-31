--- v0 (2025-11-04)
+++ v1 (2025-12-31)
@@ -94,102 +94,102 @@
   <si>
     <t>58.29C</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>ACTH</t>
   </si>
   <si>
     <t>15 RUE LUCIEN SAMPAIX 75010 PARIS</t>
   </si>
   <si>
     <t>08/03/2010</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>CLIC &amp; BAT</t>
+  </si>
+  <si>
+    <t>7 RUE GUTENBERG 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>24/07/2017</t>
+  </si>
+  <si>
+    <t>31/12/2022</t>
+  </si>
+  <si>
+    <t>46.51Z</t>
+  </si>
+  <si>
     <t>B5 PRODUCTIONS</t>
   </si>
   <si>
     <t>8 RUE D'ATHENES 75009 PARIS</t>
   </si>
   <si>
     <t>13/03/2017</t>
   </si>
   <si>
     <t>01/04/2019</t>
   </si>
   <si>
-    <t>CLIC &amp; BAT</t>
-[...11 lines deleted...]
-    <t>46.51Z</t>
+    <t>DAWAN</t>
+  </si>
+  <si>
+    <t>30-32 30 BOULEVARD VINCENT GACHE 44200 NANTES</t>
+  </si>
+  <si>
+    <t>14/02/2017</t>
+  </si>
+  <si>
+    <t>62.01Z</t>
   </si>
   <si>
     <t>M2I</t>
   </si>
   <si>
     <t>146-148 146 RUE DE PICPUS 75012 PARIS</t>
   </si>
   <si>
     <t>01/03/2013</t>
   </si>
   <si>
     <t>30/06/2025</t>
   </si>
   <si>
     <t>85.59B</t>
-  </si>
-[...10 lines deleted...]
-    <t>62.01Z</t>
   </si>
   <si>
     <t>SKILLSUP</t>
   </si>
   <si>
     <t>39 CHEMIN DE BAZEMONT 78580 MAULE</t>
   </si>
   <si>
     <t>15/02/2019</t>
   </si>
   <si>
     <t>47.41Z</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -680,200 +680,200 @@
       <c r="F3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I3" s="3">
         <v>11753055175</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>49223811800037</v>
+        <v>79469140200034</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H4" s="2" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="I4" s="3">
-        <v>84691715969</v>
+        <v>72330920133</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>79469140200034</v>
+        <v>49223811800037</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G5" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H5" s="2" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="I5" s="3">
-        <v>72330920133</v>
+        <v>84691715969</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>33354415300344</v>
+        <v>42998754800162</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="G6" s="2" t="s">
+      <c r="G6" s="2"/>
+      <c r="H6" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="H6" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I6" s="3">
-        <v>11751042775</v>
+        <v>52440363444</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>42998754800162</v>
+        <v>33354415300344</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F7" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="F7" s="2" t="s">
+      <c r="G7" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I7" s="3">
-        <v>52440363444</v>
+        <v>11751042775</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>84858779600014</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>47</v>
       </c>
       <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
@@ -921,31 +921,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/04/2025 18:12:30</dc:description>
+  <dc:description>Export en date du 12/31/2025 19:44:57</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>