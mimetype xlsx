--- v1 (2025-12-31)
+++ v2 (2026-02-24)
@@ -58,138 +58,138 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
+    <t>M2I</t>
+  </si>
+  <si>
+    <t>146-148 146 RUE DE PICPUS 75012 PARIS</t>
+  </si>
+  <si>
+    <t>01/03/2013</t>
+  </si>
+  <si>
+    <t>30/06/2025</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
     <t>AUTODESK FRANCE</t>
   </si>
   <si>
     <t>89 QUAI PANHARD ET LEVASSOR 75013 PARIS</t>
   </si>
   <si>
     <t>04/12/2006</t>
   </si>
   <si>
     <t>27/07/2020</t>
   </si>
   <si>
     <t>58.29C</t>
   </si>
   <si>
-    <t>FAUX</t>
-[...1 lines deleted...]
-  <si>
     <t>Actif</t>
   </si>
   <si>
     <t>ACTH</t>
   </si>
   <si>
     <t>15 RUE LUCIEN SAMPAIX 75010 PARIS</t>
   </si>
   <si>
     <t>08/03/2010</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>DAWAN</t>
+  </si>
+  <si>
+    <t>30-32 30 BOULEVARD VINCENT GACHE 44200 NANTES</t>
+  </si>
+  <si>
+    <t>14/02/2017</t>
+  </si>
+  <si>
+    <t>62.01Z</t>
+  </si>
+  <si>
+    <t>B5 PRODUCTIONS</t>
+  </si>
+  <si>
+    <t>8 RUE D'ATHENES 75009 PARIS</t>
+  </si>
+  <si>
+    <t>13/03/2017</t>
+  </si>
+  <si>
+    <t>01/04/2019</t>
+  </si>
+  <si>
     <t>CLIC &amp; BAT</t>
   </si>
   <si>
     <t>7 RUE GUTENBERG 33700 MERIGNAC</t>
   </si>
   <si>
     <t>24/07/2017</t>
   </si>
   <si>
     <t>31/12/2022</t>
   </si>
   <si>
     <t>46.51Z</t>
-  </si>
-[...37 lines deleted...]
-    <t>85.59B</t>
   </si>
   <si>
     <t>SKILLSUP</t>
   </si>
   <si>
     <t>39 CHEMIN DE BAZEMONT 78580 MAULE</t>
   </si>
   <si>
     <t>15/02/2019</t>
   </si>
   <si>
     <t>47.41Z</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -606,282 +606,276 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>35305429900063</v>
+        <v>33354415300344</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>37934355100030</v>
+        <v>35305429900063</v>
       </c>
       <c r="B3" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C3" s="2" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="F3" s="2" t="s">
+      <c r="G3" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="I3" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I3" s="3"/>
       <c r="J3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>79469140200034</v>
+        <v>37934355100030</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="G4" s="2" t="s">
+      <c r="G4" s="2"/>
+      <c r="H4" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="H4" s="2" t="s">
+      <c r="I4" s="3">
+        <v>11753055175</v>
+      </c>
+      <c r="J4" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K4" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L4" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M4" s="2" t="s">
         <v>30</v>
-      </c>
-[...13 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>49223811800037</v>
+        <v>42998754800162</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="G5" s="2" t="s">
+      <c r="G5" s="2"/>
+      <c r="H5" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="H5" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I5" s="3">
-        <v>84691715969</v>
+        <v>52440363444</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>42998754800162</v>
+        <v>49223811800037</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="G6" s="2"/>
+      <c r="G6" s="2" t="s">
+        <v>38</v>
+      </c>
       <c r="H6" s="2" t="s">
-        <v>38</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>33354415300344</v>
+        <v>79469140200034</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>42</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="I7" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>84858779600014</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>47</v>
       </c>
       <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>19</v>
       </c>
@@ -921,31 +915,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/31/2025 19:44:57</dc:description>
+  <dc:description>Export en date du 02/24/2026 05:14:06</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>