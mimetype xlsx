--- v0 (2025-10-31)
+++ v1 (2025-12-18)
@@ -859,31 +859,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/31/2025 12:16:37</dc:description>
+  <dc:description>Export en date du 12/19/2025 00:23:29</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>