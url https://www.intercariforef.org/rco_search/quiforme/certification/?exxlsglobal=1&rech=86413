--- v1 (2025-12-18)
+++ v2 (2026-03-14)
@@ -79,96 +79,96 @@
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>ADOBE SYSTEMS FRANCE SAS</t>
   </si>
   <si>
     <t>112-114 112 AVENUE KLEBER 75016 PARIS</t>
   </si>
   <si>
     <t>29/06/2007</t>
   </si>
   <si>
     <t>16/03/2020</t>
   </si>
   <si>
     <t>58.29C</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>SKILLSUP</t>
+  </si>
+  <si>
+    <t>39 CHEMIN DE BAZEMONT 78580 MAULE</t>
+  </si>
+  <si>
+    <t>15/02/2019</t>
+  </si>
+  <si>
+    <t>47.41Z</t>
+  </si>
+  <si>
     <t>DAWAN</t>
   </si>
   <si>
     <t>30-32 30 BOULEVARD VINCENT GACHE 44200 NANTES</t>
   </si>
   <si>
     <t>14/02/2017</t>
   </si>
   <si>
     <t>62.01Z</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>CREA IMAGE COMMUNICATION</t>
   </si>
   <si>
     <t>31-33 31 AVENUE DE LA SIBELLE 75014 PARIS</t>
   </si>
   <si>
     <t>15/01/2018</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>PRIUM FORMATION</t>
   </si>
   <si>
     <t>11 BOULEVARD BRUNE 75014 PARIS</t>
   </si>
   <si>
     <t>20/02/2018</t>
-  </si>
-[...10 lines deleted...]
-    <t>47.41Z</t>
   </si>
   <si>
     <t>KILUZ</t>
   </si>
   <si>
     <t>49 RUE DE PONTHIEU 75008 PARIS</t>
   </si>
   <si>
     <t>30/05/2019</t>
   </si>
   <si>
     <t>14/09/2020</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -622,220 +622,218 @@
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>42998754800162</v>
+        <v>84858779600014</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="I3" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I3" s="3"/>
       <c r="J3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>47973924500047</v>
+        <v>42998754800162</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" s="2" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="I4" s="3">
+        <v>52440363444</v>
+      </c>
+      <c r="J4" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K4" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="I4" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="L4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>83798882300014</v>
+        <v>47973924500047</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="I5" s="3">
+        <v>11753682075</v>
+      </c>
+      <c r="J5" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K5" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L5" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M5" s="2" t="s">
         <v>29</v>
-      </c>
-[...13 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>84858779600014</v>
+        <v>83798882300014</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="I6" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I6" s="3">
+        <v>11755756775</v>
+      </c>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>85133705500012</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="H7" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
@@ -859,31 +857,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/19/2025 00:23:29</dc:description>
+  <dc:description>Export en date du 03/14/2026 19:03:29</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>