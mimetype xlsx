--- v0 (2025-11-05)
+++ v1 (2025-12-26)
@@ -358,177 +358,177 @@
   <si>
     <t>24 RUE RAPHAEL BABET 97480 SAINT-JOSEPH</t>
   </si>
   <si>
     <t>20/09/1984</t>
   </si>
   <si>
     <t>AVIPOLE FORMATION</t>
   </si>
   <si>
     <t>ZOOPOLE LES CROIX 1 RUE CAMILLE GUERIN 22440 PLOUFRAGAN</t>
   </si>
   <si>
     <t>23/03/1999</t>
   </si>
   <si>
     <t>IFCE INSTITUT FORMATION COMPTABLE EUROPE</t>
   </si>
   <si>
     <t>56 RUE JACQUES KABLE 67000 STRASBOURG</t>
   </si>
   <si>
     <t>02/06/2000</t>
   </si>
   <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>RC SERVICES SAS</t>
+  </si>
+  <si>
+    <t>ZAC DE LA BUZENIERE 23 RUE OLIVIER DE SERRES 85500 LES HERBIERS</t>
+  </si>
+  <si>
+    <t>20/06/2013</t>
+  </si>
+  <si>
+    <t>13/12/2024</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>INSTITUT DE L'ELEVAGE</t>
+  </si>
+  <si>
+    <t>149 RUE DE BERCY 75012 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>72.19Z</t>
+  </si>
+  <si>
+    <t>ASS FORMA ACTION SOCIALE ECURIE COURSES</t>
+  </si>
+  <si>
+    <t>ALLEE JARDY 60500 GOUVIEUX</t>
+  </si>
+  <si>
+    <t>08/10/1986</t>
+  </si>
+  <si>
+    <t>MAISON FAM RURALE EDUCATION ORIENTATION</t>
+  </si>
+  <si>
+    <t>LA CHOMEANE ROUTE DE GRANE 26400 DIVAJEU</t>
+  </si>
+  <si>
+    <t>01/09/1959</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>15220 MARCOLES</t>
+  </si>
+  <si>
+    <t>01/01/1965</t>
+  </si>
+  <si>
+    <t>ASS DU CENTRE MFR DU POLE DES METIERS DU PAYS DE LANDIVISIAU</t>
+  </si>
+  <si>
+    <t>41 RUE GEORGES CLEMENCEAU 29400 LANDIVISIAU</t>
+  </si>
+  <si>
+    <t>07/12/2006</t>
+  </si>
+  <si>
+    <t>13/03/2020</t>
+  </si>
+  <si>
     <t>R.G CONSULTING FRANCE</t>
   </si>
   <si>
     <t>LA MARTINAIS 22130 CORSEUL</t>
   </si>
   <si>
     <t>01/07/2010</t>
   </si>
   <si>
     <t>74.90B</t>
   </si>
   <si>
     <t>IFIP-INSTITUT DU PORC</t>
   </si>
   <si>
     <t>5 RUE LESPAGNOL 75020 PARIS</t>
   </si>
   <si>
     <t>14/01/2013</t>
   </si>
   <si>
-    <t>72.19Z</t>
-[...1 lines deleted...]
-  <si>
     <t>MAISON FAMILIALE RURALE D EDUCATION ET D ORIENTATION RHONE ALPILLES</t>
   </si>
   <si>
     <t>2 RUE DE LA GARRIGUE 13310 SAINT-MARTIN-DE-CRAU</t>
   </si>
   <si>
     <t>20/11/2009</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>APPLICATION EURO TECHNOLOGIE SERVICES</t>
   </si>
   <si>
     <t>ZONE INDUSPAL 17 AVENUE ANDRE MARIE AMPERE 64140 LONS</t>
   </si>
   <si>
     <t>01/03/2005</t>
   </si>
   <si>
     <t>71.12B</t>
   </si>
   <si>
     <t>LE DOMAINE CANIN</t>
   </si>
   <si>
     <t>FOURRIERE DE L'ALLIANCE</t>
   </si>
   <si>
     <t>ZONE NORD AEROPORT POLE CARAIBE 97139 LES ABYMES</t>
   </si>
   <si>
     <t>20/10/2000</t>
   </si>
   <si>
     <t>01.49Z</t>
-  </si>
-[...64 lines deleted...]
-    <t>70.22Z</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1857,459 +1857,459 @@
       <c r="F25" s="2" t="s">
         <v>113</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I25" s="3">
         <v>42670146267</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>52347579600018</v>
+        <v>44120102700022</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>13</v>
+        <v>114</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>116</v>
-[...1 lines deleted...]
-      <c r="G26" s="2"/>
+        <v>117</v>
+      </c>
+      <c r="G26" s="2" t="s">
+        <v>118</v>
+      </c>
       <c r="H26" s="2" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="I26" s="3">
-        <v>53220832122</v>
+        <v>52850124085</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>77568132300108</v>
+        <v>30298415800022</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="I27" s="3">
-        <v>11750055275</v>
+        <v>11750057775</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>40918828100029</v>
+        <v>31804341100046</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>125</v>
+        <v>22</v>
       </c>
       <c r="I28" s="3">
-        <v>93131600613</v>
+        <v>22600245060</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>40970652000023</v>
+        <v>33392505500019</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>129</v>
+        <v>22</v>
       </c>
       <c r="I29" s="3">
-        <v>72640257364</v>
+        <v>82260182926</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>42045519800036</v>
+        <v>33495719800016</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>130</v>
       </c>
-      <c r="D30" s="2" t="s">
+      <c r="D30" s="2"/>
+      <c r="E30" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="E30" s="2" t="s">
+      <c r="F30" s="2" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>134</v>
+        <v>22</v>
       </c>
       <c r="I30" s="3">
-        <v>95970104897</v>
+        <v>83150302415</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>30298415800022</v>
+        <v>51290740300012</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>13</v>
+        <v>114</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="F31" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="G31" s="2" t="s">
         <v>136</v>
       </c>
-      <c r="F31" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>121</v>
+        <v>33</v>
       </c>
       <c r="I31" s="3">
-        <v>11750057775</v>
+        <v>53290835029</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>31804341100046</v>
+        <v>52347579600018</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="F32" s="2" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>22</v>
+        <v>140</v>
       </c>
       <c r="I32" s="3">
-        <v>22600245060</v>
+        <v>53220832122</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>33392505500019</v>
+        <v>77568132300108</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>141</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>142</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>143</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>22</v>
+        <v>123</v>
       </c>
       <c r="I33" s="3">
-        <v>82260182926</v>
+        <v>11750055275</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>33495719800016</v>
+        <v>40918828100029</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>145</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>146</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>22</v>
+        <v>147</v>
       </c>
       <c r="I34" s="3">
-        <v>83150302415</v>
+        <v>93131600613</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>51290740300012</v>
+        <v>40970652000023</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>147</v>
+        <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>148</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
         <v>149</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>150</v>
       </c>
-      <c r="G35" s="2" t="s">
+      <c r="G35" s="2"/>
+      <c r="H35" s="2" t="s">
         <v>151</v>
       </c>
-      <c r="H35" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I35" s="3">
-        <v>53290835029</v>
+        <v>72640257364</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>44120102700022</v>
+        <v>42045519800036</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>147</v>
+        <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>152</v>
       </c>
-      <c r="D36" s="2"/>
+      <c r="D36" s="2" t="s">
+        <v>153</v>
+      </c>
       <c r="E36" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>154</v>
-[...1 lines deleted...]
-      <c r="G36" s="2" t="s">
         <v>155</v>
       </c>
+      <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>156</v>
       </c>
       <c r="I36" s="3">
-        <v>52850124085</v>
+        <v>95970104897</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -2322,31 +2322,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 21:33:57</dc:description>
+  <dc:description>Export en date du 12/26/2025 12:20:23</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>