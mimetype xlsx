--- v1 (2025-12-26)
+++ v2 (2026-02-14)
@@ -340,195 +340,195 @@
   <si>
     <t>2689P000589</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUB LOCAL ENSEIGNEMENT FORMATION PROFESSIONNELLE AGRICOLES GUYANE</t>
   </si>
   <si>
     <t>SAVANE MATITI - RN1 - PK40 AVENUE HENRY KONG 97355 MACOURIA</t>
   </si>
   <si>
     <t>01/10/2001</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D’ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE SAINT-JOSEPH</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL AGRICOLE ANGELO LAURET</t>
   </si>
   <si>
     <t>24 RUE RAPHAEL BABET 97480 SAINT-JOSEPH</t>
   </si>
   <si>
     <t>20/09/1984</t>
   </si>
   <si>
+    <t>INSTITUT DE L'ELEVAGE</t>
+  </si>
+  <si>
+    <t>149 RUE DE BERCY 75012 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>72.19Z</t>
+  </si>
+  <si>
+    <t>ASS FORMA ACTION SOCIALE ECURIE COURSES</t>
+  </si>
+  <si>
+    <t>ALLEE JARDY 60500 GOUVIEUX</t>
+  </si>
+  <si>
+    <t>08/10/1986</t>
+  </si>
+  <si>
+    <t>MAISON FAM RURALE EDUCATION ORIENTATION</t>
+  </si>
+  <si>
+    <t>LA CHOMEANE ROUTE DE GRANE 26400 DIVAJEU</t>
+  </si>
+  <si>
+    <t>01/09/1959</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>15220 MARCOLES</t>
+  </si>
+  <si>
+    <t>01/01/1965</t>
+  </si>
+  <si>
     <t>AVIPOLE FORMATION</t>
   </si>
   <si>
     <t>ZOOPOLE LES CROIX 1 RUE CAMILLE GUERIN 22440 PLOUFRAGAN</t>
   </si>
   <si>
     <t>23/03/1999</t>
   </si>
   <si>
     <t>IFCE INSTITUT FORMATION COMPTABLE EUROPE</t>
   </si>
   <si>
     <t>56 RUE JACQUES KABLE 67000 STRASBOURG</t>
   </si>
   <si>
     <t>02/06/2000</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE RURALE D EDUCATION ET D ORIENTATION RHONE ALPILLES</t>
+  </si>
+  <si>
+    <t>2 RUE DE LA GARRIGUE 13310 SAINT-MARTIN-DE-CRAU</t>
+  </si>
+  <si>
+    <t>20/11/2009</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>APPLICATION EURO TECHNOLOGIE SERVICES</t>
+  </si>
+  <si>
+    <t>ZONE INDUSPAL 17 AVENUE ANDRE MARIE AMPERE 64140 LONS</t>
+  </si>
+  <si>
+    <t>01/03/2005</t>
+  </si>
+  <si>
+    <t>71.12B</t>
+  </si>
+  <si>
+    <t>LE DOMAINE CANIN</t>
+  </si>
+  <si>
+    <t>FOURRIERE DE L'ALLIANCE</t>
+  </si>
+  <si>
+    <t>ZONE NORD AEROPORT POLE CARAIBE 97139 LES ABYMES</t>
+  </si>
+  <si>
+    <t>20/10/2000</t>
+  </si>
+  <si>
+    <t>01.49Z</t>
+  </si>
+  <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>RC SERVICES SAS</t>
   </si>
   <si>
     <t>ZAC DE LA BUZENIERE 23 RUE OLIVIER DE SERRES 85500 LES HERBIERS</t>
   </si>
   <si>
     <t>20/06/2013</t>
   </si>
   <si>
     <t>13/12/2024</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
-    <t>INSTITUT DE L'ELEVAGE</t>
-[...37 lines deleted...]
-  <si>
     <t>ASS DU CENTRE MFR DU POLE DES METIERS DU PAYS DE LANDIVISIAU</t>
   </si>
   <si>
     <t>41 RUE GEORGES CLEMENCEAU 29400 LANDIVISIAU</t>
   </si>
   <si>
     <t>07/12/2006</t>
   </si>
   <si>
     <t>13/03/2020</t>
   </si>
   <si>
     <t>R.G CONSULTING FRANCE</t>
   </si>
   <si>
     <t>LA MARTINAIS 22130 CORSEUL</t>
   </si>
   <si>
     <t>01/07/2010</t>
   </si>
   <si>
     <t>74.90B</t>
   </si>
   <si>
     <t>IFIP-INSTITUT DU PORC</t>
   </si>
   <si>
     <t>5 RUE LESPAGNOL 75020 PARIS</t>
   </si>
   <si>
     <t>14/01/2013</t>
-  </si>
-[...37 lines deleted...]
-    <t>01.49Z</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1152,51 +1152,51 @@
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>41</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>44</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>19320557200012</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>46</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F8" s="2" t="s">
@@ -1783,521 +1783,517 @@
       <c r="F23" s="2" t="s">
         <v>107</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I23" s="3">
         <v>98970084497</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>34849419600028</v>
+        <v>30298415800022</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>108</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>109</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>110</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>33</v>
+        <v>111</v>
       </c>
       <c r="I24" s="3">
-        <v>53220016222</v>
+        <v>11750057775</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>38391584000037</v>
+        <v>31804341100046</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="I25" s="3">
-        <v>42670146267</v>
+        <v>22600245060</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>44120102700022</v>
+        <v>33392505500019</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>114</v>
+        <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>115</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>116</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>117</v>
       </c>
-      <c r="G26" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>119</v>
+        <v>22</v>
       </c>
       <c r="I26" s="3">
-        <v>52850124085</v>
+        <v>82260182926</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>30298415800022</v>
+        <v>33495719800016</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>123</v>
+        <v>22</v>
       </c>
       <c r="I27" s="3">
-        <v>11750057775</v>
+        <v>83150302415</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>31804341100046</v>
+        <v>34849419600028</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="I28" s="3">
-        <v>22600245060</v>
+        <v>53220016222</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>33392505500019</v>
+        <v>38391584000037</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="I29" s="3">
-        <v>82260182926</v>
+        <v>42670146267</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>33495719800016</v>
+        <v>40918828100029</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>22</v>
+        <v>130</v>
       </c>
       <c r="I30" s="3">
-        <v>83150302415</v>
+        <v>93131600613</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>51290740300012</v>
+        <v>40970652000023</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>114</v>
+        <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="F31" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="G31" s="2"/>
+      <c r="H31" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="F31" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I31" s="3">
-        <v>53290835029</v>
+        <v>72640257364</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>52347579600018</v>
+        <v>42045519800036</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="E32" s="2" t="s">
         <v>137</v>
       </c>
-      <c r="D32" s="2"/>
-      <c r="E32" s="2" t="s">
+      <c r="F32" s="2" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="I32" s="3">
-        <v>53220832122</v>
+        <v>95970104897</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>77568132300108</v>
+        <v>44120102700022</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>13</v>
+        <v>140</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>141</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>142</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>143</v>
       </c>
-      <c r="G33" s="2"/>
+      <c r="G33" s="2" t="s">
+        <v>144</v>
+      </c>
       <c r="H33" s="2" t="s">
-        <v>123</v>
-[...3 lines deleted...]
-      </c>
+        <v>145</v>
+      </c>
+      <c r="I33" s="3"/>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>40918828100029</v>
+        <v>51290740300012</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>13</v>
+        <v>140</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="G34" s="2"/>
+        <v>148</v>
+      </c>
+      <c r="G34" s="2" t="s">
+        <v>149</v>
+      </c>
       <c r="H34" s="2" t="s">
-        <v>147</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I34" s="3"/>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>40970652000023</v>
+        <v>52347579600018</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="I35" s="3">
-        <v>72640257364</v>
+        <v>53220832122</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>42045519800036</v>
+        <v>77568132300108</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>152</v>
-[...3 lines deleted...]
-      </c>
+        <v>154</v>
+      </c>
+      <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>156</v>
+        <v>111</v>
       </c>
       <c r="I36" s="3">
-        <v>95970104897</v>
+        <v>11750055275</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -2322,31 +2318,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/26/2025 12:20:23</dc:description>
+  <dc:description>Export en date du 02/14/2026 19:10:52</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>