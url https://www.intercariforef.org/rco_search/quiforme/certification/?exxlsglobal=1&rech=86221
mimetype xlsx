--- v0 (2025-11-05)
+++ v1 (2026-01-01)
@@ -1065,31 +1065,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 08:01:36</dc:description>
+  <dc:description>Export en date du 01/01/2026 04:10:05</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>