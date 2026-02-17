--- v1 (2026-01-01)
+++ v2 (2026-02-17)
@@ -88,99 +88,99 @@
   <si>
     <t>11/06/1997</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT PIERRE DE COUBERTIN</t>
   </si>
   <si>
     <t>GRETA MTI 77</t>
   </si>
   <si>
     <t>RUE CHAUSSEE DE PARIS 77100 MEAUX</t>
   </si>
   <si>
     <t>01/06/1982</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
+    <t>ASS MARTINIQUAISE EDUCATION POPULAIRE</t>
+  </si>
+  <si>
+    <t>AMEP CFA BTP</t>
+  </si>
+  <si>
+    <t>QUA VAUDRANCOURT 97224 DUCOS</t>
+  </si>
+  <si>
+    <t>01/10/2008</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE FORMATION POUR LE DEVELOPPEMENT REGIONAL ET L'APPUI AU RECLASSEMENT</t>
+  </si>
+  <si>
+    <t>PARC TECHNO DU CANAL 2 RUE IRENE JOLIOT CURIE 31520 RAMONVILLE-SAINT-AGNE</t>
+  </si>
+  <si>
+    <t>19/07/1999</t>
+  </si>
+  <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>ACTIF</t>
   </si>
   <si>
     <t>36 RUE DE L'ABREUVOIR 59300 VALENCIENNES</t>
   </si>
   <si>
     <t>01/01/2000</t>
   </si>
   <si>
     <t>24/01/2025</t>
   </si>
   <si>
     <t>INSTITUT CATHOLIQUE D'ARTS ET METIERS</t>
   </si>
   <si>
     <t>6 RUE AUBER 59800 LILLE</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>85.42Z</t>
-  </si>
-[...22 lines deleted...]
-    <t>19/07/1999</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
     <t>366 AVENUE GEORGES DURAND 72100 LE MANS</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION 35 RUE DE LA MITTERIE 59160 LILLE</t>
   </si>
   <si>
     <t>ZI DE LA LAUZE 12 RUE JEAN MERMOZ 34430 SAINT-JEAN-DE-VEDAS</t>
   </si>
   <si>
     <t>161 AVENUE FRANCIS TONNER 06150 CANNES</t>
   </si>
   <si>
     <t>21 BOULEVARD HOCHE 85200 FONTENAY-LE-COMTE</t>
   </si>
 </sst>
 </file>
 
@@ -678,381 +678,381 @@
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="3"/>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>34762032000023</v>
+        <v>31648885700046</v>
       </c>
       <c r="B4" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="C4" s="2" t="s">
+      <c r="D4" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="G4" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I4" s="3"/>
+      <c r="I4" s="3">
+        <v>97973078997</v>
+      </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>78370697100018</v>
+        <v>32434542000040</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="I5" s="3">
-        <v>31590002959</v>
+        <v>73310029931</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>31648885700046</v>
+        <v>34762032000023</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="C6" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D6" s="2"/>
+      <c r="E6" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="D6" s="2" t="s">
+      <c r="F6" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="E6" s="2" t="s">
+      <c r="G6" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="F6" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I6" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>32434542000040</v>
+        <v>78370697100018</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" s="2" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="I7" s="3">
-        <v>73310029931</v>
+        <v>31590002959</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>82422814200884</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I8" s="3">
         <v>11930743393</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>82422814201056</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I9" s="3">
         <v>11930743393</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>82422814201635</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I10" s="3">
         <v>11930743393</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>82422814201700</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I11" s="3">
         <v>11930743393</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>82422814201890</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I12" s="3">
         <v>11930743393</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1065,31 +1065,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/01/2026 04:10:05</dc:description>
+  <dc:description>Export en date du 02/17/2026 09:59:21</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>