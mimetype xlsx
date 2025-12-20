--- v0 (2025-11-05)
+++ v1 (2025-12-20)
@@ -307,66 +307,66 @@
   <si>
     <t>5486P000386</t>
   </si>
   <si>
     <t>UNIVERSITE DES ANTILLES</t>
   </si>
   <si>
     <t>CAMPUS FOUILLOLE 97110 POINTE A PITRE</t>
   </si>
   <si>
     <t>07/11/1983</t>
   </si>
   <si>
     <t>9597P000797</t>
   </si>
   <si>
     <t>UNIVERSITE DE LA REUNION</t>
   </si>
   <si>
     <t>15 AVENUE RENE CASSIN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
+    <t>ASSOCIATION GROUPE ESA</t>
+  </si>
+  <si>
+    <t>55 RUE RABELAIS 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>18/06/1987</t>
+  </si>
+  <si>
     <t>MFR IREO DE LESNEVEN</t>
   </si>
   <si>
     <t>RTE DE PLOUIDER 29260 LESNEVEN</t>
   </si>
   <si>
     <t>01/01/1900</t>
-  </si>
-[...7 lines deleted...]
-    <t>18/06/1987</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1628,117 +1628,117 @@
         <v>95</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>96</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I24" s="3"/>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>30754662200019</v>
+        <v>34238263700011</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>98</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>99</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
       <c r="I25" s="3">
-        <v>53290326929</v>
+        <v>52490003849</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>34238263700011</v>
+        <v>30754662200019</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>100</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>101</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>102</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>22</v>
+        <v>67</v>
       </c>
       <c r="I26" s="3">
-        <v>52490003849</v>
+        <v>53290326929</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -1754,31 +1754,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 05:16:41</dc:description>
+  <dc:description>Export en date du 12/20/2025 17:26:35</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>