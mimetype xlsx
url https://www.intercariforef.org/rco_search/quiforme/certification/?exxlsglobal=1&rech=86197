--- v1 (2025-12-20)
+++ v2 (2026-02-05)
@@ -307,66 +307,66 @@
   <si>
     <t>5486P000386</t>
   </si>
   <si>
     <t>UNIVERSITE DES ANTILLES</t>
   </si>
   <si>
     <t>CAMPUS FOUILLOLE 97110 POINTE A PITRE</t>
   </si>
   <si>
     <t>07/11/1983</t>
   </si>
   <si>
     <t>9597P000797</t>
   </si>
   <si>
     <t>UNIVERSITE DE LA REUNION</t>
   </si>
   <si>
     <t>15 AVENUE RENE CASSIN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
+    <t>MFR IREO DE LESNEVEN</t>
+  </si>
+  <si>
+    <t>RTE DE PLOUIDER 29260 LESNEVEN</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
     <t>ASSOCIATION GROUPE ESA</t>
   </si>
   <si>
     <t>55 RUE RABELAIS 49000 ANGERS</t>
   </si>
   <si>
     <t>18/06/1987</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/01/1900</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1628,117 +1628,117 @@
         <v>95</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>96</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I24" s="3"/>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>34238263700011</v>
+        <v>30754662200019</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>98</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>99</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>22</v>
+        <v>67</v>
       </c>
       <c r="I25" s="3">
-        <v>52490003849</v>
+        <v>53290326929</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>30754662200019</v>
+        <v>34238263700011</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>100</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>101</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>102</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
       <c r="I26" s="3">
-        <v>53290326929</v>
+        <v>52490003849</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -1754,31 +1754,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/20/2025 17:26:35</dc:description>
+  <dc:description>Export en date du 02/05/2026 12:58:35</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>