--- v0 (2025-10-25)
+++ v1 (2025-12-24)
@@ -343,129 +343,129 @@
   <si>
     <t>23 BD FRANCOIS MITTERRAND 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>1191P002791</t>
   </si>
   <si>
     <t>UNIVERSITE DE MARNE LA VALLEE</t>
   </si>
   <si>
     <t>CITE DESCARTES 5 BD DESCARTES 77420 CHAMPS-SUR-MARNE</t>
   </si>
   <si>
     <t>01/01/1998</t>
   </si>
   <si>
     <t>UNIVERSITE DE LA REUNION</t>
   </si>
   <si>
     <t>15 AVENUE RENE CASSIN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
+    <t>OGEC LA SALLE-SAINT NICOLAS</t>
+  </si>
+  <si>
+    <t>19 RUE VICTOR HUGO 92130 ISSY-LES-MOULINEAUX</t>
+  </si>
+  <si>
+    <t>01/07/1999</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>ADEFSA CTRE FORMAT APPRENTIS DESCARTES</t>
+  </si>
+  <si>
+    <t>PARC DE LA HAUTE MAISON 23 RUE GALILEE 77420 CHAMPS-SUR-MARNE</t>
+  </si>
+  <si>
+    <t>01/07/2003</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>ORGANISME GESTION LYCEE PASSY SAINT HONO</t>
+  </si>
+  <si>
+    <t>117 AVENUE VICTOR HUGO 75016 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/1996</t>
+  </si>
+  <si>
     <t>OGEC PHILIPPINE DUCHESNE ITECBOISFLEURY</t>
   </si>
   <si>
     <t>118 AVENUE DE L’EYGALA 38700 CORENC</t>
   </si>
   <si>
     <t>01/01/2018</t>
   </si>
   <si>
-    <t>85.31Z</t>
-[...1 lines deleted...]
-  <si>
     <t>OGEC SAINT VINCENT DE PAUL</t>
   </si>
   <si>
     <t>47 RUE DES SABLIERES 33800 BORDEAUX</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>OGEC CLAUDE DAUNOT - SAINT LEON IX</t>
   </si>
   <si>
     <t>32 AVENUE FOCH 54000 NANCY</t>
   </si>
   <si>
     <t>01/09/2014</t>
   </si>
   <si>
     <t>OGEC STELLA MARIS</t>
   </si>
   <si>
     <t>40/42 40 PROMENADE DE LA BARRE 64600 ANGLET</t>
   </si>
   <si>
     <t>01/01/2013</t>
   </si>
   <si>
     <t>FERRIERES - L'ECOLE DE L'EXCELLENCE A LA FRANCAISE</t>
   </si>
   <si>
     <t>CHATEAU DE FERRIERES RUE DE LA RUCHERIE 77164 FERRIERES-EN-BRIE</t>
   </si>
   <si>
     <t>29/09/2014</t>
-  </si>
-[...28 lines deleted...]
-    <t>01/01/1996</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1906,338 +1906,338 @@
         <v>107</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>108</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I29" s="3"/>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>77962620900034</v>
+        <v>38950310300035</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>109</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
         <v>110</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>111</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>112</v>
       </c>
       <c r="I30" s="3">
-        <v>82380445738</v>
+        <v>11921911192</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>78184276000014</v>
+        <v>39089496200054</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>113</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>114</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>115</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>116</v>
       </c>
       <c r="I31" s="3">
-        <v>72330463033</v>
+        <v>11770565477</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>78333329700050</v>
+        <v>40483807000013</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>117</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
         <v>118</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>119</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="I32" s="3">
-        <v>44540380254</v>
+        <v>11755257775</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>79093186900016</v>
+        <v>77962620900034</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>120</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>121</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>122</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>112</v>
       </c>
-      <c r="I33" s="3"/>
+      <c r="I33" s="3">
+        <v>82380445738</v>
+      </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>81068076900017</v>
+        <v>78184276000014</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>123</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>124</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>125</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="I34" s="3"/>
+        <v>126</v>
+      </c>
+      <c r="I34" s="3">
+        <v>72330463033</v>
+      </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>38950310300035</v>
+        <v>78333329700050</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>112</v>
       </c>
       <c r="I35" s="3">
-        <v>11921911192</v>
+        <v>44540380254</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>39089496200054</v>
+        <v>79093186900016</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>132</v>
-[...3 lines deleted...]
-      </c>
+        <v>112</v>
+      </c>
+      <c r="I36" s="3"/>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>40483807000013</v>
+        <v>81068076900017</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>133</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
         <v>134</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>135</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>132</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I37" s="3"/>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -2250,31 +2250,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/25/2025 22:15:12</dc:description>
+  <dc:description>Export en date du 12/24/2025 16:57:17</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>