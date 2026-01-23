--- v0 (2025-12-03)
+++ v1 (2026-01-23)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="555">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="556">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -1387,146 +1387,278 @@
   <si>
     <t>CAMPUS TERRE ET NATURE</t>
   </si>
   <si>
     <t>ROUTE DE SAINT HILAIRE 11000 CARCASSONNE</t>
   </si>
   <si>
     <t>01/01/2007</t>
   </si>
   <si>
     <t>84.12Z</t>
   </si>
   <si>
     <t>9111P089111</t>
   </si>
   <si>
     <t>CENTRE D'ELEVAGE DE POISY LUCIEN BISET</t>
   </si>
   <si>
     <t>845 ROUTE DE L'ECOLE D'AGRICULTURE 74330 POISY</t>
   </si>
   <si>
     <t>04/02/2008</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>CHATEAU DE CRECY 60430 SAINT-SULPICE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>MAISON FAMIL RURALE EDUC ORIEN</t>
+  </si>
+  <si>
+    <t>RUE DE LA SABLIERE 80260 VILLERS-BOCAGE</t>
+  </si>
+  <si>
+    <t>17/01/1989</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCATION ORIENT</t>
+  </si>
+  <si>
+    <t>80520 YZENGREMER</t>
+  </si>
+  <si>
+    <t>SIGMA FORMATION</t>
+  </si>
+  <si>
+    <t>21 RUE SAINT ELOI 13010 MARSEILLE</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE MIXTE</t>
+  </si>
+  <si>
+    <t>2 PLACE SAINTE- QUITTERIE 40800 AIRE-SUR-L'ADOUR</t>
+  </si>
+  <si>
+    <t>LYCEE AGRICOLE PRIVE DE NERMONT</t>
+  </si>
+  <si>
+    <t>2 RUE DE NERMONT 28200 LA CHAPELLE-DU-NOYER</t>
+  </si>
+  <si>
+    <t>01/01/1980</t>
+  </si>
+  <si>
+    <t>ASS FAMILIALE DE GESTION DE L EAP</t>
+  </si>
+  <si>
+    <t>LYCEE CHARLES BRASSEUR 110 AVENUE ANTHONY CARO 59630 BOURBOURG</t>
+  </si>
+  <si>
+    <t>04/12/2012</t>
+  </si>
+  <si>
+    <t>MAISON FAM RURALE EDUCATION ORIENTATION</t>
+  </si>
+  <si>
+    <t>LA CHOMEANE ROUTE DE GRANE 26400 DIVAJEU</t>
+  </si>
+  <si>
+    <t>01/09/1959</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE DU PERIGORD NOIR</t>
+  </si>
+  <si>
+    <t>PLACE DU CHAMP DE MARS 24590 SALIGNAC-EYVIGUES</t>
+  </si>
+  <si>
+    <t>31/12/1985</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>15220 MARCOLES</t>
+  </si>
+  <si>
+    <t>01/01/1965</t>
+  </si>
+  <si>
     <t>A.D.P.S.P.A.</t>
   </si>
   <si>
     <t>130 AVENUE MARCEL UNAL 82000 MONTAUBAN</t>
   </si>
   <si>
     <t>23/11/1978</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>AGUF VIVARAIS FORMATION</t>
   </si>
   <si>
     <t>111 AVENUE DU 8 MAI 1945 07300 TOURNON-SUR-RHONE</t>
   </si>
   <si>
     <t>29/09/1998</t>
   </si>
   <si>
     <t>ASS ENSEIGNE PROFESSION PRIVE AGRICOL</t>
   </si>
   <si>
     <t>2 RUE DU CHANOINE VOLTON 18520 BENGY-SUR-CRAON</t>
   </si>
   <si>
     <t>10/09/1992</t>
   </si>
   <si>
     <t>MAISON FAM RURALE EDUC ET ORIENTATION</t>
   </si>
   <si>
     <t>500 IMPASSE DES VERNES 39130 DOUCIER</t>
   </si>
   <si>
     <t>26/06/2019</t>
   </si>
   <si>
+    <t>LYCEE ISSAT</t>
+  </si>
+  <si>
+    <t>ECOLE AGRICULTURE LES CHATELETS</t>
+  </si>
+  <si>
+    <t>6 RUE DE LA MAILLARDAIE 35600 REDON</t>
+  </si>
+  <si>
+    <t>01/09/1993</t>
+  </si>
+  <si>
+    <t>LYCEE ROBERT SCHUMAN</t>
+  </si>
+  <si>
+    <t>LEAP ROBERT SCHUMAN 10 ROUTE D’UGNY 02300 CHAUNY</t>
+  </si>
+  <si>
+    <t>01/09/1996</t>
+  </si>
+  <si>
+    <t>AFGEEAP</t>
+  </si>
+  <si>
+    <t>VALS ST DOMINIQUE RUE DE LA ROCHE ARNAUD 43000 LE PUY-EN-VELAY</t>
+  </si>
+  <si>
+    <t>01/09/1994</t>
+  </si>
+  <si>
+    <t>94.12Z</t>
+  </si>
+  <si>
+    <t>CENT HORTICOLE PRIVE ENSEIGNEMENT PROMOT</t>
+  </si>
+  <si>
+    <t>43 RUE DU GENERAL DE GAULLE 78490 LE TREMBLAY-SUR-MAULDRE</t>
+  </si>
+  <si>
+    <t>07/06/1945</t>
+  </si>
+  <si>
+    <t>ASSO. RESP. DU LEA PRIVE DE BOISSAY</t>
+  </si>
+  <si>
+    <t>LD BOISSAY 41120 LE CONTROIS-EN-SOLOGNE</t>
+  </si>
+  <si>
+    <t>09/07/1986</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE DU VENDOMOIS</t>
+  </si>
+  <si>
+    <t>15 CHEMIN DE MONCE 41100 SAINT-FIRMIN-DES-PRES</t>
+  </si>
+  <si>
+    <t>01/09/2018</t>
+  </si>
+  <si>
+    <t>CAMPUS LA MOUILLERE ORLEANS LOIRE VALLEY</t>
+  </si>
+  <si>
+    <t>66 AVENUE DE LA MOUILLERE 45100 ORLEANS</t>
+  </si>
+  <si>
     <t>LYCEE D ENSEIGNEMENT AGRICOLE PRIVE POMMERIT</t>
   </si>
   <si>
     <t>POMMERIT JAUDY CHEF DU BOIS 22450 LA ROCHE-JAUDY</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...4 lines deleted...]
-  <si>
     <t>INST FORMATION MAISON FAMILIALE RURALE</t>
   </si>
   <si>
     <t>ET 3B 1 RUE DES COTTERETS 35300 FOUGERES</t>
   </si>
   <si>
     <t>25/12/1999</t>
   </si>
   <si>
     <t>ASSOCIATION DEPARTEMENTALE DES PUPILLES DE L'ENSEIGNEMENT PUBLIC</t>
   </si>
   <si>
-    <t>CENTRE DE FORMATION D'APPRENTIS INCLUSIF N.A</t>
-[...2 lines deleted...]
-    <t>CFA INCLUSIF NOUVELLE AQUITAINE 1580 ROUTE DE LAUTHONIE 19490 SAINTE-FORTUNADE</t>
+    <t>FORMA'PEP19</t>
+  </si>
+  <si>
+    <t>FORMA'PEP19 1580 ROUTE DE LAUTHONIE 19490 SAINTE-FORTUNADE</t>
   </si>
   <si>
     <t>01/09/1983</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...4 lines deleted...]
-  <si>
     <t>LD GRANDCHAMP 21200 RUFFEY-LES-BEAUNE</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE DU JOVINIEN</t>
   </si>
   <si>
     <t>25 RUE VERDEAU 89330 VILLEVALLIER</t>
   </si>
   <si>
     <t>LYCEE AGRICOLE PRIVE</t>
   </si>
   <si>
     <t>1711 ROUTE DE LISIEUX 27500 TOURVILLE-SUR-PONT-AUDEMER</t>
   </si>
   <si>
-    <t>MAISON FAMILIALE RURALE EDUCATION ORIENT</t>
-[...1 lines deleted...]
-  <si>
     <t>2 RUE DE ROIFFE 17700 SAINT-PIERRE-LA-NOUE</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE DU PERIGORDVERT</t>
   </si>
   <si>
     <t>CHATEAU DE LA FILOLIE 24800 THIVIERS</t>
   </si>
   <si>
     <t>CRTE FORMATION PROFESSIONNELLE HORTICOLE</t>
   </si>
   <si>
     <t>6 RUE DU COLLEGE 88700 ROVILLE-AUX-CHENES</t>
   </si>
   <si>
     <t>INSTITUT AGRICOLE MIXTE</t>
   </si>
   <si>
     <t>69 RUE DU VIOLON D'OR 59190 HAZEBROUCK</t>
   </si>
   <si>
     <t>INSTITUT SAINT ELOI</t>
   </si>
   <si>
     <t>36 RUE MARCELLIN GAUDEFROY 62450 BAPAUME</t>
@@ -1550,179 +1682,50 @@
     <t>CNPH PIVERDIERE</t>
   </si>
   <si>
     <t>RUE DU ROI RENE 49250 LA MENITRE</t>
   </si>
   <si>
     <t>25/12/1988</t>
   </si>
   <si>
     <t>MAISON FAMILIAL RURAL EDUCAT ORIENTATION</t>
   </si>
   <si>
     <t>LA ROUSSELIERE 49260 MONTREUIL-BELLAY</t>
   </si>
   <si>
     <t>LYCEE ENSEIGNE PROFESSION AGRICOLE PRIVE</t>
   </si>
   <si>
     <t>RTE DE CAEN ROCHEFEUILLE 53100 MAYENNE</t>
   </si>
   <si>
     <t>MAISON FAMIL RURALE EDUCATION ORIENTAT</t>
   </si>
   <si>
     <t>LD MANGE 72360 VERNEIL-LE-CHETIF</t>
-  </si>
-[...127 lines deleted...]
-    <t>01/01/1965</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -2061,51 +2064,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M156"/>
+  <dimension ref="A1:M157"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -6683,1413 +6686,1450 @@
       <c r="F119" s="2" t="s">
         <v>456</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I119" s="3">
         <v>84740373874</v>
       </c>
       <c r="J119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K119" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M119" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>37940194600015</v>
+        <v>30291371000018</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
         <v>457</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
         <v>458</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>459</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
-        <v>460</v>
+        <v>27</v>
       </c>
       <c r="I120" s="3">
-        <v>73820000282</v>
+        <v>22600206060</v>
       </c>
       <c r="J120" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K120" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L120" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M120" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>38881118400026</v>
+        <v>30304156000028</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>461</v>
+        <v>460</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
+        <v>461</v>
+      </c>
+      <c r="F121" s="2" t="s">
         <v>462</v>
-      </c>
-[...1 lines deleted...]
-        <v>463</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
-        <v>27</v>
+        <v>463</v>
       </c>
       <c r="I121" s="3">
-        <v>82070016507</v>
+        <v>22800147080</v>
       </c>
       <c r="J121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K121" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L121" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M121" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>38972793400017</v>
+        <v>30304171900012</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="2" t="s">
         <v>464</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="s">
         <v>465</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>466</v>
+        <v>459</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
-        <v>27</v>
+        <v>217</v>
       </c>
       <c r="I122" s="3">
-        <v>24180048718</v>
+        <v>22800018780</v>
       </c>
       <c r="J122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K122" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M122" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>39007256900036</v>
+        <v>31036079700032</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>469</v>
+        <v>16</v>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2" t="s">
-        <v>27</v>
+        <v>463</v>
       </c>
       <c r="I123" s="3">
-        <v>27390128239</v>
+        <v>93750021113</v>
       </c>
       <c r="J123" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K123" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L123" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M123" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
-        <v>77744124700015</v>
+        <v>31138229500013</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>472</v>
+        <v>459</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
-        <v>473</v>
-[...1 lines deleted...]
-      <c r="I124" s="3"/>
+        <v>27</v>
+      </c>
+      <c r="I124" s="3">
+        <v>72400086640</v>
+      </c>
       <c r="J124" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K124" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L124" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M124" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
-        <v>77768390500023</v>
+        <v>31968154000013</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>474</v>
+        <v>470</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="s">
-        <v>475</v>
+        <v>471</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>476</v>
+        <v>472</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I125" s="3">
-        <v>53350320235</v>
+        <v>24280033228</v>
       </c>
       <c r="J125" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K125" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L125" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M125" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
-        <v>77796706800183</v>
+        <v>33348856700038</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>477</v>
-[...3 lines deleted...]
-      </c>
+        <v>473</v>
+      </c>
+      <c r="D126" s="2"/>
       <c r="E126" s="2" t="s">
-        <v>479</v>
+        <v>474</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>480</v>
+        <v>475</v>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2" t="s">
-        <v>481</v>
+        <v>27</v>
       </c>
       <c r="I126" s="3">
-        <v>75190100919</v>
+        <v>31590286359</v>
       </c>
       <c r="J126" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K126" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L126" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M126" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
-        <v>77824817900013</v>
+        <v>33392505500019</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>482</v>
+        <v>476</v>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2" t="s">
-        <v>483</v>
+        <v>477</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>472</v>
+        <v>478</v>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I127" s="3">
-        <v>26210138421</v>
+        <v>82260182926</v>
       </c>
       <c r="J127" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K127" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L127" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M127" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
-        <v>77870310800010</v>
+        <v>33473281500017</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>484</v>
+        <v>479</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="s">
-        <v>485</v>
+        <v>480</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>472</v>
+        <v>481</v>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
-        <v>27</v>
+        <v>482</v>
       </c>
       <c r="I128" s="3">
-        <v>26890097289</v>
+        <v>72240079024</v>
       </c>
       <c r="J128" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K128" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L128" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M128" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
-        <v>78084963400016</v>
+        <v>33495719800016</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>486</v>
+        <v>457</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2" t="s">
-        <v>487</v>
+        <v>483</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I129" s="3"/>
+      <c r="I129" s="3">
+        <v>83150302415</v>
+      </c>
       <c r="J129" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K129" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L129" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M129" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
-        <v>78136153000012</v>
+        <v>37940194600015</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="s">
-        <v>489</v>
+        <v>486</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>472</v>
+        <v>487</v>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2" t="s">
-        <v>27</v>
+        <v>482</v>
       </c>
       <c r="I130" s="3">
-        <v>54170045017</v>
+        <v>73820000282</v>
       </c>
       <c r="J130" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K130" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L130" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M130" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
-        <v>78174099800013</v>
+        <v>38881118400026</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>472</v>
+        <v>490</v>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I131" s="3">
-        <v>72240033624</v>
+        <v>82070016507</v>
       </c>
       <c r="J131" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K131" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L131" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M131" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
-        <v>78346979400011</v>
+        <v>38972793400017</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="F132" s="2" t="s">
         <v>493</v>
-      </c>
-[...1 lines deleted...]
-        <v>472</v>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I132" s="3">
-        <v>41880003688</v>
+        <v>24180048718</v>
       </c>
       <c r="J132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K132" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M132" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
-        <v>78364448700010</v>
+        <v>39007256900036</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C133" s="2" t="s">
         <v>494</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="s">
         <v>495</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>472</v>
+        <v>496</v>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I133" s="3">
-        <v>31590129659</v>
+        <v>27390128239</v>
       </c>
       <c r="J133" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K133" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L133" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M133" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
-        <v>78392259400016</v>
+        <v>39948808900026</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>496</v>
-[...1 lines deleted...]
-      <c r="D134" s="2"/>
+        <v>497</v>
+      </c>
+      <c r="D134" s="2" t="s">
+        <v>498</v>
+      </c>
       <c r="E134" s="2" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>472</v>
+        <v>500</v>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I134" s="3">
-        <v>32620323862</v>
+        <v>53351055135</v>
       </c>
       <c r="J134" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K134" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L134" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M134" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
-        <v>78595022100016</v>
+        <v>40861705800016</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>472</v>
+        <v>503</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I135" s="3">
-        <v>52440637244</v>
+        <v>22020059502</v>
       </c>
       <c r="J135" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K135" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L135" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M135" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
-        <v>78596647400013</v>
+        <v>41182875900018</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2" t="s">
-        <v>27</v>
+        <v>507</v>
       </c>
       <c r="I136" s="3">
-        <v>52440459544</v>
+        <v>83430024243</v>
       </c>
       <c r="J136" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K136" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L136" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M136" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
-        <v>78611740800025</v>
+        <v>42143242800017</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2" t="s">
-        <v>481</v>
+        <v>27</v>
       </c>
       <c r="I137" s="3">
-        <v>52490004349</v>
+        <v>11780222278</v>
       </c>
       <c r="J137" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K137" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L137" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M137" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
-        <v>78617972100018</v>
+        <v>77538336700015</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>472</v>
+        <v>513</v>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I138" s="3">
-        <v>52490071349</v>
+        <v>24410132341</v>
       </c>
       <c r="J138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K138" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M138" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
-        <v>78626209700011</v>
+        <v>77541137400025</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>508</v>
+        <v>514</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
-        <v>509</v>
+        <v>515</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>472</v>
+        <v>516</v>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I139" s="3"/>
+      <c r="I139" s="3">
+        <v>24410135441</v>
+      </c>
       <c r="J139" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K139" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L139" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M139" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
-        <v>78834539500016</v>
+        <v>77551109000018</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>510</v>
+        <v>517</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="s">
-        <v>511</v>
+        <v>518</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>472</v>
+        <v>459</v>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I140" s="3">
-        <v>52720110372</v>
+        <v>24450000345</v>
       </c>
       <c r="J140" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K140" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L140" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M140" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
-        <v>39948808900026</v>
+        <v>77744124700015</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>512</v>
-[...3 lines deleted...]
-      </c>
+        <v>519</v>
+      </c>
+      <c r="D141" s="2"/>
       <c r="E141" s="2" t="s">
-        <v>514</v>
+        <v>520</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>515</v>
+        <v>459</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>507</v>
+      </c>
+      <c r="I141" s="3"/>
       <c r="J141" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K141" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L141" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M141" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
-        <v>40861705800016</v>
+        <v>77768390500023</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I142" s="3">
-        <v>22020059502</v>
+        <v>53350320235</v>
       </c>
       <c r="J142" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K142" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L142" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M142" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="1">
-        <v>41182875900018</v>
+        <v>77796706800183</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>519</v>
-[...1 lines deleted...]
-      <c r="D143" s="2"/>
+        <v>524</v>
+      </c>
+      <c r="D143" s="2" t="s">
+        <v>525</v>
+      </c>
       <c r="E143" s="2" t="s">
-        <v>520</v>
+        <v>526</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>521</v>
+        <v>527</v>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2" t="s">
-        <v>473</v>
+        <v>463</v>
       </c>
       <c r="I143" s="3">
-        <v>83430024243</v>
+        <v>75190100919</v>
       </c>
       <c r="J143" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K143" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L143" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M143" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" s="1">
-        <v>42143242800017</v>
+        <v>77824817900013</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>522</v>
+        <v>457</v>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>524</v>
+        <v>459</v>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I144" s="3">
-        <v>11780222278</v>
+        <v>26210138421</v>
       </c>
       <c r="J144" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K144" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L144" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M144" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" s="1">
-        <v>77538336700015</v>
+        <v>77870310800010</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>525</v>
+        <v>529</v>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>527</v>
+        <v>459</v>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I145" s="3">
-        <v>24410132341</v>
+        <v>26890097289</v>
       </c>
       <c r="J145" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K145" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L145" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M145" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" s="1">
-        <v>77541137400025</v>
+        <v>78084963400016</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>530</v>
+        <v>459</v>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I146" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I146" s="3"/>
       <c r="J146" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K146" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L146" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M146" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" s="1">
-        <v>77551109000018</v>
+        <v>78136153000012</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>531</v>
+        <v>464</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>472</v>
+        <v>459</v>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I147" s="3">
-        <v>24450000345</v>
+        <v>54170045017</v>
       </c>
       <c r="J147" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K147" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L147" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M147" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" s="1">
-        <v>30291371000018</v>
+        <v>78174099800013</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>482</v>
+        <v>534</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>472</v>
+        <v>459</v>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I148" s="3">
-        <v>22600206060</v>
+        <v>72240033624</v>
       </c>
       <c r="J148" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K148" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L148" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M148" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" s="1">
-        <v>30304156000028</v>
+        <v>78346979400011</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>536</v>
+        <v>459</v>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2" t="s">
-        <v>481</v>
+        <v>27</v>
       </c>
       <c r="I149" s="3">
-        <v>22800147080</v>
+        <v>41880003688</v>
       </c>
       <c r="J149" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K149" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L149" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M149" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" s="1">
-        <v>31036079700032</v>
+        <v>78364448700010</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>16</v>
+        <v>459</v>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2" t="s">
-        <v>481</v>
+        <v>27</v>
       </c>
       <c r="I150" s="3">
-        <v>93750021113</v>
+        <v>31590129659</v>
       </c>
       <c r="J150" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K150" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L150" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M150" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" s="1">
-        <v>31138229500013</v>
+        <v>78392259400016</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>472</v>
+        <v>459</v>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I151" s="3">
-        <v>72400086640</v>
+        <v>32620323862</v>
       </c>
       <c r="J151" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K151" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L151" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M151" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" s="1">
-        <v>31968154000013</v>
+        <v>78595022100016</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>543</v>
+        <v>459</v>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I152" s="3">
-        <v>24280033228</v>
+        <v>52440637244</v>
       </c>
       <c r="J152" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K152" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L152" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M152" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153" s="1">
-        <v>33348856700038</v>
+        <v>78596647400013</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C153" s="2" t="s">
         <v>544</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="s">
         <v>545</v>
       </c>
       <c r="F153" s="2" t="s">
         <v>546</v>
       </c>
       <c r="G153" s="2"/>
       <c r="H153" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I153" s="3">
-        <v>31590286359</v>
+        <v>52440459544</v>
       </c>
       <c r="J153" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K153" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L153" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M153" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="154" spans="1:13">
       <c r="A154" s="1">
-        <v>33392505500019</v>
+        <v>78611740800025</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C154" s="2" t="s">
         <v>547</v>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2" t="s">
         <v>548</v>
       </c>
       <c r="F154" s="2" t="s">
         <v>549</v>
       </c>
       <c r="G154" s="2"/>
       <c r="H154" s="2" t="s">
-        <v>27</v>
+        <v>463</v>
       </c>
       <c r="I154" s="3">
-        <v>82260182926</v>
+        <v>52490004349</v>
       </c>
       <c r="J154" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K154" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L154" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M154" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="155" spans="1:13">
       <c r="A155" s="1">
-        <v>33473281500017</v>
+        <v>78617972100018</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C155" s="2" t="s">
         <v>550</v>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2" t="s">
         <v>551</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>552</v>
+        <v>459</v>
       </c>
       <c r="G155" s="2"/>
       <c r="H155" s="2" t="s">
-        <v>460</v>
+        <v>27</v>
       </c>
       <c r="I155" s="3">
-        <v>72240079024</v>
+        <v>52490071349</v>
       </c>
       <c r="J155" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K155" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L155" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M155" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="156" spans="1:13">
       <c r="A156" s="1">
-        <v>33495719800016</v>
+        <v>78626209700011</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>482</v>
+        <v>552</v>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2" t="s">
         <v>553</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>554</v>
+        <v>459</v>
       </c>
       <c r="G156" s="2"/>
       <c r="H156" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I156" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I156" s="3"/>
       <c r="J156" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K156" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L156" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M156" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13">
+      <c r="A157" s="1">
+        <v>78834539500016</v>
+      </c>
+      <c r="B157" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C157" s="2" t="s">
+        <v>554</v>
+      </c>
+      <c r="D157" s="2"/>
+      <c r="E157" s="2" t="s">
+        <v>555</v>
+      </c>
+      <c r="F157" s="2" t="s">
+        <v>459</v>
+      </c>
+      <c r="G157" s="2"/>
+      <c r="H157" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="I157" s="3">
+        <v>52720110372</v>
+      </c>
+      <c r="J157" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K157" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L157" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M157" s="2" t="s">
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -8102,31 +8142,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/03/2025 17:05:11</dc:description>
+  <dc:description>Export en date du 01/23/2026 10:01:22</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>