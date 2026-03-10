--- v1 (2026-01-23)
+++ v2 (2026-03-10)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="556">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="561">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -1549,50 +1549,59 @@
   <si>
     <t>01/09/1996</t>
   </si>
   <si>
     <t>AFGEEAP</t>
   </si>
   <si>
     <t>VALS ST DOMINIQUE RUE DE LA ROCHE ARNAUD 43000 LE PUY-EN-VELAY</t>
   </si>
   <si>
     <t>01/09/1994</t>
   </si>
   <si>
     <t>94.12Z</t>
   </si>
   <si>
     <t>CENT HORTICOLE PRIVE ENSEIGNEMENT PROMOT</t>
   </si>
   <si>
     <t>43 RUE DU GENERAL DE GAULLE 78490 LE TREMBLAY-SUR-MAULDRE</t>
   </si>
   <si>
     <t>07/06/1945</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE RURALE DU VAL DE MANSE</t>
+  </si>
+  <si>
+    <t>10 ROUTE DE BROU 37800 NOYANT-DE-TOURAINE</t>
+  </si>
+  <si>
+    <t>01/02/2019</t>
+  </si>
+  <si>
     <t>ASSO. RESP. DU LEA PRIVE DE BOISSAY</t>
   </si>
   <si>
     <t>LD BOISSAY 41120 LE CONTROIS-EN-SOLOGNE</t>
   </si>
   <si>
     <t>09/07/1986</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE DU VENDOMOIS</t>
   </si>
   <si>
     <t>15 CHEMIN DE MONCE 41100 SAINT-FIRMIN-DES-PRES</t>
   </si>
   <si>
     <t>01/09/2018</t>
   </si>
   <si>
     <t>CAMPUS LA MOUILLERE ORLEANS LOIRE VALLEY</t>
   </si>
   <si>
     <t>66 AVENUE DE LA MOUILLERE 45100 ORLEANS</t>
   </si>
   <si>
     <t>LYCEE D ENSEIGNEMENT AGRICOLE PRIVE POMMERIT</t>
@@ -1607,50 +1616,56 @@
     <t>ET 3B 1 RUE DES COTTERETS 35300 FOUGERES</t>
   </si>
   <si>
     <t>25/12/1999</t>
   </si>
   <si>
     <t>ASSOCIATION DEPARTEMENTALE DES PUPILLES DE L'ENSEIGNEMENT PUBLIC</t>
   </si>
   <si>
     <t>FORMA'PEP19</t>
   </si>
   <si>
     <t>FORMA'PEP19 1580 ROUTE DE LAUTHONIE 19490 SAINTE-FORTUNADE</t>
   </si>
   <si>
     <t>01/09/1983</t>
   </si>
   <si>
     <t>LD GRANDCHAMP 21200 RUFFEY-LES-BEAUNE</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE DU JOVINIEN</t>
   </si>
   <si>
     <t>25 RUE VERDEAU 89330 VILLEVALLIER</t>
+  </si>
+  <si>
+    <t>PLACE DES ECOLES 5 ROUTE DU CALVAIRE 63740 GELLES</t>
+  </si>
+  <si>
+    <t>28/03/1994</t>
   </si>
   <si>
     <t>LYCEE AGRICOLE PRIVE</t>
   </si>
   <si>
     <t>1711 ROUTE DE LISIEUX 27500 TOURVILLE-SUR-PONT-AUDEMER</t>
   </si>
   <si>
     <t>2 RUE DE ROIFFE 17700 SAINT-PIERRE-LA-NOUE</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE DU PERIGORDVERT</t>
   </si>
   <si>
     <t>CHATEAU DE LA FILOLIE 24800 THIVIERS</t>
   </si>
   <si>
     <t>CRTE FORMATION PROFESSIONNELLE HORTICOLE</t>
   </si>
   <si>
     <t>6 RUE DU COLLEGE 88700 ROVILLE-AUX-CHENES</t>
   </si>
   <si>
     <t>INSTITUT AGRICOLE MIXTE</t>
   </si>
@@ -2064,51 +2079,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M157"/>
+  <dimension ref="A1:M159"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -7354,781 +7369,855 @@
       <c r="F137" s="2" t="s">
         <v>510</v>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I137" s="3">
         <v>11780222278</v>
       </c>
       <c r="J137" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K137" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L137" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M137" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
-        <v>77538336700015</v>
+        <v>77531640900033</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="2" t="s">
         <v>511</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="s">
         <v>512</v>
       </c>
       <c r="F138" s="2" t="s">
         <v>513</v>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I138" s="3">
-        <v>24410132341</v>
+        <v>24370312837</v>
       </c>
       <c r="J138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K138" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M138" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
-        <v>77541137400025</v>
+        <v>77538336700015</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="2" t="s">
         <v>514</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
         <v>515</v>
       </c>
       <c r="F139" s="2" t="s">
         <v>516</v>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I139" s="3">
-        <v>24410135441</v>
+        <v>24410132341</v>
       </c>
       <c r="J139" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K139" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L139" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M139" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
-        <v>77551109000018</v>
+        <v>77541137400025</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C140" s="2" t="s">
         <v>517</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="s">
         <v>518</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>459</v>
+        <v>519</v>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I140" s="3">
-        <v>24450000345</v>
+        <v>24410135441</v>
       </c>
       <c r="J140" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K140" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L140" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M140" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
-        <v>77744124700015</v>
+        <v>77551109000018</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="F141" s="2" t="s">
         <v>459</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
-        <v>507</v>
-[...1 lines deleted...]
-      <c r="I141" s="3"/>
+        <v>27</v>
+      </c>
+      <c r="I141" s="3">
+        <v>24450000345</v>
+      </c>
       <c r="J141" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K141" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L141" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M141" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
-        <v>77768390500023</v>
+        <v>77744124700015</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>523</v>
+        <v>459</v>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>507</v>
+      </c>
+      <c r="I142" s="3"/>
       <c r="J142" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K142" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L142" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M142" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="1">
-        <v>77796706800183</v>
+        <v>77768390500023</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C143" s="2" t="s">
         <v>524</v>
       </c>
-      <c r="D143" s="2" t="s">
+      <c r="D143" s="2"/>
+      <c r="E143" s="2" t="s">
         <v>525</v>
       </c>
-      <c r="E143" s="2" t="s">
+      <c r="F143" s="2" t="s">
         <v>526</v>
-      </c>
-[...1 lines deleted...]
-        <v>527</v>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2" t="s">
-        <v>463</v>
+        <v>27</v>
       </c>
       <c r="I143" s="3">
-        <v>75190100919</v>
+        <v>53350320235</v>
       </c>
       <c r="J143" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K143" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L143" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M143" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" s="1">
-        <v>77824817900013</v>
+        <v>77796706800183</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>457</v>
-[...1 lines deleted...]
-      <c r="D144" s="2"/>
+        <v>527</v>
+      </c>
+      <c r="D144" s="2" t="s">
+        <v>528</v>
+      </c>
       <c r="E144" s="2" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>459</v>
+        <v>530</v>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2" t="s">
-        <v>27</v>
+        <v>463</v>
       </c>
       <c r="I144" s="3">
-        <v>26210138421</v>
+        <v>75190100919</v>
       </c>
       <c r="J144" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K144" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L144" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M144" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" s="1">
-        <v>77870310800010</v>
+        <v>77824817900013</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>529</v>
+        <v>457</v>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="F145" s="2" t="s">
         <v>459</v>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I145" s="3">
-        <v>26890097289</v>
+        <v>26210138421</v>
       </c>
       <c r="J145" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K145" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L145" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M145" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" s="1">
-        <v>78084963400016</v>
+        <v>77870310800010</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="F146" s="2" t="s">
         <v>459</v>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I146" s="3"/>
+      <c r="I146" s="3">
+        <v>26890097289</v>
+      </c>
       <c r="J146" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K146" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L146" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M146" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" s="1">
-        <v>78136153000012</v>
+        <v>77923126500017</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>464</v>
+        <v>457</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>459</v>
+        <v>535</v>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I147" s="3">
-        <v>54170045017</v>
+        <v>83630356063</v>
       </c>
       <c r="J147" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K147" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L147" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M147" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" s="1">
-        <v>78174099800013</v>
+        <v>78084963400016</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F148" s="2" t="s">
         <v>459</v>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I148" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I148" s="3"/>
       <c r="J148" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K148" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L148" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M148" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" s="1">
-        <v>78346979400011</v>
+        <v>78136153000012</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>536</v>
+        <v>464</v>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="F149" s="2" t="s">
         <v>459</v>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I149" s="3">
-        <v>41880003688</v>
+        <v>54170045017</v>
       </c>
       <c r="J149" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K149" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L149" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M149" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" s="1">
-        <v>78364448700010</v>
+        <v>78174099800013</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="F150" s="2" t="s">
         <v>459</v>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I150" s="3">
-        <v>31590129659</v>
+        <v>72240033624</v>
       </c>
       <c r="J150" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K150" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L150" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M150" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" s="1">
-        <v>78392259400016</v>
+        <v>78346979400011</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="F151" s="2" t="s">
         <v>459</v>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I151" s="3">
-        <v>32620323862</v>
+        <v>41880003688</v>
       </c>
       <c r="J151" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K151" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L151" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M151" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" s="1">
-        <v>78595022100016</v>
+        <v>78364448700010</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="F152" s="2" t="s">
         <v>459</v>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I152" s="3">
-        <v>52440637244</v>
+        <v>31590129659</v>
       </c>
       <c r="J152" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K152" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L152" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M152" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153" s="1">
-        <v>78596647400013</v>
+        <v>78392259400016</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>546</v>
+        <v>459</v>
       </c>
       <c r="G153" s="2"/>
       <c r="H153" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I153" s="3">
-        <v>52440459544</v>
+        <v>32620323862</v>
       </c>
       <c r="J153" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K153" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L153" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M153" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="154" spans="1:13">
       <c r="A154" s="1">
-        <v>78611740800025</v>
+        <v>78595022100016</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C154" s="2" t="s">
         <v>547</v>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2" t="s">
         <v>548</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>549</v>
+        <v>459</v>
       </c>
       <c r="G154" s="2"/>
       <c r="H154" s="2" t="s">
-        <v>463</v>
+        <v>27</v>
       </c>
       <c r="I154" s="3">
-        <v>52490004349</v>
+        <v>52440637244</v>
       </c>
       <c r="J154" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K154" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L154" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M154" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="155" spans="1:13">
       <c r="A155" s="1">
-        <v>78617972100018</v>
+        <v>78596647400013</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>550</v>
+        <v>549</v>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2" t="s">
+        <v>550</v>
+      </c>
+      <c r="F155" s="2" t="s">
         <v>551</v>
-      </c>
-[...1 lines deleted...]
-        <v>459</v>
       </c>
       <c r="G155" s="2"/>
       <c r="H155" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I155" s="3">
-        <v>52490071349</v>
+        <v>52440459544</v>
       </c>
       <c r="J155" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K155" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L155" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M155" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="156" spans="1:13">
       <c r="A156" s="1">
-        <v>78626209700011</v>
+        <v>78611740800025</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C156" s="2" t="s">
         <v>552</v>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2" t="s">
         <v>553</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>459</v>
+        <v>554</v>
       </c>
       <c r="G156" s="2"/>
       <c r="H156" s="2" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="I156" s="3"/>
+        <v>463</v>
+      </c>
+      <c r="I156" s="3">
+        <v>52490004349</v>
+      </c>
       <c r="J156" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K156" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L156" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M156" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="157" spans="1:13">
       <c r="A157" s="1">
-        <v>78834539500016</v>
+        <v>78617972100018</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="F157" s="2" t="s">
         <v>459</v>
       </c>
       <c r="G157" s="2"/>
       <c r="H157" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I157" s="3">
+        <v>52490071349</v>
+      </c>
+      <c r="J157" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K157" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L157" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M157" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13">
+      <c r="A158" s="1">
+        <v>78626209700011</v>
+      </c>
+      <c r="B158" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C158" s="2" t="s">
+        <v>557</v>
+      </c>
+      <c r="D158" s="2"/>
+      <c r="E158" s="2" t="s">
+        <v>558</v>
+      </c>
+      <c r="F158" s="2" t="s">
+        <v>459</v>
+      </c>
+      <c r="G158" s="2"/>
+      <c r="H158" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="I158" s="3"/>
+      <c r="J158" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K158" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L158" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M158" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13">
+      <c r="A159" s="1">
+        <v>78834539500016</v>
+      </c>
+      <c r="B159" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C159" s="2" t="s">
+        <v>559</v>
+      </c>
+      <c r="D159" s="2"/>
+      <c r="E159" s="2" t="s">
+        <v>560</v>
+      </c>
+      <c r="F159" s="2" t="s">
+        <v>459</v>
+      </c>
+      <c r="G159" s="2"/>
+      <c r="H159" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="I159" s="3">
         <v>52720110372</v>
       </c>
-      <c r="J157" s="2" t="s">
-[...8 lines deleted...]
-      <c r="M157" s="2" t="s">
+      <c r="J159" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K159" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L159" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M159" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -8142,31 +8231,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/23/2026 10:01:22</dc:description>
+  <dc:description>Export en date du 03/10/2026 05:17:35</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>