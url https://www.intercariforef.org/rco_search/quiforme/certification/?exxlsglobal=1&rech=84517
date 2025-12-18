--- v0 (2025-10-29)
+++ v1 (2025-12-18)
@@ -14,127 +14,1861 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2270">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2258">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE MAYOTTE</t>
+  </si>
+  <si>
+    <t>KAWENI CCT1 PL MARIAGE 97600 MAMOUDZOU</t>
+  </si>
+  <si>
+    <t>20/01/2005</t>
+  </si>
+  <si>
+    <t>94.11Z</t>
+  </si>
+  <si>
+    <t>06970006697</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE D INDUSTRIE DE MAINE LOIRE</t>
+  </si>
+  <si>
+    <t>8 BOULEVARD DU ROI RENE 49100 ANGERS</t>
+  </si>
+  <si>
+    <t>01/01/2008</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE LA CORREZE</t>
+  </si>
+  <si>
+    <t>INISUP</t>
+  </si>
+  <si>
+    <t>CAMPUS DE FORMATION 25 AVENUE EDOUARD HERRIOT 19100 BRIVE-LA-GAILLARDE</t>
+  </si>
+  <si>
+    <t>01/02/2020</t>
+  </si>
+  <si>
+    <t>7419P000619</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE PUY-DE-DOME CLERMONT AUVERGNE METROPOLE</t>
+  </si>
+  <si>
+    <t>CCI FORMATION</t>
+  </si>
+  <si>
+    <t>LA PARDIEU 14 RUE JEAN CLARET 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>04/11/2009</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>CHAMBRE COMMERCE INDUSTRIE AVEYRON</t>
+  </si>
+  <si>
+    <t>CITE DE L'ENTREPRISE ET LA FORMATION 5 RUE DE BRUXELLES 12000 RODEZ</t>
+  </si>
+  <si>
+    <t>01/01/2011</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>CHAMBRE COMMERCE INDUSTRIE NANTES - SAINT-NAZAIRE</t>
+  </si>
+  <si>
+    <t>16 QUAI ERNEST RENAUD 44000 NANTES</t>
+  </si>
+  <si>
+    <t>21/08/2008</t>
+  </si>
+  <si>
+    <t>19/02/2024</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE COTE-D'OR DIJON METROPOLE</t>
+  </si>
+  <si>
+    <t>PL JEAN BOUHEY 21000 DIJON</t>
+  </si>
+  <si>
+    <t>22/12/2010</t>
+  </si>
+  <si>
+    <t>01/01/2022</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D INDUSTRIE DE HAUTE LOIRE</t>
+  </si>
+  <si>
+    <t>16 BD BERTRAND 43750 VALS-PRES-LE-PUY</t>
+  </si>
+  <si>
+    <t>22/09/2009</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D INDUSTRIE DE L ARDECHE</t>
+  </si>
+  <si>
+    <t>140 CHEMIN DE SAINT CLAIR 07000 PRIVAS</t>
+  </si>
+  <si>
+    <t>25/08/2009</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE CORSE</t>
+  </si>
+  <si>
+    <t>CCI FORMATION CORSICA</t>
+  </si>
+  <si>
+    <t>VALROSE 726 STRADA VECCHIA 20290 BORGO</t>
+  </si>
+  <si>
+    <t>01/01/2020</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D INDUSTRIE DE REGION PARIS ILE DE FRANCE</t>
+  </si>
+  <si>
+    <t>GOBELINS L'ECOLE DE L'IMAGE</t>
+  </si>
+  <si>
+    <t>73 BOULEVARD SAINT-MARCEL 75013 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/2013</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE LYON METROPOLE-SAINT-ETIENNE ROANNE</t>
+  </si>
+  <si>
+    <t>CCIT CCI FORMATION</t>
+  </si>
+  <si>
+    <t>36 RUE SERGENT MICHEL BERTHET 69009 LYON</t>
+  </si>
+  <si>
+    <t>01/01/2016</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE PORTES DE NORMANDIE</t>
+  </si>
+  <si>
+    <t>215 RTE DE PARIS 27000 EVREUX</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D INDUSTRIE TERRITORIALE DE LA CHARENTE</t>
+  </si>
+  <si>
+    <t>27 PLACE BOUILLAUD 16000 ANGOULEME</t>
+  </si>
+  <si>
+    <t>23/11/2016</t>
+  </si>
+  <si>
+    <t>CCI CHARENTE FORMATION</t>
+  </si>
+  <si>
+    <t>ZONE INDUSTRIELLE 3 16340 L'ISLE-D'ESPAGNAC</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE DE L'HERAULT</t>
+  </si>
+  <si>
+    <t>32 GR JEAN MOULIN 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>15/12/2016</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE ALSACE EUROMETROPOLE</t>
+  </si>
+  <si>
+    <t>CCI CAMPUS ALSACE</t>
+  </si>
+  <si>
+    <t>234 AVENUE DE COLMAR 67100 STRASBOURG</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE DE L'AUDE</t>
+  </si>
+  <si>
+    <t>CCI AUDE 3 BOULEVARD CAMILLE PELLETAN 11000 CARCASSONNE</t>
+  </si>
+  <si>
+    <t>14/12/2016</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE REGION AUVERGNE-RHONE-ALPES</t>
+  </si>
+  <si>
+    <t>CCI LOCALE BEAUJOLAIS</t>
+  </si>
+  <si>
+    <t>23 CHEMIN DU MARTELET 69400 LIMAS</t>
+  </si>
+  <si>
+    <t>06/09/2021</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE REGION HAUTS-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>299 BOULEVARD DE LEEDS 59777 LILLE</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE ILLE-ET-VILAINE</t>
+  </si>
+  <si>
+    <t>2 AVENUE DE LA PREFECTURE 35000 RENNES</t>
+  </si>
+  <si>
+    <t>12/12/2016</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE DE L'ALLIER</t>
+  </si>
+  <si>
+    <t>CCIT DE L'ALLIER - DELEGATION MOULINS</t>
+  </si>
+  <si>
+    <t>17 COURS JEAN JAURES 03000 MOULINS</t>
+  </si>
+  <si>
+    <t>25/11/2016</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE FINISTERE</t>
+  </si>
+  <si>
+    <t>CCI FINISTERE SIEGE</t>
+  </si>
+  <si>
+    <t>1 PLACE DU 19EME R.I. 29200 BREST</t>
+  </si>
+  <si>
+    <t>CCI FINISTERE CIEL BRETAGNE</t>
+  </si>
+  <si>
+    <t>RUE DU GUE FLEURI 29480 LE RELECQ-KERHUON</t>
+  </si>
+  <si>
+    <t>CCI FINISTERE CEL-CFTMI</t>
+  </si>
+  <si>
+    <t>BATIMENT FORMATION 145 AVENUE DE KERADENNEC 29000 QUIMPER</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION ILE-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>72-74 72 RUE DE REUILLY 75012 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/2021</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE YVELINES</t>
+  </si>
+  <si>
+    <t>19 AVENUE DU GENERAL MANGIN 78000 VERSAILLES</t>
+  </si>
+  <si>
+    <t>CHAMBRE COMMERCE ET INDUSTRIE L ARIEGE</t>
+  </si>
+  <si>
+    <t>21 COURS GABRIEL FAURE 09000 FOIX</t>
+  </si>
+  <si>
+    <t>10/08/1983</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE DU CANTAL</t>
+  </si>
+  <si>
+    <t>LE CAMPUS</t>
+  </si>
+  <si>
+    <t>BOULEVARD DU VIALENC 15000 AURILLAC</t>
+  </si>
+  <si>
+    <t>25/03/2010</t>
+  </si>
+  <si>
+    <t>8315P000115</t>
+  </si>
+  <si>
+    <t>GIP FORMATION TOUT AU LONG DE LA VIE DE BOURGOGNE</t>
+  </si>
+  <si>
+    <t>2 G RUE GEN DELABORDE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>18/02/2013</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DES COTES D'ARMOR</t>
+  </si>
+  <si>
+    <t>16 RUE DE GUERNESEY 22000 SAINT-BRIEUC</t>
+  </si>
+  <si>
+    <t>01/03/1983</t>
+  </si>
+  <si>
+    <t>5322P001722</t>
+  </si>
+  <si>
+    <t>CHAMBRE COMMERCE INDUSTRIE DE LA DROME</t>
+  </si>
+  <si>
+    <t>SERVICE ENSEIGNEMENT</t>
+  </si>
+  <si>
+    <t>74 RUE BARTHELEMY DE LAFFEMAS 26000 VALENCE</t>
+  </si>
+  <si>
+    <t>16/03/1983</t>
+  </si>
+  <si>
+    <t>8226P000126</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION</t>
+  </si>
+  <si>
+    <t>1 AVENUE MARCEL PROUST 28000 CHARTRES</t>
+  </si>
+  <si>
+    <t>09/09/1985</t>
+  </si>
+  <si>
+    <t>2428P000128</t>
+  </si>
+  <si>
+    <t>5 B AVENUE MARCEL PROUST 28000 CHARTRES</t>
+  </si>
+  <si>
+    <t>05/07/2004</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE L'INDRE</t>
+  </si>
+  <si>
+    <t>24 PLACE GAMBETTA 36000 CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>2436P000136</t>
+  </si>
+  <si>
+    <t>CHAMBRE COMMERCE ET INDUSTRIE GRENOBLE</t>
+  </si>
+  <si>
+    <t>CCI FORMATION-CFA IMT-ISCO</t>
+  </si>
+  <si>
+    <t>GROUPE FORMATION-CCI 10 RUE AIME PUPIN 38100 GRENOBLE</t>
+  </si>
+  <si>
+    <t>01/07/2021</t>
+  </si>
+  <si>
+    <t>8238P001138</t>
+  </si>
+  <si>
+    <t>CHAMBRE COMMERCE ET INDUSTRIE NORD ISERE</t>
+  </si>
+  <si>
+    <t>2 PLACE SAINT PIERRE 38200 VIENNE</t>
+  </si>
+  <si>
+    <t>8238P000238</t>
+  </si>
+  <si>
+    <t>GIP FIPAG</t>
+  </si>
+  <si>
+    <t>MINI PARC 5 RUE ROLAND GARROS 38320 EYBENS</t>
+  </si>
+  <si>
+    <t>01/01/2010</t>
+  </si>
+  <si>
+    <t>8238P349038</t>
+  </si>
+  <si>
+    <t>CHAMBRE COMMERCE ET INDUSTRIE DES LANDES</t>
+  </si>
+  <si>
+    <t>293 AVENUE DU MARECHAL FOCH 40000 MONT-DE-MARSAN</t>
+  </si>
+  <si>
+    <t>7240P003840</t>
+  </si>
+  <si>
+    <t>CHAMBRE COMMERCE ET D'INDUSTRIE DU LOT</t>
+  </si>
+  <si>
+    <t>107 QUAI EUGENE CAVAIGNAC 46000 CAHORS</t>
+  </si>
+  <si>
+    <t>25/10/1983</t>
+  </si>
+  <si>
+    <t>GROUPEMENT D'INTERET PUBLIC FORMATION CONTINUE ET INSERTION PROFESSIONNELLE</t>
+  </si>
+  <si>
+    <t>17 BOULEVARD DE LA PAIX 51100 REIMS</t>
+  </si>
+  <si>
+    <t>07/01/2005</t>
+  </si>
+  <si>
+    <t>2151P003751</t>
+  </si>
+  <si>
+    <t>CHAMBRE COMMERCE ET INDUSTRIE MORBIHAN</t>
+  </si>
+  <si>
+    <t>21 QUAI DES INDES 56100 LORIENT</t>
+  </si>
+  <si>
+    <t>5356P001456</t>
+  </si>
+  <si>
+    <t>CCI MORBIHAN FORMATION</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE MOSELLE METROPOLE METZ</t>
+  </si>
+  <si>
+    <t>CTRE CONSULAIRE DE FORMATION</t>
+  </si>
+  <si>
+    <t>5 RUE JEAN ANTOINE CHAPTAL 57070 METZ</t>
+  </si>
+  <si>
+    <t>01/01/1999</t>
+  </si>
+  <si>
+    <t>4157P000957</t>
+  </si>
+  <si>
+    <t>CHAMBRE METIERS ARTISANAT DE MOSELLE</t>
+  </si>
+  <si>
+    <t>5 BOULEVARD DE LA DEFENSE 57070 METZ</t>
+  </si>
+  <si>
+    <t>01/07/1994</t>
+  </si>
+  <si>
+    <t>4157P001957</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE BAYONNE PAYS BASQUE</t>
+  </si>
+  <si>
+    <t>EMISA CCI BAYONNE PAYS BASQUE</t>
+  </si>
+  <si>
+    <t>50 ALLEES MARINES 64100 BAYONNE</t>
+  </si>
+  <si>
+    <t>01/06/1992</t>
+  </si>
+  <si>
+    <t>7264P000464</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE LE MANS SARTHE</t>
+  </si>
+  <si>
+    <t>FC/IDC/CREATION</t>
+  </si>
+  <si>
+    <t>FC/IDC/CREATION 1 BOULEVARD RENE LEVASSEUR 72000 LE MANS</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE LA HAUTE-SAVOIE</t>
+  </si>
+  <si>
+    <t>5 RUE DU 27 EME BCA 74000 ANNECY</t>
+  </si>
+  <si>
+    <t>15/07/2003</t>
+  </si>
+  <si>
+    <t>8274P076974</t>
+  </si>
+  <si>
+    <t>GIP FORMATION CONTINUE ET INSERTION PROF</t>
+  </si>
+  <si>
+    <t>19 AVENUE DU CENTRE 78280 GUYANCOURT</t>
+  </si>
+  <si>
+    <t>10/12/2012</t>
+  </si>
+  <si>
+    <t>1178P004278</t>
+  </si>
+  <si>
+    <t>CHAMBRE COMMERCE ET INDUSTRIE VAUCLUSE</t>
+  </si>
+  <si>
+    <t>46 COURS JEAN JAURES 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>9384P000184</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET DE L'INDUSTRIE</t>
+  </si>
+  <si>
+    <t>16 RUE OLIVIER DE CLISSON 85000 LA ROCHE-SUR-YON</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE DE LA VIENNE</t>
+  </si>
+  <si>
+    <t>TELEPORT 1 7 AVENUE DU TOUR DE FRANCE 86360 CHASSENEUIL-DU-POITOU</t>
+  </si>
+  <si>
+    <t>27/09/2010</t>
+  </si>
+  <si>
+    <t>GIP - FORMATION CONTINUE ET INSERTION PROFESSIONNELLE DE L'ACADEMIE DE POITIERS</t>
+  </si>
+  <si>
+    <t>8 RUE EVARISTE GALOIS 86130 JAUNAY-MARIGNY</t>
+  </si>
+  <si>
+    <t>12/07/2019</t>
+  </si>
+  <si>
+    <t>14/09/2023</t>
+  </si>
+  <si>
+    <t>5486P003386</t>
+  </si>
+  <si>
+    <t>CH.COMMERCE INDUSTRIE LIMOGES HTE VIENNE</t>
+  </si>
+  <si>
+    <t>CAMPUS CONSULAIRE</t>
+  </si>
+  <si>
+    <t>11 RUE PHILIPPE LEBON 87280 LIMOGES</t>
+  </si>
+  <si>
+    <t>01/10/2013</t>
+  </si>
+  <si>
+    <t>7487P000187</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D INDUSTRIE DES VOSGES</t>
+  </si>
+  <si>
+    <t>10 RUE CLAUDE GELEE 88000 EPINAL</t>
+  </si>
+  <si>
+    <t>05/01/2004</t>
+  </si>
+  <si>
+    <t>4188P002288</t>
+  </si>
+  <si>
+    <t>GIP FORMATION CONTINUE ET INSERTION PROFESSIONNELLE DE L'ACADEMIE DE CRETEIL</t>
+  </si>
+  <si>
+    <t>12 RUE GEORGES ENESCO 94000 CRETEIL</t>
+  </si>
+  <si>
+    <t>08/08/2002</t>
+  </si>
+  <si>
+    <t>01/06/2025</t>
+  </si>
+  <si>
+    <t>1194P003394</t>
+  </si>
+  <si>
+    <t>CHAMBRE COMMERCE ET INDUSTRIE MARTINIQUE</t>
+  </si>
+  <si>
+    <t>SERVICE FORMATION CCI DE MARTINIQUE</t>
+  </si>
+  <si>
+    <t>CASE NAVIRE-RAVINE TOUZA RUE AUBIN EDMOND 97233 SCHŒLCHER</t>
+  </si>
+  <si>
+    <t>01/05/2017</t>
+  </si>
+  <si>
+    <t>9797P000897</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT JM CARRIAT</t>
+  </si>
+  <si>
+    <t>GRETA-CFA AIN</t>
+  </si>
+  <si>
+    <t>1 RUE DE CROUY 01000 BOURG-EN-BRESSE</t>
+  </si>
+  <si>
+    <t>03/04/1989</t>
+  </si>
+  <si>
+    <t>8201P000501</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT PAUL CONSTANS</t>
+  </si>
+  <si>
+    <t>GRETA BOURBONNAIS COMBRAILLE</t>
+  </si>
+  <si>
+    <t>RUE CHRISTOPHE THIVRIER 03100 MONTLUCON</t>
+  </si>
+  <si>
+    <t>25/12/1988</t>
+  </si>
+  <si>
+    <t>LYCEE TECHNIQUE REGIONAL LES EUCALYPTUS</t>
+  </si>
+  <si>
+    <t>GRETA COTE D'AZUR</t>
+  </si>
+  <si>
+    <t>7 AVENUE DES EUCALYPTUS 06200 NICE</t>
+  </si>
+  <si>
+    <t>01/01/1994</t>
+  </si>
+  <si>
+    <t>9306P002706</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT FRANCOIS BAZIN- LYCEE DES METIERS DU TERTIAIRE, DE L'ENERGIE ET DES PROCEDES INDUSTRIELS</t>
+  </si>
+  <si>
+    <t>GRETA DES ARDENNES</t>
+  </si>
+  <si>
+    <t>145 AVENUE CHARLES DE GAULLE 08000 CHARLEVILLE-MEZIERES</t>
+  </si>
+  <si>
+    <t>2108P000408</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT LES LOMBARDS</t>
+  </si>
+  <si>
+    <t>GRETA SUD CHAMPAGNE</t>
+  </si>
+  <si>
+    <t>12 AVENUE DES LOMBARDS 10000 TROYES</t>
+  </si>
+  <si>
+    <t>2110P000310</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT LOUISE MICHEL</t>
+  </si>
+  <si>
+    <t>GRETA DE L'AUDE</t>
+  </si>
+  <si>
+    <t>2 RUE JEAN MOULIN 11100 NARBONNE</t>
+  </si>
+  <si>
+    <t>26/04/1989</t>
+  </si>
+  <si>
+    <t>01/01/2023</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE ALEXIS MONTEIL</t>
+  </si>
+  <si>
+    <t>GRETA MIDI-PYRENNEES NORD</t>
+  </si>
+  <si>
+    <t>5 AVENUE DU MARECHAL JOFFRE 12000 RODEZ</t>
+  </si>
+  <si>
+    <t>01/01/1992</t>
+  </si>
+  <si>
+    <t>7312P000412</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT JEAN PERRIN</t>
+  </si>
+  <si>
+    <t>GRETA-CFA MARSEILLE MEDITERRANEE</t>
+  </si>
+  <si>
+    <t>74 RUE VERDILLON 13010 MARSEILLE</t>
+  </si>
+  <si>
+    <t>15/05/2014</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT VAUVENARGUES</t>
+  </si>
+  <si>
+    <t>GRETA-CFA PROVENCE</t>
+  </si>
+  <si>
+    <t>60 BOULEVARD CARNOT 13100 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>30/03/1988</t>
+  </si>
+  <si>
+    <t>9313P000113</t>
+  </si>
+  <si>
+    <t>ECOLE NATIONALE SUPERIEURE DE LA PHOTOGRAPHIE</t>
+  </si>
+  <si>
+    <t>30 AVENUE VICTOR HUGO 13200 ARLES</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL TECHNOLOGIQUE AUGUSTIN FRESNEL</t>
+  </si>
+  <si>
+    <t>GRETA DU CALVADOS</t>
+  </si>
+  <si>
+    <t>49 AVENUE PERE CHARLES DE FOUCAULD 14000 CAEN</t>
+  </si>
+  <si>
+    <t>24/05/2006</t>
+  </si>
+  <si>
+    <t>31/12/2021</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT MONNET-MERMOZ - LYCEE DES METIERS DES SCIENCES ET TECHNIQUES APPLIQUEES A L'INDUSTRIE ET AUX SERVICES</t>
+  </si>
+  <si>
+    <t>GRETA DES MONTS DU CANTAL</t>
+  </si>
+  <si>
+    <t>10 RUE DU DOCTEUR CHIBRET 15000 AURILLAC</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT HIPPOLYTE FONTAINE</t>
+  </si>
+  <si>
+    <t>GRETA 21</t>
+  </si>
+  <si>
+    <t>20 BOULEVARD VOLTAIRE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT CHAPTAL</t>
+  </si>
+  <si>
+    <t>GRETA DES COTES D'ARMOR</t>
+  </si>
+  <si>
+    <t>19 B BOULEVARD LAMARTINE 22000 SAINT-BRIEUC</t>
+  </si>
+  <si>
+    <t>11/04/1989</t>
+  </si>
+  <si>
+    <t>01/08/2024</t>
+  </si>
+  <si>
+    <t>5335P001022</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT JULES HAAG</t>
+  </si>
+  <si>
+    <t>GRETA GRPT ETS POUR FORMAT CONTINUE</t>
+  </si>
+  <si>
+    <t>35 AVENUE DE MONTRAPON 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>01/05/1989</t>
+  </si>
+  <si>
+    <t>4325P000725</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT XAVIER MARMIER</t>
+  </si>
+  <si>
+    <t>GRETA</t>
+  </si>
+  <si>
+    <t>48 RUE DE BESANCON 25300 PONTARLIER</t>
+  </si>
+  <si>
+    <t>16/09/1999</t>
+  </si>
+  <si>
+    <t>4325P004225</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE ARISTIDE BRIAND</t>
+  </si>
+  <si>
+    <t>2 RUE PIERRE SEMARD 27000 EVREUX</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>GRETA PORTES NORMANDES</t>
+  </si>
+  <si>
+    <t>GRETA PORTES NORMANDES 2 RUE PIERRE SEMARD 27000 EVREUX</t>
+  </si>
+  <si>
+    <t>01/09/2008</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT YVES THEPOT</t>
+  </si>
+  <si>
+    <t>GRETA-CFA DE BRETAGNE OCCIDENTALE</t>
+  </si>
+  <si>
+    <t>5 RUE DE L'ILE BREHAT 29000 QUIMPER</t>
+  </si>
+  <si>
+    <t>5335P000829</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL TECHNO DIT DHUODA</t>
+  </si>
+  <si>
+    <t>GRETA DU GARD</t>
+  </si>
+  <si>
+    <t>17 RUE DHUODA 30900 NIMES</t>
+  </si>
+  <si>
+    <t>9130P018430</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT PAUL MATHOU</t>
+  </si>
+  <si>
+    <t>GRETA MIDI-PYRENEES SUD</t>
+  </si>
+  <si>
+    <t>AVENUE DE LUCHON 31210 GOURDAN-POLIGNAN</t>
+  </si>
+  <si>
+    <t>01/01/2015</t>
+  </si>
+  <si>
+    <t>31/12/2023</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT DEODAT DE SEVERAC - LYCEE DES METIERS DE L'INGENIERIE ET DE L'INDUSTRIE DU FUTUR</t>
+  </si>
+  <si>
+    <t>GRETA TOULOUSE-PYRENEES</t>
+  </si>
+  <si>
+    <t>26 BOULEVARD DEODAT DE SEVERAC 31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>27/04/1989</t>
+  </si>
+  <si>
+    <t>7331P003931</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE CAMILLE JULLIAN</t>
+  </si>
+  <si>
+    <t>GRETA - CFA AQUITAINE</t>
+  </si>
+  <si>
+    <t>29 RUE DE LA CROIX BLANCHE 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/01/1991</t>
+  </si>
+  <si>
+    <t>7233P015633</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT JEAN MERMOZ</t>
+  </si>
+  <si>
+    <t>GRETA CFA MONTPELLIER LITTORAL</t>
+  </si>
+  <si>
+    <t>717 AVENUE JEAN MERMOZ 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>02/05/1989</t>
+  </si>
+  <si>
+    <t>9134P045834</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE MONTPELLIER-ORB-HERAULT</t>
+  </si>
+  <si>
+    <t>CFPPA DE L'HERAULT - SITE DE MONTPELLIER</t>
+  </si>
+  <si>
+    <t>3224 ROUTE DE MENDE 34090 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>9134P567034</t>
+  </si>
+  <si>
+    <t>LYCEE DES METIERS PIERRE MENDES FRANCE</t>
+  </si>
+  <si>
+    <t>GRETA EST BRETAGNE</t>
+  </si>
+  <si>
+    <t>34 RUE BAHON-RAULT 35000 RENNES</t>
+  </si>
+  <si>
+    <t>20/10/2004</t>
+  </si>
+  <si>
+    <t>5335P000935</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT BLAISE PASCAL</t>
+  </si>
+  <si>
+    <t>GRETA BERRY</t>
+  </si>
+  <si>
+    <t>27 BOULEVARD BLAISE PASCAL 36000 CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>01/09/1989</t>
+  </si>
+  <si>
+    <t>2436P000236</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE GRANDMONT</t>
+  </si>
+  <si>
+    <t>GRETA VAL DE LOIRE</t>
+  </si>
+  <si>
+    <t>6 AVENUE DE SEVIGNE 37200 TOURS</t>
+  </si>
+  <si>
+    <t>31/07/2024</t>
+  </si>
+  <si>
+    <t>2437P000837</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT VAUCANSON</t>
+  </si>
+  <si>
+    <t>GRETA DE GRENOBLE</t>
+  </si>
+  <si>
+    <t>27 RUE ANATOLE FRANCE 38100 GRENOBLE</t>
+  </si>
+  <si>
+    <t>8238P001538</t>
+  </si>
+  <si>
+    <t>LYCEE ELLA FITZGERALD</t>
+  </si>
+  <si>
+    <t>GRETA NORD ISERE</t>
+  </si>
+  <si>
+    <t>LE TRANSALPIN 2 33 AVENUE D’ITALIE 38300 BOURGOIN-JALLIEU</t>
+  </si>
+  <si>
+    <t>01/11/2011</t>
+  </si>
+  <si>
+    <t>8238P001638</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT CHARLES ET ADRIEN DUPUY - LYCEE DES METIERS DES SCIENCES ET TECHNIQUES</t>
+  </si>
+  <si>
+    <t>GRETA DU VELAY</t>
+  </si>
+  <si>
+    <t>GRETA - LYCEE CHARLES ADRIEN DUPUY 2/4 2 AVENUE DU DOCTEUR DURAND 43000 LE PUY-EN-VELAY</t>
+  </si>
+  <si>
+    <t>17/11/1995</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE LIVET</t>
+  </si>
+  <si>
+    <t>GRETA LOIRE-ATLANTIQUE</t>
+  </si>
+  <si>
+    <t>16 RUE DUFOUR 44000 NANTES</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE VOLTAIRE</t>
+  </si>
+  <si>
+    <t>GRETA CENTRE-VAL DE LOIRE</t>
+  </si>
+  <si>
+    <t>3 AVENUE VOLTAIRE 45100 ORLEANS</t>
+  </si>
+  <si>
+    <t>01/01/2019</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT CHEVROLLIER</t>
+  </si>
+  <si>
+    <t>GRETA-CFA 49</t>
+  </si>
+  <si>
+    <t>3 RUE DE LETANDUERE 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT CURIE-COROT</t>
+  </si>
+  <si>
+    <t>GRETA COTES NORMANDES</t>
+  </si>
+  <si>
+    <t>377 RUE DE L'EXODE 50000 SAINT-LO</t>
+  </si>
+  <si>
+    <t>12/06/1989</t>
+  </si>
+  <si>
+    <t>2550P200050</t>
+  </si>
+  <si>
+    <t>LYCEE LIBERGIER</t>
+  </si>
+  <si>
+    <t>GRETA DE LA MARNE</t>
+  </si>
+  <si>
+    <t>20 RUE DES AUGUSTINS 51100 REIMS</t>
+  </si>
+  <si>
+    <t>2151P000451</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT JEAN-BAPTISTE COLBERT</t>
+  </si>
+  <si>
+    <t>GRETA DE BRETAGNE SUD</t>
+  </si>
+  <si>
+    <t>117 BOULEVARD LEON BLUM 56100 LORIENT</t>
+  </si>
+  <si>
+    <t>13/06/2000</t>
+  </si>
+  <si>
+    <t>5335P000256</t>
+  </si>
+  <si>
+    <t>LYCEE GEN ET TECHNOLOGIQU ROBERT SCHUMAN</t>
+  </si>
+  <si>
+    <t>GRETA LORRAINE NORD</t>
+  </si>
+  <si>
+    <t>4 RUE MONSEIGNEUR PELT 57070 METZ</t>
+  </si>
+  <si>
+    <t>01/01/1989</t>
+  </si>
+  <si>
+    <t>4157P001257</t>
+  </si>
+  <si>
+    <t>LYCEE HENRI NOMINE- LYCEE DES METIERS TRANSFONTALIER DES SERVICES AUX ENTREPRISES</t>
+  </si>
+  <si>
+    <t>GRETA LORRAINE EST</t>
+  </si>
+  <si>
+    <t>27 RUE DU CHAMP DE MARS 57200 SARREGUEMINES</t>
+  </si>
+  <si>
+    <t>30/03/2023</t>
+  </si>
+  <si>
+    <t>4157P001857</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL JEAN ROSTAND</t>
+  </si>
+  <si>
+    <t>GRETA 58</t>
+  </si>
+  <si>
+    <t>LYCEE JEAN ROSTAND 9 BOULEVARD SAINT-EXUPERY 58000 NEVERS</t>
+  </si>
+  <si>
+    <t>31/01/2008</t>
+  </si>
+  <si>
+    <t>2658P000958</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT ELISA LEMONNIER</t>
+  </si>
+  <si>
+    <t>GRETA DU GRAND HAINAUT</t>
+  </si>
+  <si>
+    <t>817 RUE CHARLES BOURSEUL 59500 DOUAI</t>
+  </si>
+  <si>
+    <t>03/12/1991</t>
+  </si>
+  <si>
+    <t>3159P001659</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE GASTON BERGER</t>
+  </si>
+  <si>
+    <t>GRETA LILLE METROPOLE</t>
+  </si>
+  <si>
+    <t>111 AVENUE DE DUNKERQUE (LILLE) 59000 LILLE</t>
+  </si>
+  <si>
+    <t>05/10/2015</t>
+  </si>
+  <si>
+    <t>LGT LYCEE DES METIERS MARIE CURIE</t>
+  </si>
+  <si>
+    <t>GRETA OISE</t>
+  </si>
+  <si>
+    <t>47 BOULEVARD PIERRE DE COUBERTIN 60180 NOGENT-SUR-OISE</t>
+  </si>
+  <si>
+    <t>10/07/1989</t>
+  </si>
+  <si>
+    <t>2260P000460</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE PIERRE DE COUBERTIN</t>
+  </si>
+  <si>
+    <t>GRETA GRAND LITTORAL</t>
+  </si>
+  <si>
+    <t>320 BOULEVARD DU HUIT MAI 62100 CALAIS</t>
+  </si>
+  <si>
+    <t>3162P000862</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL HENRI SENEZ</t>
+  </si>
+  <si>
+    <t>GRETA GRAND ARTOIS</t>
+  </si>
+  <si>
+    <t>533 BOULEVARD FERNAND DARCHICOURT 62110 HENIN-BEAUMONT</t>
+  </si>
+  <si>
+    <t>23 RUE BLAISE PASCAL 63600 AMBERT</t>
+  </si>
+  <si>
+    <t>31/12/2022</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT LA FAYETTE – LYCEE DES METIERS DE LA DIGITALE INDUSTRIE ET DU PLURIMEDIA</t>
+  </si>
+  <si>
+    <t>GRETA AUVERGNE</t>
+  </si>
+  <si>
+    <t>21 BOULEVARD ROBERT SCHUMAN 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>18/11/1991</t>
+  </si>
+  <si>
+    <t>8363P001063</t>
+  </si>
+  <si>
+    <t>LP LYCEE DES METIERS HENRI SAINTE-CLAIRE DEVILLE</t>
+  </si>
+  <si>
+    <t>GRETA VAL D'ALLIER</t>
+  </si>
+  <si>
+    <t>3 RUE RENE DESSIOVE 63500 ISSOIRE</t>
+  </si>
+  <si>
+    <t>01/03/2008</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE PABLO PICASSO</t>
+  </si>
+  <si>
+    <t>GRETA - CFA DE L'AUDE ET DES PYRENEES ORIENTALES</t>
+  </si>
+  <si>
+    <t>RUE CHARLES BLANC 66000 PERPIGNAN</t>
+  </si>
+  <si>
+    <t>01/12/2016</t>
+  </si>
+  <si>
+    <t>9166P008466</t>
+  </si>
+  <si>
+    <t>LYCEE CFA ALPHONSE HEINRICH - XAVIER NESSEL</t>
+  </si>
+  <si>
+    <t>GRETA NORD ALSACE</t>
+  </si>
+  <si>
+    <t>123 ROUTE DE STRASBOURG 67500 HAGUENAU</t>
+  </si>
+  <si>
+    <t>01/11/2013</t>
+  </si>
+  <si>
+    <t>4267P001167</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT LE CORBUSIER</t>
+  </si>
+  <si>
+    <t>GRETA STRASBOURG EUROPE</t>
+  </si>
+  <si>
+    <t>22 RUE LIXENBUHL 67400 ILLKIRCH-GRAFFENSTADEN</t>
+  </si>
+  <si>
+    <t>02/04/2013</t>
+  </si>
+  <si>
+    <t>4267P000867</t>
+  </si>
+  <si>
+    <t>74 RUE DU LOGELBACH 68000 COLMAR</t>
+  </si>
+  <si>
+    <t>4268P000568</t>
+  </si>
+  <si>
+    <t>GRETA ALSACE SUD</t>
+  </si>
+  <si>
+    <t>17/05/1989</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT LAURENT DE LAVOISIER</t>
+  </si>
+  <si>
+    <t>GRETA SUD ALSACE</t>
+  </si>
+  <si>
+    <t>6 RUE FREDO KRUMNOW 68200 MULHOUSE</t>
+  </si>
+  <si>
+    <t>02/07/2019</t>
+  </si>
+  <si>
+    <t>LYCEE GEN TECH LA MARTINIERE MONPLAISIR</t>
+  </si>
+  <si>
+    <t>GRETA CFA LYON METROPOLE</t>
+  </si>
+  <si>
+    <t>41 RUE ANTOINE LUMIERE 69008 LYON</t>
+  </si>
+  <si>
+    <t>8269P002769</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT TECHNOLOGIQUE E BELIN</t>
+  </si>
+  <si>
+    <t>GRETA HAUTE-SAONE ET NORD FRANCHE-COMTE</t>
+  </si>
+  <si>
+    <t>18 RUE EDOUARD BELIN 70000 VESOUL</t>
+  </si>
+  <si>
+    <t>01/01/2001</t>
+  </si>
+  <si>
+    <t>4370P001470</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT NIEPCE BALLEURE</t>
+  </si>
+  <si>
+    <t>GRETA 71 - SUD BOURGOGNE</t>
+  </si>
+  <si>
+    <t>33 T AVENUE DE PARIS 71100 CHALON-SUR-SAONE</t>
+  </si>
+  <si>
+    <t>24/08/2015</t>
+  </si>
+  <si>
+    <t>18/07/2024</t>
+  </si>
+  <si>
+    <t>2671P002171</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT GABRIEL TOUCHARD-WASHINGTON - LYCEE DES METIERS PROTHESE DENTAIRE</t>
+  </si>
+  <si>
+    <t>GRETA-CFA DU MAINE</t>
+  </si>
+  <si>
+    <t>28 RUE DES GRANDES COURBES 72100 LE MANS</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT MONGE</t>
+  </si>
+  <si>
+    <t>GRETA SAVOIE</t>
+  </si>
+  <si>
+    <t>119 AVENUE MARIUS BERROIR 73000 CHAMBERY</t>
+  </si>
+  <si>
+    <t>01/09/2007</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT DES GLIERES</t>
+  </si>
+  <si>
+    <t>GRETA SAVOIE HAUTE-SAVOIE</t>
+  </si>
+  <si>
+    <t>9 RUE DES MARRONNIERS 74100 ANNEMASSE</t>
+  </si>
+  <si>
+    <t>8274P000574</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT G.FICHET</t>
+  </si>
+  <si>
+    <t>GRETA ARVE FAUCIGNY</t>
+  </si>
+  <si>
+    <t>210 QUAI DU PARQUET 74130 BONNEVILLE</t>
+  </si>
+  <si>
+    <t>01/01/1995</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT BOULLE</t>
+  </si>
+  <si>
+    <t>GRETA DE LA CREATION DU DESIGN DES METIERS D'ART</t>
+  </si>
+  <si>
+    <t>19 RUE PIERRE BOURDAN 75012 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/2007</t>
+  </si>
+  <si>
+    <t>1175P005575</t>
+  </si>
+  <si>
+    <t>LYCEE TECHNOLOGIQUE-ECOLE NAT COMMERCE</t>
+  </si>
+  <si>
+    <t>70 BOULEVARD BESSIERES 75017 PARIS</t>
+  </si>
+  <si>
+    <t>1175P007675</t>
+  </si>
+  <si>
+    <t>GRETA METEHOR-PARIS</t>
+  </si>
+  <si>
+    <t>03/05/1989</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT SCHUMAN-PERRET - LYCEE DES METIERS DE L'HABITAT, DES SCIENCES ET DE L'INDUSTRIE</t>
+  </si>
+  <si>
+    <t>GRETA DE LA REGION HAVRAISE</t>
+  </si>
+  <si>
+    <t>51 AVENUE DU 8 MAI 1945 76610 LE HAVRE</t>
+  </si>
+  <si>
+    <t>LYCEE ENS GEN TECHNO GUSTAVE FLAUBERT</t>
+  </si>
+  <si>
+    <t>GRETA ROUEN MARITIME</t>
+  </si>
+  <si>
+    <t>40 AVENUE DU MONT AUX MALADES 76130 MONT-SAINT-AIGNAN</t>
+  </si>
+  <si>
+    <t>22/09/1989</t>
+  </si>
+  <si>
+    <t>2376P001876</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL TECHNOLOGIQUE G BACHELARD</t>
+  </si>
+  <si>
+    <t>GRETA SEINE-ET-MARNE</t>
+  </si>
+  <si>
+    <t>32 AVENUE DE L'EUROPE 77500 CHELLES</t>
+  </si>
+  <si>
+    <t>01/09/2017</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT PIERRE DE COUBERTIN</t>
+  </si>
+  <si>
+    <t>GRETA MTI 77</t>
+  </si>
+  <si>
+    <t>RUE CHAUSSEE DE PARIS 77100 MEAUX</t>
+  </si>
+  <si>
+    <t>01/06/1982</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT VIOLLET-LE-DUC - LYCEE DES METIERS DES SCIENCES ET DES TECHNIQUES HABITAT ET ENVIRONNEMENT DURABLE</t>
+  </si>
+  <si>
+    <t>GRETA DES YVELINES</t>
+  </si>
+  <si>
+    <t>1 ROUTE DE SEPTEUIL 78640 VILLIERS-SAINT-FREDERIC</t>
+  </si>
+  <si>
+    <t>01/09/2006</t>
+  </si>
+  <si>
+    <t>1178P000978</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT BOURDELLE</t>
+  </si>
+  <si>
+    <t>GRETA MIDI-PYRENEES OUEST</t>
+  </si>
+  <si>
+    <t>12 RUE DU GENERAL SARRAIL 82000 MONTAUBAN</t>
+  </si>
+  <si>
+    <t>7382P000282</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT PAUL LANGEVIN - LYCEE DES METIERS DE L'INDUSTRIE ET DE LA CREATION</t>
+  </si>
+  <si>
+    <t>GRETA DU VAR</t>
+  </si>
+  <si>
+    <t>BD DE L EUROPE 83500 LA SEYNE SUR MER</t>
+  </si>
+  <si>
+    <t>31/03/1988</t>
+  </si>
+  <si>
+    <t>9383P000883</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT PHILIPPE DE GIRARD</t>
+  </si>
+  <si>
+    <t>GRETA-CFA VAUCLUSE</t>
+  </si>
+  <si>
+    <t>138 AVENUE DE TARASCON 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>01/01/1987</t>
+  </si>
+  <si>
+    <t>9384P000684</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT NELSON MANDELA</t>
+  </si>
+  <si>
+    <t>GRETA POITOU CHARENTES</t>
+  </si>
+  <si>
+    <t>63 RUE DE LA BUGELLERIE 86000 POITIERS</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT TURGOT</t>
+  </si>
+  <si>
+    <t>GRETA DU LIMOUSIN</t>
+  </si>
+  <si>
+    <t>7 AVENUE SAINT ELOI 87000 LIMOGES</t>
+  </si>
+  <si>
+    <t>06/03/1989</t>
+  </si>
+  <si>
+    <t>LYCEE ANDRE MALRAUX - LYCEE DES METIERS DU BOIS</t>
+  </si>
+  <si>
+    <t>GRETA LORRAINE SUD</t>
+  </si>
+  <si>
+    <t>13 RUE DE L'EPINETTE 88200 REMIREMONT</t>
+  </si>
+  <si>
+    <t>23/10/2017</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT FOURIER SAINT-GERMAIN</t>
+  </si>
+  <si>
+    <t>GRETA 89</t>
+  </si>
+  <si>
+    <t>44 BOULEVARD LYAUTEY 89000 AUXERRE</t>
+  </si>
+  <si>
+    <t>2689P000389</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT ROBERT DOISNEAU, LYCEE DES METIERS DE L'INDUSTRIE ET DES SERVICES AUX ENTREPRISES</t>
+  </si>
+  <si>
+    <t>GRETA DE L'ESSONNE</t>
+  </si>
+  <si>
+    <t>89 AVENUE SERGE DASSAULT 91100 CORBEIL-ESSONNES</t>
+  </si>
+  <si>
+    <t>1191P000491</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE AUGUSTE RENOIR</t>
+  </si>
+  <si>
+    <t>GRETA DES HAUTS DE SEINE</t>
+  </si>
+  <si>
+    <t>41 RUE DES TROIS FONTANOT 92000 NANTERRE</t>
+  </si>
+  <si>
+    <t>1192P000692</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE CONDORCET</t>
+  </si>
+  <si>
+    <t>GRETA MTE 93 - ESPACE BILAN DABM 93</t>
+  </si>
+  <si>
+    <t>31 RUE DESIRE CHEVALIER 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL TECHNOLOGIQUE G. EIFFEL</t>
+  </si>
+  <si>
+    <t>GRETA SEINE-SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>16 CHEMIN DE LA RENARDIERE 93220 GAGNY</t>
+  </si>
+  <si>
+    <t>01/09/2014</t>
+  </si>
+  <si>
+    <t>1193P000493</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT LANGEVIN-WALLON</t>
+  </si>
+  <si>
+    <t>GRETA VAL-DE-MARNE</t>
+  </si>
+  <si>
+    <t>126 AVENUE ROGER SALENGRO 94500 CHAMPIGNY-SUR-MARNE</t>
+  </si>
+  <si>
+    <t>1194P000194</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT M. PERRET</t>
+  </si>
+  <si>
+    <t>GRETA MTI 94</t>
+  </si>
+  <si>
+    <t>PLACE SAN BENEDETTO DEL TRONTO 94140 ALFORTVILLE</t>
+  </si>
+  <si>
+    <t>10/11/1997</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT ALGOUD-LAFFEMAS - LYCEE DES METIERS DU NUMERIQUE</t>
+  </si>
+  <si>
+    <t>GRETA ARDECHE DROME</t>
+  </si>
+  <si>
+    <t>37-39 37 RUE BARTHELEMY DE LAFFEMAS 26000 VALENCE</t>
+  </si>
+  <si>
+    <t>8226P000726</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT GUSTAVE MONOD</t>
+  </si>
+  <si>
+    <t>GRETA DU VAL D OISE</t>
+  </si>
+  <si>
+    <t>71 AVENUE DE CEINTURE 95880 ENGHIEN-LES-BAINS</t>
+  </si>
+  <si>
+    <t>CA SETE AGGLOPOLE MEDITERRANEE</t>
+  </si>
+  <si>
+    <t>4 AVENUE D’AIGUES 34110 FRONTIGNAN</t>
+  </si>
+  <si>
+    <t>84.11Z</t>
+  </si>
+  <si>
+    <t>CTRE RESSOURCES INFORMATIQ DE ROCHEFORT</t>
+  </si>
+  <si>
+    <t>ECOLE ANATOLE FRANCE 2 RUE DU DRESSAGE 17300 ROCHEFORT</t>
+  </si>
+  <si>
+    <t>01/11/1987</t>
+  </si>
+  <si>
+    <t>ADECCO TRAINING</t>
+  </si>
+  <si>
+    <t>114 ALL DES CHAMPS ELYSEES 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>25/04/2014</t>
+  </si>
+  <si>
+    <t>2 RUE HENRI LEGAY 69100 VILLEURBANNE</t>
+  </si>
+  <si>
+    <t>03/10/2016</t>
+  </si>
+  <si>
+    <t>MEDIA FORMATION</t>
+  </si>
+  <si>
+    <t>61 AVENUE DE CANTELEU 59650 VILLENEUVE-D'ASCQ</t>
+  </si>
+  <si>
+    <t>07/06/2004</t>
+  </si>
+  <si>
+    <t>MANAGER'SOLUTION</t>
+  </si>
+  <si>
+    <t>1 RUE DE LA MER 62100 CALAIS</t>
+  </si>
+  <si>
+    <t>01/01/1988</t>
+  </si>
+  <si>
+    <t>FRANCE LANGUES COMMUNICATION</t>
+  </si>
+  <si>
+    <t>FLC FORMATION</t>
+  </si>
+  <si>
+    <t>116 BOULEVARD RAYMOND POINCARE 06160 ANTIBES</t>
+  </si>
+  <si>
+    <t>01/09/2013</t>
+  </si>
+  <si>
+    <t>ANTENNA</t>
+  </si>
+  <si>
+    <t>LE PORTAIL RUE DE L'ETENDUERE 85500 LES HERBIERS</t>
+  </si>
+  <si>
+    <t>15/09/1989</t>
+  </si>
+  <si>
     <t>19 FORMATION</t>
   </si>
   <si>
     <t>ZA BRIFFAUT 34 RUE HENRI REY 26000 VALENCE</t>
   </si>
   <si>
     <t>01/10/2012</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
-    <t>VRAI</t>
-[...4 lines deleted...]
-  <si>
     <t>ACCOM INSTITUT</t>
   </si>
   <si>
     <t>2 RUE DE SEZE 75009 PARIS</t>
   </si>
   <si>
     <t>20/03/1999</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...4 lines deleted...]
-  <si>
     <t>SESAM FORMATIONS</t>
   </si>
   <si>
     <t>12 RUE GAETAN RONDEAU 44200 NANTES</t>
   </si>
   <si>
     <t>30/12/2010</t>
   </si>
   <si>
     <t>01/12/2023</t>
   </si>
   <si>
     <t>MEDIA MANAGEMENT</t>
   </si>
   <si>
     <t>ZAC DE MERCIERES 18 RUE DU FONDS PERNANT 60200 COMPIEGNE</t>
   </si>
   <si>
     <t>01/09/2019</t>
   </si>
   <si>
     <t>SAPIE</t>
   </si>
   <si>
     <t>7 RUE DU COUGAING 11300 LIMOUX</t>
@@ -211,98 +1945,92 @@
   <si>
     <t>5 RUE MARIE CURIE 53810 CHANGE</t>
   </si>
   <si>
     <t>01/08/2019</t>
   </si>
   <si>
     <t>ORDATEL</t>
   </si>
   <si>
     <t>14 RUE ROUGEMONT 75009 PARIS</t>
   </si>
   <si>
     <t>30/04/1996</t>
   </si>
   <si>
     <t>PYRAMYD NTCV</t>
   </si>
   <si>
     <t>35 RUE DU LOUVRE 75002 PARIS</t>
   </si>
   <si>
     <t>01/10/2020</t>
   </si>
   <si>
-    <t>01/01/2023</t>
-[...1 lines deleted...]
-  <si>
     <t>AREP 29</t>
   </si>
   <si>
     <t>110 RUE ERNESTINE DE TREMAUDAN 29200 BREST</t>
   </si>
   <si>
     <t>19/07/2021</t>
   </si>
   <si>
     <t>SQLI</t>
   </si>
   <si>
     <t>166 RUE JULES GUESDE 92300 LEVALLOIS-PERRET</t>
   </si>
   <si>
     <t>15/02/2018</t>
   </si>
   <si>
     <t>01/11/2023</t>
   </si>
   <si>
     <t>62.02A</t>
   </si>
   <si>
     <t>RETRAVAILLER DANS L OUEST</t>
   </si>
   <si>
     <t>21 RUE D'ATHENES 44300 NANTES</t>
   </si>
   <si>
     <t>25/08/2013</t>
   </si>
   <si>
     <t>31/03/2023</t>
   </si>
   <si>
     <t>ASSOCIATION POINT FORMATION</t>
   </si>
   <si>
     <t>PL DE PARADIS - ST ROCH ALL EDGAR DEGAS 13117 MARTIGUES</t>
   </si>
   <si>
-    <t>01/01/2016</t>
-[...1 lines deleted...]
-  <si>
     <t>CTRE EVOLUTIF FORMATION ADAPTATION PRO..</t>
   </si>
   <si>
     <t>19 RUE ALCIDE DAMBOISE 76210 BOLBEC</t>
   </si>
   <si>
     <t>10/09/1999</t>
   </si>
   <si>
     <t>GRAPH LAND</t>
   </si>
   <si>
     <t>26 A 28 26 RUE ARTAUD 69004 LYON</t>
   </si>
   <si>
     <t>01/03/2001</t>
   </si>
   <si>
     <t>71.12B</t>
   </si>
   <si>
     <t>FORMATION ACCUEIL PROMOTION</t>
   </si>
   <si>
     <t>25 RUE JEAN JAURES 45200 MONTARGIS</t>
@@ -316,185 +2044,158 @@
   <si>
     <t>15 RUE LUCIEN SAMPAIX 75010 PARIS</t>
   </si>
   <si>
     <t>08/03/2010</t>
   </si>
   <si>
     <t>ESPACE FORMATION GRENOBLE</t>
   </si>
   <si>
     <t>25 RUE PIERRE SEMARD 38000 GRENOBLE</t>
   </si>
   <si>
     <t>20/09/1990</t>
   </si>
   <si>
     <t>ALPES DEVELOPPEMENT FORMATION</t>
   </si>
   <si>
     <t>ZI SAINT JOSEPH RUE DES ENTREPRENEURS 04100 MANOSQUE</t>
   </si>
   <si>
     <t>27/07/1993</t>
   </si>
   <si>
-    <t>85.32Z</t>
-[...1 lines deleted...]
-  <si>
     <t>CONTROL C</t>
   </si>
   <si>
     <t>1 PLACE DE L 'ERMITAGE 77000 MELUN</t>
   </si>
   <si>
     <t>15/07/2006</t>
   </si>
   <si>
     <t>FORMATIC</t>
   </si>
   <si>
     <t>IMMEUBLE LE ST PREGTS 14 RUE AUGUSTE MOREL 89100 SENS</t>
   </si>
   <si>
-    <t>01/01/1999</t>
-[...1 lines deleted...]
-  <si>
     <t>[ND] [ND] [ND] [ND] [ND]</t>
   </si>
   <si>
     <t>[ND]</t>
   </si>
   <si>
     <t>LE HAVRE</t>
   </si>
   <si>
     <t>02/01/2008</t>
   </si>
   <si>
     <t>15/04/2023</t>
   </si>
   <si>
     <t xml:space="preserve">MULLER MARTINE   </t>
   </si>
   <si>
     <t>10 RUE DES PERDRIX 67120 MOLSHEIM</t>
   </si>
   <si>
     <t>01/05/1991</t>
   </si>
   <si>
     <t>AFIB ACCES FORMAT INFORMATIQUE BUREAUTIQ</t>
   </si>
   <si>
     <t>14 RUE EULER 33700 MERIGNAC</t>
   </si>
   <si>
     <t>01/09/1991</t>
   </si>
   <si>
     <t>AFIB 2</t>
   </si>
   <si>
-    <t>01/01/1992</t>
-[...1 lines deleted...]
-  <si>
     <t>FORMASUP</t>
   </si>
   <si>
     <t>400 AVENUE ANDRE JORIGNE 82000 MONTAUBAN</t>
   </si>
   <si>
     <t>08/08/2012</t>
   </si>
   <si>
-    <t>85.42Z</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">MONNERAY JEAN-JACQUES   </t>
   </si>
   <si>
     <t>DATACALC 4 PASSAGE GANNERON 75018 PARIS</t>
   </si>
   <si>
     <t>08/08/2013</t>
   </si>
   <si>
     <t>INSTITUT FORMATION EUROPEEN HYGIENE</t>
   </si>
   <si>
     <t>9 AVENUE DE ROSNY 93130 NOISY-LE-SEC</t>
   </si>
   <si>
     <t>01/03/2012</t>
   </si>
   <si>
     <t>ART &amp; COMMUNICATION</t>
   </si>
   <si>
     <t>NORMANDIE II 55 RUE AMIRAL CECILLE 76100 ROUEN</t>
   </si>
   <si>
     <t>23/10/2000</t>
   </si>
   <si>
     <t>01/04/2025</t>
   </si>
   <si>
-    <t>ASECA-ORFAC</t>
-[...10 lines deleted...]
-  <si>
     <t>AUDIT CONSEIL FORMATION</t>
   </si>
   <si>
     <t>16 ALLEE FRANCOIS VILLON 38130 ECHIROLLES</t>
   </si>
   <si>
     <t>03/01/2011</t>
   </si>
   <si>
     <t>70.10Z</t>
   </si>
   <si>
     <t>ASS FORMATION INSERTION GARDOISE</t>
   </si>
   <si>
     <t>PARC GEORGES BESSE 50 ALLEE CHARLES BABBAGE 30000 NIMES</t>
   </si>
   <si>
-    <t>01/11/2013</t>
-[...1 lines deleted...]
-  <si>
     <t>IRFA EVOLUTION</t>
   </si>
   <si>
     <t>MONT FOULON 61250 DAMIGNY</t>
   </si>
   <si>
     <t>DORANCO ESPACE MULTIMEDIA</t>
   </si>
   <si>
     <t>10 - 12 RUE PLANCHAT 75020 PARIS</t>
   </si>
   <si>
     <t>01/07/2000</t>
   </si>
   <si>
     <t>BELLEVUE FORMATION</t>
   </si>
   <si>
     <t>1 RUE DES SAULES 44800 SAINT-HERBLAIN</t>
   </si>
   <si>
     <t>15/04/2020</t>
   </si>
   <si>
     <t>22/03/2023</t>
@@ -649,1814 +2350,3689 @@
   <si>
     <t>01/04/2018</t>
   </si>
   <si>
     <t>EURO MONTAGE SYSTEME INFORMATIQUE</t>
   </si>
   <si>
     <t>ILOT 3 N 10 LES COGNETS SUD 13800 ISTRES</t>
   </si>
   <si>
     <t>14/06/1999</t>
   </si>
   <si>
     <t>LA RONDE DES DECOUVERTES 08</t>
   </si>
   <si>
     <t>8 ROUTE DE PRIX 08000 CHARLEVILLE-MEZIERES</t>
   </si>
   <si>
     <t>01/02/2018</t>
   </si>
   <si>
     <t>05/12/2022</t>
   </si>
   <si>
+    <t>ONLINEFORMAPRO</t>
+  </si>
+  <si>
+    <t>ESPACE DE LA MOTTE 19 RUE DU PRALEY 70000 VESOUL</t>
+  </si>
+  <si>
+    <t>01/11/1999</t>
+  </si>
+  <si>
+    <t>NOOUS</t>
+  </si>
+  <si>
+    <t>7 ALLEE DES PIONNIERS DE L'AEROPOSTALE 31400 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/09/2011</t>
+  </si>
+  <si>
+    <t>22/04/2025</t>
+  </si>
+  <si>
+    <t>S.C.F.I.</t>
+  </si>
+  <si>
+    <t>10 RUE LA VRILLIERE 75001 PARIS</t>
+  </si>
+  <si>
+    <t>01/07/2008</t>
+  </si>
+  <si>
+    <t>EVOLUTION NORD</t>
+  </si>
+  <si>
+    <t>25 AVENUE SAINT-MAUR 59110 LA MADELEINE</t>
+  </si>
+  <si>
+    <t>03/01/2000</t>
+  </si>
+  <si>
+    <t>ADEO</t>
+  </si>
+  <si>
+    <t>15 RUE DE LA PRESSE 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>26/12/2011</t>
+  </si>
+  <si>
+    <t>PERSPECTIVES</t>
+  </si>
+  <si>
+    <t>TECNOSUD BATIMENT B 230 RUE JAMES WATT 66100 PERPIGNAN</t>
+  </si>
+  <si>
+    <t>30/11/2018</t>
+  </si>
+  <si>
+    <t>DAWAN</t>
+  </si>
+  <si>
+    <t>30-32 30 BOULEVARD VINCENT GACHE 44200 NANTES</t>
+  </si>
+  <si>
+    <t>14/02/2017</t>
+  </si>
+  <si>
+    <t>62.01Z</t>
+  </si>
+  <si>
+    <t>SUD FORMATION CONSEIL</t>
+  </si>
+  <si>
+    <t>1000 AVENUE DU MARECHAL JUIN 30900 NIMES</t>
+  </si>
+  <si>
+    <t>01/11/2018</t>
+  </si>
+  <si>
+    <t>OGEC ENSEMBLE SCOLAIRE DON BOSCO MAYENNE</t>
+  </si>
+  <si>
+    <t>18 BOULEVARD ANATOLE FRANCE 53100 MAYENNE</t>
+  </si>
+  <si>
+    <t>01/08/2000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FELICITE JACKY   </t>
+  </si>
+  <si>
+    <t>ANSE MADAME ETAGE 2 3 RUE SIMON COTTREL 97233 SCHŒLCHER</t>
+  </si>
+  <si>
+    <t>01/09/2018</t>
+  </si>
+  <si>
+    <t>ASS GATINAISE DE FORMATION</t>
+  </si>
+  <si>
+    <t>CTRE NELSON MANDELA 31 AVENUE LOUIS-MAURICE CHAUTEMPS 45200 MONTARGIS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GUILLEN MANUEL   </t>
+  </si>
+  <si>
+    <t>MG FORMATION</t>
+  </si>
+  <si>
+    <t>6 RUE AZEMA 34070 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>08/01/2001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FRANCOIS STEPHANIE MARIE ANNE </t>
+  </si>
+  <si>
+    <t>15 CHEMIN DE LA CRABE 31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>18/09/2017</t>
+  </si>
+  <si>
+    <t>AVENIR CONSEILS FORMATIONS</t>
+  </si>
+  <si>
+    <t>40 RUE DE PONTOISE 95870 BEZONS</t>
+  </si>
+  <si>
+    <t>01/12/2008</t>
+  </si>
+  <si>
+    <t>OPTIMUM FORMATION</t>
+  </si>
+  <si>
+    <t>2 RUE DU LYONNAIS 01460 MONTREAL-LA-CLUSE</t>
+  </si>
+  <si>
+    <t>01/08/2011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VANESSE STEVE   </t>
+  </si>
+  <si>
+    <t>RES ORION APT 1 3 RUE PHILIBERT 97400 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>02/01/2016</t>
+  </si>
+  <si>
+    <t>P F I PRESTATIONS FORMATION INFORMATIQUE</t>
+  </si>
+  <si>
+    <t>91 RUE SAINT-LAZARE 75009 PARIS</t>
+  </si>
+  <si>
+    <t>01/07/2011</t>
+  </si>
+  <si>
+    <t>SARL FORCE 7</t>
+  </si>
+  <si>
+    <t>94 RUE JULES SIEGFRIED 76600 LE HAVRE</t>
+  </si>
+  <si>
+    <t>01/01/2009</t>
+  </si>
+  <si>
+    <t>11/07/2022</t>
+  </si>
+  <si>
+    <t>COGIS</t>
+  </si>
+  <si>
+    <t>8 RUE DE LA TUILERIE 01100 ARBENT</t>
+  </si>
+  <si>
+    <t>01/07/2012</t>
+  </si>
+  <si>
+    <t>AGENCE SEINE ET MARNAISE DE FORMATION PROFESSION- NELLE - ASMFP 77</t>
+  </si>
+  <si>
+    <t>38 AVENUE FRANKLIN ROOSEVELT 77210 AVON</t>
+  </si>
+  <si>
+    <t>01/04/2017</t>
+  </si>
+  <si>
+    <t>01/04/2022</t>
+  </si>
+  <si>
+    <t>ARAMIS FORMATION</t>
+  </si>
+  <si>
+    <t>15 B RUE DE LA MARE A TISSIER 91280 SAINT-PIERRE-DU-PERRAY</t>
+  </si>
+  <si>
+    <t>MEDIA'TIC</t>
+  </si>
+  <si>
+    <t>2589 ROUTE DE MONTABO 97300 CAYENNE</t>
+  </si>
+  <si>
+    <t>25/09/2007</t>
+  </si>
+  <si>
+    <t>FONDS LOCAL EMPLOI SOLIDARITE 78</t>
+  </si>
+  <si>
+    <t>8 PASSAGE PAUL LANGEVIN 78370 PLAISIR</t>
+  </si>
+  <si>
+    <t>28/01/2005</t>
+  </si>
+  <si>
+    <t>88.99B</t>
+  </si>
+  <si>
+    <t>EMERAUDE FORMATION</t>
+  </si>
+  <si>
+    <t>123 COURS BALGUERIE STUTTENBERG 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>FEEP ENTREPRISES</t>
+  </si>
+  <si>
+    <t>126 RUE DU GENERAL DE GAULLE 10000 TROYES</t>
+  </si>
+  <si>
+    <t>19/04/2004</t>
+  </si>
+  <si>
+    <t>POINT.COM</t>
+  </si>
+  <si>
+    <t>77 RUE RENE JADFARD 97300 CAYENNE</t>
+  </si>
+  <si>
+    <t>22/10/2010</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>WRM</t>
+  </si>
+  <si>
+    <t>10 PASSAGE JOSSET 75011 PARIS</t>
+  </si>
+  <si>
+    <t>27/11/2020</t>
+  </si>
+  <si>
+    <t>MILESTONE SOLUTIONS</t>
+  </si>
+  <si>
+    <t>6-8 6 RUE DES JARDINIERS 60300 SENLIS</t>
+  </si>
+  <si>
+    <t>16/08/2016</t>
+  </si>
+  <si>
+    <t>ALGOTIS</t>
+  </si>
+  <si>
+    <t>9 ALLEE EVARISTE GALOIS 63170 AUBIERE</t>
+  </si>
+  <si>
+    <t>EXPERNET</t>
+  </si>
+  <si>
+    <t>38 RUE CLAUDE CHAPPE 97420 LE PORT</t>
+  </si>
+  <si>
+    <t>01/04/2015</t>
+  </si>
+  <si>
+    <t>VISIPLUS</t>
+  </si>
+  <si>
+    <t>SOPHIA ANTIPOLIS 1300 ROUTE DES CRETES 06560 VALBONNE</t>
+  </si>
+  <si>
+    <t>01/01/2003</t>
+  </si>
+  <si>
+    <t>12/05/2025</t>
+  </si>
+  <si>
+    <t>70.21Z</t>
+  </si>
+  <si>
+    <t>HUMANEM FORMATION</t>
+  </si>
+  <si>
+    <t>7 RUE DES AULNES 69410 CHAMPAGNE-AU-MONT-D'OR</t>
+  </si>
+  <si>
+    <t>SCHOLAR FAB ORGANISATION</t>
+  </si>
+  <si>
+    <t>7 RUE PROFESSEUR JOSEPH ROUSSELOT 14000 CAEN</t>
+  </si>
+  <si>
+    <t>04/11/2002</t>
+  </si>
+  <si>
+    <t>ATLAS FORMATION</t>
+  </si>
+  <si>
+    <t>PARC TECHNOLOGIQUE DE LA PARDIEU 2 AVENUE LEONARD DE VINCI 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>FORM'IMPACT</t>
+  </si>
+  <si>
+    <t>PARC DE L'AEROPORT    LE FORUM 70 RUE SCHUMPETER 34470 PEROLS</t>
+  </si>
+  <si>
+    <t>RESSOURCES DYNAMISME DEV. FORMATION</t>
+  </si>
+  <si>
+    <t>33 AV LEON JOUHAUX 70400 HERICOURT</t>
+  </si>
+  <si>
+    <t>01/10/2015</t>
+  </si>
+  <si>
+    <t>AFPI ACM FORMATION</t>
+  </si>
+  <si>
+    <t>89 RUE PECLET 59300 VALENCIENNES</t>
+  </si>
+  <si>
+    <t>01/04/2003</t>
+  </si>
+  <si>
+    <t>LE BLANC PIGNON 62280 SAINT-MARTIN-BOULOGNE</t>
+  </si>
+  <si>
+    <t>15/06/2007</t>
+  </si>
+  <si>
+    <t>ZI DE LA PILATERIE CS 83056 4 RUE DES CHATEAUX 59700 MARCQ-EN-BARŒUL</t>
+  </si>
+  <si>
+    <t>4 RUE DES CHATEAUX 59700 MARCQ-EN-BARŒUL</t>
+  </si>
+  <si>
+    <t>102 RUE DE NEUF-MESNIL 59750 FEIGNIES</t>
+  </si>
+  <si>
+    <t>01/06/2017</t>
+  </si>
+  <si>
+    <t>FORMASO</t>
+  </si>
+  <si>
+    <t>1 RUE MAURICE EDGAR COINDREAU 85000 LA ROCHE-SUR-YON</t>
+  </si>
+  <si>
+    <t>20/06/2003</t>
+  </si>
+  <si>
+    <t>IRFOP PROVENCE</t>
+  </si>
+  <si>
+    <t>382 AVENUE DU ONZE NOVEMBRE 83160 LA VALETTE-DU-VAR</t>
+  </si>
+  <si>
+    <t>01/07/2003</t>
+  </si>
+  <si>
+    <t>CREPT FORMATION</t>
+  </si>
+  <si>
+    <t>130 RUE HENRI DESBALS 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>02/08/2004</t>
+  </si>
+  <si>
+    <t>ASFO DEVELOPPEMENT LIMOUSIN</t>
+  </si>
+  <si>
+    <t>ZI DE BEAUREGARD 12 AVENUE ROGER RONCIER 19100 BRIVE-LA-GAILLARDE</t>
+  </si>
+  <si>
+    <t>01/08/2017</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>RUE DES PLANCHES 25660 MORRE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>A.D.E.A.</t>
+  </si>
+  <si>
+    <t>12 RUE DU PELOUX 01000 BOURG-EN-BRESSE</t>
+  </si>
+  <si>
+    <t>01/09/1985</t>
+  </si>
+  <si>
+    <t>GROUPEMENT ENTREPRISES DEDIEES A LA FORMATION</t>
+  </si>
+  <si>
+    <t>POLE 2000 RUE DES ENTREPRENANTS 07130 SAINT-PERAY</t>
+  </si>
+  <si>
+    <t>03/10/1994</t>
+  </si>
+  <si>
+    <t>PROMEO ASSOCIATION DE FORMATION PROFESSIONNELLE DE LINDUSTRIE DE PICARDIE PROMEO AFPI PICARDIE</t>
+  </si>
+  <si>
+    <t>240 AVENUE MARCEL DASSAULT 60000 BEAUVAIS</t>
+  </si>
+  <si>
+    <t>31/10/1994</t>
+  </si>
+  <si>
+    <t>ZAC DU BOIS DE PLAISANCE 87 AVENUE DE LA MARE GESSART 60280 VENETTE</t>
+  </si>
+  <si>
+    <t>161 RUE DES GRANDS PRES 02200 BILLY-SUR-AISNE</t>
+  </si>
+  <si>
+    <t>01/07/2020</t>
+  </si>
+  <si>
+    <t>ZA LA VALLEE 114 RUE DE LA CHAUSSEE ROMAINE 02100 SAINT-QUENTIN</t>
+  </si>
+  <si>
+    <t>74 RUE DE POULAINVILLE 80080 AMIENS</t>
+  </si>
+  <si>
+    <t>RUE EMILE ZOLA 80130 FRIVILLE-ESCARBOTIN</t>
+  </si>
+  <si>
+    <t>AFPI GRAND OUEST NORMANDIE</t>
+  </si>
+  <si>
+    <t>12 RUE PROFESSEUR JOSEPH ROUSSELOT 14000 CAEN</t>
+  </si>
+  <si>
+    <t>23/08/1995</t>
+  </si>
+  <si>
+    <t>ZI ZONE DES MARETTES 50100 CHERBOURG-EN-COTENTIN</t>
+  </si>
+  <si>
+    <t>02/01/2013</t>
+  </si>
+  <si>
+    <t>31/08/2022</t>
+  </si>
+  <si>
+    <t>SCHOLAR FAB ENTREPRISE</t>
+  </si>
+  <si>
+    <t>06/05/1991</t>
+  </si>
+  <si>
+    <t>CIPECMA</t>
+  </si>
+  <si>
+    <t>MAISON DE LA FORMATION 17 AVENUE DU GENERAL DE GAULLE 17340 CHATELAILLON-PLAGE</t>
+  </si>
+  <si>
+    <t>ASS ENSEIGNEMENT CATHOLIQUE DE BRESSUIRE</t>
+  </si>
+  <si>
+    <t>4 RUE DU DOCTEUR BRILLAUD 79300 BRESSUIRE</t>
+  </si>
+  <si>
+    <t>ASSOCIATION INTERPROFESSIONNELLE POUR LA FORMATION PERMANENTE DANS LE SARLADAIS</t>
+  </si>
+  <si>
+    <t>PLACE MARC BUSSON 24200 SARLAT-LA-CANEDA</t>
+  </si>
+  <si>
+    <t>10/07/2012</t>
+  </si>
+  <si>
+    <t>18/05/2022</t>
+  </si>
+  <si>
+    <t>ASSOCIATION POUR LA FORMATION ET LE PERFECTIONNEMENT PROFESSIONNEL DES PAYS DE L'ADOUR</t>
+  </si>
+  <si>
+    <t>ESPACE ENTREPRISE 1052 RUE DE LA FERME DU CARBOUE 40000 MONT-DE-MARSAN</t>
+  </si>
+  <si>
+    <t>01/11/1996</t>
+  </si>
+  <si>
+    <t>AS FO BEARN SOULE BIGORRE</t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITES PAU-PYRENEES 17 AVENUE LEON BLUM 64000 PAU</t>
+  </si>
+  <si>
+    <t>ASS MEUSIENNE INTER FORMATION ET PROMOTI</t>
+  </si>
+  <si>
+    <t>PARC BRADFER 8 RUE ANTOINE DURENNE 55000 BAR-LE-DUC</t>
+  </si>
+  <si>
+    <t>ASS FORMATION PROFESSIONN DE L'INDUSTRIE</t>
+  </si>
+  <si>
+    <t>ZAC DU PONT LOBY AVENUE JEAN MONNET 59640 DUNKERQUE</t>
+  </si>
+  <si>
+    <t>23/03/2000</t>
+  </si>
+  <si>
+    <t>16/06/2022</t>
+  </si>
+  <si>
+    <t>CCI FORMATION GERS</t>
+  </si>
+  <si>
+    <t>10 RUE DIDEROT 32000 AUCH</t>
+  </si>
+  <si>
+    <t>02/08/2018</t>
+  </si>
+  <si>
+    <t>AFPI PAYS DE LA LOIRE</t>
+  </si>
+  <si>
+    <t>9 RUE DE L'HALBRANE 44340 BOUGUENAIS</t>
+  </si>
+  <si>
+    <t>15/06/2020</t>
+  </si>
+  <si>
+    <t>I.DE.PRO FORMATION SARL</t>
+  </si>
+  <si>
+    <t>BAGATELLE 2 RUE TIBERE HELOISE 97441 SAINTE-SUZANNE</t>
+  </si>
+  <si>
+    <t>01/12/2015</t>
+  </si>
+  <si>
+    <t>MASTER CLASS FORMATION</t>
+  </si>
+  <si>
+    <t>3 RUE MAURICE KOECHLIN 67500 HAGUENAU</t>
+  </si>
+  <si>
+    <t>15/01/2016</t>
+  </si>
+  <si>
+    <t>FORMALTIC</t>
+  </si>
+  <si>
+    <t>1 ALLEE DES INFORMATICIENS 13290 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>429 RUE DE L'INDUSTRIE 34070 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>10/01/2020</t>
+  </si>
+  <si>
+    <t>FORMALEAZ</t>
+  </si>
+  <si>
+    <t>RUCHE D ENTREPRISES DU HAINAUT 350 RUE ARTHUR BRUNET 59220 DENAIN</t>
+  </si>
+  <si>
+    <t>01/06/2023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">QUINTIN NELLY   </t>
+  </si>
+  <si>
+    <t>PARALLELE FORMATIONS</t>
+  </si>
+  <si>
+    <t>4 BOULEVARD DE CREAC'H GWEN 29000 QUIMPER</t>
+  </si>
+  <si>
+    <t>01/06/2014</t>
+  </si>
+  <si>
+    <t>SAVOIRS-PLUS</t>
+  </si>
+  <si>
+    <t>70 RUE D'AUTUN 71100 CHALON-SUR-SAONE</t>
+  </si>
+  <si>
+    <t>14/01/2013</t>
+  </si>
+  <si>
+    <t>FOREZ INSERTION FORMATION CONSEIL</t>
+  </si>
+  <si>
+    <t>FIF CONSEIL</t>
+  </si>
+  <si>
+    <t>92 BOULEVARD JEAN-BAPTISTE CLEMENT 42300 ROANNE</t>
+  </si>
+  <si>
+    <t>18/11/2019</t>
+  </si>
+  <si>
+    <t>ABC FORMATION CONTINUE</t>
+  </si>
+  <si>
+    <t>15 RUE DU BOIS 01600 TREVOUX</t>
+  </si>
+  <si>
+    <t>16/01/2013</t>
+  </si>
+  <si>
+    <t>30/09/2022</t>
+  </si>
+  <si>
+    <t>DB CONSEIL</t>
+  </si>
+  <si>
+    <t>LES TAILLADES 84830 SERIGNAN-DU-COMTAT</t>
+  </si>
+  <si>
+    <t>28/02/2013</t>
+  </si>
+  <si>
+    <t>NEOONE</t>
+  </si>
+  <si>
+    <t>NEO-IA</t>
+  </si>
+  <si>
+    <t>9 RUE DE RIBEAUVILLE 68180 HORBOURG-WIHR</t>
+  </si>
+  <si>
+    <t>CTI FORMATION</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE QUADRILLE 30 RUE EDOUARD NIEUPORT 69008 LYON 8EME</t>
+  </si>
+  <si>
+    <t>30/06/2022</t>
+  </si>
+  <si>
+    <t>PCCF</t>
+  </si>
+  <si>
+    <t>11 AVENUE GEORGES CLEMENCEAU 06000 NICE</t>
+  </si>
+  <si>
+    <t>23/03/2017</t>
+  </si>
+  <si>
+    <t>PARIS</t>
+  </si>
+  <si>
+    <t>05/01/2019</t>
+  </si>
+  <si>
+    <t>63.12Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DURAND MARION   </t>
+  </si>
+  <si>
+    <t>MARION DURAND INITIATIC</t>
+  </si>
+  <si>
+    <t>2 RUE D ALLUT 34170 CASTELNAU-LE-LEZ</t>
+  </si>
+  <si>
+    <t>01/12/2014</t>
+  </si>
+  <si>
+    <t>FOXY'S</t>
+  </si>
+  <si>
+    <t>FOXY'S FORMATION</t>
+  </si>
+  <si>
+    <t>4 B AVENUE ALEXANDRE DUMAS 95230 SOISY-SOUS-MONTMORENCY</t>
+  </si>
+  <si>
+    <t>ADELIE INSTITUTE CONSULTING</t>
+  </si>
+  <si>
+    <t>12 RUE DE LA CHAUSSEE D'ANTIN 75009 PARIS</t>
+  </si>
+  <si>
+    <t>29/07/2019</t>
+  </si>
+  <si>
+    <t>GROUPE FRANCEFORMA</t>
+  </si>
+  <si>
+    <t>91 RUE DU FAUBOURG SAINT-DENIS 75010 PARIS</t>
+  </si>
+  <si>
+    <t>01/11/2014</t>
+  </si>
+  <si>
+    <t>KALEO FORMATION</t>
+  </si>
+  <si>
+    <t>27 RUE FRANCOIS ARAGO 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>01/07/2016</t>
+  </si>
+  <si>
+    <t>LH SOLUTIONS</t>
+  </si>
+  <si>
+    <t>5 RUE DE HAGUENAU 67580 LAUBACH</t>
+  </si>
+  <si>
+    <t>17/06/2013</t>
+  </si>
+  <si>
+    <t>M2I TECH</t>
+  </si>
+  <si>
+    <t>146/148 146 RUE DE PICPUS 75012 PARIS 12</t>
+  </si>
+  <si>
+    <t>05/08/2013</t>
+  </si>
+  <si>
+    <t>FACULTE DES METIERS DE L ESSONNE</t>
+  </si>
+  <si>
+    <t>3 CHE LA GRANGE FEU LOUIS 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>01/01/2005</t>
+  </si>
+  <si>
+    <t>CENTRE LORRAIN D EDUCATION PAR LE SPORT</t>
+  </si>
+  <si>
+    <t>1 RUE PAUL LANGEVIN 54320 MAXEVILLE</t>
+  </si>
+  <si>
+    <t>93.12Z</t>
+  </si>
+  <si>
+    <t>EURL BLUE HIGH  TECH</t>
+  </si>
+  <si>
+    <t>CLUNY 1 LOTISSEMENT SAINTE MARIE 97200 FORT-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>23/11/2011</t>
+  </si>
+  <si>
+    <t>AERO TRAINING CENTER</t>
+  </si>
+  <si>
+    <t>ZAC TREMBLAY CHARLES DE GAULLE.3  TRAN 7 IMPASSE NICEPHORE NIEPCE 93290 TREMBLAY-EN-FRANCE</t>
+  </si>
+  <si>
+    <t>C.E.G.E.F</t>
+  </si>
+  <si>
+    <t>IMMEUBLE L ARTOIS PONT DE FLANDRE 11 RUE DE CAMBRAI 75019 PARIS</t>
+  </si>
+  <si>
+    <t>10/01/2019</t>
+  </si>
+  <si>
+    <t>27/09/2024</t>
+  </si>
+  <si>
+    <t>ADONIS</t>
+  </si>
+  <si>
+    <t>40 RUE DES CHANTIERS 76600 LE HAVRE</t>
+  </si>
+  <si>
+    <t>09/05/2017</t>
+  </si>
+  <si>
+    <t>VERTEGO INFORMATIQUE</t>
+  </si>
+  <si>
+    <t>ZONE EUROPA PREMIUM 4 RUE JOHANNES KEPLER 64000 PAU</t>
+  </si>
+  <si>
+    <t>ONEO SARL</t>
+  </si>
+  <si>
+    <t>PARC CLUB DU MILLENAIRE-BAT 27 1025 AVENUE HENRI BECQUEREL 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>22/10/2004</t>
+  </si>
+  <si>
+    <t>ATK CONSEILS</t>
+  </si>
+  <si>
+    <t>2 RUE CATULLE MENDES 75017 PARIS</t>
+  </si>
+  <si>
+    <t>01/08/2012</t>
+  </si>
+  <si>
+    <t>ANTEE FORMATION</t>
+  </si>
+  <si>
+    <t>40 RUE DES MARTYRS 37300 JOUE-LES-TOURS</t>
+  </si>
+  <si>
+    <t>21/06/2022</t>
+  </si>
+  <si>
+    <t>CCI FORMATION 82</t>
+  </si>
+  <si>
+    <t>61 AVENUE LEON GAMBETTA 82000 MONTAUBAN</t>
+  </si>
+  <si>
+    <t>01/03/2006</t>
+  </si>
+  <si>
+    <t>MINE DE TALENTS</t>
+  </si>
+  <si>
+    <t>BAT J PIST OASIS 131 IMPASSE DES PALMIERS 30100 ALES</t>
+  </si>
+  <si>
+    <t>15/10/2008</t>
+  </si>
+  <si>
+    <t>04/12/2023</t>
+  </si>
+  <si>
+    <t>ALTITUDE SARL</t>
+  </si>
+  <si>
+    <t>31 RUE LEON GONTRAND DAMAS 97232 LE LAMENTIN</t>
+  </si>
+  <si>
+    <t>SARL ADREC AUVERGNE</t>
+  </si>
+  <si>
+    <t>15 BOULEVARD AMBROISE BRUGIERE 63100 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>13/05/2013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRAEM FLORIAN   </t>
+  </si>
+  <si>
+    <t>6 B ROUTE DE VIOLS LE FORT 34380 ARGELLIERS</t>
+  </si>
+  <si>
+    <t>06/02/2014</t>
+  </si>
+  <si>
+    <t>BT-INFO</t>
+  </si>
+  <si>
+    <t>BT FORMATION - BT CAMPUS</t>
+  </si>
+  <si>
+    <t>5 ALLEE DE L'EUROPE 67960 ENTZHEIM</t>
+  </si>
+  <si>
+    <t>A.3.D.</t>
+  </si>
+  <si>
+    <t>11-13 11 RUE CHARLES COULOMB 22950 TREGUEUX</t>
+  </si>
+  <si>
+    <t>23/03/2005</t>
+  </si>
+  <si>
+    <t>28/01/2022</t>
+  </si>
+  <si>
+    <t>LAFAYETTE FORMATION ET CONSEIL</t>
+  </si>
+  <si>
+    <t>53 AVENUE GENERAL EYDOUX 84870 LORIOL-DU-COMTAT</t>
+  </si>
+  <si>
+    <t>31/07/2010</t>
+  </si>
+  <si>
+    <t>ORSYS</t>
+  </si>
+  <si>
+    <t>PARVIS DE LA GRANDE ARCHE LA GRANDE ARCHE PAROI NORD 92800 PUTEAUX</t>
+  </si>
+  <si>
+    <t>09/06/2005</t>
+  </si>
+  <si>
+    <t>ATIS</t>
+  </si>
+  <si>
+    <t>18 RUE DU DOCTEUR MESLIER 16300 BARBEZIEUX-SAINT-HILAIRE</t>
+  </si>
+  <si>
+    <t>14/07/2005</t>
+  </si>
+  <si>
+    <t>ARTES</t>
+  </si>
+  <si>
+    <t>16 RUE FOURE 44000 NANTES</t>
+  </si>
+  <si>
+    <t>02/05/2016</t>
+  </si>
+  <si>
+    <t>DFP FORMATIONS</t>
+  </si>
+  <si>
+    <t>SYLVAN</t>
+  </si>
+  <si>
+    <t>60 RUE ALBERT 1ER 17000 LA ROCHELLE</t>
+  </si>
+  <si>
+    <t>18/08/2010</t>
+  </si>
+  <si>
+    <t>ISTRATECH</t>
+  </si>
+  <si>
+    <t>ROUTE DE BRETIGNY 8 IMPASSE DES RIBOLAS 21490 CLENAY</t>
+  </si>
+  <si>
+    <t>31/03/2007</t>
+  </si>
+  <si>
+    <t>IZORA</t>
+  </si>
+  <si>
+    <t>79 AVENUE ANDRE ITHURRALDE 64500 SAINT-JEAN-DE-LUZ</t>
+  </si>
+  <si>
+    <t>20/09/2005</t>
+  </si>
+  <si>
+    <t>30/04/2023</t>
+  </si>
+  <si>
+    <t>XXL FORMATION</t>
+  </si>
+  <si>
+    <t>PARC DE LA VATINE 34 RUE RAYMOND ARON 76130 MONT-SAINT-AIGNAN</t>
+  </si>
+  <si>
+    <t>10/11/2005</t>
+  </si>
+  <si>
+    <t>FORMANETT</t>
+  </si>
+  <si>
+    <t>ZI OUEST RUE DE L INDUSTRIE 14500 VIRE-NORMANDIE</t>
+  </si>
+  <si>
+    <t>01/12/2005</t>
+  </si>
+  <si>
+    <t>FORMAOUEST</t>
+  </si>
+  <si>
+    <t>110 AV DE LA MARNE 56000 VANNES</t>
+  </si>
+  <si>
+    <t>21/08/2018</t>
+  </si>
+  <si>
+    <t>06/12/2023</t>
+  </si>
+  <si>
+    <t>SABINE ACCO FORMATION</t>
+  </si>
+  <si>
+    <t>ZAE LANNOLIER RUE FRITZ LAUER 11000 CARCASSONNE</t>
+  </si>
+  <si>
+    <t>17/01/2009</t>
+  </si>
+  <si>
+    <t>NG FORMATIONS</t>
+  </si>
+  <si>
+    <t>289 AV MAL FOCH 84100 ORANGE</t>
+  </si>
+  <si>
+    <t>01/09/2015</t>
+  </si>
+  <si>
+    <t>JSG DEVELOPPEMENT</t>
+  </si>
+  <si>
+    <t>23 RUE ANTIGNA 45000 ORLEANS</t>
+  </si>
+  <si>
+    <t>ELLIPSE FORMATION</t>
+  </si>
+  <si>
+    <t>8 CITE JOLY 75011 PARIS</t>
+  </si>
+  <si>
+    <t>04/08/2009</t>
+  </si>
+  <si>
+    <t>HD FORMATION</t>
+  </si>
+  <si>
+    <t>55 RUE DU PONT VI 76600 LE HAVRE</t>
+  </si>
+  <si>
+    <t>27/07/2017</t>
+  </si>
+  <si>
+    <t>21/11/2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LAMY ARNAUD MICHEL BRUNO </t>
+  </si>
+  <si>
+    <t>ASL CONSEIL</t>
+  </si>
+  <si>
+    <t>40 RUE ALFRED LEFEVRE 14320 SAINT-ANDRE-SUR-ORNE</t>
+  </si>
+  <si>
+    <t>18/01/2012</t>
+  </si>
+  <si>
+    <t>ARTEMYS</t>
+  </si>
+  <si>
+    <t>INSTITUT DE MANAGEMENT COMMERCIAL</t>
+  </si>
+  <si>
+    <t>7 RUE DE LA MOSELLE 57160 SCY-CHAZELLES</t>
+  </si>
+  <si>
+    <t>01/07/2006</t>
+  </si>
+  <si>
+    <t>29/01/2025</t>
+  </si>
+  <si>
+    <t>MYCONNECTING</t>
+  </si>
+  <si>
+    <t>40 RUE DE L'EST 92100 BOULOGNE-BILLANCOURT</t>
+  </si>
+  <si>
+    <t>12/03/2012</t>
+  </si>
+  <si>
+    <t>4SKILLS</t>
+  </si>
+  <si>
+    <t>ZONE ARTISANALE LES CHAMPS CHOUETTE 27600 SAINT-AUBIN-SUR-GAILLON</t>
+  </si>
+  <si>
+    <t>01/12/2007</t>
+  </si>
+  <si>
+    <t>68.20B</t>
+  </si>
+  <si>
+    <t>EMERGENCE O.I</t>
+  </si>
+  <si>
+    <t>APP N ° 29 43 F RUE DU FOUR A CHAUX 97410 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>24/03/2006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MINATCHY JEAN FREDERIC   </t>
+  </si>
+  <si>
+    <t>298 RUE LEOPOLD MARTIN 97440 SAINT-ANDRE</t>
+  </si>
+  <si>
+    <t>14/05/2012</t>
+  </si>
+  <si>
+    <t>04973120297</t>
+  </si>
+  <si>
+    <t>IMBERT GAELLE FORMATION</t>
+  </si>
+  <si>
+    <t>IG FORMATION</t>
+  </si>
+  <si>
+    <t>ZAE CAHORS SUD 46230 FONTANES</t>
+  </si>
+  <si>
+    <t>19/07/2010</t>
+  </si>
+  <si>
+    <t>ISFAC</t>
+  </si>
+  <si>
+    <t>CENTRE D AFFAIRES ESPACE 10 17 RUE ALBIN HALLER 86000 POITIERS</t>
+  </si>
+  <si>
+    <t>24/06/2006</t>
+  </si>
+  <si>
+    <t>A.C.E TRAINING</t>
+  </si>
+  <si>
+    <t>ZAC FIESCHI 4 RUE BONAPARTE 27200 VERNON</t>
+  </si>
+  <si>
+    <t>28/03/2018</t>
+  </si>
+  <si>
+    <t>WOOSPEAK</t>
+  </si>
+  <si>
+    <t>HOLDIPARC 2 CAR JEAN MONNET 60200 COMPIEGNE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEMILLON MARIE FRANCE   </t>
+  </si>
+  <si>
+    <t>PRESTIGE SERVICES</t>
+  </si>
+  <si>
+    <t>LE VERT VILLAGE 335 RUE PAUL GIGUET 73200 ALBERTVILLE</t>
+  </si>
+  <si>
+    <t>CAPITAL FORMATIONS</t>
+  </si>
+  <si>
+    <t>12 RUE DU HELDER 75009 PARIS</t>
+  </si>
+  <si>
+    <t>01/04/2012</t>
+  </si>
+  <si>
+    <t>BMDC</t>
+  </si>
+  <si>
+    <t>MORNE VERGAIN 97139 LES ABYMES</t>
+  </si>
+  <si>
+    <t>01/03/2023</t>
+  </si>
+  <si>
+    <t>MANDYBEN</t>
+  </si>
+  <si>
+    <t>146 RUE PARADIS 13006 MARSEILLE</t>
+  </si>
+  <si>
+    <t>31/05/2019</t>
+  </si>
+  <si>
+    <t>APCL TECHNOLOGIES</t>
+  </si>
+  <si>
+    <t>19 RUE ROSENWALD 75015 PARIS</t>
+  </si>
+  <si>
+    <t>01/03/2007</t>
+  </si>
+  <si>
+    <t>01/11/2021</t>
+  </si>
+  <si>
+    <t>OPEN SANTE</t>
+  </si>
+  <si>
+    <t>35 ALLEE DES IMPRESSIONNISTES 93420 VILLEPINTE</t>
+  </si>
+  <si>
+    <t>31/12/2019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MOUMEN FAIZA   </t>
+  </si>
+  <si>
+    <t>11 B BOULEVARD EUGENE CHARABOT 06130 GRASSE</t>
+  </si>
+  <si>
+    <t>15/03/2010</t>
+  </si>
+  <si>
+    <t>PHOTO UP</t>
+  </si>
+  <si>
+    <t>10 RUE ALAIN CHARTIER 75015 PARIS</t>
+  </si>
+  <si>
+    <t>04/11/2019</t>
+  </si>
+  <si>
+    <t>74.20Z</t>
+  </si>
+  <si>
+    <t>CAP FORMATION</t>
+  </si>
+  <si>
+    <t>6 RUE BENOIT FRACHON 44800 SAINT-HERBLAIN</t>
+  </si>
+  <si>
+    <t>BM FORMATION</t>
+  </si>
+  <si>
+    <t>5 RUE DE CONFLANS 94220 CHARENTON-LE-PONT</t>
+  </si>
+  <si>
+    <t>30/06/2011</t>
+  </si>
+  <si>
+    <t>MIRABILIS</t>
+  </si>
+  <si>
+    <t>7 AV DE LA CREATIVITE 59491 VILLENEUVE D ASCQ</t>
+  </si>
+  <si>
+    <t>31/08/2014</t>
+  </si>
+  <si>
+    <t>@FORMATION</t>
+  </si>
+  <si>
+    <t>7 RUE DU FORT 30111 CONGENIES</t>
+  </si>
+  <si>
+    <t>25/01/2007</t>
+  </si>
+  <si>
+    <t>10/01/2022</t>
+  </si>
+  <si>
+    <t>DEVICTIO</t>
+  </si>
+  <si>
+    <t>12 PLACE BIR-HAKEIM 69003 LYON</t>
+  </si>
+  <si>
+    <t>01/06/2018</t>
+  </si>
+  <si>
+    <t>ASTON INSTITUT</t>
+  </si>
+  <si>
+    <t>BATIMENT B 163 AVENUE DE BRETAGNE 59000 LILLE</t>
+  </si>
+  <si>
+    <t>31/03/2015</t>
+  </si>
+  <si>
+    <t>15/02/2022</t>
+  </si>
+  <si>
+    <t>122 RUE EDOUARD VAILLANT 92300 LEVALLOIS-PERRET</t>
+  </si>
+  <si>
+    <t>12/03/2018</t>
+  </si>
+  <si>
+    <t>INFOTICE</t>
+  </si>
+  <si>
+    <t>94 RUE SAINT-LAZARE 75009 PARIS</t>
+  </si>
+  <si>
+    <t>03/12/2014</t>
+  </si>
+  <si>
+    <t>EVOLEO FORMATION</t>
+  </si>
+  <si>
+    <t>27 RUE TAITBOUT 75009 PARIS</t>
+  </si>
+  <si>
+    <t>01/10/2017</t>
+  </si>
+  <si>
+    <t>23/06/2022</t>
+  </si>
+  <si>
+    <t>JURASYN</t>
+  </si>
+  <si>
+    <t>2 ROUTE DES COMBES 39150 CHAUX-DES-CROTENAY</t>
+  </si>
+  <si>
+    <t>25/10/2007</t>
+  </si>
+  <si>
+    <t>C-CAMPUS</t>
+  </si>
+  <si>
+    <t>15 RUE DE LA FONTAINE 94110 ARCUEIL</t>
+  </si>
+  <si>
+    <t>02/11/2019</t>
+  </si>
+  <si>
+    <t>AJC FORMATION</t>
+  </si>
+  <si>
+    <t>6 RUE ROUGEMONT 75009 PARIS</t>
+  </si>
+  <si>
+    <t>29/04/2011</t>
+  </si>
+  <si>
+    <t>LENA CONSEIL</t>
+  </si>
+  <si>
+    <t>IMMEUBLE ORDINAL RUE DES CHAUFFOURS 95000 CERGY</t>
+  </si>
+  <si>
+    <t>01/02/2014</t>
+  </si>
+  <si>
+    <t>01/11/2022</t>
+  </si>
+  <si>
+    <t>ARKESYS.NET</t>
+  </si>
+  <si>
+    <t>24 ESPACE HENRY VALLEE 69007 LYON</t>
+  </si>
+  <si>
+    <t>01/11/2007</t>
+  </si>
+  <si>
+    <t>ASB CONSULTING</t>
+  </si>
+  <si>
+    <t>285 RUE ALFRED DE MUSSET 62700 BRUAY-LA-BUISSIERE</t>
+  </si>
+  <si>
+    <t>82.99Z</t>
+  </si>
+  <si>
+    <t>NOVOFORM</t>
+  </si>
+  <si>
+    <t>23 RUE ALEXANDRE FATTON 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>20/04/2015</t>
+  </si>
+  <si>
+    <t>29/09/2022</t>
+  </si>
+  <si>
+    <t>SANDYTECH</t>
+  </si>
+  <si>
+    <t>64 AV DU ROUSSILLON 44150 ANCENIS-SAINT-GEREON</t>
+  </si>
+  <si>
+    <t>16/06/2016</t>
+  </si>
+  <si>
+    <t>L'ADRESSE FORMATION</t>
+  </si>
+  <si>
+    <t>4 RUE THERON DE MONTAUGE 31200 TOULOUSE</t>
+  </si>
+  <si>
+    <t>NUMERICA</t>
+  </si>
+  <si>
+    <t>CRS LOUIS LE PRINCE-RINGUET 25200 MONTBELIARD</t>
+  </si>
+  <si>
+    <t>05/03/2008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CANTINOL MAX FELICIEN  </t>
+  </si>
+  <si>
+    <t>MFC NET FORMATION</t>
+  </si>
+  <si>
+    <t>ERMITAGE 24 RUE PIERRE BRICE 97200 FORT-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>16/04/2008</t>
+  </si>
+  <si>
+    <t>01/06/2022</t>
+  </si>
+  <si>
+    <t>SANCHEZ CONSULTANT</t>
+  </si>
+  <si>
+    <t>3 RUE SAINT-NICOLAS 76600 LE HAVRE</t>
+  </si>
+  <si>
+    <t>02/04/2012</t>
+  </si>
+  <si>
+    <t>21 RUE DES GOBELINS 76600 LE HAVRE</t>
+  </si>
+  <si>
+    <t>30/04/2015</t>
+  </si>
+  <si>
+    <t>KEEPSCHOOL FORMATION PROFESSIONNELLE</t>
+  </si>
+  <si>
+    <t>BUREAU C4 33 AVENUE D'ITALIE 75013 PARIS</t>
+  </si>
+  <si>
+    <t>01/04/2010</t>
+  </si>
+  <si>
+    <t>01/10/2022</t>
+  </si>
+  <si>
+    <t>18 RUE DE LA COMTESSE CECILE 12000 RODEZ</t>
+  </si>
+  <si>
+    <t>01/04/2014</t>
+  </si>
+  <si>
+    <t>ATLANTE FORMATION</t>
+  </si>
+  <si>
+    <t>MEDIA PC</t>
+  </si>
+  <si>
+    <t>2 BOULEVARD LEON BLUM 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>01/01/2014</t>
+  </si>
+  <si>
+    <t>18/01/2022</t>
+  </si>
+  <si>
+    <t>ADEO FORMATION</t>
+  </si>
+  <si>
+    <t>1 RUE MOULIN A TAN 72400 LA FERTE-BERNARD</t>
+  </si>
+  <si>
+    <t>01/09/2010</t>
+  </si>
+  <si>
+    <t>ENVOLL CONSEIL ET FORMATION</t>
+  </si>
+  <si>
+    <t>LES CARRES DE LENFANT BATIMENT E 140 AVENUE DU DOUZE JUILLET 1998 13080 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>29/11/2019</t>
+  </si>
+  <si>
+    <t>PROGRAMME EDUCATIF ET D'ACCOMPAGNEMENT POUR LA JEUNESSE</t>
+  </si>
+  <si>
+    <t>28 AVENUE SECRETAN 75019 PARIS</t>
+  </si>
+  <si>
+    <t>01/06/2008</t>
+  </si>
+  <si>
+    <t>ABD FORMATIONS</t>
+  </si>
+  <si>
+    <t>CAPCOURS</t>
+  </si>
+  <si>
+    <t>12 AVENUE DES PRES 78180 MONTIGNY-LE-BRETONNEUX</t>
+  </si>
+  <si>
+    <t>17/07/2017</t>
+  </si>
+  <si>
+    <t>ESPACE FORMATION CONSULTING</t>
+  </si>
+  <si>
+    <t>133 RUE ALEXANDRE DUMAS 80090 AMIENS</t>
+  </si>
+  <si>
+    <t>02/12/2008</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
+    <t>UNIV FORMATIONS</t>
+  </si>
+  <si>
+    <t>1 PLACE CHARLES DE GAULLE 78180 MONTIGNY-LE-BRETONNEUX</t>
+  </si>
+  <si>
+    <t>12/01/2009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CARDON EMMANUEL DANIEL ALBERT </t>
+  </si>
+  <si>
+    <t>A3IFORMATIONS</t>
+  </si>
+  <si>
+    <t>22 ROUTE D'ABBEVILLE 62390 AUXI-LE-CHATEAU</t>
+  </si>
+  <si>
+    <t>03/04/2012</t>
+  </si>
+  <si>
+    <t>L'ECOLE FRANCAISE</t>
+  </si>
+  <si>
+    <t>5 AVENUE DES CHASSEURS 75017 PARIS</t>
+  </si>
+  <si>
+    <t>16/06/2017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FRANCESCHI RENE   </t>
+  </si>
+  <si>
+    <t>RESIDENCE DES ILES, IMMEUBLE HELIOS RUE DE L’ARCHIPEL 20090 AJACCIO</t>
+  </si>
+  <si>
+    <t>01/02/2019</t>
+  </si>
+  <si>
+    <t>PLATINIUM FORMATION</t>
+  </si>
+  <si>
+    <t>24 RUE DOMER 69007 LYON</t>
+  </si>
+  <si>
+    <t>19/05/2015</t>
+  </si>
+  <si>
+    <t>EFFISKILL</t>
+  </si>
+  <si>
+    <t>38 COURS SUCHET 69002 LYON</t>
+  </si>
+  <si>
+    <t>CIPECMA FORMATION COLLECTIVITES</t>
+  </si>
+  <si>
+    <t>17 AVENUE DU GENERAL DE GAULLE 17340 CHATELAILLON-PLAGE</t>
+  </si>
+  <si>
+    <t>26/03/2009</t>
+  </si>
+  <si>
+    <t>HOMME EN DEVENIR</t>
+  </si>
+  <si>
+    <t>17 RUE DE BAVIERE 54500 VANDŒUVRE-LES-NANCY</t>
+  </si>
+  <si>
+    <t>25/03/2013</t>
+  </si>
+  <si>
+    <t>01/10/2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LAVANDIER MARJOLAINE DANIELE MICHELE </t>
+  </si>
+  <si>
+    <t>LES CLES DE LA GESTION</t>
+  </si>
+  <si>
+    <t>10 CHEMIN DE LA TUILERIE 31880 LA SALVETAT-SAINT-GILLES</t>
+  </si>
+  <si>
+    <t>16/05/2019</t>
+  </si>
+  <si>
+    <t>KALIGRAM'</t>
+  </si>
+  <si>
+    <t>26 RUE VOLTAIRE - LILLE 59000 LILLE</t>
+  </si>
+  <si>
+    <t>IFM FORMATION CONSEIL</t>
+  </si>
+  <si>
+    <t>6 LOTISSEMENT PONT DU MAS NEUF 13890 MOURIES</t>
+  </si>
+  <si>
+    <t>01/09/2021</t>
+  </si>
+  <si>
+    <t>JEUDI FORMATION</t>
+  </si>
+  <si>
+    <t>25 RUE DES ARGONAUTES 97434 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>07/07/2017</t>
+  </si>
+  <si>
+    <t>CDG FORMATION</t>
+  </si>
+  <si>
+    <t>9 RUE DES METIERS 42600 SAVIGNEUX</t>
+  </si>
+  <si>
+    <t>20/09/2021</t>
+  </si>
+  <si>
+    <t>CELTIC FORMATION</t>
+  </si>
+  <si>
+    <t>7-9 7 RUE CONSTANTIN PECQUEUR 95150 TAVERNY</t>
+  </si>
+  <si>
+    <t>01/07/2022</t>
+  </si>
+  <si>
+    <t>ERMES SOLUTIONS</t>
+  </si>
+  <si>
+    <t>GALILEE 2 2 AVENUE DU PRESIDENT PIERRE ANGOT 64000 PAU</t>
+  </si>
+  <si>
+    <t>30/06/2016</t>
+  </si>
+  <si>
+    <t>INTERMEDIATION ET EXPERTISE</t>
+  </si>
+  <si>
+    <t>EUROP OFFICE 2 BOULEVARD ALBERT 1ER 94130 NOGENT-SUR-MARNE</t>
+  </si>
+  <si>
+    <t>LE 40EME RUGISSANT</t>
+  </si>
+  <si>
+    <t>6 RUE GUENOT 75011 PARIS</t>
+  </si>
+  <si>
+    <t>07/01/2015</t>
+  </si>
+  <si>
+    <t>AELION</t>
+  </si>
+  <si>
+    <t>LOCAL 7-8 95 CHEMIN DE GABARDIE 31200 TOULOUSE</t>
+  </si>
+  <si>
+    <t>AZUR CONSEIL &amp; FORMATION</t>
+  </si>
+  <si>
+    <t>105 BOULEVARD DE SEBASTOPOL 75002 PARIS</t>
+  </si>
+  <si>
+    <t>WEBSET</t>
+  </si>
+  <si>
+    <t>ATICO FORMATIONS</t>
+  </si>
+  <si>
+    <t>91 RUE THIERS 33500 LIBOURNE</t>
+  </si>
+  <si>
+    <t>ACTION POUR LE DROIT A LA FORMATION ET AU SERVICE A LA PERSONNE</t>
+  </si>
+  <si>
+    <t>BAT 2 VILLA CASSIOPEE 63 RUE DE ROMAINVILLE 93260 LES LILAS</t>
+  </si>
+  <si>
+    <t>26/08/2011</t>
+  </si>
+  <si>
+    <t>IDEALICE</t>
+  </si>
+  <si>
+    <t>3 RUE CHARLES PEGUY 67200 STRASBOURG</t>
+  </si>
+  <si>
+    <t>IDEA FORMATION</t>
+  </si>
+  <si>
+    <t>LE TERTIA II 5 RUE CHARLES DUCHESNE 13290 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOCCALUPO ERIC JOSEPH  </t>
+  </si>
+  <si>
+    <t>ENTREE BATIMENT AU 16-18 16 RUE DES TAILLANDIERS 75011 PARIS</t>
+  </si>
+  <si>
+    <t>20/07/2019</t>
+  </si>
+  <si>
+    <t>ISEAH FORMATION</t>
+  </si>
+  <si>
+    <t>20 RUE JOSEPHINE CAYE 57070 METZ</t>
+  </si>
+  <si>
+    <t>01/05/2014</t>
+  </si>
+  <si>
+    <t>WEBSTREET</t>
+  </si>
+  <si>
+    <t>3 B RUE DE THURINGE 76240 BONSECOURS</t>
+  </si>
+  <si>
+    <t>ADEOS FORMATIONS</t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITE DU 45EME PARALLELE 26 RUE BRILLAT SAVARIN 26300 ALIXAN</t>
+  </si>
+  <si>
+    <t>01/07/2015</t>
+  </si>
+  <si>
+    <t>25/09/2023</t>
+  </si>
+  <si>
+    <t>CEGOS</t>
+  </si>
+  <si>
+    <t>19 RUE RENE JACQUES 92130 ISSY-LES-MOULINEAUX</t>
+  </si>
+  <si>
+    <t>26/04/2006</t>
+  </si>
+  <si>
+    <t>6EME SENS 186 AVENUE THIERS 69006 LYON</t>
+  </si>
+  <si>
+    <t>08/02/2008</t>
+  </si>
+  <si>
+    <t>DEMOS</t>
+  </si>
+  <si>
+    <t>1 PARVIS DE LA DEFENSE 1 LA GRANDE ARCHE PAROI NORD 92800 PUTEAUX</t>
+  </si>
+  <si>
+    <t>15/12/2015</t>
+  </si>
+  <si>
+    <t>30/06/2023</t>
+  </si>
+  <si>
+    <t>AXORO ACADEMIE</t>
+  </si>
+  <si>
+    <t>52 RUE DES VIGNES 75016 PARIS</t>
+  </si>
+  <si>
+    <t>13/06/2019</t>
+  </si>
+  <si>
+    <t>15/03/2024</t>
+  </si>
+  <si>
+    <t>SINGULAR</t>
+  </si>
+  <si>
+    <t>BE I.T FORMATIONS</t>
+  </si>
+  <si>
+    <t>3 RUE DU PARC 67205 OBERHAUSBERGEN</t>
+  </si>
+  <si>
+    <t>21/02/2012</t>
+  </si>
+  <si>
+    <t>ARVIA</t>
+  </si>
+  <si>
+    <t>5 RUE DES ALLUMETTES 13090 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>01/05/2012</t>
+  </si>
+  <si>
+    <t>LIBELLULE CONSULTING</t>
+  </si>
+  <si>
+    <t>LOT41 66 AVENUE DES CHAMPS ELYSEES 75008 PARIS</t>
+  </si>
+  <si>
+    <t>01/06/2012</t>
+  </si>
+  <si>
+    <t>VOYELLE</t>
+  </si>
+  <si>
+    <t>11 AVENUE DES PEUPLIERS 35510 CESSON-SEVIGNE</t>
+  </si>
+  <si>
+    <t>28/10/2016</t>
+  </si>
+  <si>
+    <t>CLM FORMATIONS</t>
+  </si>
+  <si>
+    <t>99 AV D'ESTIENNE D'ORVES 83500 LA SEYNE-SUR-MER</t>
+  </si>
+  <si>
+    <t>13/08/2012</t>
+  </si>
+  <si>
+    <t>01/04/2023</t>
+  </si>
+  <si>
+    <t>CEFIM (CENTRE EUROPEEN DE FORMATION INFORMATIQUE ET MULTIMEDIA)</t>
+  </si>
+  <si>
+    <t>32 AVENUE MARCEL DASSAULT 37200 TOURS</t>
+  </si>
+  <si>
+    <t>23/07/2012</t>
+  </si>
+  <si>
+    <t>ADHENIA FORMATION</t>
+  </si>
+  <si>
+    <t>PARC D ACTIVITES CREAVALLEE SUD AV BORIE MARTY 24380 SANILHAC</t>
+  </si>
+  <si>
+    <t>PAGE SARL</t>
+  </si>
+  <si>
+    <t>JFA &amp; ASSOCIES</t>
+  </si>
+  <si>
+    <t>24 RUE PASTEUR 57000 METZ</t>
+  </si>
+  <si>
+    <t>07/03/2023</t>
+  </si>
+  <si>
+    <t>22/03/2024</t>
+  </si>
+  <si>
+    <t>INNOTEO</t>
+  </si>
+  <si>
+    <t>39 B RUE DE CLAMART 60200 COMPIEGNE</t>
+  </si>
+  <si>
+    <t>MG@FORMATION</t>
+  </si>
+  <si>
+    <t>70 AVENUE DE ROME 83500 LA SEYNE-SUR-MER</t>
+  </si>
+  <si>
+    <t>15/04/2015</t>
+  </si>
+  <si>
+    <t>ETUDOC</t>
+  </si>
+  <si>
+    <t>RUE DU PRE FAUCON 74000 ANNECY</t>
+  </si>
+  <si>
+    <t>WEECAST</t>
+  </si>
+  <si>
+    <t>31 RUE D’ALGER 83000 TOULON</t>
+  </si>
+  <si>
+    <t>01/06/2016</t>
+  </si>
+  <si>
+    <t>PASS FORMATION</t>
+  </si>
+  <si>
+    <t>6 RUE MAURICE CAUNES 31200 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/02/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PENNACCHIO MARLENE   </t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITE DE NAPOLLON - BAT A 400 AVENUE DE PASSE TEMPS 13400 AUBAGNE</t>
+  </si>
+  <si>
+    <t>A2COM FORMATION</t>
+  </si>
+  <si>
+    <t>LES BUREAUX D'ARGOAT 3 RUE GUGLIELMO MARCONI 44800 SAINT-HERBLAIN</t>
+  </si>
+  <si>
+    <t>1 BOULEVARD DE TRIEUX 35740 PACE</t>
+  </si>
+  <si>
+    <t>13/10/2017</t>
+  </si>
+  <si>
+    <t>44-46 44 RUE DE L'OUEST 75014 PARIS</t>
+  </si>
+  <si>
+    <t>15/12/2021</t>
+  </si>
+  <si>
+    <t>100 RUE DES MOUETTES 29200 BREST</t>
+  </si>
+  <si>
+    <t>TO BE CONTINUED</t>
+  </si>
+  <si>
+    <t>BATIMENT SARIA B 14 AVENUE DE SARIA 77700 SERRIS</t>
+  </si>
+  <si>
+    <t>13/04/2015</t>
+  </si>
+  <si>
+    <t>01/05/2021</t>
+  </si>
+  <si>
+    <t>POLE ETUDE RECHERCHE FORMATION</t>
+  </si>
+  <si>
+    <t>ESPACE TECHNOLOGIQUE JEAN BERTIN 23 RUE HELENE BOUCHER 40220 TARNOS</t>
+  </si>
+  <si>
+    <t>07/12/2017</t>
+  </si>
+  <si>
+    <t>KLG CARAIBES</t>
+  </si>
+  <si>
+    <t>35 AVENUE PAUL LACAVE 97130 CAPESTERRE-BELLE-EAU</t>
+  </si>
+  <si>
+    <t>09/11/2011</t>
+  </si>
+  <si>
+    <t>L'ESSENTIEL EST DANS LA FORMATION</t>
+  </si>
+  <si>
+    <t>CS 30108 32 BOULEVARD DE STRASBOURG 75010 PARIS</t>
+  </si>
+  <si>
+    <t>NS-CONSEIL</t>
+  </si>
+  <si>
+    <t>BATIMENT LE FRANCE 73 AVENUE DU CHATEAU D'EAU 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>LOGING</t>
+  </si>
+  <si>
+    <t>33 RUE DE L'OLIVIER 45770 SARAN</t>
+  </si>
+  <si>
+    <t>11/01/2010</t>
+  </si>
+  <si>
+    <t>31/05/2025</t>
+  </si>
+  <si>
+    <t>IDC CONSEILS</t>
+  </si>
+  <si>
+    <t>14 RUE AMBROISE PARE 60000 BEAUVAIS</t>
+  </si>
+  <si>
+    <t>15/10/2021</t>
+  </si>
+  <si>
+    <t>11/12/2023</t>
+  </si>
+  <si>
+    <t>85.60Z</t>
+  </si>
+  <si>
+    <t>ARNIAUD CONSULT'EAM</t>
+  </si>
+  <si>
+    <t>CENTRE AFF OPTIMUM ZAC MILLONNE 2 RTE DE LA SEYNE 83140 SIX FOURS LES PLAGES</t>
+  </si>
+  <si>
+    <t>08/04/2013</t>
+  </si>
+  <si>
+    <t>NETIONE</t>
+  </si>
+  <si>
+    <t>13 RUE DES CHAMPS 68110 ILLZACH</t>
+  </si>
+  <si>
+    <t>AUDAVIA</t>
+  </si>
+  <si>
+    <t>141 AVENUE DE WAGRAM 75017 PARIS</t>
+  </si>
+  <si>
+    <t>EVOLUTION CARRIERE</t>
+  </si>
+  <si>
+    <t>15 RUE DES HALLES 75001 PARIS</t>
+  </si>
+  <si>
+    <t>02/06/2021</t>
+  </si>
+  <si>
+    <t>LOGIC PERFORMANCE</t>
+  </si>
+  <si>
+    <t>70 AVENUE DU GENERAL DE GAULLE 94000 CRETEIL</t>
+  </si>
+  <si>
+    <t>01/10/2014</t>
+  </si>
+  <si>
+    <t>GARTI</t>
+  </si>
+  <si>
+    <t>20 RUE MADELEINE MICHELIS 92200 NEUILLY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>16/09/2010</t>
+  </si>
+  <si>
+    <t>MASTER FORMATION</t>
+  </si>
+  <si>
+    <t>ZONE INDUSTRIELLE COLLERY 3 4 RUE DES COCCINELLES 97300 CAYENNE</t>
+  </si>
+  <si>
+    <t>VOG CONSULTING</t>
+  </si>
+  <si>
+    <t>3 PLACE CHARLES DIGEON 94160 SAINT-MANDE</t>
+  </si>
+  <si>
+    <t>09/05/2016</t>
+  </si>
+  <si>
+    <t>SERPOLEN</t>
+  </si>
+  <si>
+    <t>130 ROUTE DE LAVAL 01540 VONNAS</t>
+  </si>
+  <si>
+    <t>82.11Z</t>
+  </si>
+  <si>
+    <t>IMAQUET</t>
+  </si>
+  <si>
+    <t>42 RUE DE L'EGLISE 59160 CAPINGHEM</t>
+  </si>
+  <si>
+    <t>09/09/2010</t>
+  </si>
+  <si>
+    <t>ISOGRAD</t>
+  </si>
+  <si>
+    <t>35 RUE DES JEUNEURS 75002 PARIS</t>
+  </si>
+  <si>
+    <t>58.29C</t>
+  </si>
+  <si>
+    <t>HUB FORMATION</t>
+  </si>
+  <si>
+    <t>LA GRANDE ARCHE LA GRANDE ARCHE PAROI NORD 92800 PUTEAUX</t>
+  </si>
+  <si>
+    <t>01/06/2011</t>
+  </si>
+  <si>
+    <t>25/03/2021</t>
+  </si>
+  <si>
+    <t>9 RUE RONSARD 60180 NOGENT-SUR-OISE</t>
+  </si>
+  <si>
+    <t>1-7 1 COURS VALMY 92800 PUTEAUX</t>
+  </si>
+  <si>
+    <t>MEDIAMED</t>
+  </si>
+  <si>
+    <t>1 RUE DE LA REPUBLIQUE 13002 MARSEILLE</t>
+  </si>
+  <si>
+    <t>18/09/2018</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION CATHERINE SOUAMI</t>
+  </si>
+  <si>
+    <t>39 RUE DES COMPAGNONS 14000 CAEN</t>
+  </si>
+  <si>
+    <t>QOSINUS</t>
+  </si>
+  <si>
+    <t>10 RUE DU PLATEAU DES GLIERES 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>ENVERGURE</t>
+  </si>
+  <si>
+    <t>23 RUE OLIVIER METRA 75020 PARIS</t>
+  </si>
+  <si>
+    <t>01/04/2016</t>
+  </si>
+  <si>
+    <t>31/10/2025</t>
+  </si>
+  <si>
+    <t>16 30 FORMATION</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE MUREL RUE DU 19 MARS 1962 30200 BAGNOLS-SUR-CEZE</t>
+  </si>
+  <si>
+    <t>22/06/2015</t>
+  </si>
+  <si>
+    <t>KONICA MINOLTA BUSINESS SOLUTIONS FRANCE</t>
+  </si>
+  <si>
+    <t>365 ROUTE DE SAINT GERMAIN 78420 CARRIERES-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>30/04/1991</t>
+  </si>
+  <si>
+    <t>47.41Z</t>
+  </si>
+  <si>
+    <t>YMCA OCCITANIE</t>
+  </si>
+  <si>
+    <t>1 PL DE LA PRADINE 31770 COLOMIERS</t>
+  </si>
+  <si>
+    <t>INTERFOR</t>
+  </si>
+  <si>
+    <t>2 RUE VADE 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>28/09/1989</t>
+  </si>
+  <si>
+    <t>AFPI BRETAGNE</t>
+  </si>
+  <si>
+    <t>CAMPUS KER LANN RUE HENRI MOISSAN 35170 BRUZ</t>
+  </si>
+  <si>
+    <t>07/10/2002</t>
+  </si>
+  <si>
+    <t>MAYA CAMPUS</t>
+  </si>
+  <si>
+    <t>VILLA CREATIS 2 RUE DES MURIERS 69009 LYON</t>
+  </si>
+  <si>
+    <t>23/04/2003</t>
+  </si>
+  <si>
+    <t>01/10/2023</t>
+  </si>
+  <si>
+    <t>IRFA SUD</t>
+  </si>
+  <si>
+    <t>32 AVENUE DE LODEVE 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>30/04/2024</t>
+  </si>
+  <si>
+    <t>167 RUE MEHDI BEN BARKA 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/05/2019</t>
+  </si>
+  <si>
+    <t>01/05/2024</t>
+  </si>
+  <si>
+    <t>INSUP AQUITAINE</t>
+  </si>
+  <si>
+    <t>37 RUE LABOTTIERE 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/09/1993</t>
+  </si>
+  <si>
+    <t>AFPI LOIRE</t>
+  </si>
+  <si>
+    <t>BP 715 16 BOULEVARD ETIVALLIERE 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>13/12/2004</t>
+  </si>
+  <si>
+    <t>INSTITUT PROMOTIONS ETUDES</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE GRANDCLEMENT 113 RUE DU PREMIER MARS 1943 69100 VILLEURBANNE</t>
+  </si>
+  <si>
+    <t>04/12/2005</t>
+  </si>
+  <si>
+    <t>CLPS L ENJEU COMPETENCES</t>
+  </si>
+  <si>
+    <t>CLPS L'ENJEU COMPETENCES</t>
+  </si>
+  <si>
+    <t>16 AVENUE DE LA CROIX VERTE 35650 LE RHEU</t>
+  </si>
+  <si>
+    <t>5 RUE LEON BERTHAULT 35000 RENNES</t>
+  </si>
+  <si>
+    <t>22/04/2005</t>
+  </si>
+  <si>
+    <t>AMG INFORMATIQUE</t>
+  </si>
+  <si>
+    <t>PARC TECHNOLOGIQUE 7 AVENUE DE LA DECOUVERTE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>01/07/1997</t>
+  </si>
+  <si>
+    <t>MAINE BUREAUTIQUE</t>
+  </si>
+  <si>
+    <t>8 RUE PAUL POUSSET 49130 LES PONTS-DE-CE</t>
+  </si>
+  <si>
+    <t>20/02/2012</t>
+  </si>
+  <si>
+    <t>OSENGO</t>
+  </si>
+  <si>
+    <t>37 BOULEVARD ARISTIDE BRIAND 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>01/09/2009</t>
+  </si>
+  <si>
+    <t>70 AVENUE DE LA REPUBLIQUE 03100 MONTLUCON</t>
+  </si>
+  <si>
+    <t>5 RUE DU COQ VERT 15000 AURILLAC</t>
+  </si>
+  <si>
+    <t>27 BOULEVARD DES MINIMES 31200 TOULOUSE</t>
+  </si>
+  <si>
+    <t>LE CARRE D ARCHE 200 RUE DE LAZENAY 18000 BOURGES</t>
+  </si>
+  <si>
+    <t>24/09/2018</t>
+  </si>
+  <si>
+    <t>01/09/2025</t>
+  </si>
+  <si>
+    <t>24 RUE DONZELOT 87000 LIMOGES</t>
+  </si>
+  <si>
+    <t>02/05/2019</t>
+  </si>
+  <si>
+    <t>COURS DE FRANCE</t>
+  </si>
+  <si>
+    <t>1 PLACE DE LA REPUBLIQUE 75003 PARIS</t>
+  </si>
+  <si>
+    <t>25/03/1982</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE FORMATION POUR LE DEVELOPPEMENT REGIONAL ET L'APPUI AU RECLASSEMENT</t>
+  </si>
+  <si>
+    <t>PARC TECHNO DU CANAL 2 RUE IRENE JOLIOT CURIE 31520 RAMONVILLE-SAINT-AGNE</t>
+  </si>
+  <si>
+    <t>19/07/1999</t>
+  </si>
+  <si>
+    <t>CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE LA REGION DES PAYS DE LA LOIRE - ASSOCIATION DE GESTION</t>
+  </si>
+  <si>
+    <t>25 BOULEVARD GUY MOLLET 44300 NANTES</t>
+  </si>
+  <si>
+    <t>19/08/1991</t>
+  </si>
+  <si>
+    <t>IMPASSE PERICLES 85000 LA ROCHE-SUR-YON</t>
+  </si>
+  <si>
+    <t>INSTITUT NATIONAL DE FORMATION ET DE RECHERCHES SUR L'EDUCATION PERMANENTE INFREP</t>
+  </si>
+  <si>
+    <t>21 RUE SAINT-FARGEAU 75020 PARIS</t>
+  </si>
+  <si>
+    <t>CENTRE MERCURE 2 AVENUE DE L'UNIVERSITE 64000 PAU</t>
+  </si>
+  <si>
+    <t>4 ALLEE EMILE REYNAUD 77200 TORCY</t>
+  </si>
+  <si>
+    <t>01/06/1997</t>
+  </si>
+  <si>
+    <t>1 A 3 1 RUE DES CHARRETIERS 45000 ORLEANS</t>
+  </si>
+  <si>
+    <t>01/01/2000</t>
+  </si>
+  <si>
+    <t>5 SQUARE DE LA BELLE ETOILE 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>09/09/2001</t>
+  </si>
+  <si>
+    <t>82 AVENUE GEORGES POMPIDOU 24750 TRELISSAC</t>
+  </si>
+  <si>
+    <t>28/03/2001</t>
+  </si>
+  <si>
+    <t>01/07/2023</t>
+  </si>
+  <si>
+    <t>510 AVENUE DU COMTAT VENAISSIN 84200 CARPENTRAS</t>
+  </si>
+  <si>
+    <t>INFREP</t>
+  </si>
+  <si>
+    <t>2 RUE DE BOURGOGNE 50100 CHERBOURG-EN-COTENTIN</t>
+  </si>
+  <si>
+    <t>19/01/2004</t>
+  </si>
+  <si>
+    <t>14 AVENUE DE GARBSEN 14200 HEROUVILLE-SAINT-CLAIR</t>
+  </si>
+  <si>
+    <t>02/12/2003</t>
+  </si>
+  <si>
+    <t>31/03/2022</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE ROLLON - BAT B 108 AVENUE DE BRETAGNE 76100 ROUEN</t>
+  </si>
+  <si>
+    <t>INFREP SUD-OUEST</t>
+  </si>
+  <si>
+    <t>110 RUE ACHARD 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>84 B AVENUE SAINT LAZARE 26200 MONTELIMAR</t>
+  </si>
+  <si>
+    <t>28/02/2022</t>
+  </si>
+  <si>
+    <t>LE PENTAGONE - BAT 1 6 RUE DE BELLE-ILE 35760 SAINT-GREGOIRE</t>
+  </si>
+  <si>
+    <t>01/04/2013</t>
+  </si>
+  <si>
+    <t>LES CHAMPS DOLENTS 6 RUE DE SETUBAL 60000 BEAUVAIS</t>
+  </si>
+  <si>
+    <t>01/07/2014</t>
+  </si>
+  <si>
+    <t>8 RUE MARCEL DAVID 40000 MONT-DE-MARSAN</t>
+  </si>
+  <si>
+    <t>01/05/2016</t>
+  </si>
+  <si>
+    <t>25 RUE DES GRIOTTES 07200 AUBENAS</t>
+  </si>
+  <si>
+    <t>01/07/2017</t>
+  </si>
+  <si>
+    <t>7-9 7 RUE ALBERT 1ER 36000 CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>12 RUE DES CORDELIERES 75013 PARIS</t>
+  </si>
+  <si>
+    <t>20 RUE XAVIER BICHAT 72000 LE MANS</t>
+  </si>
+  <si>
+    <t>OGEC NOTRE DAME DU ROC</t>
+  </si>
+  <si>
+    <t>RUE CHARLEMAGNE 85000 LA ROCHE-SUR-YON</t>
+  </si>
+  <si>
+    <t>01/01/1996</t>
+  </si>
+  <si>
+    <t>INITIATIVES FORMATION</t>
+  </si>
+  <si>
+    <t>RUE DE ROZ AR PONT 29590 PONT-DE-BUIS-LES-QUIMERCH</t>
+  </si>
+  <si>
+    <t>01/01/1982</t>
+  </si>
+  <si>
+    <t>ZA DE KEROURVOIS 3 IMPASSE PIERRE CURIE 29500 ERGUE-GABERIC</t>
+  </si>
+  <si>
+    <t>01/01/2012</t>
+  </si>
+  <si>
+    <t>01/04/2024</t>
+  </si>
+  <si>
+    <t>3 RUE EDOUARD BELIN 29200 BREST</t>
+  </si>
+  <si>
+    <t>EDTA SORNAS</t>
+  </si>
+  <si>
+    <t>7-11 7 AVENUE DES CHASSEURS 75017 PARIS</t>
+  </si>
+  <si>
+    <t>21/02/2019</t>
+  </si>
+  <si>
+    <t>CONCEPT MICRO SYSTEM INFORMATIC</t>
+  </si>
+  <si>
+    <t>ZA DE COURTABOEUF 7 ALLEE DE LONDRES 91140 VILLEJUST</t>
+  </si>
+  <si>
+    <t>12/10/1998</t>
+  </si>
+  <si>
+    <t>AGEC ILE DE FRANCE</t>
+  </si>
+  <si>
+    <t>22 RUE DE PICARDIE 75003 PARIS</t>
+  </si>
+  <si>
+    <t>01/03/1987</t>
+  </si>
+  <si>
+    <t>GROUPE IGS - CIEFA</t>
+  </si>
+  <si>
+    <t>1 RUE JACQUES BINGEN 75017 PARIS</t>
+  </si>
+  <si>
+    <t>M2I</t>
+  </si>
+  <si>
+    <t>146-148 146 RUE DE PICPUS 75012 PARIS</t>
+  </si>
+  <si>
+    <t>01/03/2013</t>
+  </si>
+  <si>
+    <t>IB</t>
+  </si>
+  <si>
+    <t>TOUR ATLANTIQUE 1 PLACE DE LA PYRAMIDE 92800 PUTEAUX</t>
+  </si>
+  <si>
+    <t>20/05/1997</t>
+  </si>
+  <si>
+    <t>26 B BOULEVARD DU PRESIDENT WILSON 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>15/02/2003</t>
+  </si>
+  <si>
+    <t>IB FORMATION</t>
+  </si>
+  <si>
+    <t>IMMEUBLE ATALANTE 2 LE MOULIN NEUF 44800 ST-HERBLAIN</t>
+  </si>
+  <si>
+    <t>01/03/2005</t>
+  </si>
+  <si>
+    <t>ZAC ST SULPICE IMMEUBLE OSIRIS II RUE DU PATIS TATELIN 35700 RENNES</t>
+  </si>
+  <si>
+    <t>25/02/2008</t>
+  </si>
+  <si>
+    <t>IMMEUBLE 6EME SENS 186 AVENUE THIERS 69006 LYON</t>
+  </si>
+  <si>
+    <t>15/07/2009</t>
+  </si>
+  <si>
+    <t>IMMOPARC A RUE DE LA DECOUVERTE 31670 LABEGE</t>
+  </si>
+  <si>
+    <t>01/10/2011</t>
+  </si>
+  <si>
+    <t>12 PLACE SAINT-HUBERT 59800 LILLE</t>
+  </si>
+  <si>
+    <t>27/05/2014</t>
+  </si>
+  <si>
+    <t>135 RUE ANDRE AMPERE 13100 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>01/05/2015</t>
+  </si>
+  <si>
+    <t>9 RUE DE CONDE 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>30/04/2025</t>
+  </si>
+  <si>
+    <t>2 T RUE GEORGES CHARPAK 76130 MONT-SAINT-AIGNAN</t>
+  </si>
+  <si>
+    <t>01/11/2019</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE CORBUSIER 19 AVENUE LE CORBUSIER 59800 LILLE</t>
+  </si>
+  <si>
+    <t>06/06/2019</t>
+  </si>
+  <si>
+    <t>LIEU-RESSOURCES-FORMATION</t>
+  </si>
+  <si>
+    <t>IMMEUBLE PERI OUEST 52 RUE JACQUES BABINET 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>16/06/2008</t>
+  </si>
+  <si>
+    <t>PROFORMATION</t>
+  </si>
+  <si>
+    <t>6 RUE DE BRAQUE 75003 PARIS</t>
+  </si>
+  <si>
+    <t>01/04/1986</t>
+  </si>
+  <si>
+    <t>ARCHIPEL</t>
+  </si>
+  <si>
+    <t>6 EME ETAGE PORTE 675 11 RUE TRONCHET 75008 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/1986</t>
+  </si>
+  <si>
+    <t>85.52Z</t>
+  </si>
+  <si>
+    <t>QUIRIS</t>
+  </si>
+  <si>
+    <t>5 RUE DU CHARRON 44800 SAINT-HERBLAIN</t>
+  </si>
+  <si>
+    <t>66.30Z</t>
+  </si>
+  <si>
+    <t>CENTRE FORMATION &amp; PROMOTION PRESQU'ILE</t>
+  </si>
+  <si>
+    <t>5 RUE DE L'ETOILE DU MATIN 44600 SAINT-NAZAIRE</t>
+  </si>
+  <si>
+    <t>ANGOULEME</t>
+  </si>
+  <si>
+    <t>29/08/2025</t>
+  </si>
+  <si>
+    <t>ALTERNATIVE SOLUTIONS ET FORMATIONS</t>
+  </si>
+  <si>
+    <t>PARC DES MOULINS 4 5 AV DE LA CREATIVITE 59491 VILLENEUVE D ASCQ</t>
+  </si>
+  <si>
+    <t>05/01/1998</t>
+  </si>
+  <si>
+    <t>AGISS</t>
+  </si>
+  <si>
+    <t>71 COURS ALBERT THOMAS 69003 LYON</t>
+  </si>
+  <si>
+    <t>01/12/2013</t>
+  </si>
+  <si>
+    <t>06/07/2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HENNEBERT JACQUES   </t>
+  </si>
+  <si>
+    <t>HENNEBERT FORMATION</t>
+  </si>
+  <si>
+    <t>VAUCELLES 6 B ROUTE DE SPOIR 28630 MIGNIERES</t>
+  </si>
+  <si>
+    <t>01/05/2002</t>
+  </si>
+  <si>
+    <t>MUSTANG FORMATION CONSEIL</t>
+  </si>
+  <si>
+    <t>117 AVENUE VICTOR HUGO 92100 BOULOGNE-BILLANCOURT</t>
+  </si>
+  <si>
+    <t>LUCIDO INFORMATIQUE</t>
+  </si>
+  <si>
+    <t>3 BOULEVARD DE CLAIRFONT 66350 TOULOUGES</t>
+  </si>
+  <si>
+    <t>02/01/2001</t>
+  </si>
+  <si>
+    <t>SARL AVENIR FORMATION CONSEIL</t>
+  </si>
+  <si>
+    <t>37 RUE DE LA SOMME 49300 CHOLET</t>
+  </si>
+  <si>
+    <t>14/12/2017</t>
+  </si>
+  <si>
+    <t>01/08/2023</t>
+  </si>
+  <si>
+    <t>ENSEIGNEMENT SERVICES ASSISTANCE MAINTENANCE ETUDES</t>
+  </si>
+  <si>
+    <t>12 RUE DU BARIOT 84800 LAGNES</t>
+  </si>
+  <si>
+    <t>03/04/2019</t>
+  </si>
+  <si>
+    <t>ISOCIEL</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE STRATEGE B2 51 RUE AMPERE 31670 LABEGE</t>
+  </si>
+  <si>
+    <t>31/03/2021</t>
+  </si>
+  <si>
+    <t>LUKAS</t>
+  </si>
+  <si>
+    <t>3 BOULEVARD CHARLES GAY 77000 MELUN</t>
+  </si>
+  <si>
+    <t>OURAGAN FORMATION</t>
+  </si>
+  <si>
+    <t>11 AV DES VIEUX MOULINS - ANNECY 74000 ANNECY</t>
+  </si>
+  <si>
+    <t>25/10/2019</t>
+  </si>
+  <si>
+    <t>GROUPE IGS - ADIP</t>
+  </si>
+  <si>
+    <t>44 QUAI DE JEMMAPES 75010 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
+    <t>01/06/2024</t>
+  </si>
+  <si>
+    <t>ATOUT MAJEUR RHONE ALPES</t>
+  </si>
+  <si>
+    <t>POLE PIXEL 26 RUE EMILE DECORPS 69100 VILLEURBANNE</t>
+  </si>
+  <si>
+    <t>27/10/2014</t>
+  </si>
+  <si>
+    <t>30/09/2023</t>
+  </si>
+  <si>
+    <t>CAMPUS DU LAC</t>
+  </si>
+  <si>
+    <t>CS 31991 RUE RENE CASSIN 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>ACKWARE</t>
+  </si>
+  <si>
+    <t>BATIMENT B 39 AVENUE HOCHE 51100 REIMS</t>
+  </si>
+  <si>
+    <t>23/03/2009</t>
+  </si>
+  <si>
+    <t>ZIGGOURAT FORMATION</t>
+  </si>
+  <si>
+    <t>32 RUE DE PARADIS 75010 PARIS</t>
+  </si>
+  <si>
+    <t>25/07/2016</t>
+  </si>
+  <si>
+    <t>CIT FORMATION INFORMATIQUE</t>
+  </si>
+  <si>
+    <t>JARDIN AVENIO D ZI AGROPARC 775 ROUTE DE L'AERODROME 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>05/08/2009</t>
+  </si>
+  <si>
+    <t>TAMIA</t>
+  </si>
+  <si>
+    <t>5 RUE DE MADAGASCAR 29200 BREST</t>
+  </si>
+  <si>
+    <t>07/03/2016</t>
+  </si>
+  <si>
+    <t>EQUINOXE FORMATION</t>
+  </si>
+  <si>
+    <t>CENTRE COMMERCIAL KATOURY  5-7 5 ROCADE DE ZEPHIR 97300 CAYENNE</t>
+  </si>
+  <si>
+    <t>14/10/2011</t>
+  </si>
+  <si>
+    <t>EVRYWARE</t>
+  </si>
+  <si>
+    <t>IMMEUBLE PORT ROYAL 38 CRS BLAISE PASCAL 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>07/04/1997</t>
+  </si>
+  <si>
+    <t>SOCIETE DE FORMATION ET DE COMMUNICATION AZUREENNE</t>
+  </si>
+  <si>
+    <t>CENTRE SIGMA 1846 BOULEVARD DU CERCERON 83700 SAINT-RAPHAEL</t>
+  </si>
+  <si>
+    <t>A M S FORMATION</t>
+  </si>
+  <si>
+    <t>22 RUE DE MEDREVILLE 54000 NANCY</t>
+  </si>
+  <si>
+    <t>02/01/2006</t>
+  </si>
+  <si>
+    <t>ACTION FIRST</t>
+  </si>
+  <si>
+    <t>ZAC DES RAMASSIERS 10 ALLEE ARISTIDE MAILLOL 31770 COLOMIERS</t>
+  </si>
+  <si>
+    <t>22/03/2010</t>
+  </si>
+  <si>
+    <t>B T EST</t>
+  </si>
+  <si>
+    <t>88 BOULEVARD DE LA MOSELLE 54340 POMPEY</t>
+  </si>
+  <si>
+    <t>01/09/2003</t>
+  </si>
+  <si>
+    <t>EDUGROUPE</t>
+  </si>
+  <si>
+    <t>LE CLEMENCEAU 205 AVENUE GEORGES CLEMENCEAU 92000 NANTERRE</t>
+  </si>
+  <si>
+    <t>01/01/1998</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION A L'INFORMATIQUE POUR LE DEVEL DE L'ENTREPRISE ALSACE</t>
+  </si>
+  <si>
+    <t>2 RUE ETTORE BUGATTI 67201 ECKBOLSHEIM</t>
+  </si>
+  <si>
+    <t>SARL CAPORDI</t>
+  </si>
+  <si>
+    <t>20 RUE DE VANNES 56350 SAINT-JEAN-LA-POTERIE</t>
+  </si>
+  <si>
+    <t>01/06/2001</t>
+  </si>
+  <si>
+    <t>14 QUAI CYPIERRE 45000 ORLEANS</t>
+  </si>
+  <si>
+    <t>02/12/1998</t>
+  </si>
+  <si>
+    <t>3 ALLEE DES AULNES 78190 TRAPPES</t>
+  </si>
+  <si>
+    <t>116 RUE RONSARD 37100 TOURS</t>
+  </si>
+  <si>
+    <t>36 RUE DE LABORDE 75008 PARIS</t>
+  </si>
+  <si>
+    <t>02/01/2014</t>
+  </si>
+  <si>
+    <t>10 AVENUE GUSTAVE EIFFEL 28000 CHARTRES</t>
+  </si>
+  <si>
+    <t>29/11/2018</t>
+  </si>
+  <si>
+    <t>INSTITUT EUROPEEN F 2I</t>
+  </si>
+  <si>
+    <t>10 COURS LOUIS LUMIERE 94300 VINCENNES</t>
+  </si>
+  <si>
+    <t>22/05/1998</t>
+  </si>
+  <si>
+    <t>171 AVENUE CHARLES DE GAULLE 92200 NEUILLY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>01/12/2009</t>
+  </si>
+  <si>
+    <t>ASS DEVELOPPEMENT EDUCATION PERMANENTE</t>
+  </si>
+  <si>
+    <t>94 RUE LEON MARLOT 59100 ROUBAIX</t>
+  </si>
+  <si>
+    <t>01/05/1998</t>
+  </si>
+  <si>
+    <t>MANGAIA</t>
+  </si>
+  <si>
+    <t>26 RUE VIGNON 75009 PARIS</t>
+  </si>
+  <si>
+    <t>15/07/1999</t>
+  </si>
+  <si>
+    <t>SARL PROJETS</t>
+  </si>
+  <si>
+    <t>100 PLACE DE L’EGLISE 20220 AREGNO</t>
+  </si>
+  <si>
+    <t>RE-SOURCE</t>
+  </si>
+  <si>
+    <t>ZONE INDUSTRIELLE 11 RUE MARIE JEAN ANTOINE CONDORCET 76300 SOTTEVILLE-LES-ROUEN</t>
+  </si>
+  <si>
+    <t>AFEC</t>
+  </si>
+  <si>
+    <t>21 RUE DES MURLINS 45000 ORLEANS</t>
+  </si>
+  <si>
+    <t>01/01/2002</t>
+  </si>
+  <si>
+    <t>42 BOULEVARD VICTOR HUGO 78300 POISSY</t>
+  </si>
+  <si>
+    <t>70 RUE DES JACOBINS 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>26-28 / HERON BUILDING 26 AVENUE RENE CASSIN 69009 LYON</t>
+  </si>
+  <si>
+    <t>12/05/2014</t>
+  </si>
+  <si>
+    <t>01/10/2025</t>
+  </si>
+  <si>
+    <t>SAS AFEC</t>
+  </si>
+  <si>
+    <t>55 RUE JEAN JAURES (LILLE) 59000 LILLE</t>
+  </si>
+  <si>
+    <t>1 AVENUE DES BEGUINES 95800 CERGY</t>
+  </si>
+  <si>
+    <t>52 AVENUE DES CHAMPS PIERREUX 92000 NANTERRE</t>
+  </si>
+  <si>
+    <t>01/11/2017</t>
+  </si>
+  <si>
+    <t>ATC</t>
+  </si>
+  <si>
+    <t>54 RUE CARNOT 85300 CHALLANS</t>
+  </si>
+  <si>
+    <t>L'ESPACE GABRIEL</t>
+  </si>
+  <si>
+    <t>15 RUE MARTIN LUTHER KING 14280 SAINT-CONTEST</t>
+  </si>
+  <si>
+    <t>30/05/2016</t>
+  </si>
+  <si>
+    <t>12/04/2023</t>
+  </si>
+  <si>
+    <t>FORMEVOL</t>
+  </si>
+  <si>
+    <t>SPIRIT FORMATION</t>
+  </si>
+  <si>
+    <t>P.A. DE MAIGNON LES PYRAMIDES N 11 4 RUE DE PITOYS 64600 ANGLET</t>
+  </si>
+  <si>
+    <t>03/12/2012</t>
+  </si>
+  <si>
+    <t>AELES GROUPE</t>
+  </si>
+  <si>
+    <t>221 RUE LA FAYETTE 75010 PARIS</t>
+  </si>
+  <si>
+    <t>11/02/2016</t>
+  </si>
+  <si>
+    <t>12/11/2024</t>
+  </si>
+  <si>
+    <t>VAELIA</t>
+  </si>
+  <si>
+    <t>61 RUE JEAN BRIAUD 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>02/05/2006</t>
+  </si>
+  <si>
+    <t>2 IMPASSE HENRI PITOT 31500 TOULOUSE</t>
+  </si>
+  <si>
+    <t>INTERACTIF</t>
+  </si>
+  <si>
+    <t>6 RUE DE LA TREMOILLE 75008 PARIS</t>
+  </si>
+  <si>
+    <t>25/06/2002</t>
+  </si>
+  <si>
+    <t>ASSOCATION POUR LA FORMATION ET LA PROMOTION PROFESSIONNELLE</t>
+  </si>
+  <si>
+    <t>14 BOULEVARD PREUILLY 37000 TOURS</t>
+  </si>
+  <si>
+    <t>PASSEPORT FORMA</t>
+  </si>
+  <si>
+    <t>CENTRE OLYMPIE 92 AVENUE DE ROME 62400 BETHUNE</t>
+  </si>
+  <si>
+    <t>15/06/1992</t>
+  </si>
+  <si>
+    <t>20/02/2025</t>
+  </si>
+  <si>
+    <t>CEFIRH</t>
+  </si>
+  <si>
+    <t>ZI DE BRACHEUX 1 RUE JOSEPH CUGNOT 60000 BEAUVAIS</t>
+  </si>
+  <si>
+    <t>01/09/1990</t>
+  </si>
+  <si>
+    <t>KIELA CONSULTING</t>
+  </si>
+  <si>
+    <t>45 RUE DU FAUBOURG SAINT-MARTIN 75010 PARIS</t>
+  </si>
+  <si>
+    <t>31/01/2012</t>
+  </si>
+  <si>
+    <t>ASSOCIATION MEDIAWEB</t>
+  </si>
+  <si>
+    <t>CHEZ MR JACKY LUCAS 5 ALL VINCENT VAN GOGH 49460 MONTREUIL JUIGNE</t>
+  </si>
+  <si>
+    <t>12/04/2008</t>
+  </si>
+  <si>
+    <t>WOOSPEAK FRANCE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GUIDEZ SEBASTIEN CLAUDE DANIEL </t>
+  </si>
+  <si>
+    <t>326 RUE VERTE 59141 THUN-L'EVEQUE</t>
+  </si>
+  <si>
+    <t>18/03/2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PFOHL CELINE   </t>
+  </si>
+  <si>
+    <t>EGOKI FORMATION</t>
+  </si>
+  <si>
+    <t>CENTRE IVOIRE 15 RUE CHAPELET 64200 BIARRITZ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NICAISE FLORENCE   </t>
+  </si>
+  <si>
+    <t>FORMA PLUS 76</t>
+  </si>
+  <si>
+    <t>IMM LE BRETAGNE 57 AVENUE DE BRETAGNE 76100 ROUEN</t>
+  </si>
+  <si>
+    <t>ALLIANCE CONSEIL PLUS</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LAS COLINAS ETAGE 1 PARC D'ACTIVITE DE COLLIN 97170 PETIT-BOURG</t>
+  </si>
+  <si>
+    <t>01/01/2018</t>
+  </si>
+  <si>
+    <t>AFPMA FORMATION</t>
+  </si>
+  <si>
+    <t>1 ALLEE DES TYRANDES 01960 PERONNAS</t>
+  </si>
+  <si>
+    <t>TUTOS'ME</t>
+  </si>
+  <si>
+    <t>18 RUE DE VILLEMETRIE 60300 SENLIS</t>
+  </si>
+  <si>
+    <t>14 RUE DE LA BEAUNE 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>01/10/2021</t>
+  </si>
+  <si>
+    <t>DIGITALCHIMIST</t>
+  </si>
+  <si>
+    <t>4 CHEMIN DE LA LANDE 81150 FLORENTIN</t>
+  </si>
+  <si>
+    <t>25/01/2017</t>
+  </si>
+  <si>
+    <t>ACTIVDESIGN</t>
+  </si>
+  <si>
+    <t>11 B RUE JEAN LE HO 35000 RENNES</t>
+  </si>
+  <si>
+    <t>12/11/2018</t>
+  </si>
+  <si>
+    <t>11/01/2024</t>
+  </si>
+  <si>
+    <t>FORMATIC CENTRE</t>
+  </si>
+  <si>
+    <t>6 RUE DES GRANGES GALAND 37550 SAINT-AVERTIN</t>
+  </si>
+  <si>
+    <t>24/07/2018</t>
+  </si>
+  <si>
+    <t>CAP DIGIT</t>
+  </si>
+  <si>
+    <t>28 RUE WALDECK ROUSSEAU 42170 SAINT-JUST-SAINT-RAMBERT</t>
+  </si>
+  <si>
+    <t>24/08/2018</t>
+  </si>
+  <si>
     <t>VIA FORMATION</t>
   </si>
   <si>
     <t>ZAC DU RIBAY BOULEVARD LOUIS LEPRINCE-RINGUET 72000 LE MANS</t>
   </si>
   <si>
     <t>20/01/2007</t>
   </si>
   <si>
     <t>FORMAVISTA</t>
   </si>
   <si>
     <t>273 AVENUE JEAN RIEUX 31500 TOULOUSE</t>
   </si>
   <si>
-    <t>01/04/2003</t>
-[...1 lines deleted...]
-  <si>
     <t>29/12/2023</t>
   </si>
   <si>
     <t>A D P S FORMATION</t>
   </si>
   <si>
     <t>Y SCHOOLS - FORMATION PROFESSIONNELLE</t>
   </si>
   <si>
     <t>18 AVENUE DES LOMBARDS 10000 TROYES</t>
   </si>
   <si>
     <t>29/11/1994</t>
   </si>
   <si>
     <t>NEVEN EDUCATION</t>
   </si>
   <si>
     <t>22 BOULEVARD DE LA REPUBLIQUE 06400 CANNES</t>
   </si>
   <si>
     <t>17/06/2002</t>
   </si>
   <si>
     <t>02/05/2024</t>
   </si>
   <si>
     <t>FORMA.CLE</t>
   </si>
   <si>
     <t>28 RUE DE LA SABOTERIE BEAUPREAU 49110 BEAUPREAU-EN-MAUGES</t>
   </si>
   <si>
-    <t>01/09/2008</t>
-[...1 lines deleted...]
-  <si>
     <t>01/07/2024</t>
   </si>
   <si>
     <t>ANFFY</t>
   </si>
   <si>
     <t>IMMEUBLE ST BERNARD BATA 170 BOULEVARD DE LA CROIX-ROUSSE 69001 LYON</t>
   </si>
   <si>
     <t>14/01/2000</t>
   </si>
   <si>
     <t>ROYER ROBIN ASSOCIES</t>
   </si>
   <si>
     <t>461 501 RUE DE LA METAIRIE DE SAYSSET 34070 MONTPELLIER</t>
   </si>
   <si>
     <t>30/10/2001</t>
   </si>
   <si>
-    <t>01/08/2023</t>
-[...1 lines deleted...]
-  <si>
     <t>CHRIS'TAL FORMATION</t>
   </si>
   <si>
     <t>3 RUE DES REPENTIES 26000 VALENCE</t>
   </si>
   <si>
     <t>15/07/1995</t>
   </si>
   <si>
-    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE MAYOTTE</t>
-[...1640 lines deleted...]
-    <t>84.11Z</t>
+    <t>CRIF FORMATION ET CONSEIL</t>
+  </si>
+  <si>
+    <t>14 RUE LUC BRETON 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>01/01/2004</t>
+  </si>
+  <si>
+    <t>FORM HIGH TECH</t>
+  </si>
+  <si>
+    <t>2 RUE DE L’AMITIE 57535 MARANGE-SILVANGE</t>
+  </si>
+  <si>
+    <t>23/12/2003</t>
+  </si>
+  <si>
+    <t>25/10/2021</t>
+  </si>
+  <si>
+    <t>RHINOCEROS</t>
+  </si>
+  <si>
+    <t>11 RUE COPREAUX 75015 PARIS</t>
+  </si>
+  <si>
+    <t>13/11/2007</t>
+  </si>
+  <si>
+    <t>INSTITUT AERO FORMATIONS</t>
+  </si>
+  <si>
+    <t>IMPASSE NICEPHORE NIEPCE 93290 TREMBLAY-EN-FRANCE</t>
+  </si>
+  <si>
+    <t>18/09/2007</t>
+  </si>
+  <si>
+    <t>ESPACE PROJET FORMATION</t>
+  </si>
+  <si>
+    <t>147 RUE DE PARIS 76600 LE HAVRE</t>
+  </si>
+  <si>
+    <t>24/02/2020</t>
+  </si>
+  <si>
+    <t>APAXX DESIGNS</t>
+  </si>
+  <si>
+    <t>59 BIS 59 B AV FOCH 94100 ST MAUR DES FOSSES</t>
+  </si>
+  <si>
+    <t>19/11/2021</t>
+  </si>
+  <si>
+    <t>CFI ATLANTIQUE</t>
+  </si>
+  <si>
+    <t>6 B AVENUE JULES VERNE 44230 SAINT-SEBASTIEN-SUR-LOIRE</t>
+  </si>
+  <si>
+    <t>FORMACOOP</t>
+  </si>
+  <si>
+    <t>10 AVENUE LEON BLUM 25200 MONTBELIARD</t>
+  </si>
+  <si>
+    <t>HORIZON RH</t>
+  </si>
+  <si>
+    <t>LES PLEIADES 417 ROUTE DE LA FARLEDE 83130 LA GARDE</t>
+  </si>
+  <si>
+    <t>13/05/2015</t>
+  </si>
+  <si>
+    <t>MASOLUTIONEMPLOI.COM</t>
+  </si>
+  <si>
+    <t>489 RUE VULCAIN 27000 EVREUX</t>
+  </si>
+  <si>
+    <t>27/04/2016</t>
+  </si>
+  <si>
+    <t>63.11Z</t>
+  </si>
+  <si>
+    <t>IMMEUBLE EUROPA 101 BOULEVARD DE L'EUROPE 76100 ROUEN</t>
+  </si>
+  <si>
+    <t>04/09/2018</t>
+  </si>
+  <si>
+    <t>NEO SPHERE</t>
+  </si>
+  <si>
+    <t>60 AV JOSEPH RAYNAUD 83140 SIX-FOURS-LES-PLAGES</t>
+  </si>
+  <si>
+    <t>01/07/2019</t>
+  </si>
+  <si>
+    <t>27/02/2024</t>
+  </si>
+  <si>
+    <t>YOU WEB</t>
+  </si>
+  <si>
+    <t>YOU WEB FORMATION</t>
+  </si>
+  <si>
+    <t>PERFORMANCE LA FLEURIAYE 1 RUE ALESSANDRO VOLTA 44470 CARQUEFOU</t>
+  </si>
+  <si>
+    <t>ID CONFORM</t>
+  </si>
+  <si>
+    <t>8 RUE DE LA FONTAINE 63350 SAINT-LAURE</t>
+  </si>
+  <si>
+    <t>NOVACAP FORMATION</t>
+  </si>
+  <si>
+    <t>25 PLACE DES BONS ENFANTS 01000 BOURG-EN-BRESSE</t>
+  </si>
+  <si>
+    <t>30/09/2015</t>
+  </si>
+  <si>
+    <t>12/05/2021</t>
+  </si>
+  <si>
+    <t>UNIVERS FORMATION</t>
+  </si>
+  <si>
+    <t>5 RUE SULLY 33140 VILLENAVE-D'ORNON</t>
+  </si>
+  <si>
+    <t>18/02/2014</t>
+  </si>
+  <si>
+    <t>19/04/2024</t>
+  </si>
+  <si>
+    <t>GIPFI SCOP</t>
+  </si>
+  <si>
+    <t>12 RUE D'ALTKIRCH 67100 STRASBOURG</t>
+  </si>
+  <si>
+    <t>28/05/2015</t>
+  </si>
+  <si>
+    <t>PERFORMATIC</t>
+  </si>
+  <si>
+    <t>84 RUE DE LA SEMM 68000 COLMAR</t>
+  </si>
+  <si>
+    <t>17/03/2014</t>
+  </si>
+  <si>
+    <t>CAP ELAN FORMATION</t>
+  </si>
+  <si>
+    <t>ZA JEAN MERMOZ 50 RUE DIDIER DAURAT 34170 CASTELNAU-LE-LEZ</t>
+  </si>
+  <si>
+    <t>16/05/2016</t>
+  </si>
+  <si>
+    <t>84 BOULEVARD DE LA CORDERIE 13007 MARSEILLE</t>
+  </si>
+  <si>
+    <t>02/01/2017</t>
+  </si>
+  <si>
+    <t>KALYANE</t>
+  </si>
+  <si>
+    <t>2-6 2 AVENUE HENRI BARBUSSE 93000 BOBIGNY</t>
+  </si>
+  <si>
+    <t>07/04/2014</t>
+  </si>
+  <si>
+    <t>ACFAL FORMATION</t>
+  </si>
+  <si>
+    <t>21 PLACE TOLOZAN 69001 LYON</t>
+  </si>
+  <si>
+    <t>30/06/2014</t>
+  </si>
+  <si>
+    <t>FORMAPERF</t>
+  </si>
+  <si>
+    <t>360 COMPETENCES MBR</t>
+  </si>
+  <si>
+    <t>2 RUE ICARE 67960 ENTZHEIM</t>
+  </si>
+  <si>
+    <t>22/04/2014</t>
+  </si>
+  <si>
+    <t>ACCOFORM</t>
+  </si>
+  <si>
+    <t>DOMAINE D'ENTREPRISES 29 RUE CONDORCET 38090 VILLEFONTAINE</t>
+  </si>
+  <si>
+    <t>DAKOR FORMATION</t>
+  </si>
+  <si>
+    <t>IMM MIRADOR 2 RUE MOISE POLKA 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>01/07/2018</t>
+  </si>
+  <si>
+    <t>PARALLEL 14</t>
+  </si>
+  <si>
+    <t>ENTREE PIERRE ETAGE 2  CTRE D'AFFAIRES CR NO 2 DE CALIFORNIE 97232 LE LAMENTIN</t>
+  </si>
+  <si>
+    <t>01/10/2016</t>
+  </si>
+  <si>
+    <t>FORMATIONS AUX TECHNIQUES MULTIMEDIA ET INFORMATIQUES</t>
+  </si>
+  <si>
+    <t>FTMIS FORMATIONS</t>
+  </si>
+  <si>
+    <t>70 PLACE DU 14 JUILLET 34370 MARAUSSAN</t>
+  </si>
+  <si>
+    <t>15/09/2014</t>
+  </si>
+  <si>
+    <t>SUD FORMATION</t>
+  </si>
+  <si>
+    <t>720 AVENUE DES SOPHORAS 34670 SAINT-BRES</t>
+  </si>
+  <si>
+    <t>03/09/2014</t>
+  </si>
+  <si>
+    <t>FORM'INFO</t>
+  </si>
+  <si>
+    <t>10 RUE DU BORDEAU 89100 SAINT-DENIS-LES-SENS</t>
+  </si>
+  <si>
+    <t>11/09/2014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIGOILLOT ELISE MARIE  </t>
+  </si>
+  <si>
+    <t>SEELAB</t>
+  </si>
+  <si>
+    <t>28 RUE CHEF DE VILLE 17000 LA ROCHELLE</t>
+  </si>
+  <si>
+    <t>01/03/2018</t>
+  </si>
+  <si>
+    <t>74.10Z</t>
+  </si>
+  <si>
+    <t>ADAMA</t>
+  </si>
+  <si>
+    <t>4 AVENUE NEIL ARMSTRONG 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>24/01/2022</t>
+  </si>
+  <si>
+    <t>ILM FORMATION</t>
+  </si>
+  <si>
+    <t>67 RUE SAINT-FRANCOIS DE SALES 73000 CHAMBERY</t>
+  </si>
+  <si>
+    <t>17/04/2017</t>
+  </si>
+  <si>
+    <t>ACTIV' RECRUTEMENT ET FORMATION</t>
+  </si>
+  <si>
+    <t>16-18 16 RUE PIERRE BONTEMPS 72100 LE MANS</t>
+  </si>
+  <si>
+    <t>ASSOCIATION POUR L'ENSEIGNEMENT DU NUMERIQUE</t>
+  </si>
+  <si>
+    <t>INTECH SUD - LIWI - FORMICI - INGEN.E</t>
+  </si>
+  <si>
+    <t>156 AVENUE JEAN JAURES 47000 AGEN</t>
+  </si>
+  <si>
+    <t>16/04/2015</t>
+  </si>
+  <si>
+    <t>BORG FORMATION</t>
+  </si>
+  <si>
+    <t>7 RUE JEAN MONNET 44260 MALVILLE</t>
+  </si>
+  <si>
+    <t>25/02/2015</t>
+  </si>
+  <si>
+    <t>CREATIVE</t>
+  </si>
+  <si>
+    <t>10 PLACE FRANCOIS MITTERRAND 14200 HEROUVILLE-SAINT-CLAIR</t>
+  </si>
+  <si>
+    <t>C.A.D.</t>
+  </si>
+  <si>
+    <t>PARTENAIRE FORMATION</t>
+  </si>
+  <si>
+    <t>ZI DES GRANDS BOIS RUE DE L’EUROPE 49280 LA SEGUINIERE</t>
+  </si>
+  <si>
+    <t>04/05/2015</t>
+  </si>
+  <si>
+    <t>FORMATION &amp; CONSEIL</t>
+  </si>
+  <si>
+    <t>BAT. LES BEAUX ARTS BUREAU B11 2 PARVIS DES ECOLES 83000 TOULON</t>
+  </si>
+  <si>
+    <t>26/04/2021</t>
+  </si>
+  <si>
+    <t>30/12/2022</t>
+  </si>
+  <si>
+    <t>ADALIE FORMATION</t>
+  </si>
+  <si>
+    <t>4 RUE DE L'ECOLE 57130 JUSSY</t>
+  </si>
+  <si>
+    <t>01/06/2015</t>
   </si>
   <si>
     <t>SPL ASSISTANCE A LA FORMATION PROFESSIONNELLE DES ADULTES A LA REUNION</t>
   </si>
   <si>
     <t>SPL AFPAR</t>
   </si>
   <si>
     <t>151 RUE JULIETTE DODU 97400 SAINT-DENIS</t>
   </si>
   <si>
-    <t>01/07/2015</t>
-[...13 lines deleted...]
-  <si>
     <t>COMPETENCES ET TERRITOIRES</t>
   </si>
   <si>
     <t>CHEMIN DE L ARTAHU 26400 ALLEX</t>
   </si>
   <si>
-    <t>01/09/2015</t>
-[...1 lines deleted...]
-  <si>
     <t>SATELLITE FORMATION</t>
   </si>
   <si>
     <t>4 RUE DU NIDECK 67550 VENDENHEIM</t>
   </si>
   <si>
     <t>13/10/2015</t>
   </si>
   <si>
     <t>CD CONSEILS ET FORMATIONS</t>
   </si>
   <si>
     <t>2 BOULEVARD DE LA LIBERATION 93200 SAINT-DENIS</t>
   </si>
   <si>
     <t>15/11/2015</t>
   </si>
   <si>
     <t>ASSOCIATION REGIONALE D'EDUCATION PERMANENTE DU MORBIHAN</t>
   </si>
   <si>
     <t>3 ALLEE DES FOUGERES 56610 ARRADON</t>
   </si>
   <si>
     <t>08/07/2015</t>
@@ -2509,3746 +6085,161 @@
   <si>
     <t>KRONOSCOPE</t>
   </si>
   <si>
     <t>13 RUE DE BONALD 69007 LYON</t>
   </si>
   <si>
     <t>02/03/2020</t>
   </si>
   <si>
     <t>1 B RUE DU FOUR 25410 SAINT VIT</t>
   </si>
   <si>
     <t>CREADIS</t>
   </si>
   <si>
     <t>37 RUE DE MONDEMENT 49300 CHOLET</t>
   </si>
   <si>
     <t>SAVOIRS ET FORMATION</t>
   </si>
   <si>
     <t>12 RUE DE LA BOUTIERE 39100 CRISSEY</t>
   </si>
   <si>
-    <t>01/04/2016</t>
-[...1 lines deleted...]
-  <si>
     <t>VA FORMATION</t>
   </si>
   <si>
     <t>51 RUE SIBERT 42400 SAINT-CHAMOND</t>
   </si>
   <si>
-    <t>01/07/2018</t>
-[...1 lines deleted...]
-  <si>
     <t>EASY B4U SAS</t>
   </si>
   <si>
     <t>86 RUE PIERRE ET MARIE CURIE 34430 SAINT-JEAN-DE-VEDAS</t>
   </si>
   <si>
-    <t>18/09/2018</t>
-[...1 lines deleted...]
-  <si>
     <t>APPUIFORMATION SAS</t>
   </si>
   <si>
     <t>15 RUE D'AVIGNON 68200 MULHOUSE</t>
   </si>
   <si>
-    <t>01/10/2016</t>
-[...1 lines deleted...]
-  <si>
     <t>BP2M</t>
   </si>
   <si>
     <t>4 RUE DE L'EGLISE 57230 BOUSSEVILLER</t>
   </si>
   <si>
     <t>24/11/2023</t>
   </si>
   <si>
     <t>EJSM SERVICES</t>
   </si>
   <si>
     <t>72 RUE DE TURENNE 75003 PARIS</t>
   </si>
   <si>
     <t>14/11/2018</t>
   </si>
   <si>
     <t>03/01/2022</t>
   </si>
   <si>
     <t>HISTYA</t>
   </si>
   <si>
     <t>BATIMENT 6 PARC TECHNOLOGIQUE METROTECH 42650 SAINT-JEAN-BONNEFONDS</t>
   </si>
   <si>
     <t>27/10/2016</t>
   </si>
   <si>
     <t>12/12/2022</t>
   </si>
   <si>
     <t>INFANS GROUP</t>
   </si>
   <si>
     <t>SUNSTONE 2B 22 AVENUE LIONEL TERRAY 69330 JONAGE</t>
   </si>
   <si>
-    <t>01/03/2018</t>
-[...1 lines deleted...]
-  <si>
     <t>01/05/2023</t>
   </si>
   <si>
     <t>88.91A</t>
   </si>
   <si>
     <t>EQUINOXE</t>
   </si>
   <si>
     <t>14 RUE JACQUES MONOD 76130 MONT-SAINT-AIGNAN</t>
   </si>
   <si>
     <t>10/02/2020</t>
   </si>
   <si>
     <t>64.20Z</t>
   </si>
   <si>
-    <t>ANGOULEME</t>
-[...2597 lines deleted...]
-    <t>ZENOS INFORMATIQUE</t>
+    <t>SAS CONSULTING 26</t>
+  </si>
+  <si>
+    <t>22 AVENUE DESCARTES 94450 LIMEIL-BREVANNES</t>
+  </si>
+  <si>
+    <t>IF'AM-CONSEILS</t>
+  </si>
+  <si>
+    <t>199 RUE HELENE BOUCHER 34170 CASTELNAU-LE-LEZ</t>
+  </si>
+  <si>
+    <t>UNIVERSAL SYNERGY CONSULTING</t>
+  </si>
+  <si>
+    <t>171 RUE D'HERBLAY 95150 TAVERNY</t>
+  </si>
+  <si>
+    <t>27/03/2017</t>
+  </si>
+  <si>
+    <t>ESC'AL FORMATION</t>
+  </si>
+  <si>
+    <t>36 RUE DU MONT 42100 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>21/04/2021</t>
+  </si>
+  <si>
+    <t>ZLS</t>
   </si>
   <si>
     <t>BATIMENT LE SAFRAN 36 B RUE MOLINA 42000 SAINT-ETIENNE</t>
   </si>
   <si>
-    <t>01/11/2016</t>
-[...1000 lines deleted...]
-  <si>
     <t>10/05/2017</t>
   </si>
   <si>
     <t>AREDIL</t>
   </si>
   <si>
     <t>18 QUAI LOUIS BLERIOT 75016 PARIS</t>
   </si>
   <si>
     <t>LA PISCINE</t>
   </si>
   <si>
     <t>IMMEUBLE P 29 RUE ROBERT CAUMONT 33300 BORDEAUX</t>
   </si>
   <si>
     <t>26 ACADEMY</t>
   </si>
   <si>
     <t>17 RUE D'ORLEANS 92200 NEUILLY-SUR-SEINE</t>
   </si>
   <si>
     <t>22/06/2018</t>
   </si>
   <si>
     <t>ELLI'UP</t>
@@ -6370,80 +6361,50 @@
   <si>
     <t>30/06/2018</t>
   </si>
   <si>
     <t>PERFORMANCE DESIGNING</t>
   </si>
   <si>
     <t>32 ROUTE DE PRIX 08000 CHARLEVILLE-MEZIERES</t>
   </si>
   <si>
     <t>03/04/2018</t>
   </si>
   <si>
     <t>08/07/2025</t>
   </si>
   <si>
     <t>DIGITAL FORMATIONS</t>
   </si>
   <si>
     <t>1 PLACE PAUL VERLAINE 92100 BOULOGNE-BILLANCOURT</t>
   </si>
   <si>
     <t>27/06/2018</t>
   </si>
   <si>
-    <t>ACTIVDESIGN</t>
-[...28 lines deleted...]
-  <si>
     <t>LV CONSULTANTS</t>
   </si>
   <si>
     <t>4160 ROUTE DE MONTABO 97300 CAYENNE</t>
   </si>
   <si>
     <t>25/07/2018</t>
   </si>
   <si>
     <t>03973165997</t>
   </si>
   <si>
     <t>LEVEL'UP</t>
   </si>
   <si>
     <t>STUDY'UP</t>
   </si>
   <si>
     <t>40 RUE DES SARRAZINS 94000 CRETEIL</t>
   </si>
   <si>
     <t>20/10/2018</t>
   </si>
   <si>
     <t>ELOCE</t>
@@ -6818,50 +6779,53 @@
     <t>ETABLISSEMENT D'ENSEIGNEMENT SUPERIEUR CONSULAIRE BUSINESS CAMPUS AVEYRON</t>
   </si>
   <si>
     <t>RUE DE BRUXELLES 12000 RODEZ</t>
   </si>
   <si>
     <t>20/01/2021</t>
   </si>
   <si>
     <t>EUROFORM</t>
   </si>
   <si>
     <t>32 RUE HENRI TARIEL 92130 ISSY-LES-MOULINEAUX</t>
   </si>
   <si>
     <t>30/09/2021</t>
   </si>
   <si>
     <t>FABRE FORMATION AIX</t>
   </si>
   <si>
     <t>PARC DES ALIZES - LES MILLES 155 RUE PAUL LANGEVIN 13290 AIX-EN-PROVENCE</t>
   </si>
   <si>
     <t>06/07/2021</t>
+  </si>
+  <si>
+    <t>26/09/2025</t>
   </si>
   <si>
     <t>TELEFORMATION</t>
   </si>
   <si>
     <t>23/05/2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -7206,51 +7170,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M733"/>
+  <dimension ref="A1:M727"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -7272,27711 +7236,27505 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>34774502800022</v>
+        <v>13000337900018</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I2" s="3">
-        <v>82260030326</v>
+      <c r="I2" s="3" t="s">
+        <v>18</v>
       </c>
       <c r="J2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>34779594000043</v>
+        <v>13000460900017</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I3" s="3">
-        <v>11751349275</v>
+        <v>52490236949</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>34812741600058</v>
+        <v>13000770100043</v>
       </c>
       <c r="B4" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="C4" s="2" t="s">
+      <c r="D4" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="G4" s="2" t="s">
+      <c r="G4" s="2"/>
+      <c r="H4" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I4" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="H4" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J4" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>34867875600068</v>
+        <v>13000772700071</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D5" s="2"/>
+      <c r="D5" s="2" t="s">
+        <v>30</v>
+      </c>
       <c r="E5" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I5" s="3">
-        <v>22600084260</v>
+        <v>83630419163</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>34921756200058</v>
+        <v>13000809700037</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="I6" s="3">
-        <v>91110027111</v>
+        <v>76120131912</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>34964000300100</v>
+        <v>13000810500012</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="G7" s="2"/>
+        <v>40</v>
+      </c>
+      <c r="G7" s="2" t="s">
+        <v>41</v>
+      </c>
       <c r="H7" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I7" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I7" s="3">
+        <v>52440613744</v>
+      </c>
       <c r="J7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>35054222100022</v>
+        <v>13001310500056</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="D8" s="2"/>
+        <v>42</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>30</v>
+      </c>
       <c r="E8" s="2" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="G8" s="2"/>
+        <v>44</v>
+      </c>
+      <c r="G8" s="2" t="s">
+        <v>45</v>
+      </c>
       <c r="H8" s="2" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>35063664300040</v>
+        <v>13001313900014</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I9" s="3">
-        <v>83630126563</v>
+        <v>83430323343</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>35119111900160</v>
+        <v>13001400400019</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I10" s="3">
-        <v>53350248835</v>
+        <v>82070078607</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>35119111900236</v>
+        <v>13001457400078</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="D11" s="2"/>
+        <v>52</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>53</v>
+      </c>
       <c r="E11" s="2" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>51</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="I11" s="3">
-        <v>53350248835</v>
+        <v>94202111120</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>35119111900285</v>
+        <v>13001727000088</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>60</v>
+      </c>
+      <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="I12" s="3"/>
       <c r="J12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>35119111900301</v>
+        <v>13002170200043</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>46</v>
+        <v>62</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I13" s="3"/>
       <c r="J13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>35199409000030</v>
+        <v>13002179300018</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="I14" s="3">
-        <v>11755398875</v>
+        <v>28270194427</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>35199650900037</v>
+        <v>13002245200010</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>64</v>
-[...3 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I15" s="3">
-        <v>11751509575</v>
+        <v>75160091116</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>35208713400065</v>
+        <v>13002245200036</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="D16" s="2"/>
+        <v>68</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>71</v>
+      </c>
       <c r="E16" s="2" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I16" s="3">
-        <v>53290304729</v>
+        <v>75160091116</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>35386190900391</v>
+        <v>13002263500010</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>73</v>
+        <v>17</v>
       </c>
       <c r="I17" s="3"/>
       <c r="J17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>37761090200233</v>
+        <v>13002267600030</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="D18" s="2"/>
+        <v>76</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>77</v>
+      </c>
       <c r="E18" s="2" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="I18" s="3">
-        <v>52440141744</v>
+        <v>44670587467</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>37841608500033</v>
+        <v>13002268400018</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I19" s="3"/>
       <c r="J19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>37865526000040</v>
+        <v>13002269200367</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="D20" s="2"/>
+        <v>83</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>84</v>
+      </c>
       <c r="E20" s="2" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I20" s="3">
-        <v>23760063776</v>
+        <v>84691521069</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>37888992700042</v>
+        <v>13002271800014</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>87</v>
+        <v>17</v>
       </c>
       <c r="I21" s="3">
-        <v>82690329769</v>
+        <v>32590928359</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>37897406700035</v>
+        <v>13002280900011</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I22" s="3">
-        <v>24450045745</v>
+        <v>53351000435</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>37934355100030</v>
+        <v>13002286600011</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="D23" s="2"/>
+        <v>92</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="E23" s="2" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I23" s="3">
-        <v>11753055175</v>
+        <v>84030359803</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>37935878100019</v>
+        <v>13002293200011</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="D24" s="2"/>
+        <v>96</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>97</v>
+      </c>
       <c r="E24" s="2" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>96</v>
+        <v>75</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I24" s="3">
-        <v>82380125938</v>
+        <v>53290897729</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>37951396300023</v>
+        <v>13002293200060</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="D25" s="2"/>
+        <v>96</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>99</v>
+      </c>
       <c r="E25" s="2" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>99</v>
+        <v>79</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="I25" s="3">
-        <v>93040015104</v>
+        <v>53290897729</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>37973507900053</v>
+        <v>13002293200326</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="D26" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>102</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>103</v>
+        <v>79</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I26" s="3">
-        <v>11770120677</v>
+        <v>53290897729</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>37981283700027</v>
+        <v>13002797200012</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="F27" s="2" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I27" s="3">
-        <v>26890024389</v>
+        <v>11756120375</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>37982156400059</v>
+        <v>13002797200152</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="E28" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="D28" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F28" s="2" t="s">
-        <v>110</v>
-[...3 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I28" s="3">
-        <v>23760428376</v>
+        <v>11756120375</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>38168008100019</v>
+        <v>18090001100016</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I29" s="3"/>
       <c r="J29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>38290738400012</v>
+        <v>18150001800062</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="D30" s="2"/>
+        <v>111</v>
+      </c>
+      <c r="D30" s="2" t="s">
+        <v>112</v>
+      </c>
       <c r="E30" s="2" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>72330218633</v>
+        <v>33</v>
+      </c>
+      <c r="I30" s="3" t="s">
+        <v>115</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>38436936900010</v>
+        <v>18210026300025</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I31" s="3">
-        <v>72330402333</v>
+        <v>26210350121</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>38465538700023</v>
+        <v>18220005500016</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="F32" s="2" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>73820012182</v>
+        <v>17</v>
+      </c>
+      <c r="I32" s="3" t="s">
+        <v>122</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>38489895300037</v>
+        <v>18263001200041</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="D33" s="2" t="s">
         <v>124</v>
       </c>
-      <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>125</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>126</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>11755192175</v>
+        <v>17</v>
+      </c>
+      <c r="I33" s="3" t="s">
+        <v>127</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>38513207100049</v>
+        <v>18280001100047</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="D34" s="2"/>
+        <v>128</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>129</v>
+      </c>
       <c r="E34" s="2" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>11930329693</v>
+        <v>33</v>
+      </c>
+      <c r="I34" s="3" t="s">
+        <v>132</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>38747528800032</v>
+        <v>18280001100104</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="F35" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="G35" s="2"/>
+      <c r="H35" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I35" s="3" t="s">
         <v>132</v>
       </c>
-      <c r="G35" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>38753173400011</v>
+        <v>18360001400017</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="D36" s="2" t="s">
         <v>135</v>
       </c>
+      <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
         <v>136</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>137</v>
+        <v>110</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I36" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I36" s="3" t="s">
+        <v>137</v>
+      </c>
       <c r="J36" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>38756765400067</v>
+        <v>18383001700236</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="D37" s="2"/>
+      <c r="D37" s="2" t="s">
+        <v>139</v>
+      </c>
       <c r="E37" s="2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>82380268038</v>
+        <v>61</v>
+      </c>
+      <c r="I37" s="3" t="s">
+        <v>142</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>38767117500041</v>
+        <v>18383002500015</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>144</v>
+        <v>121</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>91300095930</v>
+        <v>17</v>
+      </c>
+      <c r="I38" s="3" t="s">
+        <v>145</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>38867252900012</v>
+        <v>18383011600020</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>119</v>
+        <v>148</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>25610025161</v>
+        <v>61</v>
+      </c>
+      <c r="I39" s="3" t="s">
+        <v>149</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>38935885400054</v>
+        <v>18400002400010</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>149</v>
+        <v>121</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>11751937075</v>
+        <v>17</v>
+      </c>
+      <c r="I40" s="3" t="s">
+        <v>152</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>38971584800047</v>
+        <v>18460001300017</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>150</v>
-[...3 lines deleted...]
-      </c>
+        <v>153</v>
+      </c>
+      <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>152</v>
-[...3 lines deleted...]
-      </c>
+        <v>155</v>
+      </c>
+      <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I41" s="3"/>
       <c r="J41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>38980220800014</v>
+        <v>18510906300023</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>72470033047</v>
+        <v>33</v>
+      </c>
+      <c r="I42" s="3" t="s">
+        <v>159</v>
       </c>
       <c r="J42" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M42" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>39003205000010</v>
+        <v>18560005300010</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>159</v>
+        <v>121</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>82380184838</v>
+        <v>17</v>
+      </c>
+      <c r="I43" s="3" t="s">
+        <v>162</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M43" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>39017462100339</v>
+        <v>18560005300234</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>160</v>
       </c>
       <c r="D44" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="E44" s="2" t="s">
         <v>161</v>
       </c>
-      <c r="E44" s="2" t="s">
+      <c r="F44" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="G44" s="2"/>
+      <c r="H44" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="I44" s="3" t="s">
         <v>162</v>
       </c>
-      <c r="F44" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M44" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>39039183700031</v>
+        <v>18572202200125</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="D45" s="2" t="s">
         <v>165</v>
       </c>
-      <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
         <v>166</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>167</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>11752021075</v>
+        <v>33</v>
+      </c>
+      <c r="I45" s="3" t="s">
+        <v>168</v>
       </c>
       <c r="J45" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M45" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>39075824100041</v>
+        <v>18572204800138</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>42670182967</v>
+        <v>17</v>
+      </c>
+      <c r="I46" s="3" t="s">
+        <v>172</v>
       </c>
       <c r="J46" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>39075824100108</v>
+        <v>18640005700078</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="D47" s="2"/>
+        <v>173</v>
+      </c>
+      <c r="D47" s="2" t="s">
+        <v>174</v>
+      </c>
       <c r="E47" s="2" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>42670182967</v>
+        <v>56</v>
+      </c>
+      <c r="I47" s="3" t="s">
+        <v>177</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M47" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>39131533000053</v>
+        <v>18720092800112</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="D48" s="2"/>
+        <v>178</v>
+      </c>
+      <c r="D48" s="2" t="s">
+        <v>179</v>
+      </c>
       <c r="E48" s="2" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>175</v>
+        <v>79</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I48" s="3">
-        <v>22020039102</v>
+        <v>52720101272</v>
       </c>
       <c r="J48" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M48" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>39163364100033</v>
+        <v>18743001200067</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>11752088975</v>
+        <v>17</v>
+      </c>
+      <c r="I49" s="3" t="s">
+        <v>184</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M49" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>39202837900049</v>
+        <v>18780913200041</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>179</v>
-[...3 lines deleted...]
-      </c>
+        <v>185</v>
+      </c>
+      <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>73810029981</v>
+        <v>33</v>
+      </c>
+      <c r="I50" s="3" t="s">
+        <v>188</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M50" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>39205023300023</v>
+        <v>18840001400018</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>185</v>
+        <v>121</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>11921828692</v>
+        <v>17</v>
+      </c>
+      <c r="I51" s="3" t="s">
+        <v>191</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M51" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>39296396300047</v>
+        <v>18850049000019</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>188</v>
+        <v>121</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I52" s="3">
-        <v>52440205944</v>
+        <v>52850109285</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M52" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>39299898500056</v>
+        <v>18860003500144</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="I53" s="3">
-        <v>54860045986</v>
+        <v>54860109086</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M53" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>39336786700024</v>
+        <v>18860907700048</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="G54" s="2" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="H54" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>11752175275</v>
+        <v>33</v>
+      </c>
+      <c r="I54" s="3" t="s">
+        <v>201</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>39504180900041</v>
+        <v>18870801000114</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>196</v>
-[...1 lines deleted...]
-      <c r="D55" s="2"/>
+        <v>202</v>
+      </c>
+      <c r="D55" s="2" t="s">
+        <v>203</v>
+      </c>
       <c r="E55" s="2" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>198</v>
-[...3 lines deleted...]
-      </c>
+        <v>205</v>
+      </c>
+      <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>22020045002</v>
+        <v>33</v>
+      </c>
+      <c r="I55" s="3" t="s">
+        <v>206</v>
       </c>
       <c r="J55" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M55" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>39508641600058</v>
+        <v>18882211800017</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>200</v>
-[...3 lines deleted...]
-      </c>
+        <v>207</v>
+      </c>
+      <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>53560908256</v>
+        <v>17</v>
+      </c>
+      <c r="I56" s="3" t="s">
+        <v>210</v>
       </c>
       <c r="J56" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M56" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>39522847100029</v>
+        <v>18940910500013</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>206</v>
-[...1 lines deleted...]
-      <c r="G57" s="2"/>
+        <v>213</v>
+      </c>
+      <c r="G57" s="2" t="s">
+        <v>214</v>
+      </c>
       <c r="H57" s="2" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>93131389113</v>
+        <v>33</v>
+      </c>
+      <c r="I57" s="3" t="s">
+        <v>215</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M57" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>39826663500034</v>
+        <v>18972002200210</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>207</v>
-[...1 lines deleted...]
-      <c r="D58" s="2"/>
+        <v>216</v>
+      </c>
+      <c r="D58" s="2" t="s">
+        <v>217</v>
+      </c>
       <c r="E58" s="2" t="s">
-        <v>208</v>
+        <v>218</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>209</v>
-[...3 lines deleted...]
-      </c>
+        <v>219</v>
+      </c>
+      <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>21080018108</v>
+        <v>33</v>
+      </c>
+      <c r="I58" s="3" t="s">
+        <v>220</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>39839792700102</v>
+        <v>19010016400028</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="D59" s="2"/>
+        <v>221</v>
+      </c>
+      <c r="D59" s="2" t="s">
+        <v>222</v>
+      </c>
       <c r="E59" s="2" t="s">
-        <v>212</v>
+        <v>223</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>213</v>
+        <v>224</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>52720055472</v>
+        <v>33</v>
+      </c>
+      <c r="I59" s="3" t="s">
+        <v>225</v>
       </c>
       <c r="J59" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M59" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>39870494000038</v>
+        <v>19030026900023</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>214</v>
-[...1 lines deleted...]
-      <c r="D60" s="2"/>
+        <v>226</v>
+      </c>
+      <c r="D60" s="2" t="s">
+        <v>227</v>
+      </c>
       <c r="E60" s="2" t="s">
-        <v>215</v>
+        <v>228</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>216</v>
-[...3 lines deleted...]
-      </c>
+        <v>229</v>
+      </c>
+      <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I60" s="3"/>
       <c r="J60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>39917881300016</v>
+        <v>19060075900020</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>218</v>
+        <v>230</v>
       </c>
       <c r="D61" s="2" t="s">
-        <v>219</v>
+        <v>231</v>
       </c>
       <c r="E61" s="2" t="s">
-        <v>220</v>
+        <v>232</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>221</v>
+        <v>233</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>21100030510</v>
+        <v>33</v>
+      </c>
+      <c r="I61" s="3" t="s">
+        <v>234</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M61" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>39945394300058</v>
+        <v>19080008600026</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>222</v>
-[...1 lines deleted...]
-      <c r="D62" s="2"/>
+        <v>235</v>
+      </c>
+      <c r="D62" s="2" t="s">
+        <v>236</v>
+      </c>
       <c r="E62" s="2" t="s">
-        <v>223</v>
+        <v>237</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>224</v>
       </c>
-      <c r="G62" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>93060290006</v>
+        <v>33</v>
+      </c>
+      <c r="I62" s="3" t="s">
+        <v>238</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M62" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>39976040400042</v>
+        <v>19100025600039</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>226</v>
-[...1 lines deleted...]
-      <c r="D63" s="2"/>
+        <v>239</v>
+      </c>
+      <c r="D63" s="2" t="s">
+        <v>240</v>
+      </c>
       <c r="E63" s="2" t="s">
-        <v>227</v>
+        <v>241</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>228</v>
-[...3 lines deleted...]
-      </c>
+        <v>224</v>
+      </c>
+      <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>52490155549</v>
+        <v>33</v>
+      </c>
+      <c r="I63" s="3" t="s">
+        <v>242</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M63" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>40019882600028</v>
+        <v>19110023900026</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>230</v>
-[...1 lines deleted...]
-      <c r="D64" s="2"/>
+        <v>243</v>
+      </c>
+      <c r="D64" s="2" t="s">
+        <v>244</v>
+      </c>
       <c r="E64" s="2" t="s">
-        <v>231</v>
+        <v>245</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>232</v>
-[...1 lines deleted...]
-      <c r="G64" s="2"/>
+        <v>246</v>
+      </c>
+      <c r="G64" s="2" t="s">
+        <v>247</v>
+      </c>
       <c r="H64" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I64" s="3"/>
       <c r="J64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M64" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>40122792100038</v>
+        <v>19120024500022</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>233</v>
-[...1 lines deleted...]
-      <c r="D65" s="2"/>
+        <v>248</v>
+      </c>
+      <c r="D65" s="2" t="s">
+        <v>249</v>
+      </c>
       <c r="E65" s="2" t="s">
-        <v>234</v>
+        <v>250</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>235</v>
-[...3 lines deleted...]
-      </c>
+        <v>251</v>
+      </c>
+      <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>91340385534</v>
+        <v>33</v>
+      </c>
+      <c r="I65" s="3" t="s">
+        <v>252</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M65" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>40171009000010</v>
+        <v>19130053200022</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>237</v>
-[...1 lines deleted...]
-      <c r="D66" s="2"/>
+        <v>253</v>
+      </c>
+      <c r="D66" s="2" t="s">
+        <v>254</v>
+      </c>
       <c r="E66" s="2" t="s">
-        <v>238</v>
+        <v>255</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>239</v>
+        <v>256</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I66" s="3">
-        <v>82260067726</v>
+        <v>93131539413</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M66" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>13000337900018</v>
+        <v>19133206300020</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="D67" s="2"/>
+        <v>257</v>
+      </c>
+      <c r="D67" s="2" t="s">
+        <v>258</v>
+      </c>
       <c r="E67" s="2" t="s">
-        <v>241</v>
+        <v>259</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>242</v>
+        <v>260</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>243</v>
+        <v>33</v>
       </c>
       <c r="I67" s="3" t="s">
-        <v>244</v>
+        <v>261</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M67" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>13000460900017</v>
+        <v>19133342600028</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>245</v>
+        <v>262</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>246</v>
+        <v>263</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>247</v>
+        <v>55</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>243</v>
+        <v>56</v>
       </c>
       <c r="I68" s="3">
-        <v>52490236949</v>
+        <v>93131274613</v>
       </c>
       <c r="J68" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K68" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L68" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M68" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>13000770100043</v>
+        <v>19140014200045</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>248</v>
+        <v>264</v>
       </c>
       <c r="D69" s="2" t="s">
-        <v>249</v>
+        <v>265</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>250</v>
+        <v>266</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>251</v>
-[...1 lines deleted...]
-      <c r="G69" s="2"/>
+        <v>267</v>
+      </c>
+      <c r="G69" s="2" t="s">
+        <v>268</v>
+      </c>
       <c r="H69" s="2" t="s">
-        <v>243</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I69" s="3"/>
       <c r="J69" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L69" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M69" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>13000772700071</v>
+        <v>19150006500039</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>253</v>
+        <v>269</v>
       </c>
       <c r="D70" s="2" t="s">
-        <v>254</v>
+        <v>270</v>
       </c>
       <c r="E70" s="2" t="s">
-        <v>255</v>
+        <v>271</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>256</v>
+        <v>167</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I70" s="3"/>
       <c r="J70" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M70" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>13000809700037</v>
+        <v>19210018800031</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>257</v>
-[...1 lines deleted...]
-      <c r="D71" s="2"/>
+        <v>272</v>
+      </c>
+      <c r="D71" s="2" t="s">
+        <v>273</v>
+      </c>
       <c r="E71" s="2" t="s">
-        <v>258</v>
+        <v>274</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>259</v>
+        <v>23</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>243</v>
+        <v>33</v>
       </c>
       <c r="I71" s="3">
-        <v>76120131912</v>
+        <v>26210247721</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M71" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>13000810500012</v>
+        <v>19220058200026</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>260</v>
-[...1 lines deleted...]
-      <c r="D72" s="2"/>
+        <v>275</v>
+      </c>
+      <c r="D72" s="2" t="s">
+        <v>276</v>
+      </c>
       <c r="E72" s="2" t="s">
-        <v>261</v>
+        <v>277</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>262</v>
+        <v>278</v>
       </c>
       <c r="G72" s="2" t="s">
-        <v>263</v>
+        <v>279</v>
       </c>
       <c r="H72" s="2" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>52440613744</v>
+        <v>33</v>
+      </c>
+      <c r="I72" s="3" t="s">
+        <v>280</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>13001310500056</v>
+        <v>19250011400025</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>264</v>
+        <v>281</v>
       </c>
       <c r="D73" s="2" t="s">
-        <v>254</v>
+        <v>282</v>
       </c>
       <c r="E73" s="2" t="s">
-        <v>265</v>
+        <v>283</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>266</v>
-[...3 lines deleted...]
-      </c>
+        <v>284</v>
+      </c>
+      <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I73" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I73" s="3" t="s">
+        <v>285</v>
+      </c>
       <c r="J73" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K73" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M73" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>13001313900014</v>
+        <v>19250043700046</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>268</v>
-[...1 lines deleted...]
-      <c r="D74" s="2"/>
+        <v>286</v>
+      </c>
+      <c r="D74" s="2" t="s">
+        <v>287</v>
+      </c>
       <c r="E74" s="2" t="s">
-        <v>269</v>
+        <v>288</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>270</v>
+        <v>289</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>83430323343</v>
+        <v>33</v>
+      </c>
+      <c r="I74" s="3" t="s">
+        <v>290</v>
       </c>
       <c r="J74" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K74" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M74" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>13001400400019</v>
+        <v>19270016900019</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>271</v>
+        <v>291</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>272</v>
+        <v>292</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>273</v>
+        <v>121</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>243</v>
+        <v>293</v>
       </c>
       <c r="I75" s="3">
-        <v>82070078607</v>
+        <v>28270198127</v>
       </c>
       <c r="J75" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M75" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>13001457400078</v>
+        <v>19270016900027</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>274</v>
+        <v>291</v>
       </c>
       <c r="D76" s="2" t="s">
-        <v>275</v>
+        <v>294</v>
       </c>
       <c r="E76" s="2" t="s">
-        <v>276</v>
+        <v>295</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>277</v>
+        <v>296</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>123</v>
+        <v>33</v>
       </c>
       <c r="I76" s="3">
-        <v>94202111120</v>
+        <v>28270198127</v>
       </c>
       <c r="J76" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K76" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M76" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>13001727000088</v>
+        <v>19290071000026</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>278</v>
+        <v>297</v>
       </c>
       <c r="D77" s="2" t="s">
-        <v>279</v>
+        <v>298</v>
       </c>
       <c r="E77" s="2" t="s">
-        <v>280</v>
+        <v>299</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>281</v>
+        <v>224</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="I77" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I77" s="3" t="s">
+        <v>300</v>
+      </c>
       <c r="J77" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K77" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L77" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M77" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>13002170200043</v>
+        <v>19300026200025</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>282</v>
+        <v>301</v>
       </c>
       <c r="D78" s="2" t="s">
-        <v>283</v>
+        <v>302</v>
       </c>
       <c r="E78" s="2" t="s">
-        <v>284</v>
+        <v>303</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>80</v>
+        <v>246</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I78" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I78" s="3" t="s">
+        <v>304</v>
+      </c>
       <c r="J78" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M78" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>13002179300018</v>
+        <v>19310017900038</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>285</v>
-[...1 lines deleted...]
-      <c r="D79" s="2"/>
+        <v>305</v>
+      </c>
+      <c r="D79" s="2" t="s">
+        <v>306</v>
+      </c>
       <c r="E79" s="2" t="s">
-        <v>286</v>
+        <v>307</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="G79" s="2"/>
+        <v>308</v>
+      </c>
+      <c r="G79" s="2" t="s">
+        <v>309</v>
+      </c>
       <c r="H79" s="2" t="s">
-        <v>243</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I79" s="3"/>
       <c r="J79" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K79" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M79" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>13002245200010</v>
+        <v>19310044300020</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>287</v>
-[...1 lines deleted...]
-      <c r="D80" s="2"/>
+        <v>310</v>
+      </c>
+      <c r="D80" s="2" t="s">
+        <v>311</v>
+      </c>
       <c r="E80" s="2" t="s">
-        <v>288</v>
+        <v>312</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>289</v>
+        <v>313</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>75160091116</v>
+        <v>33</v>
+      </c>
+      <c r="I80" s="3" t="s">
+        <v>314</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M80" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>13002245200036</v>
+        <v>19330023300031</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>287</v>
+        <v>315</v>
       </c>
       <c r="D81" s="2" t="s">
-        <v>290</v>
+        <v>316</v>
       </c>
       <c r="E81" s="2" t="s">
-        <v>291</v>
+        <v>317</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>289</v>
+        <v>318</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>75160091116</v>
+        <v>33</v>
+      </c>
+      <c r="I81" s="3" t="s">
+        <v>319</v>
       </c>
       <c r="J81" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K81" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L81" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M81" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>13002263500010</v>
+        <v>19340042100023</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="D82" s="2"/>
+        <v>320</v>
+      </c>
+      <c r="D82" s="2" t="s">
+        <v>321</v>
+      </c>
       <c r="E82" s="2" t="s">
-        <v>293</v>
+        <v>322</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>294</v>
+        <v>323</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="I82" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I82" s="3" t="s">
+        <v>324</v>
+      </c>
       <c r="J82" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K82" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M82" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>13002267600030</v>
+        <v>19340128800082</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>295</v>
+        <v>325</v>
       </c>
       <c r="D83" s="2" t="s">
-        <v>296</v>
+        <v>326</v>
       </c>
       <c r="E83" s="2" t="s">
-        <v>297</v>
+        <v>327</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>298</v>
+        <v>121</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>44670587467</v>
+        <v>33</v>
+      </c>
+      <c r="I83" s="3" t="s">
+        <v>328</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K83" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L83" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M83" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>13002268400018</v>
+        <v>19350030300030</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>299</v>
-[...1 lines deleted...]
-      <c r="D84" s="2"/>
+        <v>329</v>
+      </c>
+      <c r="D84" s="2" t="s">
+        <v>330</v>
+      </c>
       <c r="E84" s="2" t="s">
-        <v>300</v>
+        <v>331</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>301</v>
+        <v>332</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="I84" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I84" s="3" t="s">
+        <v>333</v>
+      </c>
       <c r="J84" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L84" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M84" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>13002269200367</v>
+        <v>19360043400024</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>302</v>
+        <v>334</v>
       </c>
       <c r="D85" s="2" t="s">
-        <v>303</v>
+        <v>335</v>
       </c>
       <c r="E85" s="2" t="s">
-        <v>304</v>
+        <v>336</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>305</v>
+        <v>337</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>84691521069</v>
+        <v>33</v>
+      </c>
+      <c r="I85" s="3" t="s">
+        <v>338</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M85" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>13002271800014</v>
+        <v>19370038200024</v>
       </c>
       <c r="B86" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>306</v>
-[...1 lines deleted...]
-      <c r="D86" s="2"/>
+        <v>339</v>
+      </c>
+      <c r="D86" s="2" t="s">
+        <v>340</v>
+      </c>
       <c r="E86" s="2" t="s">
-        <v>307</v>
+        <v>341</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>298</v>
-[...1 lines deleted...]
-      <c r="G86" s="2"/>
+        <v>337</v>
+      </c>
+      <c r="G86" s="2" t="s">
+        <v>342</v>
+      </c>
       <c r="H86" s="2" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>32590928359</v>
+        <v>33</v>
+      </c>
+      <c r="I86" s="3" t="s">
+        <v>343</v>
       </c>
       <c r="J86" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K86" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L86" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M86" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>13002280900011</v>
+        <v>19380033100020</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>308</v>
-[...1 lines deleted...]
-      <c r="D87" s="2"/>
+        <v>344</v>
+      </c>
+      <c r="D87" s="2" t="s">
+        <v>345</v>
+      </c>
       <c r="E87" s="2" t="s">
-        <v>309</v>
+        <v>346</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>310</v>
+        <v>224</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>53351000435</v>
+        <v>33</v>
+      </c>
+      <c r="I87" s="3" t="s">
+        <v>347</v>
       </c>
       <c r="J87" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L87" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M87" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>13002286600011</v>
+        <v>19380081000031</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>311</v>
+        <v>348</v>
       </c>
       <c r="D88" s="2" t="s">
-        <v>312</v>
+        <v>349</v>
       </c>
       <c r="E88" s="2" t="s">
-        <v>313</v>
+        <v>350</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>314</v>
+        <v>351</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>84030359803</v>
+        <v>33</v>
+      </c>
+      <c r="I88" s="3" t="s">
+        <v>352</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K88" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M88" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>13002293200011</v>
+        <v>19430020800031</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>315</v>
+        <v>353</v>
       </c>
       <c r="D89" s="2" t="s">
-        <v>316</v>
+        <v>354</v>
       </c>
       <c r="E89" s="2" t="s">
-        <v>317</v>
+        <v>355</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>294</v>
+        <v>356</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>243</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I89" s="3"/>
       <c r="J89" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K89" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M89" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>13002293200060</v>
+        <v>19440029700025</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>315</v>
+        <v>357</v>
       </c>
       <c r="D90" s="2" t="s">
-        <v>318</v>
+        <v>358</v>
       </c>
       <c r="E90" s="2" t="s">
-        <v>319</v>
+        <v>359</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>298</v>
+        <v>224</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I90" s="3">
-        <v>53290897729</v>
+        <v>52440417944</v>
       </c>
       <c r="J90" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K90" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M90" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>13002293200326</v>
+        <v>19450782800045</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>315</v>
+        <v>360</v>
       </c>
       <c r="D91" s="2" t="s">
-        <v>320</v>
+        <v>361</v>
       </c>
       <c r="E91" s="2" t="s">
-        <v>321</v>
+        <v>362</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>298</v>
+        <v>363</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I91" s="3">
-        <v>53290897729</v>
+        <v>24450279845</v>
       </c>
       <c r="J91" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K91" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L91" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M91" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>13002797200012</v>
+        <v>19490003100023</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>322</v>
-[...1 lines deleted...]
-      <c r="D92" s="2"/>
+        <v>364</v>
+      </c>
+      <c r="D92" s="2" t="s">
+        <v>365</v>
+      </c>
       <c r="E92" s="2" t="s">
-        <v>323</v>
+        <v>366</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>324</v>
+        <v>23</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
-        <v>243</v>
+        <v>33</v>
       </c>
       <c r="I92" s="3">
-        <v>11756120375</v>
+        <v>52490280149</v>
       </c>
       <c r="J92" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K92" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L92" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M92" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>13002797200152</v>
+        <v>19501219000029</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>322</v>
+        <v>367</v>
       </c>
       <c r="D93" s="2" t="s">
-        <v>325</v>
+        <v>368</v>
       </c>
       <c r="E93" s="2" t="s">
-        <v>326</v>
+        <v>369</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>324</v>
+        <v>370</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>11756120375</v>
+        <v>33</v>
+      </c>
+      <c r="I93" s="3" t="s">
+        <v>371</v>
       </c>
       <c r="J93" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K93" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L93" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M93" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>18090001100016</v>
+        <v>19510035900023</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>327</v>
-[...1 lines deleted...]
-      <c r="D94" s="2"/>
+        <v>372</v>
+      </c>
+      <c r="D94" s="2" t="s">
+        <v>373</v>
+      </c>
       <c r="E94" s="2" t="s">
-        <v>328</v>
+        <v>374</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>329</v>
+        <v>224</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="I94" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I94" s="3" t="s">
+        <v>375</v>
+      </c>
       <c r="J94" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K94" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L94" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M94" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>18150001800062</v>
+        <v>19560026700049</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>330</v>
+        <v>376</v>
       </c>
       <c r="D95" s="2" t="s">
-        <v>331</v>
+        <v>377</v>
       </c>
       <c r="E95" s="2" t="s">
-        <v>332</v>
+        <v>378</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>333</v>
+        <v>379</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I95" s="3" t="s">
-        <v>334</v>
+        <v>380</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K95" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L95" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M95" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>18210026300025</v>
+        <v>19570057000037</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>335</v>
-[...1 lines deleted...]
-      <c r="D96" s="2"/>
+        <v>381</v>
+      </c>
+      <c r="D96" s="2" t="s">
+        <v>382</v>
+      </c>
       <c r="E96" s="2" t="s">
-        <v>336</v>
+        <v>383</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>337</v>
+        <v>384</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>26210350121</v>
+        <v>33</v>
+      </c>
+      <c r="I96" s="3" t="s">
+        <v>385</v>
       </c>
       <c r="J96" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K96" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L96" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M96" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>18220005500016</v>
+        <v>19570099200041</v>
       </c>
       <c r="B97" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>338</v>
-[...1 lines deleted...]
-      <c r="D97" s="2"/>
+        <v>386</v>
+      </c>
+      <c r="D97" s="2" t="s">
+        <v>387</v>
+      </c>
       <c r="E97" s="2" t="s">
-        <v>339</v>
+        <v>388</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>340</v>
-[...1 lines deleted...]
-      <c r="G97" s="2"/>
+        <v>384</v>
+      </c>
+      <c r="G97" s="2" t="s">
+        <v>389</v>
+      </c>
       <c r="H97" s="2" t="s">
-        <v>243</v>
+        <v>33</v>
       </c>
       <c r="I97" s="3" t="s">
-        <v>341</v>
+        <v>390</v>
       </c>
       <c r="J97" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K97" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L97" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M97" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>18263001200041</v>
+        <v>19580050300037</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>342</v>
+        <v>391</v>
       </c>
       <c r="D98" s="2" t="s">
-        <v>343</v>
+        <v>392</v>
       </c>
       <c r="E98" s="2" t="s">
-        <v>344</v>
+        <v>393</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>345</v>
+        <v>394</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
-        <v>243</v>
+        <v>33</v>
       </c>
       <c r="I98" s="3" t="s">
-        <v>346</v>
+        <v>395</v>
       </c>
       <c r="J98" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K98" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M98" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>18280001100047</v>
+        <v>19590065900028</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>347</v>
+        <v>396</v>
       </c>
       <c r="D99" s="2" t="s">
-        <v>348</v>
+        <v>397</v>
       </c>
       <c r="E99" s="2" t="s">
-        <v>349</v>
+        <v>398</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>350</v>
+        <v>399</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I99" s="3" t="s">
-        <v>351</v>
+        <v>400</v>
       </c>
       <c r="J99" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K99" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L99" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M99" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>18280001100104</v>
+        <v>19590258000065</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>347</v>
-[...1 lines deleted...]
-      <c r="D100" s="2"/>
+        <v>401</v>
+      </c>
+      <c r="D100" s="2" t="s">
+        <v>402</v>
+      </c>
       <c r="E100" s="2" t="s">
-        <v>352</v>
+        <v>403</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>353</v>
+        <v>404</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>351</v>
+        <v>33</v>
+      </c>
+      <c r="I100" s="3">
+        <v>31590895059</v>
       </c>
       <c r="J100" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K100" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L100" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M100" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>18360001400017</v>
+        <v>19600020200032</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>354</v>
-[...1 lines deleted...]
-      <c r="D101" s="2"/>
+        <v>405</v>
+      </c>
+      <c r="D101" s="2" t="s">
+        <v>406</v>
+      </c>
       <c r="E101" s="2" t="s">
-        <v>355</v>
+        <v>407</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>329</v>
+        <v>408</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
-        <v>243</v>
+        <v>33</v>
       </c>
       <c r="I101" s="3" t="s">
-        <v>356</v>
+        <v>409</v>
       </c>
       <c r="J101" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K101" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L101" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M101" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>18383001700236</v>
+        <v>19620062000025</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>357</v>
+        <v>410</v>
       </c>
       <c r="D102" s="2" t="s">
-        <v>358</v>
+        <v>411</v>
       </c>
       <c r="E102" s="2" t="s">
-        <v>359</v>
+        <v>412</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>360</v>
+        <v>278</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="I102" s="3" t="s">
-        <v>361</v>
+        <v>413</v>
       </c>
       <c r="J102" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K102" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L102" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M102" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>18383002500015</v>
+        <v>19623328200058</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>362</v>
-[...1 lines deleted...]
-      <c r="D103" s="2"/>
+        <v>414</v>
+      </c>
+      <c r="D103" s="2" t="s">
+        <v>415</v>
+      </c>
       <c r="E103" s="2" t="s">
-        <v>363</v>
+        <v>416</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>340</v>
+        <v>55</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>364</v>
+        <v>33</v>
+      </c>
+      <c r="I103" s="3">
+        <v>32620310762</v>
       </c>
       <c r="J103" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K103" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L103" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M103" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>18383011600020</v>
+        <v>19630001600025</v>
       </c>
       <c r="B104" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="D104" s="2"/>
+        <v>334</v>
+      </c>
+      <c r="D104" s="2" t="s">
+        <v>287</v>
+      </c>
       <c r="E104" s="2" t="s">
-        <v>366</v>
+        <v>417</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>367</v>
-[...1 lines deleted...]
-      <c r="G104" s="2"/>
+        <v>229</v>
+      </c>
+      <c r="G104" s="2" t="s">
+        <v>418</v>
+      </c>
       <c r="H104" s="2" t="s">
-        <v>100</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I104" s="3"/>
       <c r="J104" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K104" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L104" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M104" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>18400002400010</v>
+        <v>19630021400042</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>369</v>
-[...1 lines deleted...]
-      <c r="D105" s="2"/>
+        <v>419</v>
+      </c>
+      <c r="D105" s="2" t="s">
+        <v>420</v>
+      </c>
       <c r="E105" s="2" t="s">
-        <v>370</v>
+        <v>421</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>340</v>
+        <v>422</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
-        <v>243</v>
+        <v>33</v>
       </c>
       <c r="I105" s="3" t="s">
-        <v>371</v>
+        <v>423</v>
       </c>
       <c r="J105" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K105" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L105" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M105" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>18460001300017</v>
+        <v>19630041200034</v>
       </c>
       <c r="B106" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="D106" s="2"/>
+        <v>424</v>
+      </c>
+      <c r="D106" s="2" t="s">
+        <v>425</v>
+      </c>
       <c r="E106" s="2" t="s">
-        <v>373</v>
+        <v>426</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>374</v>
-[...1 lines deleted...]
-      <c r="G106" s="2"/>
+        <v>427</v>
+      </c>
+      <c r="G106" s="2" t="s">
+        <v>418</v>
+      </c>
       <c r="H106" s="2" t="s">
-        <v>243</v>
+        <v>33</v>
       </c>
       <c r="I106" s="3"/>
       <c r="J106" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K106" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L106" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M106" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>18510906300023</v>
+        <v>19660014200059</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>375</v>
-[...1 lines deleted...]
-      <c r="D107" s="2"/>
+        <v>428</v>
+      </c>
+      <c r="D107" s="2" t="s">
+        <v>429</v>
+      </c>
       <c r="E107" s="2" t="s">
-        <v>376</v>
+        <v>430</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>377</v>
+        <v>431</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I107" s="3" t="s">
-        <v>378</v>
+        <v>432</v>
       </c>
       <c r="J107" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K107" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L107" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M107" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>18560005300010</v>
+        <v>19671509800055</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>379</v>
-[...1 lines deleted...]
-      <c r="D108" s="2"/>
+        <v>433</v>
+      </c>
+      <c r="D108" s="2" t="s">
+        <v>434</v>
+      </c>
       <c r="E108" s="2" t="s">
-        <v>380</v>
+        <v>435</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>340</v>
+        <v>436</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
-        <v>243</v>
+        <v>33</v>
       </c>
       <c r="I108" s="3" t="s">
-        <v>381</v>
+        <v>437</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K108" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L108" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M108" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>18560005300234</v>
+        <v>19672198900040</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>379</v>
+        <v>438</v>
       </c>
       <c r="D109" s="2" t="s">
-        <v>382</v>
+        <v>439</v>
       </c>
       <c r="E109" s="2" t="s">
-        <v>380</v>
+        <v>440</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>360</v>
+        <v>441</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I109" s="3" t="s">
-        <v>381</v>
+        <v>442</v>
       </c>
       <c r="J109" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K109" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L109" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M109" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>18572202200125</v>
+        <v>19680010600011</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>383</v>
-[...3 lines deleted...]
-      </c>
+        <v>334</v>
+      </c>
+      <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
-        <v>385</v>
+        <v>443</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>106</v>
+        <v>121</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
-        <v>23</v>
+        <v>293</v>
       </c>
       <c r="I110" s="3" t="s">
-        <v>386</v>
+        <v>444</v>
       </c>
       <c r="J110" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K110" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L110" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M110" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>18572204800138</v>
+        <v>19680010600037</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>387</v>
-[...1 lines deleted...]
-      <c r="D111" s="2"/>
+        <v>334</v>
+      </c>
+      <c r="D111" s="2" t="s">
+        <v>445</v>
+      </c>
       <c r="E111" s="2" t="s">
-        <v>388</v>
+        <v>443</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>389</v>
+        <v>446</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
-        <v>243</v>
+        <v>33</v>
       </c>
       <c r="I111" s="3" t="s">
-        <v>390</v>
+        <v>444</v>
       </c>
       <c r="J111" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K111" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L111" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M111" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>18640005700078</v>
+        <v>19681768800043</v>
       </c>
       <c r="B112" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>391</v>
+        <v>447</v>
       </c>
       <c r="D112" s="2" t="s">
-        <v>392</v>
+        <v>448</v>
       </c>
       <c r="E112" s="2" t="s">
-        <v>393</v>
+        <v>449</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>137</v>
-[...1 lines deleted...]
-      <c r="G112" s="2"/>
+        <v>450</v>
+      </c>
+      <c r="G112" s="2" t="s">
+        <v>247</v>
+      </c>
       <c r="H112" s="2" t="s">
-        <v>123</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I112" s="3"/>
       <c r="J112" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K112" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L112" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M112" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>18720092800112</v>
+        <v>19692866700027</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>395</v>
+        <v>451</v>
       </c>
       <c r="D113" s="2" t="s">
-        <v>396</v>
+        <v>452</v>
       </c>
       <c r="E113" s="2" t="s">
-        <v>397</v>
+        <v>453</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>298</v>
+        <v>224</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>52720101272</v>
+        <v>33</v>
+      </c>
+      <c r="I113" s="3" t="s">
+        <v>454</v>
       </c>
       <c r="J113" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K113" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L113" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M113" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>18743001200067</v>
+        <v>19700905300020</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>398</v>
-[...1 lines deleted...]
-      <c r="D114" s="2"/>
+        <v>455</v>
+      </c>
+      <c r="D114" s="2" t="s">
+        <v>456</v>
+      </c>
       <c r="E114" s="2" t="s">
-        <v>399</v>
+        <v>457</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>400</v>
+        <v>458</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
-        <v>243</v>
+        <v>33</v>
       </c>
       <c r="I114" s="3" t="s">
-        <v>401</v>
+        <v>459</v>
       </c>
       <c r="J114" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K114" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L114" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M114" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>18780913200041</v>
+        <v>19710012600048</v>
       </c>
       <c r="B115" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>402</v>
-[...1 lines deleted...]
-      <c r="D115" s="2"/>
+        <v>460</v>
+      </c>
+      <c r="D115" s="2" t="s">
+        <v>461</v>
+      </c>
       <c r="E115" s="2" t="s">
-        <v>403</v>
+        <v>462</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>404</v>
-[...1 lines deleted...]
-      <c r="G115" s="2"/>
+        <v>463</v>
+      </c>
+      <c r="G115" s="2" t="s">
+        <v>464</v>
+      </c>
       <c r="H115" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I115" s="3" t="s">
-        <v>405</v>
+        <v>465</v>
       </c>
       <c r="J115" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K115" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L115" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M115" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
-        <v>18840001400018</v>
+        <v>19720033000029</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>406</v>
-[...1 lines deleted...]
-      <c r="D116" s="2"/>
+        <v>466</v>
+      </c>
+      <c r="D116" s="2" t="s">
+        <v>467</v>
+      </c>
       <c r="E116" s="2" t="s">
-        <v>407</v>
+        <v>468</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>340</v>
+        <v>23</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>408</v>
+        <v>33</v>
+      </c>
+      <c r="I116" s="3">
+        <v>52720123172</v>
       </c>
       <c r="J116" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K116" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L116" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M116" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
-        <v>18850049000019</v>
+        <v>19730016300049</v>
       </c>
       <c r="B117" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>409</v>
-[...1 lines deleted...]
-      <c r="D117" s="2"/>
+        <v>469</v>
+      </c>
+      <c r="D117" s="2" t="s">
+        <v>470</v>
+      </c>
       <c r="E117" s="2" t="s">
-        <v>410</v>
+        <v>471</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>340</v>
-[...1 lines deleted...]
-      <c r="G117" s="2"/>
+        <v>472</v>
+      </c>
+      <c r="G117" s="2" t="s">
+        <v>309</v>
+      </c>
       <c r="H117" s="2" t="s">
-        <v>243</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I117" s="3"/>
       <c r="J117" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K117" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L117" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M117" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>18860003500144</v>
+        <v>19740009600024</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>411</v>
-[...1 lines deleted...]
-      <c r="D118" s="2"/>
+        <v>473</v>
+      </c>
+      <c r="D118" s="2" t="s">
+        <v>474</v>
+      </c>
       <c r="E118" s="2" t="s">
-        <v>412</v>
+        <v>475</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>413</v>
+        <v>224</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>54860109086</v>
+        <v>33</v>
+      </c>
+      <c r="I118" s="3" t="s">
+        <v>476</v>
       </c>
       <c r="J118" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K118" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L118" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M118" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>18860907700048</v>
+        <v>19740013800032</v>
       </c>
       <c r="B119" s="2" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>414</v>
-[...1 lines deleted...]
-      <c r="D119" s="2"/>
+        <v>477</v>
+      </c>
+      <c r="D119" s="2" t="s">
+        <v>478</v>
+      </c>
       <c r="E119" s="2" t="s">
-        <v>415</v>
+        <v>479</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>416</v>
+        <v>480</v>
       </c>
       <c r="G119" s="2" t="s">
-        <v>417</v>
+        <v>309</v>
       </c>
       <c r="H119" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I119" s="3"/>
       <c r="J119" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K119" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L119" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M119" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>18870801000114</v>
+        <v>19750681900030</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>419</v>
+        <v>481</v>
       </c>
       <c r="D120" s="2" t="s">
-        <v>420</v>
+        <v>482</v>
       </c>
       <c r="E120" s="2" t="s">
-        <v>421</v>
+        <v>483</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>422</v>
+        <v>484</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I120" s="3" t="s">
-        <v>423</v>
+        <v>485</v>
       </c>
       <c r="J120" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K120" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L120" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M120" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>18882211800017</v>
+        <v>19750707200019</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>424</v>
+        <v>486</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
-        <v>425</v>
+        <v>487</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>426</v>
+        <v>121</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
-        <v>243</v>
+        <v>61</v>
       </c>
       <c r="I121" s="3" t="s">
-        <v>427</v>
+        <v>488</v>
       </c>
       <c r="J121" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K121" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L121" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M121" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>18940910500013</v>
+        <v>19750707200027</v>
       </c>
       <c r="B122" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>428</v>
-[...1 lines deleted...]
-      <c r="D122" s="2"/>
+        <v>486</v>
+      </c>
+      <c r="D122" s="2" t="s">
+        <v>489</v>
+      </c>
       <c r="E122" s="2" t="s">
-        <v>429</v>
+        <v>487</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>430</v>
-[...3 lines deleted...]
-      </c>
+        <v>490</v>
+      </c>
+      <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I122" s="3" t="s">
-        <v>432</v>
+        <v>488</v>
       </c>
       <c r="J122" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K122" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L122" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M122" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>18972002200210</v>
+        <v>19760058800044</v>
       </c>
       <c r="B123" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>433</v>
+        <v>491</v>
       </c>
       <c r="D123" s="2" t="s">
-        <v>434</v>
+        <v>492</v>
       </c>
       <c r="E123" s="2" t="s">
-        <v>435</v>
+        <v>493</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>436</v>
-[...1 lines deleted...]
-      <c r="G123" s="2"/>
+        <v>472</v>
+      </c>
+      <c r="G123" s="2" t="s">
+        <v>45</v>
+      </c>
       <c r="H123" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I123" s="3"/>
       <c r="J123" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K123" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L123" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M123" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
-        <v>19010016400028</v>
+        <v>19760096800022</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>438</v>
+        <v>494</v>
       </c>
       <c r="D124" s="2" t="s">
-        <v>439</v>
+        <v>495</v>
       </c>
       <c r="E124" s="2" t="s">
-        <v>440</v>
+        <v>496</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>441</v>
+        <v>497</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I124" s="3" t="s">
-        <v>442</v>
+        <v>498</v>
       </c>
       <c r="J124" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K124" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L124" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M124" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
-        <v>19030026900023</v>
+        <v>19770922300204</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>443</v>
+        <v>499</v>
       </c>
       <c r="D125" s="2" t="s">
-        <v>444</v>
+        <v>500</v>
       </c>
       <c r="E125" s="2" t="s">
-        <v>445</v>
+        <v>501</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>446</v>
+        <v>502</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I125" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I125" s="3">
+        <v>11770634177</v>
+      </c>
       <c r="J125" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K125" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L125" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M125" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
-        <v>19060075900020</v>
+        <v>19770931400029</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>447</v>
+        <v>503</v>
       </c>
       <c r="D126" s="2" t="s">
-        <v>448</v>
+        <v>504</v>
       </c>
       <c r="E126" s="2" t="s">
-        <v>449</v>
+        <v>505</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>450</v>
+        <v>506</v>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I126" s="3"/>
       <c r="J126" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K126" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L126" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M126" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
-        <v>19080008600026</v>
+        <v>19782587000052</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>452</v>
+        <v>507</v>
       </c>
       <c r="D127" s="2" t="s">
-        <v>453</v>
+        <v>508</v>
       </c>
       <c r="E127" s="2" t="s">
-        <v>454</v>
+        <v>509</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>441</v>
+        <v>510</v>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I127" s="3" t="s">
-        <v>455</v>
+        <v>511</v>
       </c>
       <c r="J127" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K127" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L127" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M127" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
-        <v>19100025600039</v>
+        <v>19820021400049</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>456</v>
+        <v>512</v>
       </c>
       <c r="D128" s="2" t="s">
-        <v>457</v>
+        <v>513</v>
       </c>
       <c r="E128" s="2" t="s">
-        <v>458</v>
+        <v>514</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>441</v>
+        <v>36</v>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I128" s="3" t="s">
-        <v>459</v>
+        <v>515</v>
       </c>
       <c r="J128" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K128" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L128" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M128" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
-        <v>19110023900026</v>
+        <v>19830923900038</v>
       </c>
       <c r="B129" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>460</v>
+        <v>516</v>
       </c>
       <c r="D129" s="2" t="s">
-        <v>461</v>
+        <v>517</v>
       </c>
       <c r="E129" s="2" t="s">
-        <v>462</v>
+        <v>518</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>463</v>
-[...3 lines deleted...]
-      </c>
+        <v>519</v>
+      </c>
+      <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I129" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I129" s="3" t="s">
+        <v>520</v>
+      </c>
       <c r="J129" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K129" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L129" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M129" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
-        <v>19120024500022</v>
+        <v>19840005300023</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>464</v>
+        <v>521</v>
       </c>
       <c r="D130" s="2" t="s">
-        <v>465</v>
+        <v>522</v>
       </c>
       <c r="E130" s="2" t="s">
-        <v>466</v>
+        <v>523</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>119</v>
+        <v>524</v>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I130" s="3" t="s">
-        <v>467</v>
+        <v>525</v>
       </c>
       <c r="J130" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K130" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L130" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M130" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
-        <v>19130053200022</v>
+        <v>19860037100043</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>468</v>
+        <v>526</v>
       </c>
       <c r="D131" s="2" t="s">
-        <v>469</v>
+        <v>527</v>
       </c>
       <c r="E131" s="2" t="s">
-        <v>470</v>
+        <v>528</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>471</v>
+        <v>308</v>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I131" s="3">
-        <v>93131539413</v>
+        <v>54860142086</v>
       </c>
       <c r="J131" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K131" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L131" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M131" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
-        <v>19133206300020</v>
+        <v>19870056900041</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>472</v>
+        <v>529</v>
       </c>
       <c r="D132" s="2" t="s">
-        <v>473</v>
+        <v>530</v>
       </c>
       <c r="E132" s="2" t="s">
-        <v>474</v>
+        <v>531</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>475</v>
+        <v>532</v>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>476</v>
+        <v>33</v>
+      </c>
+      <c r="I132" s="3">
+        <v>75870202087</v>
       </c>
       <c r="J132" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K132" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L132" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M132" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
-        <v>19133342600028</v>
+        <v>19880153200047</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>477</v>
-[...1 lines deleted...]
-      <c r="D133" s="2"/>
+        <v>533</v>
+      </c>
+      <c r="D133" s="2" t="s">
+        <v>534</v>
+      </c>
       <c r="E133" s="2" t="s">
-        <v>478</v>
+        <v>535</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>277</v>
+        <v>536</v>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="s">
-        <v>123</v>
+        <v>33</v>
       </c>
       <c r="I133" s="3">
-        <v>93131274613</v>
+        <v>44880137688</v>
       </c>
       <c r="J133" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K133" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L133" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M133" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
-        <v>19140014200045</v>
+        <v>19890005200020</v>
       </c>
       <c r="B134" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>479</v>
+        <v>537</v>
       </c>
       <c r="D134" s="2" t="s">
-        <v>480</v>
+        <v>538</v>
       </c>
       <c r="E134" s="2" t="s">
-        <v>481</v>
+        <v>539</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>482</v>
-[...3 lines deleted...]
-      </c>
+        <v>284</v>
+      </c>
+      <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I134" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I134" s="3" t="s">
+        <v>540</v>
+      </c>
       <c r="J134" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K134" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L134" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M134" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
-        <v>19150006500039</v>
+        <v>19910620400027</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>484</v>
+        <v>541</v>
       </c>
       <c r="D135" s="2" t="s">
-        <v>485</v>
+        <v>542</v>
       </c>
       <c r="E135" s="2" t="s">
-        <v>486</v>
+        <v>543</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>106</v>
+        <v>532</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I135" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I135" s="3" t="s">
+        <v>544</v>
+      </c>
       <c r="J135" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K135" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L135" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M135" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
-        <v>19210018800031</v>
+        <v>19920131000042</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>487</v>
+        <v>545</v>
       </c>
       <c r="D136" s="2" t="s">
-        <v>488</v>
+        <v>546</v>
       </c>
       <c r="E136" s="2" t="s">
-        <v>489</v>
+        <v>547</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>247</v>
+        <v>79</v>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>26210247721</v>
+        <v>33</v>
+      </c>
+      <c r="I136" s="3" t="s">
+        <v>548</v>
       </c>
       <c r="J136" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K136" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L136" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M136" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
-        <v>19220058200026</v>
+        <v>19930122700021</v>
       </c>
       <c r="B137" s="2" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>490</v>
+        <v>549</v>
       </c>
       <c r="D137" s="2" t="s">
-        <v>491</v>
+        <v>550</v>
       </c>
       <c r="E137" s="2" t="s">
-        <v>492</v>
+        <v>551</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>493</v>
+        <v>532</v>
       </c>
       <c r="G137" s="2" t="s">
-        <v>494</v>
+        <v>418</v>
       </c>
       <c r="H137" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I137" s="3"/>
       <c r="J137" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K137" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L137" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M137" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
-        <v>19250011400025</v>
+        <v>19931272900023</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>496</v>
+        <v>552</v>
       </c>
       <c r="D138" s="2" t="s">
-        <v>497</v>
+        <v>553</v>
       </c>
       <c r="E138" s="2" t="s">
-        <v>498</v>
+        <v>554</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>499</v>
+        <v>555</v>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I138" s="3" t="s">
-        <v>500</v>
+        <v>556</v>
       </c>
       <c r="J138" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K138" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L138" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M138" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
-        <v>19250043700046</v>
+        <v>19940113400028</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>501</v>
+        <v>557</v>
       </c>
       <c r="D139" s="2" t="s">
-        <v>502</v>
+        <v>558</v>
       </c>
       <c r="E139" s="2" t="s">
-        <v>503</v>
+        <v>559</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>504</v>
+        <v>532</v>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I139" s="3" t="s">
-        <v>505</v>
+        <v>560</v>
       </c>
       <c r="J139" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K139" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L139" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M139" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
-        <v>19270016900019</v>
+        <v>19940126600044</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>506</v>
-[...1 lines deleted...]
-      <c r="D140" s="2"/>
+        <v>561</v>
+      </c>
+      <c r="D140" s="2" t="s">
+        <v>562</v>
+      </c>
       <c r="E140" s="2" t="s">
-        <v>507</v>
+        <v>563</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>340</v>
+        <v>564</v>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2" t="s">
-        <v>508</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I140" s="3"/>
       <c r="J140" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K140" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L140" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M140" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
-        <v>19270016900027</v>
+        <v>20004632400022</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>506</v>
+        <v>565</v>
       </c>
       <c r="D141" s="2" t="s">
-        <v>509</v>
+        <v>566</v>
       </c>
       <c r="E141" s="2" t="s">
-        <v>510</v>
+        <v>567</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>228</v>
+        <v>555</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>28270198127</v>
+        <v>33</v>
+      </c>
+      <c r="I141" s="3" t="s">
+        <v>568</v>
       </c>
       <c r="J141" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K141" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L141" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M141" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
-        <v>19290071000026</v>
+        <v>20006116600050</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>511</v>
+        <v>569</v>
       </c>
       <c r="D142" s="2" t="s">
-        <v>512</v>
+        <v>570</v>
       </c>
       <c r="E142" s="2" t="s">
-        <v>513</v>
+        <v>571</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>441</v>
+        <v>79</v>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>514</v>
+        <v>33</v>
+      </c>
+      <c r="I142" s="3">
+        <v>11950602195</v>
       </c>
       <c r="J142" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K142" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L142" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M142" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="1">
-        <v>19300026200025</v>
+        <v>20006635500013</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>515</v>
-[...3 lines deleted...]
-      </c>
+        <v>572</v>
+      </c>
+      <c r="D143" s="2"/>
       <c r="E143" s="2" t="s">
-        <v>517</v>
+        <v>573</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>463</v>
+        <v>79</v>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>518</v>
+        <v>574</v>
+      </c>
+      <c r="I143" s="3">
+        <v>76340976434</v>
       </c>
       <c r="J143" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K143" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L143" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M143" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" s="1">
-        <v>19310017900038</v>
+        <v>34238331200010</v>
       </c>
       <c r="B144" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>519</v>
-[...3 lines deleted...]
-      </c>
+        <v>575</v>
+      </c>
+      <c r="D144" s="2"/>
       <c r="E144" s="2" t="s">
-        <v>521</v>
+        <v>576</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>522</v>
-[...3 lines deleted...]
-      </c>
+        <v>577</v>
+      </c>
+      <c r="G144" s="2"/>
       <c r="H144" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I144" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I144" s="3">
+        <v>54170022717</v>
+      </c>
       <c r="J144" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K144" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L144" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M144" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" s="1">
-        <v>19310044300020</v>
+        <v>34300986600496</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>524</v>
+        <v>578</v>
       </c>
       <c r="D145" s="2" t="s">
-        <v>525</v>
+        <v>578</v>
       </c>
       <c r="E145" s="2" t="s">
-        <v>526</v>
+        <v>579</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>527</v>
+        <v>580</v>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>528</v>
+        <v>33</v>
+      </c>
+      <c r="I145" s="3">
+        <v>82691197969</v>
       </c>
       <c r="J145" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K145" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L145" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M145" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" s="1">
-        <v>19330023300031</v>
+        <v>34300986600611</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>529</v>
+        <v>578</v>
       </c>
       <c r="D146" s="2" t="s">
-        <v>530</v>
+        <v>578</v>
       </c>
       <c r="E146" s="2" t="s">
-        <v>531</v>
+        <v>581</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>532</v>
+        <v>582</v>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>533</v>
+        <v>33</v>
+      </c>
+      <c r="I146" s="3">
+        <v>82691197969</v>
       </c>
       <c r="J146" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K146" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L146" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M146" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" s="1">
-        <v>19340042100023</v>
+        <v>34323106400068</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>534</v>
-[...3 lines deleted...]
-      </c>
+        <v>583</v>
+      </c>
+      <c r="D147" s="2"/>
       <c r="E147" s="2" t="s">
-        <v>536</v>
+        <v>584</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>537</v>
+        <v>585</v>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>538</v>
+        <v>33</v>
+      </c>
+      <c r="I147" s="3">
+        <v>31590153659</v>
       </c>
       <c r="J147" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K147" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L147" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M147" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" s="1">
-        <v>19340128800082</v>
+        <v>34358867900021</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>539</v>
-[...3 lines deleted...]
-      </c>
+        <v>586</v>
+      </c>
+      <c r="D148" s="2"/>
       <c r="E148" s="2" t="s">
-        <v>541</v>
+        <v>587</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>340</v>
+        <v>588</v>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>542</v>
+        <v>33</v>
+      </c>
+      <c r="I148" s="3">
+        <v>31620039262</v>
       </c>
       <c r="J148" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K148" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L148" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M148" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" s="1">
-        <v>19350030300030</v>
+        <v>34539593300046</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>543</v>
+        <v>589</v>
       </c>
       <c r="D149" s="2" t="s">
-        <v>544</v>
+        <v>590</v>
       </c>
       <c r="E149" s="2" t="s">
-        <v>545</v>
+        <v>591</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>546</v>
+        <v>592</v>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>547</v>
+        <v>33</v>
+      </c>
+      <c r="I149" s="3">
+        <v>93060554806</v>
       </c>
       <c r="J149" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K149" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L149" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M149" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" s="1">
-        <v>19360043400024</v>
+        <v>34750655200020</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>548</v>
-[...3 lines deleted...]
-      </c>
+        <v>593</v>
+      </c>
+      <c r="D150" s="2"/>
       <c r="E150" s="2" t="s">
-        <v>550</v>
+        <v>594</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>551</v>
+        <v>595</v>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I150" s="3"/>
       <c r="J150" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K150" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L150" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M150" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" s="1">
-        <v>19370038200024</v>
+        <v>34774502800022</v>
       </c>
       <c r="B151" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>553</v>
-[...3 lines deleted...]
-      </c>
+        <v>596</v>
+      </c>
+      <c r="D151" s="2"/>
       <c r="E151" s="2" t="s">
-        <v>555</v>
+        <v>597</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>551</v>
-[...3 lines deleted...]
-      </c>
+        <v>598</v>
+      </c>
+      <c r="G151" s="2"/>
       <c r="H151" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>557</v>
+        <v>599</v>
+      </c>
+      <c r="I151" s="3">
+        <v>82260030326</v>
       </c>
       <c r="J151" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K151" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L151" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M151" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" s="1">
-        <v>19380033100020</v>
+        <v>34779594000043</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>558</v>
-[...3 lines deleted...]
-      </c>
+        <v>600</v>
+      </c>
+      <c r="D152" s="2"/>
       <c r="E152" s="2" t="s">
-        <v>560</v>
+        <v>601</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>441</v>
+        <v>602</v>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>561</v>
+        <v>33</v>
+      </c>
+      <c r="I152" s="3">
+        <v>11751349275</v>
       </c>
       <c r="J152" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K152" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L152" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M152" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153" s="1">
-        <v>19380081000031</v>
+        <v>34812741600058</v>
       </c>
       <c r="B153" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>562</v>
-[...3 lines deleted...]
-      </c>
+        <v>603</v>
+      </c>
+      <c r="D153" s="2"/>
       <c r="E153" s="2" t="s">
-        <v>564</v>
+        <v>604</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>565</v>
-[...1 lines deleted...]
-      <c r="G153" s="2"/>
+        <v>605</v>
+      </c>
+      <c r="G153" s="2" t="s">
+        <v>606</v>
+      </c>
       <c r="H153" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>566</v>
+        <v>33</v>
+      </c>
+      <c r="I153" s="3">
+        <v>52440113844</v>
       </c>
       <c r="J153" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K153" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L153" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M153" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="154" spans="1:13">
       <c r="A154" s="1">
-        <v>19430020800031</v>
+        <v>34867875600068</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>567</v>
-[...3 lines deleted...]
-      </c>
+        <v>607</v>
+      </c>
+      <c r="D154" s="2"/>
       <c r="E154" s="2" t="s">
-        <v>569</v>
+        <v>608</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>570</v>
+        <v>609</v>
       </c>
       <c r="G154" s="2"/>
       <c r="H154" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I154" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I154" s="3">
+        <v>22600084260</v>
+      </c>
       <c r="J154" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K154" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L154" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M154" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="155" spans="1:13">
       <c r="A155" s="1">
-        <v>19440029700025</v>
+        <v>34921756200058</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>571</v>
-[...3 lines deleted...]
-      </c>
+        <v>610</v>
+      </c>
+      <c r="D155" s="2"/>
       <c r="E155" s="2" t="s">
-        <v>573</v>
+        <v>611</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>441</v>
+        <v>612</v>
       </c>
       <c r="G155" s="2"/>
       <c r="H155" s="2" t="s">
-        <v>23</v>
+        <v>613</v>
       </c>
       <c r="I155" s="3">
-        <v>52440417944</v>
+        <v>91110027111</v>
       </c>
       <c r="J155" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K155" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L155" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M155" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="156" spans="1:13">
       <c r="A156" s="1">
-        <v>19450782800045</v>
+        <v>34964000300100</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>574</v>
-[...3 lines deleted...]
-      </c>
+        <v>614</v>
+      </c>
+      <c r="D156" s="2"/>
       <c r="E156" s="2" t="s">
-        <v>576</v>
+        <v>615</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>577</v>
+        <v>616</v>
       </c>
       <c r="G156" s="2"/>
       <c r="H156" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I156" s="3"/>
       <c r="J156" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K156" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L156" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M156" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="157" spans="1:13">
       <c r="A157" s="1">
-        <v>19490003100023</v>
+        <v>35054222100022</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>578</v>
-[...3 lines deleted...]
-      </c>
+        <v>617</v>
+      </c>
+      <c r="D157" s="2"/>
       <c r="E157" s="2" t="s">
-        <v>580</v>
+        <v>618</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>247</v>
+        <v>619</v>
       </c>
       <c r="G157" s="2"/>
       <c r="H157" s="2" t="s">
-        <v>23</v>
+        <v>620</v>
       </c>
       <c r="I157" s="3">
-        <v>52490280149</v>
+        <v>54860033986</v>
       </c>
       <c r="J157" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K157" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L157" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M157" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="158" spans="1:13">
       <c r="A158" s="1">
-        <v>19501219000029</v>
+        <v>35063664300040</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>581</v>
-[...3 lines deleted...]
-      </c>
+        <v>621</v>
+      </c>
+      <c r="D158" s="2"/>
       <c r="E158" s="2" t="s">
-        <v>583</v>
+        <v>622</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>584</v>
+        <v>623</v>
       </c>
       <c r="G158" s="2"/>
       <c r="H158" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>585</v>
+        <v>33</v>
+      </c>
+      <c r="I158" s="3">
+        <v>83630126563</v>
       </c>
       <c r="J158" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K158" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L158" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M158" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="159" spans="1:13">
       <c r="A159" s="1">
-        <v>19510035900023</v>
+        <v>35119111900160</v>
       </c>
       <c r="B159" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>586</v>
+        <v>624</v>
       </c>
       <c r="D159" s="2" t="s">
-        <v>587</v>
+        <v>625</v>
       </c>
       <c r="E159" s="2" t="s">
-        <v>588</v>
+        <v>626</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>441</v>
+        <v>627</v>
       </c>
       <c r="G159" s="2"/>
       <c r="H159" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>589</v>
+        <v>33</v>
+      </c>
+      <c r="I159" s="3">
+        <v>53350248835</v>
       </c>
       <c r="J159" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K159" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L159" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M159" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="160" spans="1:13">
       <c r="A160" s="1">
-        <v>19560026700049</v>
+        <v>35119111900236</v>
       </c>
       <c r="B160" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>590</v>
-[...3 lines deleted...]
-      </c>
+        <v>624</v>
+      </c>
+      <c r="D160" s="2"/>
       <c r="E160" s="2" t="s">
-        <v>592</v>
+        <v>628</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>593</v>
-[...1 lines deleted...]
-      <c r="G160" s="2"/>
+        <v>629</v>
+      </c>
+      <c r="G160" s="2" t="s">
+        <v>630</v>
+      </c>
       <c r="H160" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>594</v>
+        <v>33</v>
+      </c>
+      <c r="I160" s="3">
+        <v>53350248835</v>
       </c>
       <c r="J160" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K160" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L160" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M160" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="161" spans="1:13">
       <c r="A161" s="1">
-        <v>19570057000037</v>
+        <v>35119111900285</v>
       </c>
       <c r="B161" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>595</v>
+        <v>624</v>
       </c>
       <c r="D161" s="2" t="s">
-        <v>596</v>
+        <v>631</v>
       </c>
       <c r="E161" s="2" t="s">
-        <v>597</v>
+        <v>632</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>598</v>
-[...1 lines deleted...]
-      <c r="G161" s="2"/>
+        <v>633</v>
+      </c>
+      <c r="G161" s="2" t="s">
+        <v>606</v>
+      </c>
       <c r="H161" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>599</v>
+        <v>33</v>
+      </c>
+      <c r="I161" s="3">
+        <v>53350248835</v>
       </c>
       <c r="J161" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K161" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L161" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M161" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="162" spans="1:13">
       <c r="A162" s="1">
-        <v>19570099200041</v>
+        <v>35119111900301</v>
       </c>
       <c r="B162" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>600</v>
+        <v>624</v>
       </c>
       <c r="D162" s="2" t="s">
-        <v>601</v>
+        <v>634</v>
       </c>
       <c r="E162" s="2" t="s">
-        <v>602</v>
+        <v>635</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>598</v>
-[...3 lines deleted...]
-      </c>
+        <v>636</v>
+      </c>
+      <c r="G162" s="2"/>
       <c r="H162" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>604</v>
+        <v>33</v>
+      </c>
+      <c r="I162" s="3">
+        <v>53350248835</v>
       </c>
       <c r="J162" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K162" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L162" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M162" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="163" spans="1:13">
       <c r="A163" s="1">
-        <v>19580050300037</v>
+        <v>35199409000030</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>605</v>
-[...3 lines deleted...]
-      </c>
+        <v>637</v>
+      </c>
+      <c r="D163" s="2"/>
       <c r="E163" s="2" t="s">
-        <v>607</v>
+        <v>638</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>608</v>
+        <v>639</v>
       </c>
       <c r="G163" s="2"/>
       <c r="H163" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>609</v>
+        <v>620</v>
+      </c>
+      <c r="I163" s="3">
+        <v>11755398875</v>
       </c>
       <c r="J163" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K163" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L163" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M163" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="164" spans="1:13">
       <c r="A164" s="1">
-        <v>19590065900028</v>
+        <v>35199650900037</v>
       </c>
       <c r="B164" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>610</v>
-[...3 lines deleted...]
-      </c>
+        <v>640</v>
+      </c>
+      <c r="D164" s="2"/>
       <c r="E164" s="2" t="s">
-        <v>612</v>
+        <v>641</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>613</v>
-[...1 lines deleted...]
-      <c r="G164" s="2"/>
+        <v>642</v>
+      </c>
+      <c r="G164" s="2" t="s">
+        <v>247</v>
+      </c>
       <c r="H164" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>614</v>
+        <v>33</v>
+      </c>
+      <c r="I164" s="3">
+        <v>11751509575</v>
       </c>
       <c r="J164" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K164" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L164" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M164" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="165" spans="1:13">
       <c r="A165" s="1">
-        <v>19590258000065</v>
+        <v>35208713400065</v>
       </c>
       <c r="B165" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>615</v>
-[...3 lines deleted...]
-      </c>
+        <v>643</v>
+      </c>
+      <c r="D165" s="2"/>
       <c r="E165" s="2" t="s">
-        <v>617</v>
+        <v>644</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>618</v>
+        <v>645</v>
       </c>
       <c r="G165" s="2"/>
       <c r="H165" s="2" t="s">
-        <v>23</v>
+        <v>599</v>
       </c>
       <c r="I165" s="3">
-        <v>31590895059</v>
+        <v>53290304729</v>
       </c>
       <c r="J165" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K165" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L165" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M165" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="166" spans="1:13">
       <c r="A166" s="1">
-        <v>19600020200032</v>
+        <v>35386190900391</v>
       </c>
       <c r="B166" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>619</v>
-[...3 lines deleted...]
-      </c>
+        <v>646</v>
+      </c>
+      <c r="D166" s="2"/>
       <c r="E166" s="2" t="s">
-        <v>621</v>
+        <v>647</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>622</v>
-[...1 lines deleted...]
-      <c r="G166" s="2"/>
+        <v>648</v>
+      </c>
+      <c r="G166" s="2" t="s">
+        <v>649</v>
+      </c>
       <c r="H166" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>650</v>
+      </c>
+      <c r="I166" s="3"/>
       <c r="J166" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K166" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L166" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M166" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="167" spans="1:13">
       <c r="A167" s="1">
-        <v>19620062000025</v>
+        <v>37761090200233</v>
       </c>
       <c r="B167" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>624</v>
-[...3 lines deleted...]
-      </c>
+        <v>651</v>
+      </c>
+      <c r="D167" s="2"/>
       <c r="E167" s="2" t="s">
-        <v>626</v>
+        <v>652</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>493</v>
-[...1 lines deleted...]
-      <c r="G167" s="2"/>
+        <v>653</v>
+      </c>
+      <c r="G167" s="2" t="s">
+        <v>654</v>
+      </c>
       <c r="H167" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>627</v>
+        <v>33</v>
+      </c>
+      <c r="I167" s="3">
+        <v>52440141744</v>
       </c>
       <c r="J167" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K167" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L167" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M167" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="168" spans="1:13">
       <c r="A168" s="1">
-        <v>19623328200058</v>
+        <v>37841608500033</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>628</v>
-[...3 lines deleted...]
-      </c>
+        <v>655</v>
+      </c>
+      <c r="D168" s="2"/>
       <c r="E168" s="2" t="s">
-        <v>630</v>
+        <v>656</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>277</v>
+        <v>65</v>
       </c>
       <c r="G168" s="2"/>
       <c r="H168" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I168" s="3"/>
       <c r="J168" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K168" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L168" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M168" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="169" spans="1:13">
       <c r="A169" s="1">
-        <v>19630001600025</v>
+        <v>37865526000040</v>
       </c>
       <c r="B169" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>548</v>
-[...3 lines deleted...]
-      </c>
+        <v>657</v>
+      </c>
+      <c r="D169" s="2"/>
       <c r="E169" s="2" t="s">
-        <v>631</v>
+        <v>658</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>446</v>
-[...3 lines deleted...]
-      </c>
+        <v>659</v>
+      </c>
+      <c r="G169" s="2"/>
       <c r="H169" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I169" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I169" s="3">
+        <v>23760063776</v>
+      </c>
       <c r="J169" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K169" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L169" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M169" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="170" spans="1:13">
       <c r="A170" s="1">
-        <v>19630021400042</v>
+        <v>37888992700042</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>633</v>
-[...3 lines deleted...]
-      </c>
+        <v>660</v>
+      </c>
+      <c r="D170" s="2"/>
       <c r="E170" s="2" t="s">
-        <v>635</v>
+        <v>661</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>636</v>
+        <v>662</v>
       </c>
       <c r="G170" s="2"/>
       <c r="H170" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>637</v>
+        <v>663</v>
+      </c>
+      <c r="I170" s="3">
+        <v>82690329769</v>
       </c>
       <c r="J170" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K170" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L170" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M170" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="171" spans="1:13">
       <c r="A171" s="1">
-        <v>19630041200034</v>
+        <v>37897406700035</v>
       </c>
       <c r="B171" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>638</v>
-[...3 lines deleted...]
-      </c>
+        <v>664</v>
+      </c>
+      <c r="D171" s="2"/>
       <c r="E171" s="2" t="s">
-        <v>640</v>
+        <v>665</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>641</v>
-[...3 lines deleted...]
-      </c>
+        <v>666</v>
+      </c>
+      <c r="G171" s="2"/>
       <c r="H171" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I171" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I171" s="3">
+        <v>24450045745</v>
+      </c>
       <c r="J171" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K171" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L171" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M171" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="172" spans="1:13">
       <c r="A172" s="1">
-        <v>19660014200059</v>
+        <v>37934355100030</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>642</v>
-[...3 lines deleted...]
-      </c>
+        <v>667</v>
+      </c>
+      <c r="D172" s="2"/>
       <c r="E172" s="2" t="s">
-        <v>644</v>
+        <v>668</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>645</v>
+        <v>669</v>
       </c>
       <c r="G172" s="2"/>
       <c r="H172" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>646</v>
+        <v>33</v>
+      </c>
+      <c r="I172" s="3">
+        <v>11753055175</v>
       </c>
       <c r="J172" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K172" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L172" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M172" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="173" spans="1:13">
       <c r="A173" s="1">
-        <v>19671509800055</v>
+        <v>37935878100019</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>647</v>
-[...3 lines deleted...]
-      </c>
+        <v>670</v>
+      </c>
+      <c r="D173" s="2"/>
       <c r="E173" s="2" t="s">
-        <v>649</v>
+        <v>671</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>144</v>
+        <v>672</v>
       </c>
       <c r="G173" s="2"/>
       <c r="H173" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>650</v>
+        <v>33</v>
+      </c>
+      <c r="I173" s="3">
+        <v>82380125938</v>
       </c>
       <c r="J173" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K173" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L173" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M173" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="174" spans="1:13">
       <c r="A174" s="1">
-        <v>19672198900040</v>
+        <v>37951396300023</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C174" s="2" t="s">
-        <v>651</v>
-[...3 lines deleted...]
-      </c>
+        <v>673</v>
+      </c>
+      <c r="D174" s="2"/>
       <c r="E174" s="2" t="s">
-        <v>653</v>
+        <v>674</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>654</v>
+        <v>675</v>
       </c>
       <c r="G174" s="2"/>
       <c r="H174" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>655</v>
+        <v>61</v>
+      </c>
+      <c r="I174" s="3">
+        <v>93040015104</v>
       </c>
       <c r="J174" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K174" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L174" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M174" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="175" spans="1:13">
       <c r="A175" s="1">
-        <v>19680010600011</v>
+        <v>37973507900053</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>548</v>
+        <v>676</v>
       </c>
       <c r="D175" s="2"/>
       <c r="E175" s="2" t="s">
-        <v>656</v>
+        <v>677</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>340</v>
+        <v>678</v>
       </c>
       <c r="G175" s="2"/>
       <c r="H175" s="2" t="s">
-        <v>508</v>
-[...2 lines deleted...]
-        <v>657</v>
+        <v>33</v>
+      </c>
+      <c r="I175" s="3">
+        <v>11770120677</v>
       </c>
       <c r="J175" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K175" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L175" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M175" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="176" spans="1:13">
       <c r="A176" s="1">
-        <v>19680010600037</v>
+        <v>37981283700027</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>548</v>
-[...3 lines deleted...]
-      </c>
+        <v>679</v>
+      </c>
+      <c r="D176" s="2"/>
       <c r="E176" s="2" t="s">
-        <v>656</v>
+        <v>680</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>659</v>
+        <v>167</v>
       </c>
       <c r="G176" s="2"/>
       <c r="H176" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>657</v>
+        <v>33</v>
+      </c>
+      <c r="I176" s="3">
+        <v>26890024389</v>
       </c>
       <c r="J176" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K176" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L176" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M176" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="177" spans="1:13">
       <c r="A177" s="1">
-        <v>19681768800043</v>
+        <v>37982156400059</v>
       </c>
       <c r="B177" s="2" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>660</v>
+        <v>681</v>
       </c>
       <c r="D177" s="2" t="s">
-        <v>661</v>
+        <v>682</v>
       </c>
       <c r="E177" s="2" t="s">
-        <v>662</v>
+        <v>683</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>663</v>
+        <v>684</v>
       </c>
       <c r="G177" s="2" t="s">
-        <v>65</v>
+        <v>685</v>
       </c>
       <c r="H177" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I177" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I177" s="3">
+        <v>23760428376</v>
+      </c>
       <c r="J177" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K177" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L177" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M177" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="178" spans="1:13">
       <c r="A178" s="1">
-        <v>19692866700027</v>
+        <v>38168008100019</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>664</v>
-[...3 lines deleted...]
-      </c>
+        <v>686</v>
+      </c>
+      <c r="D178" s="2"/>
       <c r="E178" s="2" t="s">
-        <v>666</v>
+        <v>687</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>441</v>
+        <v>688</v>
       </c>
       <c r="G178" s="2"/>
       <c r="H178" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>667</v>
+        <v>33</v>
+      </c>
+      <c r="I178" s="3">
+        <v>42670164767</v>
       </c>
       <c r="J178" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K178" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L178" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M178" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="179" spans="1:13">
       <c r="A179" s="1">
-        <v>19700905300020</v>
+        <v>38290738400012</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>668</v>
-[...3 lines deleted...]
-      </c>
+        <v>689</v>
+      </c>
+      <c r="D179" s="2"/>
       <c r="E179" s="2" t="s">
-        <v>670</v>
+        <v>690</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>671</v>
+        <v>691</v>
       </c>
       <c r="G179" s="2"/>
       <c r="H179" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>672</v>
+        <v>650</v>
+      </c>
+      <c r="I179" s="3">
+        <v>72330218633</v>
       </c>
       <c r="J179" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K179" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L179" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M179" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="180" spans="1:13">
       <c r="A180" s="1">
-        <v>19710012600048</v>
+        <v>38436936900010</v>
       </c>
       <c r="B180" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>673</v>
-[...3 lines deleted...]
-      </c>
+        <v>692</v>
+      </c>
+      <c r="D180" s="2"/>
       <c r="E180" s="2" t="s">
-        <v>675</v>
+        <v>690</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>676</v>
-[...3 lines deleted...]
-      </c>
+        <v>251</v>
+      </c>
+      <c r="G180" s="2"/>
       <c r="H180" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>678</v>
+        <v>33</v>
+      </c>
+      <c r="I180" s="3">
+        <v>72330402333</v>
       </c>
       <c r="J180" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K180" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L180" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M180" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="181" spans="1:13">
       <c r="A181" s="1">
-        <v>19720033000029</v>
+        <v>38465538700023</v>
       </c>
       <c r="B181" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>679</v>
-[...3 lines deleted...]
-      </c>
+        <v>693</v>
+      </c>
+      <c r="D181" s="2"/>
       <c r="E181" s="2" t="s">
-        <v>681</v>
+        <v>694</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>247</v>
+        <v>695</v>
       </c>
       <c r="G181" s="2"/>
       <c r="H181" s="2" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="I181" s="3">
-        <v>52720123172</v>
+        <v>73820012182</v>
       </c>
       <c r="J181" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K181" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L181" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M181" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="182" spans="1:13">
       <c r="A182" s="1">
-        <v>19730016300049</v>
+        <v>38489895300037</v>
       </c>
       <c r="B182" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>682</v>
-[...3 lines deleted...]
-      </c>
+        <v>696</v>
+      </c>
+      <c r="D182" s="2"/>
       <c r="E182" s="2" t="s">
-        <v>684</v>
+        <v>697</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>685</v>
-[...3 lines deleted...]
-      </c>
+        <v>698</v>
+      </c>
+      <c r="G182" s="2"/>
       <c r="H182" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I182" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I182" s="3">
+        <v>11755192175</v>
+      </c>
       <c r="J182" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K182" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L182" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M182" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="183" spans="1:13">
       <c r="A183" s="1">
-        <v>19740009600024</v>
+        <v>38513207100049</v>
       </c>
       <c r="B183" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C183" s="2" t="s">
-        <v>686</v>
-[...3 lines deleted...]
-      </c>
+        <v>699</v>
+      </c>
+      <c r="D183" s="2"/>
       <c r="E183" s="2" t="s">
-        <v>688</v>
+        <v>700</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>441</v>
+        <v>701</v>
       </c>
       <c r="G183" s="2"/>
       <c r="H183" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>689</v>
+        <v>33</v>
+      </c>
+      <c r="I183" s="3">
+        <v>11930329693</v>
       </c>
       <c r="J183" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K183" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L183" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M183" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="184" spans="1:13">
       <c r="A184" s="1">
-        <v>19740013800032</v>
+        <v>38747528800032</v>
       </c>
       <c r="B184" s="2" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="C184" s="2" t="s">
-        <v>690</v>
-[...3 lines deleted...]
-      </c>
+        <v>702</v>
+      </c>
+      <c r="D184" s="2"/>
       <c r="E184" s="2" t="s">
-        <v>692</v>
+        <v>703</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>693</v>
+        <v>704</v>
       </c>
       <c r="G184" s="2" t="s">
-        <v>523</v>
+        <v>705</v>
       </c>
       <c r="H184" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I184" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I184" s="3">
+        <v>23760163076</v>
+      </c>
       <c r="J184" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K184" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L184" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M184" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="185" spans="1:13">
       <c r="A185" s="1">
-        <v>19750681900030</v>
+        <v>38756765400067</v>
       </c>
       <c r="B185" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>694</v>
-[...3 lines deleted...]
-      </c>
+        <v>706</v>
+      </c>
+      <c r="D185" s="2"/>
       <c r="E185" s="2" t="s">
-        <v>696</v>
+        <v>707</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>697</v>
+        <v>708</v>
       </c>
       <c r="G185" s="2"/>
       <c r="H185" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>698</v>
+        <v>709</v>
+      </c>
+      <c r="I185" s="3">
+        <v>82380268038</v>
       </c>
       <c r="J185" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K185" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L185" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M185" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="186" spans="1:13">
       <c r="A186" s="1">
-        <v>19750707200019</v>
+        <v>38767117500041</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>699</v>
+        <v>710</v>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2" t="s">
-        <v>700</v>
+        <v>711</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>340</v>
+        <v>436</v>
       </c>
       <c r="G186" s="2"/>
       <c r="H186" s="2" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>701</v>
+        <v>33</v>
+      </c>
+      <c r="I186" s="3">
+        <v>91300095930</v>
       </c>
       <c r="J186" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K186" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L186" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M186" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="187" spans="1:13">
       <c r="A187" s="1">
-        <v>19750707200027</v>
+        <v>38867252900012</v>
       </c>
       <c r="B187" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>699</v>
-[...3 lines deleted...]
-      </c>
+        <v>712</v>
+      </c>
+      <c r="D187" s="2"/>
       <c r="E187" s="2" t="s">
-        <v>700</v>
+        <v>713</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>703</v>
+        <v>251</v>
       </c>
       <c r="G187" s="2"/>
       <c r="H187" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>701</v>
+        <v>33</v>
+      </c>
+      <c r="I187" s="3">
+        <v>25610025161</v>
       </c>
       <c r="J187" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K187" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L187" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M187" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="188" spans="1:13">
       <c r="A188" s="1">
-        <v>19760058800044</v>
+        <v>38935885400054</v>
       </c>
       <c r="B188" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>704</v>
-[...3 lines deleted...]
-      </c>
+        <v>714</v>
+      </c>
+      <c r="D188" s="2"/>
       <c r="E188" s="2" t="s">
-        <v>706</v>
+        <v>715</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>685</v>
-[...3 lines deleted...]
-      </c>
+        <v>716</v>
+      </c>
+      <c r="G188" s="2"/>
       <c r="H188" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I188" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I188" s="3">
+        <v>11751937075</v>
+      </c>
       <c r="J188" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K188" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L188" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M188" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="189" spans="1:13">
       <c r="A189" s="1">
-        <v>19760096800022</v>
+        <v>38971584800047</v>
       </c>
       <c r="B189" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C189" s="2" t="s">
-        <v>707</v>
+        <v>717</v>
       </c>
       <c r="D189" s="2" t="s">
-        <v>708</v>
+        <v>717</v>
       </c>
       <c r="E189" s="2" t="s">
-        <v>709</v>
+        <v>718</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>710</v>
-[...1 lines deleted...]
-      <c r="G189" s="2"/>
+        <v>719</v>
+      </c>
+      <c r="G189" s="2" t="s">
+        <v>720</v>
+      </c>
       <c r="H189" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>711</v>
+        <v>33</v>
+      </c>
+      <c r="I189" s="3">
+        <v>52440189244</v>
       </c>
       <c r="J189" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K189" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L189" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M189" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="190" spans="1:13">
       <c r="A190" s="1">
-        <v>19770922300204</v>
+        <v>38980220800014</v>
       </c>
       <c r="B190" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C190" s="2" t="s">
-        <v>712</v>
-[...3 lines deleted...]
-      </c>
+        <v>721</v>
+      </c>
+      <c r="D190" s="2"/>
       <c r="E190" s="2" t="s">
-        <v>714</v>
+        <v>722</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>715</v>
+        <v>723</v>
       </c>
       <c r="G190" s="2"/>
       <c r="H190" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I190" s="3">
-        <v>11770634177</v>
+        <v>72470033047</v>
       </c>
       <c r="J190" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K190" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L190" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M190" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="191" spans="1:13">
       <c r="A191" s="1">
-        <v>19770931400029</v>
+        <v>39003205000010</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>716</v>
-[...3 lines deleted...]
-      </c>
+        <v>724</v>
+      </c>
+      <c r="D191" s="2"/>
       <c r="E191" s="2" t="s">
-        <v>718</v>
+        <v>725</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>719</v>
+        <v>726</v>
       </c>
       <c r="G191" s="2"/>
       <c r="H191" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I191" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I191" s="3">
+        <v>82380184838</v>
+      </c>
       <c r="J191" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K191" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L191" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M191" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="192" spans="1:13">
       <c r="A192" s="1">
-        <v>19782587000052</v>
+        <v>39017462100339</v>
       </c>
       <c r="B192" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C192" s="2" t="s">
-        <v>720</v>
+        <v>727</v>
       </c>
       <c r="D192" s="2" t="s">
-        <v>721</v>
+        <v>728</v>
       </c>
       <c r="E192" s="2" t="s">
-        <v>722</v>
+        <v>729</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>723</v>
-[...1 lines deleted...]
-      <c r="G192" s="2"/>
+        <v>730</v>
+      </c>
+      <c r="G192" s="2" t="s">
+        <v>731</v>
+      </c>
       <c r="H192" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>724</v>
+        <v>613</v>
+      </c>
+      <c r="I192" s="3">
+        <v>22020084902</v>
       </c>
       <c r="J192" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K192" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L192" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M192" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="193" spans="1:13">
       <c r="A193" s="1">
-        <v>19820021400049</v>
+        <v>39039183700031</v>
       </c>
       <c r="B193" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C193" s="2" t="s">
-        <v>725</v>
-[...3 lines deleted...]
-      </c>
+        <v>732</v>
+      </c>
+      <c r="D193" s="2"/>
       <c r="E193" s="2" t="s">
-        <v>727</v>
+        <v>733</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>259</v>
+        <v>734</v>
       </c>
       <c r="G193" s="2"/>
       <c r="H193" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>728</v>
+        <v>33</v>
+      </c>
+      <c r="I193" s="3">
+        <v>11752021075</v>
       </c>
       <c r="J193" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K193" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L193" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M193" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="194" spans="1:13">
       <c r="A194" s="1">
-        <v>19830923900038</v>
+        <v>39075824100041</v>
       </c>
       <c r="B194" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C194" s="2" t="s">
-        <v>729</v>
-[...3 lines deleted...]
-      </c>
+        <v>735</v>
+      </c>
+      <c r="D194" s="2"/>
       <c r="E194" s="2" t="s">
-        <v>731</v>
+        <v>736</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>732</v>
+        <v>737</v>
       </c>
       <c r="G194" s="2"/>
       <c r="H194" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>733</v>
+        <v>33</v>
+      </c>
+      <c r="I194" s="3">
+        <v>42670182967</v>
       </c>
       <c r="J194" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K194" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L194" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M194" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="195" spans="1:13">
       <c r="A195" s="1">
-        <v>19840005300023</v>
+        <v>39075824100108</v>
       </c>
       <c r="B195" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C195" s="2" t="s">
-        <v>734</v>
-[...1 lines deleted...]
-      <c r="D195" s="2" t="s">
         <v>735</v>
       </c>
+      <c r="D195" s="2"/>
       <c r="E195" s="2" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="G195" s="2"/>
       <c r="H195" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>738</v>
+        <v>33</v>
+      </c>
+      <c r="I195" s="3">
+        <v>42670182967</v>
       </c>
       <c r="J195" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K195" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L195" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M195" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="196" spans="1:13">
       <c r="A196" s="1">
-        <v>19860037100043</v>
+        <v>39131533000053</v>
       </c>
       <c r="B196" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C196" s="2" t="s">
-        <v>739</v>
-[...1 lines deleted...]
-      <c r="D196" s="2" t="s">
         <v>740</v>
       </c>
+      <c r="D196" s="2"/>
       <c r="E196" s="2" t="s">
         <v>741</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>522</v>
+        <v>742</v>
       </c>
       <c r="G196" s="2"/>
       <c r="H196" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I196" s="3">
-        <v>54860142086</v>
+        <v>22020039102</v>
       </c>
       <c r="J196" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K196" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L196" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M196" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="197" spans="1:13">
       <c r="A197" s="1">
-        <v>19870056900041</v>
+        <v>39163364100033</v>
       </c>
       <c r="B197" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C197" s="2" t="s">
-        <v>742</v>
-[...1 lines deleted...]
-      <c r="D197" s="2" t="s">
         <v>743</v>
       </c>
+      <c r="D197" s="2"/>
       <c r="E197" s="2" t="s">
         <v>744</v>
       </c>
       <c r="F197" s="2" t="s">
         <v>745</v>
       </c>
       <c r="G197" s="2"/>
       <c r="H197" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I197" s="3">
-        <v>75870202087</v>
+        <v>11752088975</v>
       </c>
       <c r="J197" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K197" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L197" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M197" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="198" spans="1:13">
       <c r="A198" s="1">
-        <v>19880153200047</v>
+        <v>39202837900049</v>
       </c>
       <c r="B198" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C198" s="2" t="s">
         <v>746</v>
       </c>
       <c r="D198" s="2" t="s">
         <v>747</v>
       </c>
       <c r="E198" s="2" t="s">
         <v>748</v>
       </c>
       <c r="F198" s="2" t="s">
         <v>749</v>
       </c>
       <c r="G198" s="2"/>
       <c r="H198" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I198" s="3">
-        <v>44880137688</v>
+        <v>73810029981</v>
       </c>
       <c r="J198" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K198" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L198" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M198" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="199" spans="1:13">
       <c r="A199" s="1">
-        <v>19890005200020</v>
+        <v>39205023300023</v>
       </c>
       <c r="B199" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C199" s="2" t="s">
         <v>750</v>
       </c>
-      <c r="D199" s="2" t="s">
+      <c r="D199" s="2"/>
+      <c r="E199" s="2" t="s">
         <v>751</v>
       </c>
-      <c r="E199" s="2" t="s">
+      <c r="F199" s="2" t="s">
         <v>752</v>
-      </c>
-[...1 lines deleted...]
-        <v>499</v>
       </c>
       <c r="G199" s="2"/>
       <c r="H199" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>753</v>
+        <v>33</v>
+      </c>
+      <c r="I199" s="3">
+        <v>11921828692</v>
       </c>
       <c r="J199" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K199" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L199" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M199" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="200" spans="1:13">
       <c r="A200" s="1">
-        <v>19910620400027</v>
+        <v>39296396300047</v>
       </c>
       <c r="B200" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C200" s="2" t="s">
+        <v>753</v>
+      </c>
+      <c r="D200" s="2"/>
+      <c r="E200" s="2" t="s">
         <v>754</v>
       </c>
-      <c r="D200" s="2" t="s">
+      <c r="F200" s="2" t="s">
         <v>755</v>
-      </c>
-[...4 lines deleted...]
-        <v>745</v>
       </c>
       <c r="G200" s="2"/>
       <c r="H200" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>757</v>
+        <v>33</v>
+      </c>
+      <c r="I200" s="3">
+        <v>52440205944</v>
       </c>
       <c r="J200" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K200" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L200" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M200" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="201" spans="1:13">
       <c r="A201" s="1">
-        <v>19920131000042</v>
+        <v>39299898500056</v>
       </c>
       <c r="B201" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C201" s="2" t="s">
+        <v>756</v>
+      </c>
+      <c r="D201" s="2"/>
+      <c r="E201" s="2" t="s">
+        <v>757</v>
+      </c>
+      <c r="F201" s="2" t="s">
         <v>758</v>
-      </c>
-[...7 lines deleted...]
-        <v>298</v>
       </c>
       <c r="G201" s="2"/>
       <c r="H201" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>761</v>
+        <v>613</v>
+      </c>
+      <c r="I201" s="3">
+        <v>54860045986</v>
       </c>
       <c r="J201" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K201" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L201" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M201" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="202" spans="1:13">
       <c r="A202" s="1">
-        <v>19930122700021</v>
+        <v>39336786700024</v>
       </c>
       <c r="B202" s="2" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="C202" s="2" t="s">
+        <v>759</v>
+      </c>
+      <c r="D202" s="2"/>
+      <c r="E202" s="2" t="s">
+        <v>760</v>
+      </c>
+      <c r="F202" s="2" t="s">
+        <v>761</v>
+      </c>
+      <c r="G202" s="2" t="s">
         <v>762</v>
       </c>
-      <c r="D202" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H202" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I202" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I202" s="3">
+        <v>11752175275</v>
+      </c>
       <c r="J202" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K202" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L202" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M202" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="203" spans="1:13">
       <c r="A203" s="1">
-        <v>19931272900023</v>
+        <v>39504180900041</v>
       </c>
       <c r="B203" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C203" s="2" t="s">
+        <v>763</v>
+      </c>
+      <c r="D203" s="2"/>
+      <c r="E203" s="2" t="s">
+        <v>764</v>
+      </c>
+      <c r="F203" s="2" t="s">
         <v>765</v>
       </c>
-      <c r="D203" s="2" t="s">
+      <c r="G203" s="2" t="s">
         <v>766</v>
       </c>
-      <c r="E203" s="2" t="s">
-[...5 lines deleted...]
-      <c r="G203" s="2"/>
       <c r="H203" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>769</v>
+        <v>33</v>
+      </c>
+      <c r="I203" s="3">
+        <v>22020045002</v>
       </c>
       <c r="J203" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K203" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L203" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M203" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="204" spans="1:13">
       <c r="A204" s="1">
-        <v>19940113400028</v>
+        <v>39508641600058</v>
       </c>
       <c r="B204" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C204" s="2" t="s">
+        <v>767</v>
+      </c>
+      <c r="D204" s="2" t="s">
+        <v>768</v>
+      </c>
+      <c r="E204" s="2" t="s">
+        <v>769</v>
+      </c>
+      <c r="F204" s="2" t="s">
         <v>770</v>
-      </c>
-[...7 lines deleted...]
-        <v>745</v>
       </c>
       <c r="G204" s="2"/>
       <c r="H204" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>773</v>
+        <v>33</v>
+      </c>
+      <c r="I204" s="3">
+        <v>53560908256</v>
       </c>
       <c r="J204" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K204" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L204" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M204" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="205" spans="1:13">
       <c r="A205" s="1">
-        <v>19940126600044</v>
+        <v>39522847100029</v>
       </c>
       <c r="B205" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C205" s="2" t="s">
-        <v>774</v>
-[...3 lines deleted...]
-      </c>
+        <v>771</v>
+      </c>
+      <c r="D205" s="2"/>
       <c r="E205" s="2" t="s">
-        <v>776</v>
+        <v>772</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>777</v>
+        <v>773</v>
       </c>
       <c r="G205" s="2"/>
       <c r="H205" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I205" s="3"/>
+        <v>620</v>
+      </c>
+      <c r="I205" s="3">
+        <v>93131389113</v>
+      </c>
       <c r="J205" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K205" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L205" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M205" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="206" spans="1:13">
       <c r="A206" s="1">
-        <v>20004632400022</v>
+        <v>39826663500034</v>
       </c>
       <c r="B206" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C206" s="2" t="s">
-        <v>778</v>
-[...3 lines deleted...]
-      </c>
+        <v>774</v>
+      </c>
+      <c r="D206" s="2"/>
       <c r="E206" s="2" t="s">
-        <v>780</v>
+        <v>775</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>768</v>
-[...1 lines deleted...]
-      <c r="G206" s="2"/>
+        <v>776</v>
+      </c>
+      <c r="G206" s="2" t="s">
+        <v>777</v>
+      </c>
       <c r="H206" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>781</v>
+        <v>33</v>
+      </c>
+      <c r="I206" s="3">
+        <v>21080018108</v>
       </c>
       <c r="J206" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K206" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L206" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M206" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="207" spans="1:13">
       <c r="A207" s="1">
-        <v>20006116600050</v>
+        <v>42478033600014</v>
       </c>
       <c r="B207" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C207" s="2" t="s">
-        <v>782</v>
-[...3 lines deleted...]
-      </c>
+        <v>778</v>
+      </c>
+      <c r="D207" s="2"/>
       <c r="E207" s="2" t="s">
-        <v>784</v>
+        <v>779</v>
       </c>
       <c r="F207" s="2" t="s">
-        <v>298</v>
+        <v>780</v>
       </c>
       <c r="G207" s="2"/>
       <c r="H207" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I207" s="3">
-        <v>11950602195</v>
+        <v>43700041070</v>
       </c>
       <c r="J207" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K207" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L207" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M207" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="208" spans="1:13">
       <c r="A208" s="1">
-        <v>20006635500013</v>
+        <v>42498372400032</v>
       </c>
       <c r="B208" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C208" s="2" t="s">
-        <v>785</v>
+        <v>781</v>
       </c>
       <c r="D208" s="2"/>
       <c r="E208" s="2" t="s">
-        <v>786</v>
+        <v>782</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>298</v>
-[...1 lines deleted...]
-      <c r="G208" s="2"/>
+        <v>783</v>
+      </c>
+      <c r="G208" s="2" t="s">
+        <v>784</v>
+      </c>
       <c r="H208" s="2" t="s">
-        <v>787</v>
+        <v>613</v>
       </c>
       <c r="I208" s="3">
-        <v>76340976434</v>
+        <v>73310331831</v>
       </c>
       <c r="J208" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K208" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L208" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M208" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="209" spans="1:13">
       <c r="A209" s="1">
-        <v>81229926100014</v>
+        <v>42871309300055</v>
       </c>
       <c r="B209" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C209" s="2" t="s">
-        <v>788</v>
-[...3 lines deleted...]
-      </c>
+        <v>785</v>
+      </c>
+      <c r="D209" s="2"/>
       <c r="E209" s="2" t="s">
-        <v>790</v>
+        <v>786</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>791</v>
+        <v>787</v>
       </c>
       <c r="G209" s="2"/>
       <c r="H209" s="2" t="s">
-        <v>23</v>
+        <v>650</v>
       </c>
       <c r="I209" s="3">
-        <v>98970001397</v>
+        <v>11754286475</v>
       </c>
       <c r="J209" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K209" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L209" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M209" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="210" spans="1:13">
       <c r="A210" s="1">
-        <v>81328921200066</v>
+        <v>42883375000014</v>
       </c>
       <c r="B210" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C210" s="2" t="s">
-        <v>792</v>
+        <v>788</v>
       </c>
       <c r="D210" s="2"/>
       <c r="E210" s="2" t="s">
-        <v>793</v>
+        <v>789</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>31</v>
+        <v>790</v>
       </c>
       <c r="G210" s="2"/>
       <c r="H210" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I210" s="3">
-        <v>11755488175</v>
+        <v>31590407659</v>
       </c>
       <c r="J210" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K210" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L210" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M210" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="211" spans="1:13">
       <c r="A211" s="1">
-        <v>81328921200074</v>
+        <v>42941598700040</v>
       </c>
       <c r="B211" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C211" s="2" t="s">
-        <v>792</v>
+        <v>791</v>
       </c>
       <c r="D211" s="2"/>
       <c r="E211" s="2" t="s">
-        <v>794</v>
+        <v>792</v>
       </c>
       <c r="F211" s="2" t="s">
-        <v>795</v>
+        <v>793</v>
       </c>
       <c r="G211" s="2"/>
       <c r="H211" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I211" s="3">
-        <v>11755488175</v>
+        <v>82420128942</v>
       </c>
       <c r="J211" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K211" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L211" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M211" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="212" spans="1:13">
       <c r="A212" s="1">
-        <v>81426685400011</v>
+        <v>42954657500078</v>
       </c>
       <c r="B212" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C212" s="2" t="s">
-        <v>796</v>
+        <v>794</v>
       </c>
       <c r="D212" s="2"/>
       <c r="E212" s="2" t="s">
-        <v>797</v>
+        <v>795</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>798</v>
+        <v>796</v>
       </c>
       <c r="G212" s="2"/>
       <c r="H212" s="2" t="s">
-        <v>23</v>
+        <v>613</v>
       </c>
       <c r="I212" s="3">
-        <v>84260247326</v>
+        <v>91660120366</v>
       </c>
       <c r="J212" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K212" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L212" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M212" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="213" spans="1:13">
       <c r="A213" s="1">
-        <v>81441466000013</v>
+        <v>42998754800162</v>
       </c>
       <c r="B213" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C213" s="2" t="s">
+        <v>797</v>
+      </c>
+      <c r="D213" s="2"/>
+      <c r="E213" s="2" t="s">
+        <v>798</v>
+      </c>
+      <c r="F213" s="2" t="s">
         <v>799</v>
-      </c>
-[...7 lines deleted...]
-        <v>801</v>
       </c>
       <c r="G213" s="2"/>
       <c r="H213" s="2" t="s">
-        <v>17</v>
+        <v>800</v>
       </c>
       <c r="I213" s="3">
-        <v>42670564767</v>
+        <v>52440363444</v>
       </c>
       <c r="J213" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K213" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L213" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M213" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="214" spans="1:13">
       <c r="A214" s="1">
-        <v>81454189200018</v>
+        <v>43154926000070</v>
       </c>
       <c r="B214" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C214" s="2" t="s">
+        <v>801</v>
+      </c>
+      <c r="D214" s="2" t="s">
+        <v>801</v>
+      </c>
+      <c r="E214" s="2" t="s">
         <v>802</v>
       </c>
-      <c r="D214" s="2"/>
-      <c r="E214" s="2" t="s">
+      <c r="F214" s="2" t="s">
         <v>803</v>
-      </c>
-[...1 lines deleted...]
-        <v>804</v>
       </c>
       <c r="G214" s="2"/>
       <c r="H214" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I214" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I214" s="3">
+        <v>91300198330</v>
+      </c>
       <c r="J214" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K214" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L214" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M214" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="215" spans="1:13">
       <c r="A215" s="1">
-        <v>81460944200011</v>
+        <v>43287506000019</v>
       </c>
       <c r="B215" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C215" s="2" t="s">
-        <v>805</v>
+        <v>804</v>
       </c>
       <c r="D215" s="2"/>
       <c r="E215" s="2" t="s">
+        <v>805</v>
+      </c>
+      <c r="F215" s="2" t="s">
         <v>806</v>
-      </c>
-[...1 lines deleted...]
-        <v>807</v>
       </c>
       <c r="G215" s="2"/>
       <c r="H215" s="2" t="s">
-        <v>23</v>
+        <v>293</v>
       </c>
       <c r="I215" s="3">
-        <v>53560907156</v>
+        <v>52530017353</v>
       </c>
       <c r="J215" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K215" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L215" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M215" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="216" spans="1:13">
       <c r="A216" s="1">
-        <v>81473972800024</v>
+        <v>43312495500033</v>
       </c>
       <c r="B216" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C216" s="2" t="s">
-        <v>808</v>
+        <v>807</v>
       </c>
       <c r="D216" s="2"/>
       <c r="E216" s="2" t="s">
+        <v>808</v>
+      </c>
+      <c r="F216" s="2" t="s">
         <v>809</v>
-      </c>
-[...1 lines deleted...]
-        <v>810</v>
       </c>
       <c r="G216" s="2"/>
       <c r="H216" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I216" s="3">
-        <v>11950590895</v>
+        <v>97970186197</v>
       </c>
       <c r="J216" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K216" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L216" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M216" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="217" spans="1:13">
       <c r="A217" s="1">
-        <v>81490319100033</v>
+        <v>43410211700018</v>
       </c>
       <c r="B217" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C217" s="2" t="s">
-        <v>811</v>
+        <v>810</v>
       </c>
       <c r="D217" s="2"/>
       <c r="E217" s="2" t="s">
-        <v>812</v>
+        <v>811</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>813</v>
+        <v>458</v>
       </c>
       <c r="G217" s="2"/>
       <c r="H217" s="2" t="s">
-        <v>17</v>
+        <v>599</v>
       </c>
       <c r="I217" s="3">
-        <v>82260240926</v>
+        <v>24450197345</v>
       </c>
       <c r="J217" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K217" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L217" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M217" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="218" spans="1:13">
       <c r="A218" s="1">
-        <v>81540490000020</v>
+        <v>43413541400010</v>
       </c>
       <c r="B218" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C218" s="2" t="s">
+        <v>812</v>
+      </c>
+      <c r="D218" s="2" t="s">
+        <v>813</v>
+      </c>
+      <c r="E218" s="2" t="s">
         <v>814</v>
       </c>
-      <c r="D218" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E218" s="2" t="s">
+      <c r="F218" s="2" t="s">
         <v>815</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="G218" s="2"/>
       <c r="H218" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I218" s="3">
-        <v>52720164672</v>
+        <v>91340470434</v>
       </c>
       <c r="J218" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K218" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L218" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M218" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="219" spans="1:13">
       <c r="A219" s="1">
-        <v>81540720000022</v>
+        <v>43436597900047</v>
       </c>
       <c r="B219" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C219" s="2" t="s">
         <v>816</v>
       </c>
       <c r="D219" s="2"/>
       <c r="E219" s="2" t="s">
         <v>817</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>277</v>
-[...1 lines deleted...]
-      <c r="G219" s="2"/>
+        <v>818</v>
+      </c>
+      <c r="G219" s="2" t="s">
+        <v>762</v>
+      </c>
       <c r="H219" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I219" s="3">
-        <v>93131640213</v>
+        <v>73310811931</v>
       </c>
       <c r="J219" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K219" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L219" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M219" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="220" spans="1:13">
       <c r="A220" s="1">
-        <v>81772788600019</v>
+        <v>43488451600031</v>
       </c>
       <c r="B220" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C220" s="2" t="s">
-        <v>107</v>
-[...3 lines deleted...]
-      </c>
+        <v>819</v>
+      </c>
+      <c r="D220" s="2"/>
       <c r="E220" s="2" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="G220" s="2"/>
       <c r="H220" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I220" s="3">
-        <v>76340934834</v>
+        <v>11950532095</v>
       </c>
       <c r="J220" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K220" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L220" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M220" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="221" spans="1:13">
       <c r="A221" s="1">
-        <v>81786764100026</v>
+        <v>43495354300023</v>
       </c>
       <c r="B221" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C221" s="2" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="D221" s="2"/>
       <c r="E221" s="2" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="G221" s="2"/>
       <c r="H221" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I221" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I221" s="3">
+        <v>82010073801</v>
+      </c>
       <c r="J221" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K221" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L221" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M221" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="222" spans="1:13">
       <c r="A222" s="1">
-        <v>81804864700023</v>
+        <v>43756105300053</v>
       </c>
       <c r="B222" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C222" s="2" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="D222" s="2"/>
       <c r="E222" s="2" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="G222" s="2"/>
       <c r="H222" s="2" t="s">
-        <v>23</v>
+        <v>613</v>
       </c>
       <c r="I222" s="3">
-        <v>84691455469</v>
+        <v>98970259697</v>
       </c>
       <c r="J222" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K222" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L222" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M222" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="223" spans="1:13">
       <c r="A223" s="1">
-        <v>81904676400018</v>
+        <v>43809379100046</v>
       </c>
       <c r="B223" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C223" s="2" t="s">
-        <v>104</v>
+        <v>828</v>
       </c>
       <c r="D223" s="2"/>
       <c r="E223" s="2" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>80</v>
+        <v>830</v>
       </c>
       <c r="G223" s="2"/>
       <c r="H223" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I223" s="3">
-        <v>43250187225</v>
+        <v>11754461075</v>
       </c>
       <c r="J223" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K223" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L223" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M223" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="224" spans="1:13">
       <c r="A224" s="1">
-        <v>81997258900017</v>
+        <v>43833301500040</v>
       </c>
       <c r="B224" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C224" s="2" t="s">
-        <v>827</v>
-[...3 lines deleted...]
-      </c>
+        <v>831</v>
+      </c>
+      <c r="D224" s="2"/>
       <c r="E224" s="2" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G224" s="2"/>
+        <v>833</v>
+      </c>
+      <c r="G224" s="2" t="s">
+        <v>834</v>
+      </c>
       <c r="H224" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I224" s="3">
-        <v>52490322749</v>
+        <v>23760343276</v>
       </c>
       <c r="J224" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K224" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L224" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M224" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="225" spans="1:13">
       <c r="A225" s="1">
-        <v>81999622400013</v>
+        <v>43886006600044</v>
       </c>
       <c r="B225" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C225" s="2" t="s">
-        <v>829</v>
+        <v>835</v>
       </c>
       <c r="D225" s="2"/>
       <c r="E225" s="2" t="s">
-        <v>830</v>
+        <v>836</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>831</v>
+        <v>837</v>
       </c>
       <c r="G225" s="2"/>
       <c r="H225" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I225" s="3">
-        <v>27390108539</v>
+        <v>82010076301</v>
       </c>
       <c r="J225" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K225" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L225" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M225" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="226" spans="1:13">
       <c r="A226" s="1">
-        <v>82027612900021</v>
+        <v>43891831000055</v>
       </c>
       <c r="B226" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C226" s="2" t="s">
-        <v>832</v>
+        <v>838</v>
       </c>
       <c r="D226" s="2"/>
       <c r="E226" s="2" t="s">
-        <v>833</v>
+        <v>839</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>834</v>
-[...1 lines deleted...]
-      <c r="G226" s="2"/>
+        <v>840</v>
+      </c>
+      <c r="G226" s="2" t="s">
+        <v>841</v>
+      </c>
       <c r="H226" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I226" s="3">
-        <v>84420290542</v>
+        <v>11770368077</v>
       </c>
       <c r="J226" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K226" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L226" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M226" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="227" spans="1:13">
       <c r="A227" s="1">
-        <v>82137367700029</v>
+        <v>43914353800049</v>
       </c>
       <c r="B227" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C227" s="2" t="s">
-        <v>835</v>
+        <v>842</v>
       </c>
       <c r="D227" s="2"/>
       <c r="E227" s="2" t="s">
-        <v>836</v>
+        <v>843</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>837</v>
+        <v>65</v>
       </c>
       <c r="G227" s="2"/>
       <c r="H227" s="2" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="I227" s="3">
-        <v>76660201266</v>
+        <v>11910509891</v>
       </c>
       <c r="J227" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K227" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L227" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M227" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="228" spans="1:13">
       <c r="A228" s="1">
-        <v>82267455200010</v>
+        <v>43930953500029</v>
       </c>
       <c r="B228" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C228" s="2" t="s">
-        <v>838</v>
+        <v>844</v>
       </c>
       <c r="D228" s="2"/>
       <c r="E228" s="2" t="s">
-        <v>839</v>
+        <v>845</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>840</v>
+        <v>846</v>
       </c>
       <c r="G228" s="2"/>
       <c r="H228" s="2" t="s">
-        <v>100</v>
+        <v>599</v>
       </c>
       <c r="I228" s="3">
-        <v>44680266968</v>
+        <v>96973036797</v>
       </c>
       <c r="J228" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K228" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L228" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M228" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="229" spans="1:13">
       <c r="A229" s="1">
-        <v>82277236400011</v>
+        <v>43948904800033</v>
       </c>
       <c r="B229" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C229" s="2" t="s">
-        <v>841</v>
+        <v>847</v>
       </c>
       <c r="D229" s="2"/>
       <c r="E229" s="2" t="s">
-        <v>842</v>
+        <v>848</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>840</v>
-[...3 lines deleted...]
-      </c>
+        <v>849</v>
+      </c>
+      <c r="G229" s="2"/>
       <c r="H229" s="2" t="s">
-        <v>23</v>
+        <v>850</v>
       </c>
       <c r="I229" s="3">
-        <v>53561025056</v>
+        <v>11788060678</v>
       </c>
       <c r="J229" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K229" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L229" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M229" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="230" spans="1:13">
       <c r="A230" s="1">
-        <v>82345639700038</v>
+        <v>43976112300041</v>
       </c>
       <c r="B230" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C230" s="2" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="D230" s="2"/>
       <c r="E230" s="2" t="s">
-        <v>845</v>
+        <v>852</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>846</v>
-[...3 lines deleted...]
-      </c>
+        <v>818</v>
+      </c>
+      <c r="G230" s="2"/>
       <c r="H230" s="2" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="I230" s="3">
-        <v>11756166775</v>
+        <v>72330586033</v>
       </c>
       <c r="J230" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K230" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L230" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M230" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="231" spans="1:13">
       <c r="A231" s="1">
-        <v>82355272400010</v>
+        <v>44000287100026</v>
       </c>
       <c r="B231" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C231" s="2" t="s">
-        <v>848</v>
+        <v>853</v>
       </c>
       <c r="D231" s="2"/>
       <c r="E231" s="2" t="s">
-        <v>849</v>
+        <v>854</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>850</v>
-[...3 lines deleted...]
-      </c>
+        <v>855</v>
+      </c>
+      <c r="G231" s="2"/>
       <c r="H231" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I231" s="3">
-        <v>84420295042</v>
+        <v>21100049910</v>
       </c>
       <c r="J231" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K231" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L231" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M231" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="232" spans="1:13">
       <c r="A232" s="1">
-        <v>82404542100024</v>
+        <v>44064045600024</v>
       </c>
       <c r="B232" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C232" s="2" t="s">
-        <v>852</v>
+        <v>856</v>
       </c>
       <c r="D232" s="2"/>
       <c r="E232" s="2" t="s">
-        <v>853</v>
+        <v>857</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>854</v>
-[...3 lines deleted...]
-      </c>
+        <v>858</v>
+      </c>
+      <c r="G232" s="2"/>
       <c r="H232" s="2" t="s">
-        <v>856</v>
+        <v>859</v>
       </c>
       <c r="I232" s="3">
-        <v>84010186201</v>
+        <v>96973029797</v>
       </c>
       <c r="J232" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K232" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L232" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M232" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="233" spans="1:13">
       <c r="A233" s="1">
-        <v>82430127900025</v>
+        <v>44067143600085</v>
       </c>
       <c r="B233" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C233" s="2" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
       <c r="D233" s="2"/>
       <c r="E233" s="2" t="s">
-        <v>858</v>
+        <v>861</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>859</v>
+        <v>862</v>
       </c>
       <c r="G233" s="2"/>
       <c r="H233" s="2" t="s">
-        <v>860</v>
+        <v>650</v>
       </c>
       <c r="I233" s="3">
-        <v>28760569776</v>
+        <v>11753637175</v>
       </c>
       <c r="J233" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K233" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L233" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M233" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="234" spans="1:13">
       <c r="A234" s="1">
-        <v>40410264200034</v>
+        <v>44090994300043</v>
       </c>
       <c r="B234" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C234" s="2" t="s">
-        <v>107</v>
-[...3 lines deleted...]
-      </c>
+        <v>863</v>
+      </c>
+      <c r="D234" s="2"/>
       <c r="E234" s="2" t="s">
-        <v>861</v>
+        <v>864</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>862</v>
-[...3 lines deleted...]
-      </c>
+        <v>865</v>
+      </c>
+      <c r="G234" s="2"/>
       <c r="H234" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I234" s="3">
-        <v>75160087916</v>
+        <v>22600208660</v>
       </c>
       <c r="J234" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K234" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L234" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M234" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="235" spans="1:13">
       <c r="A235" s="1">
-        <v>40410930800027</v>
+        <v>44100359700032</v>
       </c>
       <c r="B235" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C235" s="2" t="s">
-        <v>864</v>
-[...1 lines deleted...]
-      <c r="D235" s="2"/>
+        <v>866</v>
+      </c>
+      <c r="D235" s="2" t="s">
+        <v>866</v>
+      </c>
       <c r="E235" s="2" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>866</v>
+        <v>796</v>
       </c>
       <c r="G235" s="2"/>
       <c r="H235" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I235" s="3">
-        <v>31590376559</v>
+        <v>83630356963</v>
       </c>
       <c r="J235" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K235" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L235" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M235" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="236" spans="1:13">
       <c r="A236" s="1">
-        <v>40420798700045</v>
+        <v>44276468400027</v>
       </c>
       <c r="B236" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C236" s="2" t="s">
-        <v>867</v>
-[...1 lines deleted...]
-      <c r="D236" s="2"/>
+        <v>868</v>
+      </c>
+      <c r="D236" s="2" t="s">
+        <v>868</v>
+      </c>
       <c r="E236" s="2" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>869</v>
-[...1 lines deleted...]
-      <c r="G236" s="2" t="s">
         <v>870</v>
       </c>
+      <c r="G236" s="2"/>
       <c r="H236" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I236" s="3">
-        <v>82690921769</v>
+        <v>98970119897</v>
       </c>
       <c r="J236" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K236" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L236" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M236" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="237" spans="1:13">
       <c r="A237" s="1">
-        <v>40421916400039</v>
+        <v>44321186700025</v>
       </c>
       <c r="B237" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C237" s="2" t="s">
         <v>871</v>
       </c>
-      <c r="D237" s="2" t="s">
+      <c r="D237" s="2"/>
+      <c r="E237" s="2" t="s">
         <v>872</v>
       </c>
-      <c r="E237" s="2" t="s">
+      <c r="F237" s="2" t="s">
         <v>873</v>
       </c>
-      <c r="F237" s="2" t="s">
+      <c r="G237" s="2" t="s">
         <v>874</v>
       </c>
-      <c r="G237" s="2"/>
       <c r="H237" s="2" t="s">
-        <v>23</v>
+        <v>875</v>
       </c>
       <c r="I237" s="3">
-        <v>24280075128</v>
+        <v>93060557706</v>
       </c>
       <c r="J237" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K237" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L237" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M237" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="238" spans="1:13">
       <c r="A238" s="1">
-        <v>40442948200049</v>
+        <v>44391934500035</v>
       </c>
       <c r="B238" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C238" s="2" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="D238" s="2"/>
       <c r="E238" s="2" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>163</v>
+        <v>79</v>
       </c>
       <c r="G238" s="2"/>
       <c r="H238" s="2" t="s">
-        <v>73</v>
+        <v>613</v>
       </c>
       <c r="I238" s="3">
-        <v>11920521192</v>
+        <v>82690769669</v>
       </c>
       <c r="J238" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K238" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L238" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M238" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="239" spans="1:13">
       <c r="A239" s="1">
-        <v>40530550900029</v>
+        <v>44492238900010</v>
       </c>
       <c r="B239" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C239" s="2" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="D239" s="2"/>
       <c r="E239" s="2" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="G239" s="2"/>
       <c r="H239" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I239" s="3"/>
       <c r="J239" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K239" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L239" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M239" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="240" spans="1:13">
       <c r="A240" s="1">
-        <v>40538900800047</v>
+        <v>44499985800046</v>
       </c>
       <c r="B240" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C240" s="2" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="D240" s="2"/>
       <c r="E240" s="2" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>882</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="G240" s="2"/>
       <c r="H240" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I240" s="3">
-        <v>52490128249</v>
+        <v>83630360563</v>
       </c>
       <c r="J240" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K240" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L240" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M240" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="241" spans="1:13">
       <c r="A241" s="1">
-        <v>40753430400024</v>
+        <v>44520408400021</v>
       </c>
       <c r="B241" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C241" s="2" t="s">
         <v>883</v>
       </c>
       <c r="D241" s="2"/>
       <c r="E241" s="2" t="s">
         <v>884</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>885</v>
+        <v>23</v>
       </c>
       <c r="G241" s="2"/>
       <c r="H241" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I241" s="3">
-        <v>93840158884</v>
+        <v>91340530334</v>
       </c>
       <c r="J241" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K241" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L241" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M241" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="242" spans="1:13">
       <c r="A242" s="1">
-        <v>40789624000055</v>
+        <v>44524552500040</v>
       </c>
       <c r="B242" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C242" s="2" t="s">
-        <v>886</v>
+        <v>885</v>
       </c>
       <c r="D242" s="2"/>
       <c r="E242" s="2" t="s">
+        <v>886</v>
+      </c>
+      <c r="F242" s="2" t="s">
         <v>887</v>
-      </c>
-[...1 lines deleted...]
-        <v>888</v>
       </c>
       <c r="G242" s="2"/>
       <c r="H242" s="2" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="I242" s="3">
-        <v>73310258131</v>
+        <v>43700047270</v>
       </c>
       <c r="J242" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K242" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L242" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M242" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="243" spans="1:13">
       <c r="A243" s="1">
-        <v>40801292000034</v>
+        <v>44531243200021</v>
       </c>
       <c r="B243" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C243" s="2" t="s">
-        <v>889</v>
+        <v>888</v>
       </c>
       <c r="D243" s="2"/>
       <c r="E243" s="2" t="s">
+        <v>889</v>
+      </c>
+      <c r="F243" s="2" t="s">
         <v>890</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
       <c r="G243" s="2"/>
       <c r="H243" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I243" s="3">
-        <v>11770227477</v>
+        <v>31590578459</v>
       </c>
       <c r="J243" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K243" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L243" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M243" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="244" spans="1:13">
       <c r="A244" s="1">
-        <v>40818282200051</v>
+        <v>44531243200104</v>
       </c>
       <c r="B244" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C244" s="2" t="s">
+        <v>888</v>
+      </c>
+      <c r="D244" s="2"/>
+      <c r="E244" s="2" t="s">
         <v>891</v>
       </c>
-      <c r="D244" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E244" s="2" t="s">
+      <c r="F244" s="2" t="s">
         <v>892</v>
-      </c>
-[...1 lines deleted...]
-        <v>893</v>
       </c>
       <c r="G244" s="2"/>
       <c r="H244" s="2" t="s">
-        <v>141</v>
+        <v>33</v>
       </c>
       <c r="I244" s="3">
-        <v>84740366874</v>
+        <v>31590578459</v>
       </c>
       <c r="J244" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K244" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L244" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M244" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="245" spans="1:13">
       <c r="A245" s="1">
-        <v>40980167700025</v>
+        <v>44531243200112</v>
       </c>
       <c r="B245" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C245" s="2" t="s">
-        <v>894</v>
+        <v>888</v>
       </c>
       <c r="D245" s="2"/>
       <c r="E245" s="2" t="s">
-        <v>895</v>
+        <v>893</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>896</v>
-[...3 lines deleted...]
-      </c>
+        <v>60</v>
+      </c>
+      <c r="G245" s="2"/>
       <c r="H245" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I245" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I245" s="3">
+        <v>31590578459</v>
+      </c>
       <c r="J245" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K245" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L245" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M245" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="246" spans="1:13">
       <c r="A246" s="1">
-        <v>41009852900044</v>
+        <v>44531243200120</v>
       </c>
       <c r="B246" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C246" s="2" t="s">
-        <v>898</v>
+        <v>888</v>
       </c>
       <c r="D246" s="2"/>
       <c r="E246" s="2" t="s">
-        <v>899</v>
+        <v>894</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>900</v>
-[...3 lines deleted...]
-      </c>
+        <v>60</v>
+      </c>
+      <c r="G246" s="2"/>
       <c r="H246" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I246" s="3">
-        <v>82690538569</v>
+        <v>31590578459</v>
       </c>
       <c r="J246" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K246" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L246" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M246" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="247" spans="1:13">
       <c r="A247" s="1">
-        <v>41058110200010</v>
+        <v>44531243200146</v>
       </c>
       <c r="B247" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C247" s="2" t="s">
-        <v>902</v>
+        <v>888</v>
       </c>
       <c r="D247" s="2"/>
       <c r="E247" s="2" t="s">
-        <v>903</v>
+        <v>895</v>
       </c>
       <c r="F247" s="2" t="s">
         <v>896</v>
       </c>
       <c r="G247" s="2"/>
       <c r="H247" s="2" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="I247" s="3">
-        <v>72330424333</v>
+        <v>31590578459</v>
       </c>
       <c r="J247" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K247" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L247" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M247" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="248" spans="1:13">
       <c r="A248" s="1">
-        <v>41059169700033</v>
+        <v>44904121900014</v>
       </c>
       <c r="B248" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C248" s="2" t="s">
-        <v>904</v>
+        <v>897</v>
       </c>
       <c r="D248" s="2"/>
       <c r="E248" s="2" t="s">
-        <v>905</v>
+        <v>898</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>906</v>
+        <v>899</v>
       </c>
       <c r="G248" s="2"/>
       <c r="H248" s="2" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="I248" s="3">
-        <v>21510083251</v>
+        <v>52850112885</v>
       </c>
       <c r="J248" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K248" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L248" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M248" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="249" spans="1:13">
       <c r="A249" s="1">
-        <v>41087543900045</v>
+        <v>44921506000012</v>
       </c>
       <c r="B249" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C249" s="2" t="s">
-        <v>907</v>
+        <v>900</v>
       </c>
       <c r="D249" s="2"/>
       <c r="E249" s="2" t="s">
-        <v>908</v>
+        <v>901</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>909</v>
+        <v>902</v>
       </c>
       <c r="G249" s="2"/>
       <c r="H249" s="2" t="s">
-        <v>23</v>
+        <v>599</v>
       </c>
       <c r="I249" s="3">
-        <v>11752861675</v>
+        <v>93830464283</v>
       </c>
       <c r="J249" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K249" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L249" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M249" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="250" spans="1:13">
       <c r="A250" s="1">
-        <v>41104042100025</v>
+        <v>77694516400064</v>
       </c>
       <c r="B250" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C250" s="2" t="s">
-        <v>910</v>
+        <v>903</v>
       </c>
       <c r="D250" s="2"/>
       <c r="E250" s="2" t="s">
-        <v>911</v>
+        <v>904</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>912</v>
+        <v>905</v>
       </c>
       <c r="G250" s="2"/>
       <c r="H250" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I250" s="3">
-        <v>93840170184</v>
+        <v>73310006031</v>
       </c>
       <c r="J250" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K250" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L250" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M250" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="251" spans="1:13">
       <c r="A251" s="1">
-        <v>41146353200043</v>
+        <v>77792738500040</v>
       </c>
       <c r="B251" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C251" s="2" t="s">
-        <v>913</v>
+        <v>906</v>
       </c>
       <c r="D251" s="2"/>
       <c r="E251" s="2" t="s">
-        <v>914</v>
+        <v>907</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>915</v>
+        <v>908</v>
       </c>
       <c r="G251" s="2"/>
       <c r="H251" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I251" s="3">
-        <v>53290548129</v>
+        <v>74190000219</v>
       </c>
       <c r="J251" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K251" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L251" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M251" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="252" spans="1:13">
       <c r="A252" s="1">
-        <v>41159185200073</v>
+        <v>77833200700013</v>
       </c>
       <c r="B252" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C252" s="2" t="s">
-        <v>916</v>
+        <v>909</v>
       </c>
       <c r="D252" s="2"/>
       <c r="E252" s="2" t="s">
-        <v>917</v>
+        <v>910</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>918</v>
+        <v>911</v>
       </c>
       <c r="G252" s="2"/>
       <c r="H252" s="2" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="I252" s="3">
-        <v>96973018697</v>
+        <v>43250169125</v>
       </c>
       <c r="J252" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K252" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L252" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M252" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="253" spans="1:13">
       <c r="A253" s="1">
-        <v>41166957500010</v>
+        <v>77931160400028</v>
       </c>
       <c r="B253" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C253" s="2" t="s">
-        <v>919</v>
+        <v>912</v>
       </c>
       <c r="D253" s="2"/>
       <c r="E253" s="2" t="s">
-        <v>920</v>
+        <v>913</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>921</v>
+        <v>914</v>
       </c>
       <c r="G253" s="2"/>
       <c r="H253" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I253" s="3">
-        <v>11910384491</v>
+        <v>82010001901</v>
       </c>
       <c r="J253" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K253" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L253" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M253" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="254" spans="1:13">
       <c r="A254" s="1">
-        <v>41272386800029</v>
+        <v>77947268700036</v>
       </c>
       <c r="B254" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C254" s="2" t="s">
-        <v>922</v>
+        <v>915</v>
       </c>
       <c r="D254" s="2"/>
       <c r="E254" s="2" t="s">
-        <v>923</v>
+        <v>916</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>924</v>
+        <v>917</v>
       </c>
       <c r="G254" s="2"/>
       <c r="H254" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I254" s="3">
-        <v>93830229683</v>
+        <v>82070005607</v>
       </c>
       <c r="J254" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K254" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L254" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M254" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="255" spans="1:13">
       <c r="A255" s="1">
-        <v>41308016900035</v>
+        <v>78050734900048</v>
       </c>
       <c r="B255" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C255" s="2" t="s">
-        <v>925</v>
+        <v>918</v>
       </c>
       <c r="D255" s="2"/>
       <c r="E255" s="2" t="s">
-        <v>926</v>
+        <v>919</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>927</v>
+        <v>920</v>
       </c>
       <c r="G255" s="2"/>
       <c r="H255" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I255" s="3">
-        <v>41540112954</v>
+        <v>22600001660</v>
       </c>
       <c r="J255" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K255" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L255" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M255" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="256" spans="1:13">
       <c r="A256" s="1">
-        <v>41436247500025</v>
+        <v>78050734900097</v>
       </c>
       <c r="B256" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C256" s="2" t="s">
-        <v>928</v>
+        <v>918</v>
       </c>
       <c r="D256" s="2"/>
       <c r="E256" s="2" t="s">
-        <v>929</v>
+        <v>741</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>930</v>
+        <v>484</v>
       </c>
       <c r="G256" s="2"/>
       <c r="H256" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I256" s="3">
-        <v>73310286031</v>
+        <v>22600001660</v>
       </c>
       <c r="J256" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K256" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L256" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M256" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="257" spans="1:13">
       <c r="A257" s="1">
-        <v>41504991500044</v>
+        <v>78050734900113</v>
       </c>
       <c r="B257" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C257" s="2" t="s">
-        <v>931</v>
+        <v>918</v>
       </c>
       <c r="D257" s="2"/>
       <c r="E257" s="2" t="s">
-        <v>932</v>
+        <v>921</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>933</v>
+        <v>737</v>
       </c>
       <c r="G257" s="2"/>
       <c r="H257" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I257" s="3">
-        <v>41540165554</v>
+        <v>22600001660</v>
       </c>
       <c r="J257" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K257" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L257" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M257" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="258" spans="1:13">
       <c r="A258" s="1">
-        <v>41514983000010</v>
+        <v>78050734900121</v>
       </c>
       <c r="B258" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C258" s="2" t="s">
-        <v>934</v>
+        <v>918</v>
       </c>
       <c r="D258" s="2"/>
       <c r="E258" s="2" t="s">
-        <v>935</v>
+        <v>922</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>936</v>
+        <v>923</v>
       </c>
       <c r="G258" s="2"/>
       <c r="H258" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I258" s="3">
-        <v>11921036292</v>
+        <v>22600001660</v>
       </c>
       <c r="J258" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K258" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L258" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M258" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="259" spans="1:13">
       <c r="A259" s="1">
-        <v>41809994100035</v>
+        <v>78050734900139</v>
       </c>
       <c r="B259" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C259" s="2" t="s">
-        <v>937</v>
+        <v>918</v>
       </c>
       <c r="D259" s="2"/>
       <c r="E259" s="2" t="s">
-        <v>938</v>
+        <v>924</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>45</v>
+        <v>923</v>
       </c>
       <c r="G259" s="2"/>
       <c r="H259" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I259" s="3">
-        <v>42670258267</v>
+        <v>22600001660</v>
       </c>
       <c r="J259" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K259" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L259" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M259" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="260" spans="1:13">
       <c r="A260" s="1">
-        <v>41819990700027</v>
+        <v>78050734900147</v>
       </c>
       <c r="B260" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C260" s="2" t="s">
-        <v>939</v>
+        <v>918</v>
       </c>
       <c r="D260" s="2"/>
       <c r="E260" s="2" t="s">
-        <v>940</v>
+        <v>925</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>941</v>
+        <v>923</v>
       </c>
       <c r="G260" s="2"/>
       <c r="H260" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I260" s="3">
-        <v>53560945956</v>
+        <v>22600001660</v>
       </c>
       <c r="J260" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K260" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L260" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M260" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="261" spans="1:13">
       <c r="A261" s="1">
-        <v>41877587000029</v>
+        <v>78050734900154</v>
       </c>
       <c r="B261" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C261" s="2" t="s">
-        <v>942</v>
+        <v>918</v>
       </c>
       <c r="D261" s="2"/>
       <c r="E261" s="2" t="s">
-        <v>943</v>
+        <v>926</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>944</v>
+        <v>923</v>
       </c>
       <c r="G261" s="2"/>
       <c r="H261" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I261" s="3">
-        <v>24450170145</v>
+        <v>22600001660</v>
       </c>
       <c r="J261" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K261" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L261" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M261" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="262" spans="1:13">
       <c r="A262" s="1">
-        <v>41877587000060</v>
+        <v>78071405100031</v>
       </c>
       <c r="B262" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C262" s="2" t="s">
-        <v>942</v>
-[...1 lines deleted...]
-      <c r="D262" s="2"/>
+        <v>927</v>
+      </c>
+      <c r="D262" s="2" t="s">
+        <v>927</v>
+      </c>
       <c r="E262" s="2" t="s">
-        <v>945</v>
+        <v>928</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>946</v>
+        <v>929</v>
       </c>
       <c r="G262" s="2"/>
       <c r="H262" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I262" s="3">
-        <v>24450170145</v>
+        <v>25140000514</v>
       </c>
       <c r="J262" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K262" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L262" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M262" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="263" spans="1:13">
       <c r="A263" s="1">
-        <v>41877587000078</v>
+        <v>78071405100080</v>
       </c>
       <c r="B263" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C263" s="2" t="s">
-        <v>942</v>
+        <v>927</v>
       </c>
       <c r="D263" s="2"/>
       <c r="E263" s="2" t="s">
-        <v>947</v>
+        <v>930</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>948</v>
-[...1 lines deleted...]
-      <c r="G263" s="2"/>
+        <v>931</v>
+      </c>
+      <c r="G263" s="2" t="s">
+        <v>932</v>
+      </c>
       <c r="H263" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I263" s="3">
-        <v>24450170145</v>
+        <v>25140000514</v>
       </c>
       <c r="J263" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K263" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L263" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M263" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="264" spans="1:13">
       <c r="A264" s="1">
-        <v>41877587000086</v>
+        <v>78071407700069</v>
       </c>
       <c r="B264" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C264" s="2" t="s">
-        <v>942</v>
+        <v>933</v>
       </c>
       <c r="D264" s="2"/>
       <c r="E264" s="2" t="s">
-        <v>949</v>
+        <v>879</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>950</v>
+        <v>934</v>
       </c>
       <c r="G264" s="2"/>
       <c r="H264" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I264" s="3"/>
       <c r="J264" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K264" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L264" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M264" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="265" spans="1:13">
       <c r="A265" s="1">
-        <v>41877587000102</v>
+        <v>78128367600018</v>
       </c>
       <c r="B265" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C265" s="2" t="s">
-        <v>942</v>
+        <v>935</v>
       </c>
       <c r="D265" s="2"/>
       <c r="E265" s="2" t="s">
-        <v>951</v>
+        <v>936</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>952</v>
+        <v>911</v>
       </c>
       <c r="G265" s="2"/>
       <c r="H265" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I265" s="3">
-        <v>24450170145</v>
+        <v>54170000117</v>
       </c>
       <c r="J265" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K265" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L265" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M265" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="266" spans="1:13">
       <c r="A266" s="1">
-        <v>41904518200013</v>
+        <v>78141384400015</v>
       </c>
       <c r="B266" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C266" s="2" t="s">
-        <v>953</v>
+        <v>937</v>
       </c>
       <c r="D266" s="2"/>
       <c r="E266" s="2" t="s">
-        <v>954</v>
+        <v>938</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>955</v>
+        <v>911</v>
       </c>
       <c r="G266" s="2"/>
       <c r="H266" s="2" t="s">
-        <v>23</v>
+        <v>293</v>
       </c>
       <c r="I266" s="3">
-        <v>11940499794</v>
+        <v>54790007279</v>
       </c>
       <c r="J266" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K266" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L266" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M266" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="267" spans="1:13">
       <c r="A267" s="1">
-        <v>41904518200021</v>
+        <v>78173357100025</v>
       </c>
       <c r="B267" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C267" s="2" t="s">
-        <v>953</v>
+        <v>939</v>
       </c>
       <c r="D267" s="2"/>
       <c r="E267" s="2" t="s">
-        <v>956</v>
+        <v>940</v>
       </c>
       <c r="F267" s="2" t="s">
-        <v>957</v>
-[...1 lines deleted...]
-      <c r="G267" s="2"/>
+        <v>941</v>
+      </c>
+      <c r="G267" s="2" t="s">
+        <v>942</v>
+      </c>
       <c r="H267" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I267" s="3">
-        <v>11940499794</v>
+        <v>72240160524</v>
       </c>
       <c r="J267" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K267" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L267" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M267" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="268" spans="1:13">
       <c r="A268" s="1">
-        <v>41953732900015</v>
+        <v>78209967500020</v>
       </c>
       <c r="B268" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C268" s="2" t="s">
-        <v>958</v>
+        <v>943</v>
       </c>
       <c r="D268" s="2"/>
       <c r="E268" s="2" t="s">
-        <v>959</v>
+        <v>944</v>
       </c>
       <c r="F268" s="2" t="s">
-        <v>960</v>
+        <v>945</v>
       </c>
       <c r="G268" s="2"/>
       <c r="H268" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I268" s="3">
-        <v>31590449959</v>
+        <v>72400000340</v>
       </c>
       <c r="J268" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K268" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L268" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M268" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="269" spans="1:13">
       <c r="A269" s="1">
-        <v>41993558000029</v>
+        <v>78235540800025</v>
       </c>
       <c r="B269" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C269" s="2" t="s">
-        <v>961</v>
+        <v>946</v>
       </c>
       <c r="D269" s="2"/>
       <c r="E269" s="2" t="s">
-        <v>962</v>
+        <v>947</v>
       </c>
       <c r="F269" s="2" t="s">
-        <v>963</v>
+        <v>911</v>
       </c>
       <c r="G269" s="2"/>
       <c r="H269" s="2" t="s">
-        <v>23</v>
+        <v>599</v>
       </c>
       <c r="I269" s="3">
-        <v>11754156375</v>
+        <v>72640000764</v>
       </c>
       <c r="J269" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K269" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L269" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M269" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="270" spans="1:13">
       <c r="A270" s="1">
-        <v>42150847400010</v>
+        <v>78338177500023</v>
       </c>
       <c r="B270" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C270" s="2" t="s">
-        <v>964</v>
+        <v>948</v>
       </c>
       <c r="D270" s="2"/>
       <c r="E270" s="2" t="s">
-        <v>965</v>
+        <v>949</v>
       </c>
       <c r="F270" s="2" t="s">
-        <v>106</v>
+        <v>911</v>
       </c>
       <c r="G270" s="2"/>
       <c r="H270" s="2" t="s">
-        <v>23</v>
+        <v>599</v>
       </c>
       <c r="I270" s="3">
-        <v>94202010420</v>
+        <v>41550000155</v>
       </c>
       <c r="J270" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K270" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L270" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M270" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="271" spans="1:13">
       <c r="A271" s="1">
-        <v>42190965600041</v>
+        <v>78360423400022</v>
       </c>
       <c r="B271" s="2" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="C271" s="2" t="s">
-        <v>966</v>
+        <v>950</v>
       </c>
       <c r="D271" s="2"/>
       <c r="E271" s="2" t="s">
-        <v>967</v>
+        <v>951</v>
       </c>
       <c r="F271" s="2" t="s">
-        <v>968</v>
+        <v>952</v>
       </c>
       <c r="G271" s="2" t="s">
-        <v>969</v>
+        <v>953</v>
       </c>
       <c r="H271" s="2" t="s">
-        <v>123</v>
+        <v>33</v>
       </c>
       <c r="I271" s="3">
-        <v>23760298976</v>
+        <v>31590005759</v>
       </c>
       <c r="J271" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K271" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L271" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M271" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="272" spans="1:13">
       <c r="A272" s="1">
-        <v>42219375500150</v>
+        <v>78803676200037</v>
       </c>
       <c r="B272" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C272" s="2" t="s">
-        <v>970</v>
+        <v>954</v>
       </c>
       <c r="D272" s="2"/>
       <c r="E272" s="2" t="s">
-        <v>971</v>
+        <v>955</v>
       </c>
       <c r="F272" s="2" t="s">
-        <v>972</v>
+        <v>956</v>
       </c>
       <c r="G272" s="2"/>
       <c r="H272" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I272" s="3">
-        <v>11753582375</v>
+        <v>73320039232</v>
       </c>
       <c r="J272" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K272" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L272" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M272" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="273" spans="1:13">
       <c r="A273" s="1">
-        <v>42219375500259</v>
+        <v>78835426400095</v>
       </c>
       <c r="B273" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C273" s="2" t="s">
-        <v>970</v>
+        <v>957</v>
       </c>
       <c r="D273" s="2"/>
       <c r="E273" s="2" t="s">
-        <v>973</v>
+        <v>958</v>
       </c>
       <c r="F273" s="2" t="s">
-        <v>972</v>
+        <v>959</v>
       </c>
       <c r="G273" s="2"/>
       <c r="H273" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I273" s="3">
-        <v>11753582375</v>
+        <v>52440004544</v>
       </c>
       <c r="J273" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K273" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L273" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M273" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="274" spans="1:13">
       <c r="A274" s="1">
-        <v>42219375500549</v>
+        <v>78875903300020</v>
       </c>
       <c r="B274" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C274" s="2" t="s">
-        <v>970</v>
+        <v>960</v>
       </c>
       <c r="D274" s="2"/>
       <c r="E274" s="2" t="s">
-        <v>974</v>
+        <v>961</v>
       </c>
       <c r="F274" s="2" t="s">
-        <v>975</v>
+        <v>962</v>
       </c>
       <c r="G274" s="2"/>
       <c r="H274" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I274" s="3">
-        <v>11753582375</v>
+        <v>98970395997</v>
       </c>
       <c r="J274" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K274" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L274" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M274" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="275" spans="1:13">
       <c r="A275" s="1">
-        <v>42219375500564</v>
+        <v>78889151300020</v>
       </c>
       <c r="B275" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C275" s="2" t="s">
-        <v>970</v>
+        <v>963</v>
       </c>
       <c r="D275" s="2"/>
       <c r="E275" s="2" t="s">
-        <v>976</v>
+        <v>964</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>977</v>
+        <v>965</v>
       </c>
       <c r="G275" s="2"/>
       <c r="H275" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I275" s="3">
-        <v>11753582375</v>
+        <v>42670493867</v>
       </c>
       <c r="J275" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K275" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L275" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M275" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="276" spans="1:13">
       <c r="A276" s="1">
-        <v>42219375500622</v>
+        <v>78959578200044</v>
       </c>
       <c r="B276" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C276" s="2" t="s">
-        <v>970</v>
-[...3 lines deleted...]
-      </c>
+        <v>966</v>
+      </c>
+      <c r="D276" s="2"/>
       <c r="E276" s="2" t="s">
-        <v>979</v>
+        <v>967</v>
       </c>
       <c r="F276" s="2" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="G276" s="2"/>
       <c r="H276" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I276" s="3">
-        <v>11753582375</v>
+        <v>93131450013</v>
       </c>
       <c r="J276" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K276" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L276" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M276" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="277" spans="1:13">
       <c r="A277" s="1">
-        <v>42219375500655</v>
+        <v>78959578200051</v>
       </c>
       <c r="B277" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C277" s="2" t="s">
-        <v>970</v>
-[...3 lines deleted...]
-      </c>
+        <v>966</v>
+      </c>
+      <c r="D277" s="2"/>
       <c r="E277" s="2" t="s">
-        <v>980</v>
+        <v>968</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>645</v>
+        <v>969</v>
       </c>
       <c r="G277" s="2"/>
       <c r="H277" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I277" s="3">
-        <v>11753582375</v>
+        <v>93131450013</v>
       </c>
       <c r="J277" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K277" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L277" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M277" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="278" spans="1:13">
       <c r="A278" s="1">
-        <v>42219375500705</v>
+        <v>79010444200013</v>
       </c>
       <c r="B278" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C278" s="2" t="s">
         <v>970</v>
       </c>
       <c r="D278" s="2"/>
       <c r="E278" s="2" t="s">
-        <v>981</v>
+        <v>971</v>
       </c>
       <c r="F278" s="2" t="s">
-        <v>982</v>
-[...1 lines deleted...]
-      <c r="G278" s="2"/>
+        <v>931</v>
+      </c>
+      <c r="G278" s="2" t="s">
+        <v>972</v>
+      </c>
       <c r="H278" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I278" s="3">
-        <v>11753582375</v>
+        <v>31590816559</v>
       </c>
       <c r="J278" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K278" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L278" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M278" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="279" spans="1:13">
       <c r="A279" s="1">
-        <v>42243262500032</v>
+        <v>79035905300028</v>
       </c>
       <c r="B279" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C279" s="2" t="s">
-        <v>983</v>
-[...1 lines deleted...]
-      <c r="D279" s="2"/>
+        <v>973</v>
+      </c>
+      <c r="D279" s="2" t="s">
+        <v>974</v>
+      </c>
       <c r="E279" s="2" t="s">
-        <v>984</v>
+        <v>975</v>
       </c>
       <c r="F279" s="2" t="s">
-        <v>874</v>
-[...1 lines deleted...]
-      <c r="G279" s="2"/>
+        <v>976</v>
+      </c>
+      <c r="G279" s="2" t="s">
+        <v>762</v>
+      </c>
       <c r="H279" s="2" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="I279" s="3">
-        <v>52850096585</v>
+        <v>53290869029</v>
       </c>
       <c r="J279" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K279" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L279" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M279" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="280" spans="1:13">
       <c r="A280" s="1">
-        <v>42478033600014</v>
+        <v>79042484000011</v>
       </c>
       <c r="B280" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C280" s="2" t="s">
-        <v>985</v>
+        <v>977</v>
       </c>
       <c r="D280" s="2"/>
       <c r="E280" s="2" t="s">
-        <v>986</v>
+        <v>978</v>
       </c>
       <c r="F280" s="2" t="s">
-        <v>987</v>
+        <v>979</v>
       </c>
       <c r="G280" s="2"/>
       <c r="H280" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I280" s="3">
-        <v>43700041070</v>
+        <v>26710220471</v>
       </c>
       <c r="J280" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K280" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L280" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M280" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="281" spans="1:13">
       <c r="A281" s="1">
-        <v>42498372400032</v>
+        <v>79080053600043</v>
       </c>
       <c r="B281" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C281" s="2" t="s">
-        <v>988</v>
-[...1 lines deleted...]
-      <c r="D281" s="2"/>
+        <v>980</v>
+      </c>
+      <c r="D281" s="2" t="s">
+        <v>981</v>
+      </c>
       <c r="E281" s="2" t="s">
-        <v>989</v>
+        <v>982</v>
       </c>
       <c r="F281" s="2" t="s">
-        <v>990</v>
-[...3 lines deleted...]
-      </c>
+        <v>983</v>
+      </c>
+      <c r="G281" s="2"/>
       <c r="H281" s="2" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="I281" s="3">
-        <v>73310331831</v>
+        <v>82420255242</v>
       </c>
       <c r="J281" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K281" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L281" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M281" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="282" spans="1:13">
       <c r="A282" s="1">
-        <v>42871309300055</v>
+        <v>79121316800010</v>
       </c>
       <c r="B282" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C282" s="2" t="s">
-        <v>992</v>
+        <v>984</v>
       </c>
       <c r="D282" s="2"/>
       <c r="E282" s="2" t="s">
-        <v>993</v>
+        <v>985</v>
       </c>
       <c r="F282" s="2" t="s">
-        <v>994</v>
-[...1 lines deleted...]
-      <c r="G282" s="2"/>
+        <v>986</v>
+      </c>
+      <c r="G282" s="2" t="s">
+        <v>987</v>
+      </c>
       <c r="H282" s="2" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="I282" s="3">
-        <v>11754286475</v>
+        <v>82010150801</v>
       </c>
       <c r="J282" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K282" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L282" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M282" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="283" spans="1:13">
       <c r="A283" s="1">
-        <v>42883375000014</v>
+        <v>79140637400011</v>
       </c>
       <c r="B283" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C283" s="2" t="s">
-        <v>995</v>
+        <v>988</v>
       </c>
       <c r="D283" s="2"/>
       <c r="E283" s="2" t="s">
-        <v>996</v>
+        <v>989</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>997</v>
+        <v>990</v>
       </c>
       <c r="G283" s="2"/>
       <c r="H283" s="2" t="s">
-        <v>23</v>
+        <v>613</v>
       </c>
       <c r="I283" s="3">
-        <v>31590407659</v>
+        <v>93840339184</v>
       </c>
       <c r="J283" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K283" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L283" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M283" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="284" spans="1:13">
       <c r="A284" s="1">
-        <v>42941598700040</v>
+        <v>79189732500027</v>
       </c>
       <c r="B284" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C284" s="2" t="s">
-        <v>998</v>
-[...1 lines deleted...]
-      <c r="D284" s="2"/>
+        <v>991</v>
+      </c>
+      <c r="D284" s="2" t="s">
+        <v>992</v>
+      </c>
       <c r="E284" s="2" t="s">
-        <v>999</v>
+        <v>993</v>
       </c>
       <c r="F284" s="2" t="s">
-        <v>1000</v>
+        <v>141</v>
       </c>
       <c r="G284" s="2"/>
       <c r="H284" s="2" t="s">
-        <v>23</v>
+        <v>599</v>
       </c>
       <c r="I284" s="3">
-        <v>82420128942</v>
+        <v>42680234068</v>
       </c>
       <c r="J284" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K284" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L284" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M284" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="285" spans="1:13">
       <c r="A285" s="1">
-        <v>42954657500078</v>
+        <v>79207386800038</v>
       </c>
       <c r="B285" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C285" s="2" t="s">
-        <v>1001</v>
+        <v>994</v>
       </c>
       <c r="D285" s="2"/>
       <c r="E285" s="2" t="s">
-        <v>1002</v>
+        <v>995</v>
       </c>
       <c r="F285" s="2" t="s">
-        <v>1003</v>
-[...1 lines deleted...]
-      <c r="G285" s="2"/>
+        <v>431</v>
+      </c>
+      <c r="G285" s="2" t="s">
+        <v>996</v>
+      </c>
       <c r="H285" s="2" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I285" s="3"/>
       <c r="J285" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K285" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L285" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M285" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="286" spans="1:13">
       <c r="A286" s="1">
-        <v>42998754800162</v>
+        <v>79276787300021</v>
       </c>
       <c r="B286" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C286" s="2" t="s">
-        <v>1004</v>
+        <v>997</v>
       </c>
       <c r="D286" s="2"/>
       <c r="E286" s="2" t="s">
-        <v>1005</v>
+        <v>998</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>1006</v>
-[...1 lines deleted...]
-      <c r="G286" s="2"/>
+        <v>999</v>
+      </c>
+      <c r="G286" s="2" t="s">
+        <v>834</v>
+      </c>
       <c r="H286" s="2" t="s">
-        <v>1007</v>
+        <v>33</v>
       </c>
       <c r="I286" s="3">
-        <v>52440363444</v>
+        <v>93060716006</v>
       </c>
       <c r="J286" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K286" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L286" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M286" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="287" spans="1:13">
       <c r="A287" s="1">
-        <v>43154926000070</v>
+        <v>79333268500023</v>
       </c>
       <c r="B287" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C287" s="2" t="s">
-        <v>1008</v>
+        <v>681</v>
       </c>
       <c r="D287" s="2" t="s">
-        <v>1008</v>
+        <v>682</v>
       </c>
       <c r="E287" s="2" t="s">
-        <v>1009</v>
+        <v>1000</v>
       </c>
       <c r="F287" s="2" t="s">
-        <v>1010</v>
+        <v>1001</v>
       </c>
       <c r="G287" s="2"/>
       <c r="H287" s="2" t="s">
-        <v>23</v>
+        <v>1002</v>
       </c>
       <c r="I287" s="3">
-        <v>91300198330</v>
+        <v>11756144875</v>
       </c>
       <c r="J287" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K287" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L287" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M287" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="288" spans="1:13">
       <c r="A288" s="1">
-        <v>43287506000019</v>
+        <v>79354885000023</v>
       </c>
       <c r="B288" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C288" s="2" t="s">
-        <v>1011</v>
-[...1 lines deleted...]
-      <c r="D288" s="2"/>
+        <v>1003</v>
+      </c>
+      <c r="D288" s="2" t="s">
+        <v>1004</v>
+      </c>
       <c r="E288" s="2" t="s">
-        <v>1012</v>
+        <v>1005</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>1013</v>
+        <v>1006</v>
       </c>
       <c r="G288" s="2"/>
       <c r="H288" s="2" t="s">
-        <v>508</v>
+        <v>33</v>
       </c>
       <c r="I288" s="3">
-        <v>52530017353</v>
+        <v>91340792534</v>
       </c>
       <c r="J288" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K288" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L288" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M288" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="289" spans="1:13">
       <c r="A289" s="1">
-        <v>43312495500033</v>
+        <v>79365016900030</v>
       </c>
       <c r="B289" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C289" s="2" t="s">
-        <v>1014</v>
-[...1 lines deleted...]
-      <c r="D289" s="2"/>
+        <v>1007</v>
+      </c>
+      <c r="D289" s="2" t="s">
+        <v>1008</v>
+      </c>
       <c r="E289" s="2" t="s">
-        <v>1015</v>
+        <v>1009</v>
       </c>
       <c r="F289" s="2" t="s">
-        <v>1016</v>
+        <v>616</v>
       </c>
       <c r="G289" s="2"/>
       <c r="H289" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I289" s="3">
-        <v>97970186197</v>
+        <v>11950615295</v>
       </c>
       <c r="J289" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K289" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L289" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M289" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="290" spans="1:13">
       <c r="A290" s="1">
-        <v>52457787100014</v>
+        <v>79455121800025</v>
       </c>
       <c r="B290" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C290" s="2" t="s">
-        <v>1017</v>
+        <v>1010</v>
       </c>
       <c r="D290" s="2"/>
       <c r="E290" s="2" t="s">
-        <v>1018</v>
+        <v>1011</v>
       </c>
       <c r="F290" s="2" t="s">
-        <v>1019</v>
+        <v>1012</v>
       </c>
       <c r="G290" s="2"/>
       <c r="H290" s="2" t="s">
-        <v>1020</v>
+        <v>33</v>
       </c>
       <c r="I290" s="3">
-        <v>82010128001</v>
+        <v>11755067975</v>
       </c>
       <c r="J290" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K290" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L290" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M290" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="291" spans="1:13">
       <c r="A291" s="1">
-        <v>52490594000010</v>
+        <v>79458237900028</v>
       </c>
       <c r="B291" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C291" s="2" t="s">
-        <v>1021</v>
+        <v>1013</v>
       </c>
       <c r="D291" s="2"/>
       <c r="E291" s="2" t="s">
-        <v>1022</v>
+        <v>1014</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>1023</v>
+        <v>1015</v>
       </c>
       <c r="G291" s="2"/>
       <c r="H291" s="2" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="I291" s="3">
-        <v>31590742559</v>
+        <v>11755158475</v>
       </c>
       <c r="J291" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K291" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L291" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M291" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="292" spans="1:13">
       <c r="A292" s="1">
-        <v>52528061600034</v>
+        <v>79478075900021</v>
       </c>
       <c r="B292" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C292" s="2" t="s">
-        <v>1024</v>
+        <v>1016</v>
       </c>
       <c r="D292" s="2"/>
       <c r="E292" s="2" t="s">
-        <v>1025</v>
+        <v>1017</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>1026</v>
-[...1 lines deleted...]
-      <c r="G292" s="2"/>
+        <v>1018</v>
+      </c>
+      <c r="G292" s="2" t="s">
+        <v>996</v>
+      </c>
       <c r="H292" s="2" t="s">
-        <v>1027</v>
-[...1 lines deleted...]
-      <c r="I292" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I292" s="3">
+        <v>72330913133</v>
+      </c>
       <c r="J292" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K292" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L292" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M292" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="293" spans="1:13">
       <c r="A293" s="1">
-        <v>52528778500022</v>
+        <v>79489077200013</v>
       </c>
       <c r="B293" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C293" s="2" t="s">
-        <v>1028</v>
+        <v>1019</v>
       </c>
       <c r="D293" s="2"/>
       <c r="E293" s="2" t="s">
-        <v>1029</v>
+        <v>1020</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>1030</v>
-[...3 lines deleted...]
-      </c>
+        <v>1021</v>
+      </c>
+      <c r="G293" s="2"/>
       <c r="H293" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I293" s="3">
-        <v>11921855892</v>
+        <v>42670522267</v>
       </c>
       <c r="J293" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K293" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L293" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M293" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="294" spans="1:13">
       <c r="A294" s="1">
-        <v>52528778500030</v>
+        <v>79504509500010</v>
       </c>
       <c r="B294" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C294" s="2" t="s">
-        <v>1028</v>
+        <v>1022</v>
       </c>
       <c r="D294" s="2"/>
       <c r="E294" s="2" t="s">
-        <v>1032</v>
+        <v>1023</v>
       </c>
       <c r="F294" s="2" t="s">
-        <v>791</v>
-[...1 lines deleted...]
-      <c r="G294" s="2"/>
+        <v>1024</v>
+      </c>
+      <c r="G294" s="2" t="s">
+        <v>996</v>
+      </c>
       <c r="H294" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I294" s="3"/>
       <c r="J294" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K294" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L294" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M294" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="295" spans="1:13">
       <c r="A295" s="1">
-        <v>52528778500048</v>
+        <v>45235951600021</v>
       </c>
       <c r="B295" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C295" s="2" t="s">
-        <v>1028</v>
+        <v>1025</v>
       </c>
       <c r="D295" s="2"/>
       <c r="E295" s="2" t="s">
-        <v>1033</v>
+        <v>1026</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>1031</v>
-[...3 lines deleted...]
-      </c>
+        <v>1027</v>
+      </c>
+      <c r="G295" s="2"/>
       <c r="H295" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I295" s="3">
-        <v>11921855892</v>
+        <v>11910566091</v>
       </c>
       <c r="J295" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K295" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L295" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M295" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="296" spans="1:13">
       <c r="A296" s="1">
-        <v>52903647700030</v>
+        <v>45244430000043</v>
       </c>
       <c r="B296" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C296" s="2" t="s">
-        <v>1034</v>
+        <v>1028</v>
       </c>
       <c r="D296" s="2"/>
       <c r="E296" s="2" t="s">
-        <v>1035</v>
+        <v>1029</v>
       </c>
       <c r="F296" s="2" t="s">
-        <v>837</v>
+        <v>803</v>
       </c>
       <c r="G296" s="2"/>
       <c r="H296" s="2" t="s">
-        <v>23</v>
+        <v>1030</v>
       </c>
       <c r="I296" s="3">
-        <v>93131378813</v>
+        <v>41540231154</v>
       </c>
       <c r="J296" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K296" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L296" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M296" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="297" spans="1:13">
       <c r="A297" s="1">
-        <v>52914981700023</v>
+        <v>45361713600024</v>
       </c>
       <c r="B297" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C297" s="2" t="s">
-        <v>1036</v>
+        <v>1031</v>
       </c>
       <c r="D297" s="2"/>
       <c r="E297" s="2" t="s">
-        <v>1037</v>
+        <v>1032</v>
       </c>
       <c r="F297" s="2" t="s">
-        <v>948</v>
+        <v>1033</v>
       </c>
       <c r="G297" s="2"/>
       <c r="H297" s="2" t="s">
-        <v>23</v>
+        <v>599</v>
       </c>
       <c r="I297" s="3">
-        <v>25140191214</v>
+        <v>97970192097</v>
       </c>
       <c r="J297" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K297" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L297" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M297" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="298" spans="1:13">
       <c r="A298" s="1">
-        <v>52946895100015</v>
+        <v>45406806500027</v>
       </c>
       <c r="B298" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C298" s="2" t="s">
-        <v>1038</v>
-[...3 lines deleted...]
-      </c>
+        <v>1034</v>
+      </c>
+      <c r="D298" s="2"/>
       <c r="E298" s="2" t="s">
-        <v>1039</v>
+        <v>1035</v>
       </c>
       <c r="F298" s="2" t="s">
-        <v>259</v>
-[...3 lines deleted...]
-      </c>
+        <v>472</v>
+      </c>
+      <c r="G298" s="2"/>
       <c r="H298" s="2" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="I298" s="3">
-        <v>82420228642</v>
+        <v>11930513693</v>
       </c>
       <c r="J298" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K298" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L298" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M298" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="299" spans="1:13">
       <c r="A299" s="1">
-        <v>53014903800032</v>
+        <v>47774275300031</v>
       </c>
       <c r="B299" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C299" s="2" t="s">
-        <v>1041</v>
+        <v>1036</v>
       </c>
       <c r="D299" s="2"/>
       <c r="E299" s="2" t="s">
-        <v>1042</v>
+        <v>1037</v>
       </c>
       <c r="F299" s="2" t="s">
-        <v>831</v>
-[...1 lines deleted...]
-      <c r="G299" s="2"/>
+        <v>1038</v>
+      </c>
+      <c r="G299" s="2" t="s">
+        <v>1039</v>
+      </c>
       <c r="H299" s="2" t="s">
-        <v>23</v>
+        <v>599</v>
       </c>
       <c r="I299" s="3">
-        <v>11754723775</v>
+        <v>11753905175</v>
       </c>
       <c r="J299" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K299" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L299" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M299" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="300" spans="1:13">
       <c r="A300" s="1">
-        <v>53060076600022</v>
+        <v>47842520000035</v>
       </c>
       <c r="B300" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C300" s="2" t="s">
-        <v>1043</v>
+        <v>1040</v>
       </c>
       <c r="D300" s="2"/>
       <c r="E300" s="2" t="s">
-        <v>1044</v>
+        <v>1041</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>1045</v>
+        <v>1042</v>
       </c>
       <c r="G300" s="2"/>
       <c r="H300" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I300" s="3">
-        <v>91300315630</v>
+        <v>23760375476</v>
       </c>
       <c r="J300" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K300" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L300" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M300" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="301" spans="1:13">
       <c r="A301" s="1">
-        <v>53161648000038</v>
+        <v>47890019400026</v>
       </c>
       <c r="B301" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C301" s="2" t="s">
-        <v>1046</v>
+        <v>1043</v>
       </c>
       <c r="D301" s="2"/>
       <c r="E301" s="2" t="s">
-        <v>1047</v>
+        <v>1044</v>
       </c>
       <c r="F301" s="2" t="s">
-        <v>1048</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="G301" s="2"/>
       <c r="H301" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I301" s="3">
-        <v>25140242014</v>
+        <v>72640242164</v>
       </c>
       <c r="J301" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K301" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L301" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M301" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="302" spans="1:13">
       <c r="A302" s="1">
-        <v>53210772900024</v>
+        <v>47920353100013</v>
       </c>
       <c r="B302" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C302" s="2" t="s">
-        <v>1050</v>
-[...3 lines deleted...]
-      </c>
+        <v>1045</v>
+      </c>
+      <c r="D302" s="2"/>
       <c r="E302" s="2" t="s">
-        <v>1052</v>
+        <v>1046</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>1053</v>
+        <v>1047</v>
       </c>
       <c r="G302" s="2"/>
       <c r="H302" s="2" t="s">
-        <v>23</v>
+        <v>650</v>
       </c>
       <c r="I302" s="3">
-        <v>72640319964</v>
+        <v>91340570434</v>
       </c>
       <c r="J302" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K302" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L302" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M302" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="303" spans="1:13">
       <c r="A303" s="1">
-        <v>53262762700047</v>
+        <v>47946661700020</v>
       </c>
       <c r="B303" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C303" s="2" t="s">
-        <v>1054</v>
+        <v>1048</v>
       </c>
       <c r="D303" s="2"/>
       <c r="E303" s="2" t="s">
-        <v>1055</v>
+        <v>1049</v>
       </c>
       <c r="F303" s="2" t="s">
-        <v>1056</v>
-[...3 lines deleted...]
-      </c>
+        <v>1050</v>
+      </c>
+      <c r="G303" s="2"/>
       <c r="H303" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I303" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I303" s="3">
+        <v>11753829375</v>
+      </c>
       <c r="J303" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K303" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L303" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M303" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="304" spans="1:13">
       <c r="A304" s="1">
-        <v>53269516000020</v>
+        <v>47960778000026</v>
       </c>
       <c r="B304" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C304" s="2" t="s">
-        <v>1058</v>
+        <v>1051</v>
       </c>
       <c r="D304" s="2"/>
       <c r="E304" s="2" t="s">
-        <v>1059</v>
+        <v>1052</v>
       </c>
       <c r="F304" s="2" t="s">
-        <v>1060</v>
-[...1 lines deleted...]
-      <c r="G304" s="2"/>
+        <v>833</v>
+      </c>
+      <c r="G304" s="2" t="s">
+        <v>1053</v>
+      </c>
       <c r="H304" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I304" s="3">
-        <v>98970370397</v>
+        <v>24370223537</v>
       </c>
       <c r="J304" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K304" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L304" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M304" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="305" spans="1:13">
       <c r="A305" s="1">
-        <v>53314727800030</v>
+        <v>47991356800024</v>
       </c>
       <c r="B305" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C305" s="2" t="s">
-        <v>1061</v>
+        <v>1054</v>
       </c>
       <c r="D305" s="2"/>
       <c r="E305" s="2" t="s">
-        <v>1062</v>
+        <v>1055</v>
       </c>
       <c r="F305" s="2" t="s">
-        <v>1063</v>
+        <v>1056</v>
       </c>
       <c r="G305" s="2"/>
       <c r="H305" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I305" s="3">
-        <v>82420237642</v>
+        <v>73820050682</v>
       </c>
       <c r="J305" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K305" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L305" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M305" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="306" spans="1:13">
       <c r="A306" s="1">
-        <v>53327130000014</v>
+        <v>47999589600020</v>
       </c>
       <c r="B306" s="2" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="C306" s="2" t="s">
-        <v>1064</v>
+        <v>1057</v>
       </c>
       <c r="D306" s="2"/>
       <c r="E306" s="2" t="s">
-        <v>1065</v>
+        <v>1058</v>
       </c>
       <c r="F306" s="2" t="s">
-        <v>1066</v>
+        <v>1059</v>
       </c>
       <c r="G306" s="2" t="s">
-        <v>1067</v>
+        <v>1060</v>
       </c>
       <c r="H306" s="2" t="s">
-        <v>23</v>
+        <v>613</v>
       </c>
       <c r="I306" s="3">
-        <v>11950515495</v>
+        <v>91300262130</v>
       </c>
       <c r="J306" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K306" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L306" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M306" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="307" spans="1:13">
       <c r="A307" s="1">
-        <v>53342177200021</v>
+        <v>48013520100030</v>
       </c>
       <c r="B307" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C307" s="2" t="s">
-        <v>1068</v>
+        <v>1061</v>
       </c>
       <c r="D307" s="2"/>
       <c r="E307" s="2" t="s">
-        <v>1069</v>
+        <v>1062</v>
       </c>
       <c r="F307" s="2" t="s">
-        <v>1070</v>
+        <v>148</v>
       </c>
       <c r="G307" s="2"/>
       <c r="H307" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I307" s="3">
-        <v>72640341764</v>
+        <v>97970132497</v>
       </c>
       <c r="J307" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K307" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L307" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M307" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="308" spans="1:13">
       <c r="A308" s="1">
-        <v>53371967000028</v>
+        <v>48051919800026</v>
       </c>
       <c r="B308" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C308" s="2" t="s">
-        <v>1071</v>
+        <v>1063</v>
       </c>
       <c r="D308" s="2"/>
       <c r="E308" s="2" t="s">
-        <v>1072</v>
+        <v>1064</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>163</v>
+        <v>1065</v>
       </c>
       <c r="G308" s="2"/>
       <c r="H308" s="2" t="s">
-        <v>23</v>
+        <v>613</v>
       </c>
       <c r="I308" s="3">
-        <v>11940810494</v>
+        <v>83630370563</v>
       </c>
       <c r="J308" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K308" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L308" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M308" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="309" spans="1:13">
       <c r="A309" s="1">
-        <v>53389308700031</v>
+        <v>48085771300048</v>
       </c>
       <c r="B309" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C309" s="2" t="s">
-        <v>1073</v>
+        <v>1066</v>
       </c>
       <c r="D309" s="2"/>
       <c r="E309" s="2" t="s">
-        <v>1074</v>
+        <v>1067</v>
       </c>
       <c r="F309" s="2" t="s">
-        <v>1075</v>
+        <v>1068</v>
       </c>
       <c r="G309" s="2"/>
       <c r="H309" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I309" s="3">
-        <v>11754750675</v>
+        <v>91340859434</v>
       </c>
       <c r="J309" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K309" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L309" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M309" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="310" spans="1:13">
       <c r="A310" s="1">
-        <v>53410337900028</v>
+        <v>48121600000044</v>
       </c>
       <c r="B310" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C310" s="2" t="s">
-        <v>1076</v>
-[...1 lines deleted...]
-      <c r="D310" s="2"/>
+        <v>1069</v>
+      </c>
+      <c r="D310" s="2" t="s">
+        <v>1070</v>
+      </c>
       <c r="E310" s="2" t="s">
-        <v>1077</v>
+        <v>1071</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>948</v>
+        <v>502</v>
       </c>
       <c r="G310" s="2"/>
       <c r="H310" s="2" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="I310" s="3">
-        <v>73310628231</v>
+        <v>42670351367</v>
       </c>
       <c r="J310" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K310" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L310" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M310" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="311" spans="1:13">
       <c r="A311" s="1">
-        <v>53431595700017</v>
+        <v>48180466400011</v>
       </c>
       <c r="B311" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C311" s="2" t="s">
-        <v>1078</v>
+        <v>1072</v>
       </c>
       <c r="D311" s="2"/>
       <c r="E311" s="2" t="s">
-        <v>1079</v>
+        <v>1073</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>990</v>
-[...1 lines deleted...]
-      <c r="G311" s="2"/>
+        <v>1074</v>
+      </c>
+      <c r="G311" s="2" t="s">
+        <v>1075</v>
+      </c>
       <c r="H311" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I311" s="3">
-        <v>11754737175</v>
+        <v>53220797422</v>
       </c>
       <c r="J311" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K311" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L311" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M311" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="312" spans="1:13">
       <c r="A312" s="1">
-        <v>53446839200012</v>
+        <v>48267357100022</v>
       </c>
       <c r="B312" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C312" s="2" t="s">
-        <v>1080</v>
-[...3 lines deleted...]
-      </c>
+        <v>1076</v>
+      </c>
+      <c r="D312" s="2"/>
       <c r="E312" s="2" t="s">
-        <v>1082</v>
+        <v>1077</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>990</v>
+        <v>1078</v>
       </c>
       <c r="G312" s="2"/>
       <c r="H312" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I312" s="3">
-        <v>72330845233</v>
+        <v>93840291284</v>
       </c>
       <c r="J312" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K312" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L312" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M312" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="313" spans="1:13">
       <c r="A313" s="1">
-        <v>53478225500010</v>
+        <v>48276116000019</v>
       </c>
       <c r="B313" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C313" s="2" t="s">
-        <v>1083</v>
+        <v>1079</v>
       </c>
       <c r="D313" s="2"/>
       <c r="E313" s="2" t="s">
-        <v>1084</v>
+        <v>1080</v>
       </c>
       <c r="F313" s="2" t="s">
-        <v>1085</v>
+        <v>1081</v>
       </c>
       <c r="G313" s="2"/>
       <c r="H313" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I313" s="3">
-        <v>11930632993</v>
+        <v>11921529392</v>
       </c>
       <c r="J313" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K313" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L313" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M313" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="314" spans="1:13">
       <c r="A314" s="1">
-        <v>53502561300022</v>
+        <v>48283258100011</v>
       </c>
       <c r="B314" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C314" s="2" t="s">
-        <v>1086</v>
+        <v>1082</v>
       </c>
       <c r="D314" s="2"/>
       <c r="E314" s="2" t="s">
-        <v>1087</v>
+        <v>1083</v>
       </c>
       <c r="F314" s="2" t="s">
-        <v>251</v>
+        <v>1084</v>
       </c>
       <c r="G314" s="2"/>
       <c r="H314" s="2" t="s">
-        <v>1088</v>
+        <v>709</v>
       </c>
       <c r="I314" s="3">
-        <v>42670540867</v>
+        <v>54160055716</v>
       </c>
       <c r="J314" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K314" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L314" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M314" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="315" spans="1:13">
       <c r="A315" s="1">
-        <v>53504175000022</v>
+        <v>48335590500058</v>
       </c>
       <c r="B315" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C315" s="2" t="s">
-        <v>1089</v>
-[...3 lines deleted...]
-      </c>
+        <v>1085</v>
+      </c>
+      <c r="D315" s="2"/>
       <c r="E315" s="2" t="s">
-        <v>1090</v>
+        <v>1086</v>
       </c>
       <c r="F315" s="2" t="s">
-        <v>1091</v>
+        <v>1087</v>
       </c>
       <c r="G315" s="2"/>
       <c r="H315" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I315" s="3">
-        <v>93131423113</v>
+        <v>52440470044</v>
       </c>
       <c r="J315" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K315" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L315" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M315" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="316" spans="1:13">
       <c r="A316" s="1">
-        <v>53540833000053</v>
+        <v>48346393100038</v>
       </c>
       <c r="B316" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C316" s="2" t="s">
-        <v>1092</v>
-[...1 lines deleted...]
-      <c r="D316" s="2"/>
+        <v>1088</v>
+      </c>
+      <c r="D316" s="2" t="s">
+        <v>1089</v>
+      </c>
       <c r="E316" s="2" t="s">
-        <v>1093</v>
+        <v>1090</v>
       </c>
       <c r="F316" s="2" t="s">
-        <v>1094</v>
+        <v>1091</v>
       </c>
       <c r="G316" s="2"/>
       <c r="H316" s="2" t="s">
-        <v>1088</v>
+        <v>599</v>
       </c>
       <c r="I316" s="3">
-        <v>11756094375</v>
+        <v>54170158617</v>
       </c>
       <c r="J316" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K316" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L316" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M316" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="317" spans="1:13">
       <c r="A317" s="1">
-        <v>53830929500029</v>
+        <v>48384107800031</v>
       </c>
       <c r="B317" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C317" s="2" t="s">
-        <v>1095</v>
-[...3 lines deleted...]
-      </c>
+        <v>1092</v>
+      </c>
+      <c r="D317" s="2"/>
       <c r="E317" s="2" t="s">
-        <v>1096</v>
+        <v>1093</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>1097</v>
+        <v>1094</v>
       </c>
       <c r="G317" s="2"/>
       <c r="H317" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I317" s="3">
-        <v>41570305857</v>
+        <v>26210309421</v>
       </c>
       <c r="J317" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K317" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L317" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M317" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="318" spans="1:13">
       <c r="A318" s="1">
-        <v>53880952600030</v>
+        <v>48469606700012</v>
       </c>
       <c r="B318" s="2" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="C318" s="2" t="s">
-        <v>1098</v>
+        <v>1095</v>
       </c>
       <c r="D318" s="2"/>
       <c r="E318" s="2" t="s">
-        <v>1099</v>
+        <v>1096</v>
       </c>
       <c r="F318" s="2" t="s">
-        <v>975</v>
+        <v>1097</v>
       </c>
       <c r="G318" s="2" t="s">
-        <v>1100</v>
+        <v>1098</v>
       </c>
       <c r="H318" s="2" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I318" s="3"/>
       <c r="J318" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K318" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L318" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M318" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="319" spans="1:13">
       <c r="A319" s="1">
-        <v>53909770900023</v>
+        <v>48505061100014</v>
       </c>
       <c r="B319" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C319" s="2" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D319" s="2" t="s">
+        <v>1099</v>
+      </c>
+      <c r="E319" s="2" t="s">
+        <v>1100</v>
+      </c>
+      <c r="F319" s="2" t="s">
         <v>1101</v>
       </c>
-      <c r="D319" s="2"/>
-[...8 lines deleted...]
-      </c>
+      <c r="G319" s="2"/>
       <c r="H319" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I319" s="3">
-        <v>82260197626</v>
+        <v>23760375276</v>
       </c>
       <c r="J319" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K319" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L319" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M319" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="320" spans="1:13">
       <c r="A320" s="1">
-        <v>55202467100091</v>
+        <v>48523485000017</v>
       </c>
       <c r="B320" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C320" s="2" t="s">
-        <v>1104</v>
+        <v>1102</v>
       </c>
       <c r="D320" s="2"/>
       <c r="E320" s="2" t="s">
-        <v>1105</v>
+        <v>1103</v>
       </c>
       <c r="F320" s="2" t="s">
-        <v>1106</v>
+        <v>1104</v>
       </c>
       <c r="G320" s="2"/>
       <c r="H320" s="2" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="I320" s="3">
-        <v>11920012692</v>
+        <v>25140202614</v>
       </c>
       <c r="J320" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K320" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L320" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M320" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="321" spans="1:13">
       <c r="A321" s="1">
-        <v>55202467100117</v>
+        <v>48819452300053</v>
       </c>
       <c r="B321" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C321" s="2" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="D321" s="2"/>
       <c r="E321" s="2" t="s">
+        <v>1106</v>
+      </c>
+      <c r="F321" s="2" t="s">
         <v>1107</v>
       </c>
-      <c r="F321" s="2" t="s">
+      <c r="G321" s="2" t="s">
         <v>1108</v>
       </c>
-      <c r="G321" s="2"/>
       <c r="H321" s="2" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I321" s="3"/>
       <c r="J321" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K321" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L321" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M321" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="322" spans="1:13">
       <c r="A322" s="1">
-        <v>72203027700247</v>
+        <v>48820391000028</v>
       </c>
       <c r="B322" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C322" s="2" t="s">
         <v>1109</v>
       </c>
       <c r="D322" s="2"/>
       <c r="E322" s="2" t="s">
         <v>1110</v>
       </c>
       <c r="F322" s="2" t="s">
-        <v>1026</v>
-[...1 lines deleted...]
-      <c r="G322" s="2" t="s">
         <v>1111</v>
       </c>
+      <c r="G322" s="2"/>
       <c r="H322" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I322" s="3">
-        <v>11922106192</v>
+        <v>91110095411</v>
       </c>
       <c r="J322" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K322" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L322" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M322" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="323" spans="1:13">
       <c r="A323" s="1">
-        <v>74992016100058</v>
+        <v>48822486600043</v>
       </c>
       <c r="B323" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C323" s="2" t="s">
         <v>1112</v>
       </c>
-      <c r="D323" s="2"/>
+      <c r="D323" s="2" t="s">
+        <v>1112</v>
+      </c>
       <c r="E323" s="2" t="s">
         <v>1113</v>
       </c>
       <c r="F323" s="2" t="s">
         <v>1114</v>
       </c>
-      <c r="G323" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G323" s="2"/>
       <c r="H323" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I323" s="3">
-        <v>11921869592</v>
+        <v>93840297384</v>
       </c>
       <c r="J323" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K323" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L323" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M323" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="324" spans="1:13">
       <c r="A324" s="1">
-        <v>74996630500015</v>
+        <v>48834661000030</v>
       </c>
       <c r="B324" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C324" s="2" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D324" s="2"/>
+      <c r="E324" s="2" t="s">
         <v>1116</v>
       </c>
-      <c r="D324" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F324" s="2" t="s">
-        <v>1119</v>
+        <v>484</v>
       </c>
       <c r="G324" s="2"/>
       <c r="H324" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I324" s="3">
-        <v>42670472367</v>
+        <v>24450236145</v>
       </c>
       <c r="J324" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K324" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L324" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M324" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="325" spans="1:13">
       <c r="A325" s="1">
-        <v>75112355500011</v>
+        <v>48848184700025</v>
       </c>
       <c r="B325" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C325" s="2" t="s">
-        <v>1120</v>
+        <v>1117</v>
       </c>
       <c r="D325" s="2"/>
       <c r="E325" s="2" t="s">
-        <v>1121</v>
+        <v>1118</v>
       </c>
       <c r="F325" s="2" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
       <c r="G325" s="2"/>
       <c r="H325" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I325" s="3">
-        <v>93131735613</v>
+        <v>11754085375</v>
       </c>
       <c r="J325" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K325" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L325" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M325" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="326" spans="1:13">
       <c r="A326" s="1">
-        <v>48335590500058</v>
+        <v>48852440600045</v>
       </c>
       <c r="B326" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C326" s="2" t="s">
-        <v>1123</v>
+        <v>1120</v>
       </c>
       <c r="D326" s="2"/>
       <c r="E326" s="2" t="s">
-        <v>1124</v>
+        <v>1121</v>
       </c>
       <c r="F326" s="2" t="s">
-        <v>1125</v>
-[...1 lines deleted...]
-      <c r="G326" s="2"/>
+        <v>1122</v>
+      </c>
+      <c r="G326" s="2" t="s">
+        <v>1123</v>
+      </c>
       <c r="H326" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I326" s="3">
-        <v>52440470044</v>
+        <v>23760410776</v>
       </c>
       <c r="J326" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K326" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L326" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M326" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="327" spans="1:13">
       <c r="A327" s="1">
-        <v>48346393100038</v>
+        <v>48868235200031</v>
       </c>
       <c r="B327" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C327" s="2" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D327" s="2" t="s">
+        <v>1125</v>
+      </c>
+      <c r="E327" s="2" t="s">
         <v>1126</v>
       </c>
-      <c r="D327" s="2" t="s">
+      <c r="F327" s="2" t="s">
         <v>1127</v>
-      </c>
-[...4 lines deleted...]
-        <v>1129</v>
       </c>
       <c r="G327" s="2"/>
       <c r="H327" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I327" s="3">
-        <v>54170158617</v>
+        <v>25140208414</v>
       </c>
       <c r="J327" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K327" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L327" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M327" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="328" spans="1:13">
       <c r="A328" s="1">
-        <v>48384107800031</v>
+        <v>48879238300025</v>
       </c>
       <c r="B328" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C328" s="2" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D328" s="2" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E328" s="2" t="s">
         <v>1130</v>
       </c>
-      <c r="D328" s="2"/>
-      <c r="E328" s="2" t="s">
+      <c r="F328" s="2" t="s">
         <v>1131</v>
       </c>
-      <c r="F328" s="2" t="s">
+      <c r="G328" s="2" t="s">
         <v>1132</v>
       </c>
-      <c r="G328" s="2"/>
       <c r="H328" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I328" s="3">
-        <v>26210309421</v>
+        <v>41570247357</v>
       </c>
       <c r="J328" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K328" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L328" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M328" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="329" spans="1:13">
       <c r="A329" s="1">
-        <v>48434416300023</v>
+        <v>48889694500034</v>
       </c>
       <c r="B329" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C329" s="2" t="s">
         <v>1133</v>
       </c>
       <c r="D329" s="2"/>
       <c r="E329" s="2" t="s">
         <v>1134</v>
       </c>
       <c r="F329" s="2" t="s">
-        <v>110</v>
+        <v>1135</v>
       </c>
       <c r="G329" s="2"/>
       <c r="H329" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I329" s="3"/>
+        <v>599</v>
+      </c>
+      <c r="I329" s="3">
+        <v>11921686792</v>
+      </c>
       <c r="J329" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K329" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L329" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M329" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="330" spans="1:13">
       <c r="A330" s="1">
-        <v>48469606700012</v>
+        <v>48941833500027</v>
       </c>
       <c r="B330" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C330" s="2" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="D330" s="2"/>
       <c r="E330" s="2" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="F330" s="2" t="s">
-        <v>1137</v>
-[...1 lines deleted...]
-      <c r="G330" s="2" t="s">
         <v>1138</v>
       </c>
+      <c r="G330" s="2"/>
       <c r="H330" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I330" s="3"/>
+        <v>1139</v>
+      </c>
+      <c r="I330" s="3">
+        <v>23270139127</v>
+      </c>
       <c r="J330" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K330" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L330" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M330" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="331" spans="1:13">
       <c r="A331" s="1">
-        <v>48505061100014</v>
+        <v>48996707500016</v>
       </c>
       <c r="B331" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C331" s="2" t="s">
-        <v>1139</v>
-[...3 lines deleted...]
-      </c>
+        <v>1140</v>
+      </c>
+      <c r="D331" s="2"/>
       <c r="E331" s="2" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="F331" s="2" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="G331" s="2"/>
       <c r="H331" s="2" t="s">
-        <v>23</v>
+        <v>599</v>
       </c>
       <c r="I331" s="3">
-        <v>23760375276</v>
+        <v>98973069997</v>
       </c>
       <c r="J331" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K331" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L331" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M331" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="332" spans="1:13">
       <c r="A332" s="1">
-        <v>48523485000017</v>
+        <v>49012025000041</v>
       </c>
       <c r="B332" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C332" s="2" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="D332" s="2"/>
       <c r="E332" s="2" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="G332" s="2"/>
       <c r="H332" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>25140202614</v>
+        <v>33</v>
+      </c>
+      <c r="I332" s="3" t="s">
+        <v>1146</v>
       </c>
       <c r="J332" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K332" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L332" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M332" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="333" spans="1:13">
       <c r="A333" s="1">
-        <v>48819452300053</v>
+        <v>49035455200021</v>
       </c>
       <c r="B333" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C333" s="2" t="s">
-        <v>1145</v>
-[...1 lines deleted...]
-      <c r="D333" s="2"/>
+        <v>1147</v>
+      </c>
+      <c r="D333" s="2" t="s">
+        <v>1148</v>
+      </c>
       <c r="E333" s="2" t="s">
-        <v>1146</v>
+        <v>1149</v>
       </c>
       <c r="F333" s="2" t="s">
-        <v>1147</v>
-[...3 lines deleted...]
-      </c>
+        <v>1150</v>
+      </c>
+      <c r="G333" s="2"/>
       <c r="H333" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I333" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I333" s="3">
+        <v>73460032046</v>
+      </c>
       <c r="J333" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K333" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L333" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M333" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="334" spans="1:13">
       <c r="A334" s="1">
-        <v>48820391000028</v>
+        <v>49098556100011</v>
       </c>
       <c r="B334" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C334" s="2" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="D334" s="2"/>
       <c r="E334" s="2" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="F334" s="2" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="G334" s="2"/>
       <c r="H334" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I334" s="3">
-        <v>91110095411</v>
+        <v>54860098786</v>
       </c>
       <c r="J334" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K334" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L334" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M334" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="335" spans="1:13">
       <c r="A335" s="1">
-        <v>48822486600043</v>
+        <v>49115673300033</v>
       </c>
       <c r="B335" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C335" s="2" t="s">
-        <v>1152</v>
-[...3 lines deleted...]
-      </c>
+        <v>1154</v>
+      </c>
+      <c r="D335" s="2"/>
       <c r="E335" s="2" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="F335" s="2" t="s">
-        <v>798</v>
+        <v>1156</v>
       </c>
       <c r="G335" s="2"/>
       <c r="H335" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I335" s="3">
-        <v>93840297384</v>
+        <v>23270140627</v>
       </c>
       <c r="J335" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K335" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L335" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M335" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="336" spans="1:13">
       <c r="A336" s="1">
-        <v>48834661000030</v>
+        <v>49117331600051</v>
       </c>
       <c r="B336" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C336" s="2" t="s">
-        <v>1154</v>
+        <v>1157</v>
       </c>
       <c r="D336" s="2"/>
       <c r="E336" s="2" t="s">
-        <v>1155</v>
+        <v>1158</v>
       </c>
       <c r="F336" s="2" t="s">
-        <v>697</v>
+        <v>749</v>
       </c>
       <c r="G336" s="2"/>
       <c r="H336" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I336" s="3">
-        <v>24450236145</v>
+        <v>32600328160</v>
       </c>
       <c r="J336" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K336" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L336" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M336" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="337" spans="1:13">
       <c r="A337" s="1">
-        <v>48848184700025</v>
+        <v>49126800900017</v>
       </c>
       <c r="B337" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C337" s="2" t="s">
-        <v>1156</v>
-[...1 lines deleted...]
-      <c r="D337" s="2"/>
+        <v>1159</v>
+      </c>
+      <c r="D337" s="2" t="s">
+        <v>1160</v>
+      </c>
       <c r="E337" s="2" t="s">
-        <v>1157</v>
+        <v>1161</v>
       </c>
       <c r="F337" s="2" t="s">
-        <v>1158</v>
+        <v>1131</v>
       </c>
       <c r="G337" s="2"/>
       <c r="H337" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I337" s="3">
-        <v>11754085375</v>
+        <v>82730116073</v>
       </c>
       <c r="J337" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K337" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L337" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M337" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="338" spans="1:13">
       <c r="A338" s="1">
-        <v>48852440600045</v>
+        <v>49134717500037</v>
       </c>
       <c r="B338" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C338" s="2" t="s">
-        <v>1159</v>
+        <v>1162</v>
       </c>
       <c r="D338" s="2"/>
       <c r="E338" s="2" t="s">
-        <v>1160</v>
+        <v>1163</v>
       </c>
       <c r="F338" s="2" t="s">
-        <v>1161</v>
-[...3 lines deleted...]
-      </c>
+        <v>1164</v>
+      </c>
+      <c r="G338" s="2"/>
       <c r="H338" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I338" s="3">
-        <v>23760410776</v>
+        <v>11754440975</v>
       </c>
       <c r="J338" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K338" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L338" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M338" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="339" spans="1:13">
       <c r="A339" s="1">
-        <v>48868235200031</v>
+        <v>49154650300013</v>
       </c>
       <c r="B339" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C339" s="2" t="s">
-        <v>1163</v>
-[...3 lines deleted...]
-      </c>
+        <v>1165</v>
+      </c>
+      <c r="D339" s="2"/>
       <c r="E339" s="2" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="F339" s="2" t="s">
-        <v>1166</v>
-[...1 lines deleted...]
-      <c r="G339" s="2"/>
+        <v>678</v>
+      </c>
+      <c r="G339" s="2" t="s">
+        <v>1167</v>
+      </c>
       <c r="H339" s="2" t="s">
-        <v>23</v>
+        <v>599</v>
       </c>
       <c r="I339" s="3">
-        <v>25140208414</v>
+        <v>95970138897</v>
       </c>
       <c r="J339" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K339" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L339" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M339" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="340" spans="1:13">
       <c r="A340" s="1">
-        <v>48879238300025</v>
+        <v>49182027000057</v>
       </c>
       <c r="B340" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C340" s="2" t="s">
-        <v>1167</v>
-[...1 lines deleted...]
-      <c r="D340" s="2" t="s">
         <v>1168</v>
       </c>
+      <c r="D340" s="2"/>
       <c r="E340" s="2" t="s">
         <v>1169</v>
       </c>
       <c r="F340" s="2" t="s">
-        <v>946</v>
-[...1 lines deleted...]
-      <c r="G340" s="2" t="s">
         <v>1170</v>
       </c>
+      <c r="G340" s="2"/>
       <c r="H340" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I340" s="3">
-        <v>41570247357</v>
+        <v>93131240513</v>
       </c>
       <c r="J340" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K340" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L340" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M340" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="341" spans="1:13">
       <c r="A341" s="1">
-        <v>48889694500034</v>
+        <v>49198798800038</v>
       </c>
       <c r="B341" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C341" s="2" t="s">
         <v>1171</v>
       </c>
-      <c r="D341" s="2"/>
+      <c r="D341" s="2" t="s">
+        <v>1171</v>
+      </c>
       <c r="E341" s="2" t="s">
         <v>1172</v>
       </c>
       <c r="F341" s="2" t="s">
         <v>1173</v>
       </c>
-      <c r="G341" s="2"/>
+      <c r="G341" s="2" t="s">
+        <v>1174</v>
+      </c>
       <c r="H341" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I341" s="3">
-        <v>11921686792</v>
+        <v>11754117075</v>
       </c>
       <c r="J341" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K341" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L341" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M341" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="342" spans="1:13">
       <c r="A342" s="1">
-        <v>48941833500027</v>
+        <v>49200285200043</v>
       </c>
       <c r="B342" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C342" s="2" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="D342" s="2"/>
       <c r="E342" s="2" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="F342" s="2" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="G342" s="2"/>
       <c r="H342" s="2" t="s">
-        <v>1177</v>
+        <v>33</v>
       </c>
       <c r="I342" s="3">
-        <v>23270139127</v>
+        <v>11930593193</v>
       </c>
       <c r="J342" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K342" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L342" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M342" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="343" spans="1:13">
       <c r="A343" s="1">
-        <v>48996707500016</v>
+        <v>49261048000021</v>
       </c>
       <c r="B343" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C343" s="2" t="s">
         <v>1178</v>
       </c>
       <c r="D343" s="2"/>
       <c r="E343" s="2" t="s">
         <v>1179</v>
       </c>
       <c r="F343" s="2" t="s">
         <v>1180</v>
       </c>
       <c r="G343" s="2"/>
       <c r="H343" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I343" s="3">
-        <v>98973069997</v>
+        <v>93060625906</v>
       </c>
       <c r="J343" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K343" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L343" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M343" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="344" spans="1:13">
       <c r="A344" s="1">
-        <v>49012025000041</v>
+        <v>49265917200026</v>
       </c>
       <c r="B344" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C344" s="2" t="s">
         <v>1181</v>
       </c>
       <c r="D344" s="2"/>
       <c r="E344" s="2" t="s">
         <v>1182</v>
       </c>
       <c r="F344" s="2" t="s">
         <v>1183</v>
       </c>
       <c r="G344" s="2"/>
       <c r="H344" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I344" s="3" t="s">
         <v>1184</v>
       </c>
+      <c r="I344" s="3">
+        <v>11921842992</v>
+      </c>
       <c r="J344" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K344" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L344" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M344" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="345" spans="1:13">
       <c r="A345" s="1">
-        <v>49035455200021</v>
+        <v>49358822200080</v>
       </c>
       <c r="B345" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C345" s="2" t="s">
         <v>1185</v>
       </c>
-      <c r="D345" s="2" t="s">
+      <c r="D345" s="2"/>
+      <c r="E345" s="2" t="s">
         <v>1186</v>
       </c>
-      <c r="E345" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F345" s="2" t="s">
-        <v>1188</v>
+        <v>79</v>
       </c>
       <c r="G345" s="2"/>
       <c r="H345" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I345" s="3">
-        <v>73460032046</v>
+        <v>52440519544</v>
       </c>
       <c r="J345" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K345" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L345" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M345" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="346" spans="1:13">
       <c r="A346" s="1">
-        <v>49098556100011</v>
+        <v>49365427100029</v>
       </c>
       <c r="B346" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C346" s="2" t="s">
-        <v>1189</v>
+        <v>1187</v>
       </c>
       <c r="D346" s="2"/>
       <c r="E346" s="2" t="s">
-        <v>1190</v>
+        <v>1188</v>
       </c>
       <c r="F346" s="2" t="s">
-        <v>1191</v>
+        <v>1189</v>
       </c>
       <c r="G346" s="2"/>
       <c r="H346" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I346" s="3">
-        <v>54860098786</v>
+        <v>11940806894</v>
       </c>
       <c r="J346" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K346" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L346" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M346" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="347" spans="1:13">
       <c r="A347" s="1">
-        <v>49115673300033</v>
+        <v>49371927200038</v>
       </c>
       <c r="B347" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C347" s="2" t="s">
-        <v>1192</v>
+        <v>1190</v>
       </c>
       <c r="D347" s="2"/>
       <c r="E347" s="2" t="s">
-        <v>1193</v>
+        <v>1191</v>
       </c>
       <c r="F347" s="2" t="s">
-        <v>1194</v>
+        <v>1192</v>
       </c>
       <c r="G347" s="2"/>
       <c r="H347" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I347" s="3">
-        <v>23270140627</v>
+        <v>31590662459</v>
       </c>
       <c r="J347" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K347" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L347" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M347" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="348" spans="1:13">
       <c r="A348" s="1">
-        <v>49117331600051</v>
+        <v>49397289700018</v>
       </c>
       <c r="B348" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C348" s="2" t="s">
-        <v>1195</v>
+        <v>1193</v>
       </c>
       <c r="D348" s="2"/>
       <c r="E348" s="2" t="s">
+        <v>1194</v>
+      </c>
+      <c r="F348" s="2" t="s">
+        <v>1195</v>
+      </c>
+      <c r="G348" s="2" t="s">
         <v>1196</v>
       </c>
-      <c r="F348" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G348" s="2"/>
       <c r="H348" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I348" s="3">
-        <v>32600328160</v>
+        <v>91300271330</v>
       </c>
       <c r="J348" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K348" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L348" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M348" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="349" spans="1:13">
       <c r="A349" s="1">
-        <v>49126800900017</v>
+        <v>49829500500033</v>
       </c>
       <c r="B349" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C349" s="2" t="s">
         <v>1197</v>
       </c>
-      <c r="D349" s="2" t="s">
+      <c r="D349" s="2"/>
+      <c r="E349" s="2" t="s">
         <v>1198</v>
       </c>
-      <c r="E349" s="2" t="s">
+      <c r="F349" s="2" t="s">
         <v>1199</v>
-      </c>
-[...1 lines deleted...]
-        <v>946</v>
       </c>
       <c r="G349" s="2"/>
       <c r="H349" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I349" s="3">
-        <v>82730116073</v>
+        <v>82690977169</v>
       </c>
       <c r="J349" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K349" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L349" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M349" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="350" spans="1:13">
       <c r="A350" s="1">
-        <v>49134717500037</v>
+        <v>49868549400037</v>
       </c>
       <c r="B350" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C350" s="2" t="s">
         <v>1200</v>
       </c>
       <c r="D350" s="2"/>
       <c r="E350" s="2" t="s">
         <v>1201</v>
       </c>
       <c r="F350" s="2" t="s">
         <v>1202</v>
       </c>
-      <c r="G350" s="2"/>
+      <c r="G350" s="2" t="s">
+        <v>1203</v>
+      </c>
       <c r="H350" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I350" s="3">
-        <v>11754440975</v>
+        <v>11921615692</v>
       </c>
       <c r="J350" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K350" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L350" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M350" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="351" spans="1:13">
       <c r="A351" s="1">
-        <v>49147555400045</v>
+        <v>49868549400052</v>
       </c>
       <c r="B351" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C351" s="2" t="s">
-        <v>1203</v>
+        <v>1200</v>
       </c>
       <c r="D351" s="2"/>
       <c r="E351" s="2" t="s">
         <v>1204</v>
       </c>
       <c r="F351" s="2" t="s">
         <v>1205</v>
       </c>
       <c r="G351" s="2"/>
       <c r="H351" s="2" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="I351" s="3"/>
+        <v>613</v>
+      </c>
+      <c r="I351" s="3">
+        <v>11921615692</v>
+      </c>
       <c r="J351" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K351" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L351" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M351" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="352" spans="1:13">
       <c r="A352" s="1">
-        <v>49154650300013</v>
+        <v>49899407800042</v>
       </c>
       <c r="B352" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C352" s="2" t="s">
         <v>1206</v>
       </c>
       <c r="D352" s="2"/>
       <c r="E352" s="2" t="s">
         <v>1207</v>
       </c>
       <c r="F352" s="2" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="G352" s="2" t="s">
         <v>1208</v>
       </c>
+      <c r="G352" s="2"/>
       <c r="H352" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I352" s="3">
-        <v>95970138897</v>
+        <v>11754945175</v>
       </c>
       <c r="J352" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K352" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L352" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M352" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="353" spans="1:13">
       <c r="A353" s="1">
-        <v>49182027000057</v>
+        <v>49987496400046</v>
       </c>
       <c r="B353" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C353" s="2" t="s">
         <v>1209</v>
       </c>
       <c r="D353" s="2"/>
       <c r="E353" s="2" t="s">
         <v>1210</v>
       </c>
       <c r="F353" s="2" t="s">
         <v>1211</v>
       </c>
-      <c r="G353" s="2"/>
+      <c r="G353" s="2" t="s">
+        <v>1212</v>
+      </c>
       <c r="H353" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I353" s="3"/>
       <c r="J353" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K353" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L353" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M353" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="354" spans="1:13">
       <c r="A354" s="1">
-        <v>49198798800038</v>
+        <v>50068661300018</v>
       </c>
       <c r="B354" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C354" s="2" t="s">
-        <v>1212</v>
-[...3 lines deleted...]
-      </c>
+        <v>1213</v>
+      </c>
+      <c r="D354" s="2"/>
       <c r="E354" s="2" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="F354" s="2" t="s">
-        <v>1214</v>
-[...1 lines deleted...]
-      <c r="G354" s="2" t="s">
         <v>1215</v>
       </c>
+      <c r="G354" s="2"/>
       <c r="H354" s="2" t="s">
-        <v>23</v>
+        <v>613</v>
       </c>
       <c r="I354" s="3">
-        <v>11754117075</v>
+        <v>43390081239</v>
       </c>
       <c r="J354" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K354" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L354" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M354" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="355" spans="1:13">
       <c r="A355" s="1">
-        <v>49200285200043</v>
+        <v>50089302900024</v>
       </c>
       <c r="B355" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C355" s="2" t="s">
         <v>1216</v>
       </c>
       <c r="D355" s="2"/>
       <c r="E355" s="2" t="s">
         <v>1217</v>
       </c>
       <c r="F355" s="2" t="s">
         <v>1218</v>
       </c>
       <c r="G355" s="2"/>
       <c r="H355" s="2" t="s">
-        <v>23</v>
+        <v>613</v>
       </c>
       <c r="I355" s="3">
-        <v>11930593193</v>
+        <v>11754265075</v>
       </c>
       <c r="J355" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K355" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L355" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M355" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="356" spans="1:13">
       <c r="A356" s="1">
-        <v>49261048000021</v>
+        <v>50096702100030</v>
       </c>
       <c r="B356" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C356" s="2" t="s">
         <v>1219</v>
       </c>
       <c r="D356" s="2"/>
       <c r="E356" s="2" t="s">
         <v>1220</v>
       </c>
       <c r="F356" s="2" t="s">
         <v>1221</v>
       </c>
-      <c r="G356" s="2"/>
+      <c r="G356" s="2" t="s">
+        <v>214</v>
+      </c>
       <c r="H356" s="2" t="s">
-        <v>23</v>
+        <v>599</v>
       </c>
       <c r="I356" s="3">
-        <v>93060625906</v>
+        <v>11754270175</v>
       </c>
       <c r="J356" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K356" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L356" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M356" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="357" spans="1:13">
       <c r="A357" s="1">
-        <v>49265917200026</v>
+        <v>50103320300032</v>
       </c>
       <c r="B357" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C357" s="2" t="s">
         <v>1222</v>
       </c>
       <c r="D357" s="2"/>
       <c r="E357" s="2" t="s">
         <v>1223</v>
       </c>
       <c r="F357" s="2" t="s">
         <v>1224</v>
       </c>
-      <c r="G357" s="2"/>
+      <c r="G357" s="2" t="s">
+        <v>1225</v>
+      </c>
       <c r="H357" s="2" t="s">
-        <v>1225</v>
+        <v>33</v>
       </c>
       <c r="I357" s="3">
-        <v>11921842992</v>
+        <v>11950571995</v>
       </c>
       <c r="J357" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K357" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L357" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M357" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="358" spans="1:13">
       <c r="A358" s="1">
-        <v>49314861300042</v>
+        <v>50103360900014</v>
       </c>
       <c r="B358" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C358" s="2" t="s">
         <v>1226</v>
       </c>
       <c r="D358" s="2"/>
       <c r="E358" s="2" t="s">
         <v>1227</v>
       </c>
       <c r="F358" s="2" t="s">
-        <v>1016</v>
+        <v>1228</v>
       </c>
       <c r="G358" s="2"/>
       <c r="H358" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I358" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I358" s="3">
+        <v>82690995769</v>
+      </c>
       <c r="J358" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K358" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L358" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M358" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="359" spans="1:13">
       <c r="A359" s="1">
-        <v>49358822200080</v>
+        <v>50172666500018</v>
       </c>
       <c r="B359" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C359" s="2" t="s">
-        <v>942</v>
+        <v>1229</v>
       </c>
       <c r="D359" s="2"/>
       <c r="E359" s="2" t="s">
-        <v>1228</v>
+        <v>1230</v>
       </c>
       <c r="F359" s="2" t="s">
-        <v>298</v>
+        <v>23</v>
       </c>
       <c r="G359" s="2"/>
       <c r="H359" s="2" t="s">
-        <v>23</v>
+        <v>1231</v>
       </c>
       <c r="I359" s="3">
-        <v>52440519544</v>
+        <v>31620238062</v>
       </c>
       <c r="J359" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K359" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L359" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M359" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="360" spans="1:13">
       <c r="A360" s="1">
-        <v>49365427100029</v>
+        <v>50172804200042</v>
       </c>
       <c r="B360" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C360" s="2" t="s">
-        <v>1229</v>
+        <v>1232</v>
       </c>
       <c r="D360" s="2"/>
       <c r="E360" s="2" t="s">
-        <v>1230</v>
+        <v>1233</v>
       </c>
       <c r="F360" s="2" t="s">
-        <v>1231</v>
-[...1 lines deleted...]
-      <c r="G360" s="2"/>
+        <v>1234</v>
+      </c>
+      <c r="G360" s="2" t="s">
+        <v>1235</v>
+      </c>
       <c r="H360" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I360" s="3">
-        <v>11940806894</v>
+        <v>22800135080</v>
       </c>
       <c r="J360" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K360" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L360" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M360" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="361" spans="1:13">
       <c r="A361" s="1">
-        <v>49371927200038</v>
+        <v>50262126100028</v>
       </c>
       <c r="B361" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C361" s="2" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="D361" s="2"/>
       <c r="E361" s="2" t="s">
-        <v>1233</v>
+        <v>1237</v>
       </c>
       <c r="F361" s="2" t="s">
-        <v>1234</v>
+        <v>1238</v>
       </c>
       <c r="G361" s="2"/>
       <c r="H361" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I361" s="3">
-        <v>31590662459</v>
+        <v>52440549844</v>
       </c>
       <c r="J361" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K361" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L361" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M361" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="362" spans="1:13">
       <c r="A362" s="1">
-        <v>49397289700018</v>
+        <v>50290321400026</v>
       </c>
       <c r="B362" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C362" s="2" t="s">
-        <v>1235</v>
-[...1 lines deleted...]
-      <c r="D362" s="2"/>
+        <v>1239</v>
+      </c>
+      <c r="D362" s="2" t="s">
+        <v>1239</v>
+      </c>
       <c r="E362" s="2" t="s">
-        <v>1236</v>
+        <v>1240</v>
       </c>
       <c r="F362" s="2" t="s">
-        <v>1237</v>
-[...3 lines deleted...]
-      </c>
+        <v>296</v>
+      </c>
+      <c r="G362" s="2"/>
       <c r="H362" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I362" s="3">
-        <v>91300271330</v>
+        <v>73310510531</v>
       </c>
       <c r="J362" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K362" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L362" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M362" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="363" spans="1:13">
       <c r="A363" s="1">
-        <v>49417753800027</v>
+        <v>50327982000016</v>
       </c>
       <c r="B363" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C363" s="2" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="D363" s="2"/>
       <c r="E363" s="2" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="F363" s="2" t="s">
-        <v>1241</v>
+        <v>1243</v>
       </c>
       <c r="G363" s="2"/>
       <c r="H363" s="2" t="s">
-        <v>23</v>
+        <v>650</v>
       </c>
       <c r="I363" s="3">
-        <v>11754164475</v>
+        <v>43250236425</v>
       </c>
       <c r="J363" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K363" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L363" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M363" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="364" spans="1:13">
       <c r="A364" s="1">
-        <v>49434936800022</v>
+        <v>50376213000014</v>
       </c>
       <c r="B364" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C364" s="2" t="s">
-        <v>1242</v>
-[...1 lines deleted...]
-      <c r="D364" s="2"/>
+        <v>1244</v>
+      </c>
+      <c r="D364" s="2" t="s">
+        <v>1245</v>
+      </c>
       <c r="E364" s="2" t="s">
-        <v>1243</v>
+        <v>1246</v>
       </c>
       <c r="F364" s="2" t="s">
-        <v>1244</v>
-[...1 lines deleted...]
-      <c r="G364" s="2"/>
+        <v>1247</v>
+      </c>
+      <c r="G364" s="2" t="s">
+        <v>1248</v>
+      </c>
       <c r="H364" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I364" s="3">
-        <v>52490236149</v>
+        <v>97970151997</v>
       </c>
       <c r="J364" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K364" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L364" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M364" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="365" spans="1:13">
       <c r="A365" s="1">
-        <v>49449841300041</v>
+        <v>50401118000032</v>
       </c>
       <c r="B365" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C365" s="2" t="s">
-        <v>1245</v>
+        <v>1249</v>
       </c>
       <c r="D365" s="2"/>
       <c r="E365" s="2" t="s">
-        <v>1196</v>
+        <v>1250</v>
       </c>
       <c r="F365" s="2" t="s">
-        <v>277</v>
+        <v>1251</v>
       </c>
       <c r="G365" s="2"/>
       <c r="H365" s="2" t="s">
-        <v>23</v>
+        <v>800</v>
       </c>
       <c r="I365" s="3">
-        <v>32600349260</v>
+        <v>23760434976</v>
       </c>
       <c r="J365" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K365" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L365" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M365" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="366" spans="1:13">
       <c r="A366" s="1">
-        <v>49478184200047</v>
+        <v>50401118000040</v>
       </c>
       <c r="B366" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C366" s="2" t="s">
-        <v>1246</v>
+        <v>1249</v>
       </c>
       <c r="D366" s="2"/>
       <c r="E366" s="2" t="s">
-        <v>1247</v>
+        <v>1252</v>
       </c>
       <c r="F366" s="2" t="s">
-        <v>1248</v>
+        <v>1253</v>
       </c>
       <c r="G366" s="2"/>
       <c r="H366" s="2" t="s">
-        <v>123</v>
+        <v>650</v>
       </c>
       <c r="I366" s="3">
-        <v>32590934059</v>
+        <v>23760434976</v>
       </c>
       <c r="J366" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K366" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L366" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M366" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="367" spans="1:13">
       <c r="A367" s="1">
-        <v>49508991400057</v>
+        <v>50419763300028</v>
       </c>
       <c r="B367" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C367" s="2" t="s">
-        <v>1249</v>
-[...3 lines deleted...]
-      </c>
+        <v>1254</v>
+      </c>
+      <c r="D367" s="2"/>
       <c r="E367" s="2" t="s">
-        <v>1251</v>
+        <v>1255</v>
       </c>
       <c r="F367" s="2" t="s">
-        <v>1066</v>
-[...1 lines deleted...]
-      <c r="G367" s="2"/>
+        <v>1256</v>
+      </c>
+      <c r="G367" s="2" t="s">
+        <v>1257</v>
+      </c>
       <c r="H367" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I367" s="3">
-        <v>72640269164</v>
+        <v>11754411675</v>
       </c>
       <c r="J367" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K367" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L367" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M367" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="368" spans="1:13">
       <c r="A368" s="1">
-        <v>49525093800034</v>
+        <v>50419763300036</v>
       </c>
       <c r="B368" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C368" s="2" t="s">
-        <v>1252</v>
-[...3 lines deleted...]
-      </c>
+        <v>1254</v>
+      </c>
+      <c r="D368" s="2"/>
       <c r="E368" s="2" t="s">
-        <v>1254</v>
+        <v>1258</v>
       </c>
       <c r="F368" s="2" t="s">
-        <v>791</v>
+        <v>1259</v>
       </c>
       <c r="G368" s="2"/>
       <c r="H368" s="2" t="s">
-        <v>23</v>
+        <v>599</v>
       </c>
       <c r="I368" s="3">
-        <v>23760496776</v>
+        <v>11754411675</v>
       </c>
       <c r="J368" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K368" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L368" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M368" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="369" spans="1:13">
       <c r="A369" s="1">
-        <v>49829500500033</v>
+        <v>50491282500032</v>
       </c>
       <c r="B369" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C369" s="2" t="s">
-        <v>1255</v>
-[...1 lines deleted...]
-      <c r="D369" s="2"/>
+        <v>1260</v>
+      </c>
+      <c r="D369" s="2" t="s">
+        <v>1261</v>
+      </c>
       <c r="E369" s="2" t="s">
-        <v>1256</v>
+        <v>1262</v>
       </c>
       <c r="F369" s="2" t="s">
-        <v>1257</v>
-[...1 lines deleted...]
-      <c r="G369" s="2"/>
+        <v>1263</v>
+      </c>
+      <c r="G369" s="2" t="s">
+        <v>1264</v>
+      </c>
       <c r="H369" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I369" s="3">
-        <v>82690977169</v>
+        <v>84691934469</v>
       </c>
       <c r="J369" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K369" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L369" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M369" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="370" spans="1:13">
       <c r="A370" s="1">
-        <v>49868549400037</v>
+        <v>50510207900033</v>
       </c>
       <c r="B370" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C370" s="2" t="s">
-        <v>1258</v>
+        <v>1265</v>
       </c>
       <c r="D370" s="2"/>
       <c r="E370" s="2" t="s">
-        <v>1259</v>
+        <v>1266</v>
       </c>
       <c r="F370" s="2" t="s">
-        <v>1260</v>
-[...3 lines deleted...]
-      </c>
+        <v>1267</v>
+      </c>
+      <c r="G370" s="2"/>
       <c r="H370" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I370" s="3">
-        <v>11921615692</v>
+        <v>52720125372</v>
       </c>
       <c r="J370" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K370" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L370" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M370" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="371" spans="1:13">
       <c r="A371" s="1">
-        <v>49868549400052</v>
+        <v>50522848600047</v>
       </c>
       <c r="B371" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C371" s="2" t="s">
-        <v>1258</v>
+        <v>1268</v>
       </c>
       <c r="D371" s="2"/>
       <c r="E371" s="2" t="s">
-        <v>1262</v>
+        <v>1269</v>
       </c>
       <c r="F371" s="2" t="s">
-        <v>1263</v>
+        <v>1270</v>
       </c>
       <c r="G371" s="2"/>
       <c r="H371" s="2" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="I371" s="3">
-        <v>11921615692</v>
+        <v>93131305613</v>
       </c>
       <c r="J371" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K371" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L371" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M371" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="372" spans="1:13">
       <c r="A372" s="1">
-        <v>49899407800042</v>
+        <v>50758326800010</v>
       </c>
       <c r="B372" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C372" s="2" t="s">
-        <v>1264</v>
+        <v>1271</v>
       </c>
       <c r="D372" s="2"/>
       <c r="E372" s="2" t="s">
-        <v>1265</v>
+        <v>1272</v>
       </c>
       <c r="F372" s="2" t="s">
-        <v>1266</v>
+        <v>1273</v>
       </c>
       <c r="G372" s="2"/>
       <c r="H372" s="2" t="s">
-        <v>23</v>
+        <v>859</v>
       </c>
       <c r="I372" s="3">
-        <v>11754945175</v>
+        <v>11754834175</v>
       </c>
       <c r="J372" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K372" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L372" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M372" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="373" spans="1:13">
       <c r="A373" s="1">
-        <v>49987496400046</v>
+        <v>50857207000037</v>
       </c>
       <c r="B373" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C373" s="2" t="s">
-        <v>1267</v>
-[...1 lines deleted...]
-      <c r="D373" s="2"/>
+        <v>1274</v>
+      </c>
+      <c r="D373" s="2" t="s">
+        <v>1275</v>
+      </c>
       <c r="E373" s="2" t="s">
-        <v>1268</v>
+        <v>1276</v>
       </c>
       <c r="F373" s="2" t="s">
-        <v>968</v>
-[...3 lines deleted...]
-      </c>
+        <v>1277</v>
+      </c>
+      <c r="G373" s="2"/>
       <c r="H373" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I373" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I373" s="3">
+        <v>11788129378</v>
+      </c>
       <c r="J373" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K373" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L373" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M373" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="374" spans="1:13">
       <c r="A374" s="1">
-        <v>50068661300018</v>
+        <v>50953679300011</v>
       </c>
       <c r="B374" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C374" s="2" t="s">
-        <v>1270</v>
+        <v>1278</v>
       </c>
       <c r="D374" s="2"/>
       <c r="E374" s="2" t="s">
-        <v>1271</v>
+        <v>1279</v>
       </c>
       <c r="F374" s="2" t="s">
-        <v>1272</v>
-[...1 lines deleted...]
-      <c r="G374" s="2"/>
+        <v>1280</v>
+      </c>
+      <c r="G374" s="2" t="s">
+        <v>1281</v>
+      </c>
       <c r="H374" s="2" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="I374" s="3">
-        <v>43390081239</v>
+        <v>22800139380</v>
       </c>
       <c r="J374" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K374" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L374" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M374" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="375" spans="1:13">
       <c r="A375" s="1">
-        <v>50089302900024</v>
+        <v>50980848100014</v>
       </c>
       <c r="B375" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C375" s="2" t="s">
-        <v>1273</v>
+        <v>1282</v>
       </c>
       <c r="D375" s="2"/>
       <c r="E375" s="2" t="s">
-        <v>1274</v>
+        <v>1283</v>
       </c>
       <c r="F375" s="2" t="s">
-        <v>1275</v>
+        <v>1284</v>
       </c>
       <c r="G375" s="2"/>
       <c r="H375" s="2" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I375" s="3"/>
       <c r="J375" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K375" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L375" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M375" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="376" spans="1:13">
       <c r="A376" s="1">
-        <v>50096702100030</v>
+        <v>50992744800027</v>
       </c>
       <c r="B376" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C376" s="2" t="s">
-        <v>1276</v>
-[...1 lines deleted...]
-      <c r="D376" s="2"/>
+        <v>1285</v>
+      </c>
+      <c r="D376" s="2" t="s">
+        <v>1286</v>
+      </c>
       <c r="E376" s="2" t="s">
-        <v>1277</v>
+        <v>1287</v>
       </c>
       <c r="F376" s="2" t="s">
-        <v>1278</v>
-[...3 lines deleted...]
-      </c>
+        <v>1288</v>
+      </c>
+      <c r="G376" s="2"/>
       <c r="H376" s="2" t="s">
-        <v>17</v>
+        <v>650</v>
       </c>
       <c r="I376" s="3">
-        <v>11754270175</v>
+        <v>31620213962</v>
       </c>
       <c r="J376" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K376" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L376" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M376" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="377" spans="1:13">
       <c r="A377" s="1">
-        <v>50103320300032</v>
+        <v>51009723100052</v>
       </c>
       <c r="B377" s="2" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="C377" s="2" t="s">
-        <v>1279</v>
+        <v>1289</v>
       </c>
       <c r="D377" s="2"/>
       <c r="E377" s="2" t="s">
-        <v>1280</v>
+        <v>1290</v>
       </c>
       <c r="F377" s="2" t="s">
-        <v>1281</v>
+        <v>1291</v>
       </c>
       <c r="G377" s="2" t="s">
-        <v>1282</v>
+        <v>953</v>
       </c>
       <c r="H377" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I377" s="3">
-        <v>11950571995</v>
+        <v>11754783975</v>
       </c>
       <c r="J377" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K377" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L377" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M377" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="378" spans="1:13">
       <c r="A378" s="1">
-        <v>50103360900014</v>
+        <v>51080923900021</v>
       </c>
       <c r="B378" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C378" s="2" t="s">
-        <v>1283</v>
+        <v>1292</v>
       </c>
       <c r="D378" s="2"/>
       <c r="E378" s="2" t="s">
-        <v>1284</v>
+        <v>1293</v>
       </c>
       <c r="F378" s="2" t="s">
-        <v>1285</v>
+        <v>1294</v>
       </c>
       <c r="G378" s="2"/>
       <c r="H378" s="2" t="s">
-        <v>23</v>
+        <v>599</v>
       </c>
       <c r="I378" s="3">
-        <v>82690995769</v>
+        <v>94202108020</v>
       </c>
       <c r="J378" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K378" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L378" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M378" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="379" spans="1:13">
       <c r="A379" s="1">
-        <v>50172666500018</v>
+        <v>51141946700028</v>
       </c>
       <c r="B379" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C379" s="2" t="s">
-        <v>1286</v>
+        <v>1295</v>
       </c>
       <c r="D379" s="2"/>
       <c r="E379" s="2" t="s">
-        <v>1287</v>
+        <v>1296</v>
       </c>
       <c r="F379" s="2" t="s">
-        <v>247</v>
+        <v>1297</v>
       </c>
       <c r="G379" s="2"/>
       <c r="H379" s="2" t="s">
-        <v>1288</v>
+        <v>33</v>
       </c>
       <c r="I379" s="3">
-        <v>31620238062</v>
+        <v>82691049769</v>
       </c>
       <c r="J379" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K379" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L379" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M379" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="380" spans="1:13">
       <c r="A380" s="1">
-        <v>50172804200042</v>
+        <v>51147273000023</v>
       </c>
       <c r="B380" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C380" s="2" t="s">
-        <v>1289</v>
-[...1 lines deleted...]
-      <c r="D380" s="2"/>
+        <v>1298</v>
+      </c>
+      <c r="D380" s="2" t="s">
+        <v>1298</v>
+      </c>
       <c r="E380" s="2" t="s">
-        <v>1290</v>
+        <v>1299</v>
       </c>
       <c r="F380" s="2" t="s">
-        <v>1291</v>
-[...3 lines deleted...]
-      </c>
+        <v>1018</v>
+      </c>
+      <c r="G380" s="2"/>
       <c r="H380" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I380" s="3">
-        <v>22800135080</v>
+        <v>82691049569</v>
       </c>
       <c r="J380" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K380" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L380" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M380" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="381" spans="1:13">
       <c r="A381" s="1">
-        <v>50262126100028</v>
+        <v>51176260100017</v>
       </c>
       <c r="B381" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C381" s="2" t="s">
-        <v>1293</v>
+        <v>1300</v>
       </c>
       <c r="D381" s="2"/>
       <c r="E381" s="2" t="s">
-        <v>1294</v>
+        <v>1301</v>
       </c>
       <c r="F381" s="2" t="s">
-        <v>1295</v>
+        <v>1302</v>
       </c>
       <c r="G381" s="2"/>
       <c r="H381" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I381" s="3">
-        <v>52440549844</v>
+        <v>54170132917</v>
       </c>
       <c r="J381" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K381" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L381" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M381" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="382" spans="1:13">
       <c r="A382" s="1">
-        <v>50290321400026</v>
+        <v>51198006200042</v>
       </c>
       <c r="B382" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C382" s="2" t="s">
-        <v>1296</v>
-[...3 lines deleted...]
-      </c>
+        <v>1303</v>
+      </c>
+      <c r="D382" s="2"/>
       <c r="E382" s="2" t="s">
-        <v>1297</v>
+        <v>1304</v>
       </c>
       <c r="F382" s="2" t="s">
-        <v>228</v>
-[...1 lines deleted...]
-      <c r="G382" s="2"/>
+        <v>1305</v>
+      </c>
+      <c r="G382" s="2" t="s">
+        <v>1306</v>
+      </c>
       <c r="H382" s="2" t="s">
-        <v>23</v>
+        <v>613</v>
       </c>
       <c r="I382" s="3">
-        <v>73310510531</v>
+        <v>41540274054</v>
       </c>
       <c r="J382" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K382" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L382" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M382" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="383" spans="1:13">
       <c r="A383" s="1">
-        <v>50327982000016</v>
+        <v>51224502800059</v>
       </c>
       <c r="B383" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C383" s="2" t="s">
-        <v>1298</v>
-[...1 lines deleted...]
-      <c r="D383" s="2"/>
+        <v>1307</v>
+      </c>
+      <c r="D383" s="2" t="s">
+        <v>1308</v>
+      </c>
       <c r="E383" s="2" t="s">
-        <v>1299</v>
+        <v>1309</v>
       </c>
       <c r="F383" s="2" t="s">
-        <v>1300</v>
+        <v>1310</v>
       </c>
       <c r="G383" s="2"/>
       <c r="H383" s="2" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="I383" s="3">
-        <v>43250236425</v>
+        <v>73310540631</v>
       </c>
       <c r="J383" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K383" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L383" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M383" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="384" spans="1:13">
       <c r="A384" s="1">
-        <v>50376213000014</v>
+        <v>51351620300025</v>
       </c>
       <c r="B384" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C384" s="2" t="s">
-        <v>1301</v>
-[...3 lines deleted...]
-      </c>
+        <v>1311</v>
+      </c>
+      <c r="D384" s="2"/>
       <c r="E384" s="2" t="s">
-        <v>1303</v>
+        <v>1312</v>
       </c>
       <c r="F384" s="2" t="s">
-        <v>1304</v>
-[...3 lines deleted...]
-      </c>
+        <v>701</v>
+      </c>
+      <c r="G384" s="2"/>
       <c r="H384" s="2" t="s">
-        <v>23</v>
+        <v>1231</v>
       </c>
       <c r="I384" s="3">
-        <v>97970151997</v>
+        <v>31590708359</v>
       </c>
       <c r="J384" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K384" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L384" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M384" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="385" spans="1:13">
       <c r="A385" s="1">
-        <v>50401118000032</v>
+        <v>51353065900020</v>
       </c>
       <c r="B385" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C385" s="2" t="s">
-        <v>1306</v>
+        <v>1313</v>
       </c>
       <c r="D385" s="2"/>
       <c r="E385" s="2" t="s">
-        <v>1307</v>
+        <v>1314</v>
       </c>
       <c r="F385" s="2" t="s">
-        <v>1308</v>
+        <v>1315</v>
       </c>
       <c r="G385" s="2"/>
       <c r="H385" s="2" t="s">
-        <v>1007</v>
+        <v>33</v>
       </c>
       <c r="I385" s="3">
-        <v>23760434976</v>
+        <v>93840306184</v>
       </c>
       <c r="J385" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K385" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L385" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M385" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="386" spans="1:13">
       <c r="A386" s="1">
-        <v>50401118000040</v>
+        <v>53269516000020</v>
       </c>
       <c r="B386" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C386" s="2" t="s">
-        <v>1306</v>
+        <v>1316</v>
       </c>
       <c r="D386" s="2"/>
       <c r="E386" s="2" t="s">
-        <v>1309</v>
+        <v>1317</v>
       </c>
       <c r="F386" s="2" t="s">
-        <v>1310</v>
+        <v>1318</v>
       </c>
       <c r="G386" s="2"/>
       <c r="H386" s="2" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="I386" s="3">
-        <v>23760434976</v>
+        <v>98970370397</v>
       </c>
       <c r="J386" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K386" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L386" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M386" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="387" spans="1:13">
       <c r="A387" s="1">
-        <v>50419763300028</v>
+        <v>53314727800030</v>
       </c>
       <c r="B387" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C387" s="2" t="s">
-        <v>1311</v>
+        <v>1319</v>
       </c>
       <c r="D387" s="2"/>
       <c r="E387" s="2" t="s">
-        <v>1312</v>
+        <v>1320</v>
       </c>
       <c r="F387" s="2" t="s">
-        <v>1313</v>
-[...3 lines deleted...]
-      </c>
+        <v>1321</v>
+      </c>
+      <c r="G387" s="2"/>
       <c r="H387" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I387" s="3">
-        <v>11754411675</v>
+        <v>82420237642</v>
       </c>
       <c r="J387" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K387" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L387" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M387" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="388" spans="1:13">
       <c r="A388" s="1">
-        <v>50419763300036</v>
+        <v>53327130000014</v>
       </c>
       <c r="B388" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C388" s="2" t="s">
-        <v>1311</v>
+        <v>1322</v>
       </c>
       <c r="D388" s="2"/>
       <c r="E388" s="2" t="s">
-        <v>1314</v>
+        <v>1323</v>
       </c>
       <c r="F388" s="2" t="s">
-        <v>1315</v>
-[...1 lines deleted...]
-      <c r="G388" s="2"/>
+        <v>830</v>
+      </c>
+      <c r="G388" s="2" t="s">
+        <v>1324</v>
+      </c>
       <c r="H388" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I388" s="3">
-        <v>11754411675</v>
+        <v>11950515495</v>
       </c>
       <c r="J388" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K388" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L388" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M388" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="389" spans="1:13">
       <c r="A389" s="1">
-        <v>50491282500032</v>
+        <v>53342177200021</v>
       </c>
       <c r="B389" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C389" s="2" t="s">
-        <v>1316</v>
-[...3 lines deleted...]
-      </c>
+        <v>1325</v>
+      </c>
+      <c r="D389" s="2"/>
       <c r="E389" s="2" t="s">
-        <v>1318</v>
+        <v>1326</v>
       </c>
       <c r="F389" s="2" t="s">
-        <v>975</v>
-[...3 lines deleted...]
-      </c>
+        <v>1327</v>
+      </c>
+      <c r="G389" s="2"/>
       <c r="H389" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I389" s="3">
-        <v>84691934469</v>
+        <v>72640341764</v>
       </c>
       <c r="J389" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K389" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L389" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M389" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="390" spans="1:13">
       <c r="A390" s="1">
-        <v>79333268500023</v>
+        <v>53371967000028</v>
       </c>
       <c r="B390" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C390" s="2" t="s">
-        <v>107</v>
-[...3 lines deleted...]
-      </c>
+        <v>1328</v>
+      </c>
+      <c r="D390" s="2"/>
       <c r="E390" s="2" t="s">
-        <v>1320</v>
+        <v>1329</v>
       </c>
       <c r="F390" s="2" t="s">
-        <v>1321</v>
+        <v>730</v>
       </c>
       <c r="G390" s="2"/>
       <c r="H390" s="2" t="s">
-        <v>1322</v>
+        <v>33</v>
       </c>
       <c r="I390" s="3">
-        <v>11756144875</v>
+        <v>11940810494</v>
       </c>
       <c r="J390" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K390" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L390" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M390" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="391" spans="1:13">
       <c r="A391" s="1">
-        <v>79354885000023</v>
+        <v>53389308700031</v>
       </c>
       <c r="B391" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C391" s="2" t="s">
-        <v>1323</v>
-[...3 lines deleted...]
-      </c>
+        <v>1330</v>
+      </c>
+      <c r="D391" s="2"/>
       <c r="E391" s="2" t="s">
-        <v>1325</v>
+        <v>1331</v>
       </c>
       <c r="F391" s="2" t="s">
-        <v>1326</v>
+        <v>1332</v>
       </c>
       <c r="G391" s="2"/>
       <c r="H391" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I391" s="3">
-        <v>91340792534</v>
+        <v>11754750675</v>
       </c>
       <c r="J391" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K391" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L391" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M391" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="392" spans="1:13">
       <c r="A392" s="1">
-        <v>79365016900030</v>
+        <v>53410337900028</v>
       </c>
       <c r="B392" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C392" s="2" t="s">
-        <v>1327</v>
-[...3 lines deleted...]
-      </c>
+        <v>1333</v>
+      </c>
+      <c r="D392" s="2"/>
       <c r="E392" s="2" t="s">
-        <v>1329</v>
+        <v>1334</v>
       </c>
       <c r="F392" s="2" t="s">
-        <v>38</v>
+        <v>837</v>
       </c>
       <c r="G392" s="2"/>
       <c r="H392" s="2" t="s">
-        <v>23</v>
+        <v>650</v>
       </c>
       <c r="I392" s="3">
-        <v>11950615295</v>
+        <v>73310628231</v>
       </c>
       <c r="J392" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K392" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L392" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M392" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="393" spans="1:13">
       <c r="A393" s="1">
-        <v>79455121800025</v>
+        <v>53431595700017</v>
       </c>
       <c r="B393" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C393" s="2" t="s">
-        <v>1330</v>
+        <v>1335</v>
       </c>
       <c r="D393" s="2"/>
       <c r="E393" s="2" t="s">
-        <v>1331</v>
+        <v>1336</v>
       </c>
       <c r="F393" s="2" t="s">
-        <v>1332</v>
+        <v>783</v>
       </c>
       <c r="G393" s="2"/>
       <c r="H393" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I393" s="3">
-        <v>11755067975</v>
+        <v>11754737175</v>
       </c>
       <c r="J393" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K393" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L393" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M393" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="394" spans="1:13">
       <c r="A394" s="1">
-        <v>79458237900028</v>
+        <v>53446839200012</v>
       </c>
       <c r="B394" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C394" s="2" t="s">
-        <v>1333</v>
-[...1 lines deleted...]
-      <c r="D394" s="2"/>
+        <v>1337</v>
+      </c>
+      <c r="D394" s="2" t="s">
+        <v>1338</v>
+      </c>
       <c r="E394" s="2" t="s">
-        <v>1334</v>
+        <v>1339</v>
       </c>
       <c r="F394" s="2" t="s">
-        <v>1335</v>
+        <v>783</v>
       </c>
       <c r="G394" s="2"/>
       <c r="H394" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I394" s="3">
-        <v>11755158475</v>
+        <v>72330845233</v>
       </c>
       <c r="J394" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K394" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L394" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M394" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="395" spans="1:13">
       <c r="A395" s="1">
-        <v>79478075900021</v>
+        <v>53478225500010</v>
       </c>
       <c r="B395" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C395" s="2" t="s">
-        <v>1336</v>
+        <v>1340</v>
       </c>
       <c r="D395" s="2"/>
       <c r="E395" s="2" t="s">
-        <v>1337</v>
+        <v>1341</v>
       </c>
       <c r="F395" s="2" t="s">
-        <v>1338</v>
-[...3 lines deleted...]
-      </c>
+        <v>1342</v>
+      </c>
+      <c r="G395" s="2"/>
       <c r="H395" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I395" s="3">
-        <v>72330913133</v>
+        <v>11930632993</v>
       </c>
       <c r="J395" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K395" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L395" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M395" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="396" spans="1:13">
       <c r="A396" s="1">
-        <v>79489077200013</v>
+        <v>53502561300022</v>
       </c>
       <c r="B396" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C396" s="2" t="s">
-        <v>1340</v>
+        <v>1343</v>
       </c>
       <c r="D396" s="2"/>
       <c r="E396" s="2" t="s">
-        <v>1341</v>
+        <v>1344</v>
       </c>
       <c r="F396" s="2" t="s">
-        <v>1342</v>
+        <v>27</v>
       </c>
       <c r="G396" s="2"/>
       <c r="H396" s="2" t="s">
-        <v>23</v>
+        <v>875</v>
       </c>
       <c r="I396" s="3">
-        <v>42670522267</v>
+        <v>42670540867</v>
       </c>
       <c r="J396" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K396" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L396" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M396" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="397" spans="1:13">
       <c r="A397" s="1">
-        <v>79504509500010</v>
+        <v>53504175000022</v>
       </c>
       <c r="B397" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C397" s="2" t="s">
-        <v>1343</v>
-[...1 lines deleted...]
-      <c r="D397" s="2"/>
+        <v>1345</v>
+      </c>
+      <c r="D397" s="2" t="s">
+        <v>1345</v>
+      </c>
       <c r="E397" s="2" t="s">
-        <v>1344</v>
+        <v>1346</v>
       </c>
       <c r="F397" s="2" t="s">
-        <v>1345</v>
-[...3 lines deleted...]
-      </c>
+        <v>976</v>
+      </c>
+      <c r="G397" s="2"/>
       <c r="H397" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I397" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I397" s="3">
+        <v>93131423113</v>
+      </c>
       <c r="J397" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K397" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L397" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M397" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="398" spans="1:13">
       <c r="A398" s="1">
-        <v>79810137400014</v>
+        <v>53540833000053</v>
       </c>
       <c r="B398" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C398" s="2" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="D398" s="2"/>
       <c r="E398" s="2" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="F398" s="2" t="s">
-        <v>144</v>
+        <v>1349</v>
       </c>
       <c r="G398" s="2"/>
       <c r="H398" s="2" t="s">
-        <v>23</v>
+        <v>875</v>
       </c>
       <c r="I398" s="3">
-        <v>52440697944</v>
+        <v>11756094375</v>
       </c>
       <c r="J398" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K398" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L398" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M398" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="399" spans="1:13">
       <c r="A399" s="1">
-        <v>79858120300022</v>
+        <v>53830929500029</v>
       </c>
       <c r="B399" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C399" s="2" t="s">
-        <v>1348</v>
-[...1 lines deleted...]
-      <c r="D399" s="2"/>
+        <v>1350</v>
+      </c>
+      <c r="D399" s="2" t="s">
+        <v>1350</v>
+      </c>
       <c r="E399" s="2" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="F399" s="2" t="s">
-        <v>310</v>
+        <v>1352</v>
       </c>
       <c r="G399" s="2"/>
       <c r="H399" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I399" s="3">
-        <v>43250277425</v>
+        <v>41570305857</v>
       </c>
       <c r="J399" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K399" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L399" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M399" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="400" spans="1:13">
       <c r="A400" s="1">
-        <v>79870472200023</v>
+        <v>53880952600030</v>
       </c>
       <c r="B400" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C400" s="2" t="s">
-        <v>1350</v>
+        <v>1353</v>
       </c>
       <c r="D400" s="2"/>
       <c r="E400" s="2" t="s">
-        <v>1351</v>
+        <v>1354</v>
       </c>
       <c r="F400" s="2" t="s">
-        <v>1352</v>
-[...1 lines deleted...]
-      <c r="G400" s="2"/>
+        <v>1263</v>
+      </c>
+      <c r="G400" s="2" t="s">
+        <v>841</v>
+      </c>
       <c r="H400" s="2" t="s">
-        <v>23</v>
+        <v>650</v>
       </c>
       <c r="I400" s="3">
-        <v>93830467183</v>
+        <v>23760518176</v>
       </c>
       <c r="J400" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K400" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L400" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M400" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="401" spans="1:13">
       <c r="A401" s="1">
-        <v>79937020000021</v>
+        <v>53909770900023</v>
       </c>
       <c r="B401" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C401" s="2" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
       <c r="D401" s="2"/>
       <c r="E401" s="2" t="s">
-        <v>1354</v>
+        <v>1356</v>
       </c>
       <c r="F401" s="2" t="s">
-        <v>1355</v>
-[...1 lines deleted...]
-      <c r="G401" s="2"/>
+        <v>1357</v>
+      </c>
+      <c r="G401" s="2" t="s">
+        <v>1358</v>
+      </c>
       <c r="H401" s="2" t="s">
-        <v>1356</v>
+        <v>33</v>
       </c>
       <c r="I401" s="3">
-        <v>28270197627</v>
+        <v>82260197626</v>
       </c>
       <c r="J401" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K401" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L401" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M401" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="402" spans="1:13">
       <c r="A402" s="1">
-        <v>79937020000039</v>
+        <v>55202467100091</v>
       </c>
       <c r="B402" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C402" s="2" t="s">
-        <v>1353</v>
+        <v>1359</v>
       </c>
       <c r="D402" s="2"/>
       <c r="E402" s="2" t="s">
-        <v>1357</v>
+        <v>1360</v>
       </c>
       <c r="F402" s="2" t="s">
-        <v>1358</v>
+        <v>1361</v>
       </c>
       <c r="G402" s="2"/>
       <c r="H402" s="2" t="s">
-        <v>23</v>
+        <v>613</v>
       </c>
       <c r="I402" s="3">
-        <v>28270197627</v>
+        <v>11920012692</v>
       </c>
       <c r="J402" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K402" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L402" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M402" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="403" spans="1:13">
       <c r="A403" s="1">
-        <v>79954538900030</v>
+        <v>55202467100117</v>
       </c>
       <c r="B403" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C403" s="2" t="s">
         <v>1359</v>
       </c>
-      <c r="D403" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D403" s="2"/>
       <c r="E403" s="2" t="s">
-        <v>1360</v>
+        <v>1362</v>
       </c>
       <c r="F403" s="2" t="s">
-        <v>1361</v>
-[...3 lines deleted...]
-      </c>
+        <v>1363</v>
+      </c>
+      <c r="G403" s="2"/>
       <c r="H403" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I403" s="3"/>
+        <v>613</v>
+      </c>
+      <c r="I403" s="3">
+        <v>11920012692</v>
+      </c>
       <c r="J403" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K403" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L403" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M403" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="404" spans="1:13">
       <c r="A404" s="1">
-        <v>79975732300040</v>
+        <v>72203027700247</v>
       </c>
       <c r="B404" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C404" s="2" t="s">
-        <v>1363</v>
-[...1 lines deleted...]
-      <c r="D404" s="2" t="s">
         <v>1364</v>
       </c>
+      <c r="D404" s="2"/>
       <c r="E404" s="2" t="s">
         <v>1365</v>
       </c>
       <c r="F404" s="2" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="G404" s="2"/>
+        <v>1366</v>
+      </c>
+      <c r="G404" s="2" t="s">
+        <v>1367</v>
+      </c>
       <c r="H404" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I404" s="3">
-        <v>52440827344</v>
+        <v>11922106192</v>
       </c>
       <c r="J404" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K404" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L404" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M404" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="405" spans="1:13">
       <c r="A405" s="1">
-        <v>80007600200016</v>
+        <v>74992016100058</v>
       </c>
       <c r="B405" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C405" s="2" t="s">
-        <v>1366</v>
+        <v>1368</v>
       </c>
       <c r="D405" s="2"/>
       <c r="E405" s="2" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
       <c r="F405" s="2" t="s">
-        <v>1281</v>
-[...1 lines deleted...]
-      <c r="G405" s="2"/>
+        <v>1370</v>
+      </c>
+      <c r="G405" s="2" t="s">
+        <v>1371</v>
+      </c>
       <c r="H405" s="2" t="s">
-        <v>1356</v>
+        <v>33</v>
       </c>
       <c r="I405" s="3">
-        <v>83630455063</v>
+        <v>11921869592</v>
       </c>
       <c r="J405" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K405" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L405" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M405" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="406" spans="1:13">
       <c r="A406" s="1">
-        <v>80019756800028</v>
+        <v>74996630500015</v>
       </c>
       <c r="B406" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C406" s="2" t="s">
-        <v>1368</v>
+        <v>1372</v>
       </c>
       <c r="D406" s="2" t="s">
-        <v>1368</v>
+        <v>1373</v>
       </c>
       <c r="E406" s="2" t="s">
-        <v>1369</v>
+        <v>1374</v>
       </c>
       <c r="F406" s="2" t="s">
-        <v>1370</v>
-[...3 lines deleted...]
-      </c>
+        <v>1375</v>
+      </c>
+      <c r="G406" s="2"/>
       <c r="H406" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I406" s="3">
-        <v>82010158301</v>
+        <v>42670472367</v>
       </c>
       <c r="J406" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K406" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L406" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M406" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="407" spans="1:13">
       <c r="A407" s="1">
-        <v>80060011600019</v>
+        <v>75112355500011</v>
       </c>
       <c r="B407" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C407" s="2" t="s">
-        <v>1372</v>
+        <v>1376</v>
       </c>
       <c r="D407" s="2"/>
       <c r="E407" s="2" t="s">
-        <v>1373</v>
+        <v>1377</v>
       </c>
       <c r="F407" s="2" t="s">
-        <v>1374</v>
-[...3 lines deleted...]
-      </c>
+        <v>1378</v>
+      </c>
+      <c r="G407" s="2"/>
       <c r="H407" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I407" s="3">
-        <v>72330932933</v>
+        <v>93131735613</v>
       </c>
       <c r="J407" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K407" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L407" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M407" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="408" spans="1:13">
       <c r="A408" s="1">
-        <v>80080468400028</v>
+        <v>75210085900012</v>
       </c>
       <c r="B408" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C408" s="2" t="s">
-        <v>1376</v>
+        <v>1379</v>
       </c>
       <c r="D408" s="2"/>
       <c r="E408" s="2" t="s">
-        <v>1377</v>
+        <v>1380</v>
       </c>
       <c r="F408" s="2" t="s">
-        <v>1378</v>
+        <v>1381</v>
       </c>
       <c r="G408" s="2"/>
       <c r="H408" s="2" t="s">
-        <v>23</v>
+        <v>650</v>
       </c>
       <c r="I408" s="3">
-        <v>42670525367</v>
+        <v>11754864275</v>
       </c>
       <c r="J408" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K408" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L408" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M408" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="409" spans="1:13">
       <c r="A409" s="1">
-        <v>80105052700010</v>
+        <v>75245848900040</v>
       </c>
       <c r="B409" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C409" s="2" t="s">
-        <v>1379</v>
+        <v>1382</v>
       </c>
       <c r="D409" s="2"/>
       <c r="E409" s="2" t="s">
-        <v>1380</v>
+        <v>1383</v>
       </c>
       <c r="F409" s="2" t="s">
-        <v>1381</v>
+        <v>1384</v>
       </c>
       <c r="G409" s="2"/>
       <c r="H409" s="2" t="s">
-        <v>73</v>
+        <v>800</v>
       </c>
       <c r="I409" s="3">
-        <v>42680243468</v>
+        <v>53350924035</v>
       </c>
       <c r="J409" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K409" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L409" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M409" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="410" spans="1:13">
       <c r="A410" s="1">
-        <v>80106424700027</v>
+        <v>75283444000014</v>
       </c>
       <c r="B410" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C410" s="2" t="s">
-        <v>1382</v>
+        <v>1385</v>
       </c>
       <c r="D410" s="2"/>
       <c r="E410" s="2" t="s">
-        <v>1383</v>
+        <v>1386</v>
       </c>
       <c r="F410" s="2" t="s">
-        <v>1384</v>
-[...1 lines deleted...]
-      <c r="G410" s="2"/>
+        <v>1387</v>
+      </c>
+      <c r="G410" s="2" t="s">
+        <v>1388</v>
+      </c>
       <c r="H410" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I410" s="3">
-        <v>76340908834</v>
+        <v>93830441283</v>
       </c>
       <c r="J410" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K410" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L410" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M410" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="411" spans="1:13">
       <c r="A411" s="1">
-        <v>80106424700035</v>
+        <v>75301474500016</v>
       </c>
       <c r="B411" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C411" s="2" t="s">
-        <v>1382</v>
+        <v>1389</v>
       </c>
       <c r="D411" s="2"/>
       <c r="E411" s="2" t="s">
-        <v>1385</v>
+        <v>1390</v>
       </c>
       <c r="F411" s="2" t="s">
-        <v>1386</v>
-[...1 lines deleted...]
-      <c r="G411" s="2"/>
+        <v>1391</v>
+      </c>
+      <c r="G411" s="2" t="s">
+        <v>649</v>
+      </c>
       <c r="H411" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I411" s="3">
-        <v>76340908834</v>
+        <v>24370303337</v>
       </c>
       <c r="J411" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K411" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L411" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M411" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="412" spans="1:13">
       <c r="A412" s="1">
-        <v>80149414700011</v>
+        <v>75312739800026</v>
       </c>
       <c r="B412" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C412" s="2" t="s">
-        <v>1387</v>
+        <v>1392</v>
       </c>
       <c r="D412" s="2"/>
       <c r="E412" s="2" t="s">
-        <v>1388</v>
+        <v>1393</v>
       </c>
       <c r="F412" s="2" t="s">
-        <v>1389</v>
+        <v>749</v>
       </c>
       <c r="G412" s="2"/>
       <c r="H412" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I412" s="3">
-        <v>11930684493</v>
+        <v>72240158724</v>
       </c>
       <c r="J412" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K412" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L412" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M412" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="413" spans="1:13">
       <c r="A413" s="1">
-        <v>80235447200044</v>
+        <v>75362014500049</v>
       </c>
       <c r="B413" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C413" s="2" t="s">
-        <v>1390</v>
-[...1 lines deleted...]
-      <c r="D413" s="2"/>
+        <v>1394</v>
+      </c>
+      <c r="D413" s="2" t="s">
+        <v>1395</v>
+      </c>
       <c r="E413" s="2" t="s">
-        <v>1391</v>
+        <v>1396</v>
       </c>
       <c r="F413" s="2" t="s">
-        <v>1392</v>
-[...1 lines deleted...]
-      <c r="G413" s="2"/>
+        <v>1397</v>
+      </c>
+      <c r="G413" s="2" t="s">
+        <v>1398</v>
+      </c>
       <c r="H413" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I413" s="3"/>
       <c r="J413" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K413" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L413" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M413" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="414" spans="1:13">
       <c r="A414" s="1">
-        <v>80261105300017</v>
+        <v>75381404500039</v>
       </c>
       <c r="B414" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C414" s="2" t="s">
-        <v>1393</v>
-[...3 lines deleted...]
-      </c>
+        <v>1399</v>
+      </c>
+      <c r="D414" s="2"/>
       <c r="E414" s="2" t="s">
-        <v>1395</v>
+        <v>1400</v>
       </c>
       <c r="F414" s="2" t="s">
-        <v>1396</v>
-[...3 lines deleted...]
-      </c>
+        <v>896</v>
+      </c>
+      <c r="G414" s="2"/>
       <c r="H414" s="2" t="s">
-        <v>23</v>
+        <v>650</v>
       </c>
       <c r="I414" s="3">
-        <v>42670532567</v>
+        <v>22600268360</v>
       </c>
       <c r="J414" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K414" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L414" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M414" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="415" spans="1:13">
       <c r="A415" s="1">
-        <v>80296375100028</v>
+        <v>75404191100027</v>
       </c>
       <c r="B415" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C415" s="2" t="s">
-        <v>1398</v>
+        <v>1401</v>
       </c>
       <c r="D415" s="2"/>
       <c r="E415" s="2" t="s">
-        <v>1399</v>
+        <v>1402</v>
       </c>
       <c r="F415" s="2" t="s">
-        <v>1400</v>
+        <v>1403</v>
       </c>
       <c r="G415" s="2"/>
       <c r="H415" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I415" s="3">
-        <v>82380442138</v>
+        <v>93830506783</v>
       </c>
       <c r="J415" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K415" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L415" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M415" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="416" spans="1:13">
       <c r="A416" s="1">
-        <v>80334912500028</v>
+        <v>77565445200033</v>
       </c>
       <c r="B416" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C416" s="2" t="s">
-        <v>1401</v>
+        <v>1404</v>
       </c>
       <c r="D416" s="2"/>
       <c r="E416" s="2" t="s">
-        <v>1402</v>
+        <v>1405</v>
       </c>
       <c r="F416" s="2" t="s">
-        <v>834</v>
+        <v>911</v>
       </c>
       <c r="G416" s="2"/>
       <c r="H416" s="2" t="s">
-        <v>23</v>
+        <v>599</v>
       </c>
       <c r="I416" s="3">
-        <v>95970191297</v>
+        <v>82740000174</v>
       </c>
       <c r="J416" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K416" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L416" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M416" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="417" spans="1:13">
       <c r="A417" s="1">
-        <v>80342775600025</v>
+        <v>51750217500048</v>
       </c>
       <c r="B417" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C417" s="2" t="s">
-        <v>1403</v>
+        <v>1406</v>
       </c>
       <c r="D417" s="2"/>
       <c r="E417" s="2" t="s">
-        <v>1404</v>
+        <v>1407</v>
       </c>
       <c r="F417" s="2" t="s">
-        <v>840</v>
+        <v>1408</v>
       </c>
       <c r="G417" s="2"/>
       <c r="H417" s="2" t="s">
-        <v>123</v>
+        <v>800</v>
       </c>
       <c r="I417" s="3">
-        <v>97970203497</v>
+        <v>93830461883</v>
       </c>
       <c r="J417" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K417" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L417" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M417" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="418" spans="1:13">
       <c r="A418" s="1">
-        <v>80371145600027</v>
+        <v>51760378300047</v>
       </c>
       <c r="B418" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C418" s="2" t="s">
-        <v>1405</v>
+        <v>1409</v>
       </c>
       <c r="D418" s="2"/>
       <c r="E418" s="2" t="s">
-        <v>1406</v>
+        <v>1410</v>
       </c>
       <c r="F418" s="2" t="s">
-        <v>1407</v>
+        <v>1411</v>
       </c>
       <c r="G418" s="2"/>
       <c r="H418" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I418" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I418" s="3">
+        <v>73310551631</v>
+      </c>
       <c r="J418" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K418" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L418" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M418" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="419" spans="1:13">
       <c r="A419" s="1">
-        <v>80438597900013</v>
+        <v>51842343900034</v>
       </c>
       <c r="B419" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C419" s="2" t="s">
-        <v>1408</v>
-[...3 lines deleted...]
-      </c>
+        <v>1412</v>
+      </c>
+      <c r="D419" s="2"/>
       <c r="E419" s="2" t="s">
-        <v>1410</v>
+        <v>1413</v>
       </c>
       <c r="F419" s="2" t="s">
-        <v>1411</v>
+        <v>79</v>
       </c>
       <c r="G419" s="2"/>
       <c r="H419" s="2" t="s">
-        <v>141</v>
+        <v>33</v>
       </c>
       <c r="I419" s="3">
-        <v>91340840634</v>
+        <v>93131482013</v>
       </c>
       <c r="J419" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K419" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L419" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M419" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="420" spans="1:13">
       <c r="A420" s="1">
-        <v>80458814300011</v>
+        <v>51861596800030</v>
       </c>
       <c r="B420" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C420" s="2" t="s">
-        <v>1412</v>
+        <v>1414</v>
       </c>
       <c r="D420" s="2"/>
       <c r="E420" s="2" t="s">
-        <v>1413</v>
+        <v>1415</v>
       </c>
       <c r="F420" s="2" t="s">
-        <v>1414</v>
+        <v>148</v>
       </c>
       <c r="G420" s="2"/>
       <c r="H420" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I420" s="3">
-        <v>91340838034</v>
+        <v>53350510635</v>
       </c>
       <c r="J420" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K420" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L420" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M420" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="421" spans="1:13">
       <c r="A421" s="1">
-        <v>80481193300014</v>
+        <v>51861596800048</v>
       </c>
       <c r="B421" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C421" s="2" t="s">
-        <v>1415</v>
-[...3 lines deleted...]
-      </c>
+        <v>1414</v>
+      </c>
+      <c r="D421" s="2"/>
       <c r="E421" s="2" t="s">
         <v>1416</v>
       </c>
       <c r="F421" s="2" t="s">
         <v>1417</v>
       </c>
       <c r="G421" s="2"/>
       <c r="H421" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I421" s="3">
-        <v>26890124489</v>
+        <v>53350510635</v>
       </c>
       <c r="J421" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K421" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L421" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M421" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="422" spans="1:13">
       <c r="A422" s="1">
-        <v>80521953200027</v>
+        <v>51861596800055</v>
       </c>
       <c r="B422" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C422" s="2" t="s">
+        <v>1414</v>
+      </c>
+      <c r="D422" s="2"/>
+      <c r="E422" s="2" t="s">
         <v>1418</v>
       </c>
-      <c r="D422" s="2" t="s">
+      <c r="F422" s="2" t="s">
+        <v>809</v>
+      </c>
+      <c r="G422" s="2" t="s">
         <v>1419</v>
       </c>
-      <c r="E422" s="2" t="s">
-[...5 lines deleted...]
-      <c r="G422" s="2"/>
       <c r="H422" s="2" t="s">
-        <v>1421</v>
+        <v>599</v>
       </c>
       <c r="I422" s="3">
-        <v>54170186217</v>
+        <v>53350510635</v>
       </c>
       <c r="J422" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K422" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L422" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M422" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="423" spans="1:13">
       <c r="A423" s="1">
-        <v>80538677800023</v>
+        <v>51861596800063</v>
       </c>
       <c r="B423" s="2" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="C423" s="2" t="s">
-        <v>1422</v>
+        <v>1414</v>
       </c>
       <c r="D423" s="2"/>
       <c r="E423" s="2" t="s">
-        <v>1423</v>
+        <v>1420</v>
       </c>
       <c r="F423" s="2" t="s">
-        <v>1424</v>
+        <v>809</v>
       </c>
       <c r="G423" s="2" t="s">
-        <v>1425</v>
+        <v>630</v>
       </c>
       <c r="H423" s="2" t="s">
-        <v>100</v>
+        <v>613</v>
       </c>
       <c r="I423" s="3">
-        <v>75331220633</v>
+        <v>53350510635</v>
       </c>
       <c r="J423" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K423" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L423" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M423" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="424" spans="1:13">
       <c r="A424" s="1">
-        <v>80815473600025</v>
+        <v>51870186700021</v>
       </c>
       <c r="B424" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C424" s="2" t="s">
-        <v>1426</v>
+        <v>1421</v>
       </c>
       <c r="D424" s="2"/>
       <c r="E424" s="2" t="s">
-        <v>1427</v>
+        <v>1422</v>
       </c>
       <c r="F424" s="2" t="s">
-        <v>1428</v>
-[...1 lines deleted...]
-      <c r="G424" s="2"/>
+        <v>1423</v>
+      </c>
+      <c r="G424" s="2" t="s">
+        <v>1424</v>
+      </c>
       <c r="H424" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I424" s="3">
-        <v>84730290073</v>
+        <v>11770489777</v>
       </c>
       <c r="J424" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K424" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L424" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M424" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="425" spans="1:13">
       <c r="A425" s="1">
-        <v>80832639100030</v>
+        <v>51890309100024</v>
       </c>
       <c r="B425" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C425" s="2" t="s">
-        <v>1429</v>
+        <v>1425</v>
       </c>
       <c r="D425" s="2"/>
       <c r="E425" s="2" t="s">
-        <v>1430</v>
+        <v>1426</v>
       </c>
       <c r="F425" s="2" t="s">
-        <v>277</v>
+        <v>1427</v>
       </c>
       <c r="G425" s="2"/>
       <c r="H425" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I425" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I425" s="3">
+        <v>72400089740</v>
+      </c>
       <c r="J425" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K425" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L425" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M425" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="426" spans="1:13">
       <c r="A426" s="1">
-        <v>80875076400025</v>
+        <v>51894767600020</v>
       </c>
       <c r="B426" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C426" s="2" t="s">
-        <v>1431</v>
-[...3 lines deleted...]
-      </c>
+        <v>1428</v>
+      </c>
+      <c r="D426" s="2"/>
       <c r="E426" s="2" t="s">
-        <v>1433</v>
+        <v>1429</v>
       </c>
       <c r="F426" s="2" t="s">
-        <v>1434</v>
+        <v>1430</v>
       </c>
       <c r="G426" s="2"/>
       <c r="H426" s="2" t="s">
-        <v>123</v>
-[...1 lines deleted...]
-      <c r="I426" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I426" s="3">
+        <v>95973070297</v>
+      </c>
       <c r="J426" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K426" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L426" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M426" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="427" spans="1:13">
       <c r="A427" s="1">
-        <v>80982366900019</v>
+        <v>51935563000012</v>
       </c>
       <c r="B427" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C427" s="2" t="s">
-        <v>1435</v>
+        <v>1431</v>
       </c>
       <c r="D427" s="2"/>
       <c r="E427" s="2" t="s">
-        <v>1436</v>
+        <v>1432</v>
       </c>
       <c r="F427" s="2" t="s">
-        <v>1437</v>
+        <v>148</v>
       </c>
       <c r="G427" s="2"/>
       <c r="H427" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I427" s="3">
-        <v>52440747344</v>
+        <v>11756190175</v>
       </c>
       <c r="J427" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K427" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L427" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M427" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="428" spans="1:13">
       <c r="A428" s="1">
-        <v>81031690100034</v>
+        <v>51940814000092</v>
       </c>
       <c r="B428" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C428" s="2" t="s">
-        <v>1438</v>
-[...1 lines deleted...]
-      <c r="D428" s="2"/>
+        <v>1433</v>
+      </c>
+      <c r="D428" s="2" t="s">
+        <v>1433</v>
+      </c>
       <c r="E428" s="2" t="s">
-        <v>1439</v>
+        <v>1434</v>
       </c>
       <c r="F428" s="2" t="s">
-        <v>251</v>
+        <v>770</v>
       </c>
       <c r="G428" s="2"/>
       <c r="H428" s="2" t="s">
-        <v>23</v>
+        <v>875</v>
       </c>
       <c r="I428" s="3">
-        <v>25140282614</v>
+        <v>54790095179</v>
       </c>
       <c r="J428" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K428" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L428" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M428" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="429" spans="1:13">
       <c r="A429" s="1">
-        <v>30269561400354</v>
+        <v>51956015500011</v>
       </c>
       <c r="B429" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C429" s="2" t="s">
-        <v>1440</v>
+        <v>1435</v>
       </c>
       <c r="D429" s="2"/>
       <c r="E429" s="2" t="s">
-        <v>1441</v>
+        <v>1436</v>
       </c>
       <c r="F429" s="2" t="s">
-        <v>1442</v>
-[...1 lines deleted...]
-      <c r="G429" s="2"/>
+        <v>1437</v>
+      </c>
+      <c r="G429" s="2" t="s">
+        <v>1438</v>
+      </c>
       <c r="H429" s="2" t="s">
-        <v>1443</v>
+        <v>33</v>
       </c>
       <c r="I429" s="3">
-        <v>11780301778</v>
+        <v>24450269645</v>
       </c>
       <c r="J429" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K429" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L429" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M429" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="430" spans="1:13">
       <c r="A430" s="1">
-        <v>30335618200012</v>
+        <v>51959927800073</v>
       </c>
       <c r="B430" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C430" s="2" t="s">
-        <v>1444</v>
+        <v>1439</v>
       </c>
       <c r="D430" s="2"/>
       <c r="E430" s="2" t="s">
-        <v>1445</v>
+        <v>1440</v>
       </c>
       <c r="F430" s="2" t="s">
-        <v>1446</v>
-[...1 lines deleted...]
-      <c r="G430" s="2"/>
+        <v>1441</v>
+      </c>
+      <c r="G430" s="2" t="s">
+        <v>1442</v>
+      </c>
       <c r="H430" s="2" t="s">
-        <v>1447</v>
+        <v>1443</v>
       </c>
       <c r="I430" s="3">
-        <v>73310045031</v>
+        <v>22600239860</v>
       </c>
       <c r="J430" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K430" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L430" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M430" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="431" spans="1:13">
       <c r="A431" s="1">
-        <v>30340844700033</v>
+        <v>51963136000038</v>
       </c>
       <c r="B431" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C431" s="2" t="s">
-        <v>1448</v>
+        <v>1444</v>
       </c>
       <c r="D431" s="2"/>
       <c r="E431" s="2" t="s">
-        <v>1449</v>
+        <v>1445</v>
       </c>
       <c r="F431" s="2" t="s">
-        <v>1450</v>
+        <v>1446</v>
       </c>
       <c r="G431" s="2"/>
       <c r="H431" s="2" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="I431" s="3">
-        <v>22800001380</v>
+        <v>93830410283</v>
       </c>
       <c r="J431" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K431" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L431" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M431" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="432" spans="1:13">
       <c r="A432" s="1">
-        <v>30824995200083</v>
+        <v>52003700300016</v>
       </c>
       <c r="B432" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C432" s="2" t="s">
-        <v>1451</v>
-[...1 lines deleted...]
-      <c r="D432" s="2"/>
+        <v>1447</v>
+      </c>
+      <c r="D432" s="2" t="s">
+        <v>1447</v>
+      </c>
       <c r="E432" s="2" t="s">
-        <v>1452</v>
+        <v>1448</v>
       </c>
       <c r="F432" s="2" t="s">
-        <v>1453</v>
+        <v>148</v>
       </c>
       <c r="G432" s="2"/>
       <c r="H432" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I432" s="3">
-        <v>53350007835</v>
+        <v>42680208868</v>
       </c>
       <c r="J432" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K432" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L432" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M432" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="433" spans="1:13">
       <c r="A433" s="1">
-        <v>30869728300072</v>
+        <v>52038890100065</v>
       </c>
       <c r="B433" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C433" s="2" t="s">
-        <v>1454</v>
-[...3 lines deleted...]
-      </c>
+        <v>1449</v>
+      </c>
+      <c r="D433" s="2"/>
       <c r="E433" s="2" t="s">
-        <v>1455</v>
+        <v>1450</v>
       </c>
       <c r="F433" s="2" t="s">
-        <v>1456</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="G433" s="2"/>
       <c r="H433" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I433" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I433" s="3">
+        <v>11754512575</v>
+      </c>
       <c r="J433" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K433" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L433" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M433" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="434" spans="1:13">
       <c r="A434" s="1">
-        <v>31550339100221</v>
+        <v>52076297200039</v>
       </c>
       <c r="B434" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C434" s="2" t="s">
-        <v>1458</v>
+        <v>1451</v>
       </c>
       <c r="D434" s="2"/>
       <c r="E434" s="2" t="s">
-        <v>1459</v>
+        <v>1452</v>
       </c>
       <c r="F434" s="2" t="s">
-        <v>281</v>
-[...3 lines deleted...]
-      </c>
+        <v>1453</v>
+      </c>
+      <c r="G434" s="2"/>
       <c r="H434" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I434" s="3">
-        <v>91340000934</v>
+        <v>11754612175</v>
       </c>
       <c r="J434" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K434" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L434" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M434" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="435" spans="1:13">
       <c r="A435" s="1">
-        <v>31550339100429</v>
+        <v>52174134800028</v>
       </c>
       <c r="B435" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C435" s="2" t="s">
-        <v>1458</v>
+        <v>1454</v>
       </c>
       <c r="D435" s="2"/>
       <c r="E435" s="2" t="s">
-        <v>1461</v>
+        <v>1455</v>
       </c>
       <c r="F435" s="2" t="s">
-        <v>1462</v>
-[...3 lines deleted...]
-      </c>
+        <v>1456</v>
+      </c>
+      <c r="G435" s="2"/>
       <c r="H435" s="2" t="s">
-        <v>23</v>
+        <v>650</v>
       </c>
       <c r="I435" s="3">
-        <v>91340000934</v>
+        <v>11940901294</v>
       </c>
       <c r="J435" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K435" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L435" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M435" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="436" spans="1:13">
       <c r="A436" s="1">
-        <v>31754202500042</v>
+        <v>52221813000022</v>
       </c>
       <c r="B436" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C436" s="2" t="s">
-        <v>1464</v>
-[...1 lines deleted...]
-      <c r="D436" s="2"/>
+        <v>1457</v>
+      </c>
+      <c r="D436" s="2" t="s">
+        <v>1457</v>
+      </c>
       <c r="E436" s="2" t="s">
-        <v>1465</v>
+        <v>1458</v>
       </c>
       <c r="F436" s="2" t="s">
-        <v>1466</v>
+        <v>1459</v>
       </c>
       <c r="G436" s="2"/>
       <c r="H436" s="2" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="I436" s="3">
-        <v>72330032933</v>
+        <v>11922086592</v>
       </c>
       <c r="J436" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K436" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L436" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M436" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="437" spans="1:13">
       <c r="A437" s="1">
-        <v>32031520300036</v>
+        <v>52232922600032</v>
       </c>
       <c r="B437" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C437" s="2" t="s">
-        <v>1467</v>
-[...1 lines deleted...]
-      <c r="D437" s="2"/>
+        <v>1460</v>
+      </c>
+      <c r="D437" s="2" t="s">
+        <v>1460</v>
+      </c>
       <c r="E437" s="2" t="s">
-        <v>1468</v>
+        <v>1461</v>
       </c>
       <c r="F437" s="2" t="s">
-        <v>1469</v>
+        <v>1263</v>
       </c>
       <c r="G437" s="2"/>
       <c r="H437" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I437" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I437" s="3">
+        <v>96973042297</v>
+      </c>
       <c r="J437" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K437" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L437" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M437" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="438" spans="1:13">
       <c r="A438" s="1">
-        <v>32137608900033</v>
+        <v>52238449400038</v>
       </c>
       <c r="B438" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C438" s="2" t="s">
-        <v>1470</v>
+        <v>1462</v>
       </c>
       <c r="D438" s="2"/>
       <c r="E438" s="2" t="s">
-        <v>1471</v>
+        <v>1463</v>
       </c>
       <c r="F438" s="2" t="s">
-        <v>1472</v>
+        <v>1464</v>
       </c>
       <c r="G438" s="2"/>
       <c r="H438" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I438" s="3">
-        <v>82690935569</v>
+        <v>11940878094</v>
       </c>
       <c r="J438" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K438" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L438" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M438" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="439" spans="1:13">
       <c r="A439" s="1">
-        <v>32159164600328</v>
+        <v>52457787100014</v>
       </c>
       <c r="B439" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C439" s="2" t="s">
-        <v>1473</v>
-[...3 lines deleted...]
-      </c>
+        <v>1465</v>
+      </c>
+      <c r="D439" s="2"/>
       <c r="E439" s="2" t="s">
-        <v>1475</v>
+        <v>1466</v>
       </c>
       <c r="F439" s="2" t="s">
-        <v>216</v>
+        <v>1267</v>
       </c>
       <c r="G439" s="2"/>
       <c r="H439" s="2" t="s">
-        <v>23</v>
+        <v>1467</v>
       </c>
       <c r="I439" s="3">
-        <v>53350111635</v>
+        <v>82010128001</v>
       </c>
       <c r="J439" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K439" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L439" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M439" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="440" spans="1:13">
       <c r="A440" s="1">
-        <v>32159164600377</v>
+        <v>52490594000010</v>
       </c>
       <c r="B440" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C440" s="2" t="s">
-        <v>1473</v>
+        <v>1468</v>
       </c>
       <c r="D440" s="2"/>
       <c r="E440" s="2" t="s">
-        <v>1476</v>
+        <v>1469</v>
       </c>
       <c r="F440" s="2" t="s">
-        <v>1477</v>
+        <v>1470</v>
       </c>
       <c r="G440" s="2"/>
       <c r="H440" s="2" t="s">
-        <v>23</v>
+        <v>613</v>
       </c>
       <c r="I440" s="3">
-        <v>53350111635</v>
+        <v>31590742559</v>
       </c>
       <c r="J440" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K440" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L440" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M440" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="441" spans="1:13">
       <c r="A441" s="1">
-        <v>32204350600052</v>
+        <v>52528061600034</v>
       </c>
       <c r="B441" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C441" s="2" t="s">
-        <v>1478</v>
+        <v>1471</v>
       </c>
       <c r="D441" s="2"/>
       <c r="E441" s="2" t="s">
-        <v>1479</v>
+        <v>1472</v>
       </c>
       <c r="F441" s="2" t="s">
-        <v>1480</v>
+        <v>1366</v>
       </c>
       <c r="G441" s="2"/>
       <c r="H441" s="2" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>1473</v>
+      </c>
+      <c r="I441" s="3"/>
       <c r="J441" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K441" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L441" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M441" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="442" spans="1:13">
       <c r="A442" s="1">
-        <v>32262302600034</v>
+        <v>52528778500022</v>
       </c>
       <c r="B442" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C442" s="2" t="s">
-        <v>1481</v>
+        <v>1474</v>
       </c>
       <c r="D442" s="2"/>
       <c r="E442" s="2" t="s">
-        <v>1482</v>
+        <v>1475</v>
       </c>
       <c r="F442" s="2" t="s">
-        <v>1483</v>
-[...1 lines deleted...]
-      <c r="G442" s="2"/>
+        <v>1476</v>
+      </c>
+      <c r="G442" s="2" t="s">
+        <v>1477</v>
+      </c>
       <c r="H442" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I442" s="3">
-        <v>52490017649</v>
+        <v>11921855892</v>
       </c>
       <c r="J442" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K442" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L442" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M442" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="443" spans="1:13">
       <c r="A443" s="1">
-        <v>32396166400121</v>
+        <v>52528778500030</v>
       </c>
       <c r="B443" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C443" s="2" t="s">
-        <v>1484</v>
+        <v>1474</v>
       </c>
       <c r="D443" s="2"/>
       <c r="E443" s="2" t="s">
-        <v>1485</v>
+        <v>1478</v>
       </c>
       <c r="F443" s="2" t="s">
-        <v>1486</v>
+        <v>1357</v>
       </c>
       <c r="G443" s="2"/>
       <c r="H443" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I443" s="3">
-        <v>83630030163</v>
+        <v>11921855892</v>
       </c>
       <c r="J443" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K443" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L443" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M443" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="444" spans="1:13">
       <c r="A444" s="1">
-        <v>32396166400162</v>
+        <v>52528778500048</v>
       </c>
       <c r="B444" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C444" s="2" t="s">
-        <v>1484</v>
+        <v>1474</v>
       </c>
       <c r="D444" s="2"/>
       <c r="E444" s="2" t="s">
-        <v>1487</v>
+        <v>1479</v>
       </c>
       <c r="F444" s="2" t="s">
-        <v>1488</v>
-[...1 lines deleted...]
-      <c r="G444" s="2"/>
+        <v>1477</v>
+      </c>
+      <c r="G444" s="2" t="s">
+        <v>705</v>
+      </c>
       <c r="H444" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I444" s="3">
-        <v>83630030163</v>
+        <v>11921855892</v>
       </c>
       <c r="J444" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K444" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L444" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M444" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="445" spans="1:13">
       <c r="A445" s="1">
-        <v>32396166400170</v>
+        <v>52903647700030</v>
       </c>
       <c r="B445" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C445" s="2" t="s">
-        <v>1484</v>
+        <v>1480</v>
       </c>
       <c r="D445" s="2"/>
       <c r="E445" s="2" t="s">
-        <v>1489</v>
+        <v>1481</v>
       </c>
       <c r="F445" s="2" t="s">
-        <v>975</v>
+        <v>1482</v>
       </c>
       <c r="G445" s="2"/>
       <c r="H445" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I445" s="3">
-        <v>83630030163</v>
+        <v>93131378813</v>
       </c>
       <c r="J445" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K445" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L445" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M445" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="446" spans="1:13">
       <c r="A446" s="1">
-        <v>32396166400220</v>
+        <v>52914981700023</v>
       </c>
       <c r="B446" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C446" s="2" t="s">
-        <v>1484</v>
+        <v>1483</v>
       </c>
       <c r="D446" s="2"/>
       <c r="E446" s="2" t="s">
-        <v>1490</v>
+        <v>1484</v>
       </c>
       <c r="F446" s="2" t="s">
-        <v>182</v>
-[...3 lines deleted...]
-      </c>
+        <v>837</v>
+      </c>
+      <c r="G446" s="2"/>
       <c r="H446" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I446" s="3">
-        <v>83630030163</v>
+        <v>25140191214</v>
       </c>
       <c r="J446" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K446" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L446" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M446" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="447" spans="1:13">
       <c r="A447" s="1">
-        <v>32396166400238</v>
+        <v>52946895100015</v>
       </c>
       <c r="B447" s="2" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="C447" s="2" t="s">
-        <v>1484</v>
-[...1 lines deleted...]
-      <c r="D447" s="2"/>
+        <v>1485</v>
+      </c>
+      <c r="D447" s="2" t="s">
+        <v>1485</v>
+      </c>
       <c r="E447" s="2" t="s">
-        <v>1491</v>
+        <v>1486</v>
       </c>
       <c r="F447" s="2" t="s">
-        <v>1492</v>
+        <v>36</v>
       </c>
       <c r="G447" s="2" t="s">
-        <v>1493</v>
+        <v>1306</v>
       </c>
       <c r="H447" s="2" t="s">
-        <v>17</v>
+        <v>650</v>
       </c>
       <c r="I447" s="3">
-        <v>83630030163</v>
+        <v>82420228642</v>
       </c>
       <c r="J447" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K447" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L447" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M447" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="448" spans="1:13">
       <c r="A448" s="1">
-        <v>32396166400246</v>
+        <v>53014903800032</v>
       </c>
       <c r="B448" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C448" s="2" t="s">
-        <v>1484</v>
+        <v>1487</v>
       </c>
       <c r="D448" s="2"/>
       <c r="E448" s="2" t="s">
-        <v>1494</v>
+        <v>1488</v>
       </c>
       <c r="F448" s="2" t="s">
-        <v>1495</v>
-[...1 lines deleted...]
-      <c r="G448" s="2"/>
+        <v>1489</v>
+      </c>
+      <c r="G448" s="2" t="s">
+        <v>1490</v>
+      </c>
       <c r="H448" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I448" s="3">
-        <v>83630030163</v>
+        <v>11754723775</v>
       </c>
       <c r="J448" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K448" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L448" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M448" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="449" spans="1:13">
       <c r="A449" s="1">
-        <v>32420576400016</v>
+        <v>53060076600022</v>
       </c>
       <c r="B449" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C449" s="2" t="s">
-        <v>1496</v>
+        <v>1491</v>
       </c>
       <c r="D449" s="2"/>
       <c r="E449" s="2" t="s">
-        <v>1497</v>
+        <v>1492</v>
       </c>
       <c r="F449" s="2" t="s">
-        <v>1498</v>
+        <v>1493</v>
       </c>
       <c r="G449" s="2"/>
       <c r="H449" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I449" s="3">
-        <v>11750686975</v>
+        <v>91300315630</v>
       </c>
       <c r="J449" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K449" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L449" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M449" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="450" spans="1:13">
       <c r="A450" s="1">
-        <v>32434542000040</v>
+        <v>30269561400354</v>
       </c>
       <c r="B450" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C450" s="2" t="s">
-        <v>1499</v>
+        <v>1494</v>
       </c>
       <c r="D450" s="2"/>
       <c r="E450" s="2" t="s">
-        <v>1500</v>
+        <v>1495</v>
       </c>
       <c r="F450" s="2" t="s">
-        <v>1501</v>
+        <v>1496</v>
       </c>
       <c r="G450" s="2"/>
       <c r="H450" s="2" t="s">
-        <v>23</v>
+        <v>1497</v>
       </c>
       <c r="I450" s="3">
-        <v>73310029931</v>
+        <v>11780301778</v>
       </c>
       <c r="J450" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K450" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L450" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M450" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="451" spans="1:13">
       <c r="A451" s="1">
-        <v>32439762900118</v>
+        <v>30335618200012</v>
       </c>
       <c r="B451" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C451" s="2" t="s">
-        <v>1502</v>
+        <v>1498</v>
       </c>
       <c r="D451" s="2"/>
       <c r="E451" s="2" t="s">
-        <v>1503</v>
+        <v>1499</v>
       </c>
       <c r="F451" s="2" t="s">
-        <v>1504</v>
+        <v>911</v>
       </c>
       <c r="G451" s="2"/>
       <c r="H451" s="2" t="s">
-        <v>123</v>
+        <v>859</v>
       </c>
       <c r="I451" s="3">
-        <v>52440210544</v>
+        <v>73310045031</v>
       </c>
       <c r="J451" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K451" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L451" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M451" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="452" spans="1:13">
       <c r="A452" s="1">
-        <v>32439762900183</v>
+        <v>30340844700033</v>
       </c>
       <c r="B452" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C452" s="2" t="s">
-        <v>1502</v>
+        <v>1500</v>
       </c>
       <c r="D452" s="2"/>
       <c r="E452" s="2" t="s">
-        <v>1505</v>
+        <v>1501</v>
       </c>
       <c r="F452" s="2" t="s">
-        <v>975</v>
-[...3 lines deleted...]
-      </c>
+        <v>1502</v>
+      </c>
+      <c r="G452" s="2"/>
       <c r="H452" s="2" t="s">
-        <v>123</v>
+        <v>61</v>
       </c>
       <c r="I452" s="3">
-        <v>52440210544</v>
+        <v>22800001380</v>
       </c>
       <c r="J452" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K452" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L452" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M452" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="453" spans="1:13">
       <c r="A453" s="1">
-        <v>32441928200383</v>
+        <v>30824995200083</v>
       </c>
       <c r="B453" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C453" s="2" t="s">
-        <v>1506</v>
+        <v>1503</v>
       </c>
       <c r="D453" s="2"/>
       <c r="E453" s="2" t="s">
-        <v>1507</v>
+        <v>1504</v>
       </c>
       <c r="F453" s="2" t="s">
-        <v>1466</v>
+        <v>1505</v>
       </c>
       <c r="G453" s="2"/>
       <c r="H453" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I453" s="3">
-        <v>11753781075</v>
+        <v>53350007835</v>
       </c>
       <c r="J453" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K453" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L453" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M453" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="454" spans="1:13">
       <c r="A454" s="1">
-        <v>32441928200409</v>
+        <v>30869728300072</v>
       </c>
       <c r="B454" s="2" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="C454" s="2" t="s">
         <v>1506</v>
       </c>
-      <c r="D454" s="2"/>
+      <c r="D454" s="2" t="s">
+        <v>1506</v>
+      </c>
       <c r="E454" s="2" t="s">
+        <v>1507</v>
+      </c>
+      <c r="F454" s="2" t="s">
         <v>1508</v>
       </c>
-      <c r="F454" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G454" s="2" t="s">
-        <v>1457</v>
+        <v>1509</v>
       </c>
       <c r="H454" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I454" s="3"/>
       <c r="J454" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K454" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L454" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M454" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="455" spans="1:13">
       <c r="A455" s="1">
-        <v>32441928200680</v>
+        <v>31550339100221</v>
       </c>
       <c r="B455" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C455" s="2" t="s">
-        <v>1506</v>
+        <v>1510</v>
       </c>
       <c r="D455" s="2"/>
       <c r="E455" s="2" t="s">
-        <v>1509</v>
+        <v>1511</v>
       </c>
       <c r="F455" s="2" t="s">
-        <v>1510</v>
-[...1 lines deleted...]
-      <c r="G455" s="2"/>
+        <v>60</v>
+      </c>
+      <c r="G455" s="2" t="s">
+        <v>1512</v>
+      </c>
       <c r="H455" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I455" s="3">
-        <v>11753781075</v>
+        <v>91340000934</v>
       </c>
       <c r="J455" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K455" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L455" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M455" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="456" spans="1:13">
       <c r="A456" s="1">
-        <v>32441928200789</v>
+        <v>31550339100429</v>
       </c>
       <c r="B456" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C456" s="2" t="s">
-        <v>1506</v>
+        <v>1510</v>
       </c>
       <c r="D456" s="2"/>
       <c r="E456" s="2" t="s">
-        <v>1511</v>
+        <v>1513</v>
       </c>
       <c r="F456" s="2" t="s">
-        <v>1512</v>
-[...1 lines deleted...]
-      <c r="G456" s="2"/>
+        <v>1514</v>
+      </c>
+      <c r="G456" s="2" t="s">
+        <v>1515</v>
+      </c>
       <c r="H456" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I456" s="3">
-        <v>11753781075</v>
+        <v>91340000934</v>
       </c>
       <c r="J456" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K456" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L456" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M456" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="457" spans="1:13">
       <c r="A457" s="1">
-        <v>32441928200854</v>
+        <v>31754202500042</v>
       </c>
       <c r="B457" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C457" s="2" t="s">
-        <v>1506</v>
+        <v>1516</v>
       </c>
       <c r="D457" s="2"/>
       <c r="E457" s="2" t="s">
-        <v>1513</v>
+        <v>1517</v>
       </c>
       <c r="F457" s="2" t="s">
-        <v>1514</v>
+        <v>1518</v>
       </c>
       <c r="G457" s="2"/>
       <c r="H457" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I457" s="3">
-        <v>11753781075</v>
+        <v>72330032933</v>
       </c>
       <c r="J457" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K457" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L457" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M457" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="458" spans="1:13">
       <c r="A458" s="1">
-        <v>32441928200896</v>
+        <v>32031520300036</v>
       </c>
       <c r="B458" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C458" s="2" t="s">
-        <v>1506</v>
+        <v>1519</v>
       </c>
       <c r="D458" s="2"/>
       <c r="E458" s="2" t="s">
-        <v>1515</v>
+        <v>1520</v>
       </c>
       <c r="F458" s="2" t="s">
-        <v>1516</v>
-[...3 lines deleted...]
-      </c>
+        <v>1521</v>
+      </c>
+      <c r="G458" s="2"/>
       <c r="H458" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I458" s="3"/>
       <c r="J458" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K458" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L458" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M458" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="459" spans="1:13">
       <c r="A459" s="1">
-        <v>32441928200920</v>
+        <v>32137608900033</v>
       </c>
       <c r="B459" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C459" s="2" t="s">
-        <v>1506</v>
+        <v>1522</v>
       </c>
       <c r="D459" s="2"/>
       <c r="E459" s="2" t="s">
-        <v>1518</v>
+        <v>1523</v>
       </c>
       <c r="F459" s="2" t="s">
-        <v>671</v>
+        <v>1524</v>
       </c>
       <c r="G459" s="2"/>
       <c r="H459" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I459" s="3">
-        <v>11753781075</v>
+        <v>82690935569</v>
       </c>
       <c r="J459" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K459" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L459" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M459" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="460" spans="1:13">
       <c r="A460" s="1">
-        <v>32441928200953</v>
+        <v>32159164600328</v>
       </c>
       <c r="B460" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C460" s="2" t="s">
-        <v>1506</v>
+        <v>1525</v>
       </c>
       <c r="D460" s="2" t="s">
-        <v>1519</v>
+        <v>1526</v>
       </c>
       <c r="E460" s="2" t="s">
-        <v>1520</v>
+        <v>1527</v>
       </c>
       <c r="F460" s="2" t="s">
-        <v>1521</v>
+        <v>890</v>
       </c>
       <c r="G460" s="2"/>
       <c r="H460" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I460" s="3">
-        <v>11753781075</v>
+        <v>53350111635</v>
       </c>
       <c r="J460" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K460" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L460" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M460" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="461" spans="1:13">
       <c r="A461" s="1">
-        <v>32441928200961</v>
+        <v>32159164600377</v>
       </c>
       <c r="B461" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C461" s="2" t="s">
-        <v>1506</v>
+        <v>1525</v>
       </c>
       <c r="D461" s="2"/>
       <c r="E461" s="2" t="s">
-        <v>1522</v>
+        <v>1528</v>
       </c>
       <c r="F461" s="2" t="s">
-        <v>1523</v>
-[...3 lines deleted...]
-      </c>
+        <v>1529</v>
+      </c>
+      <c r="G461" s="2"/>
       <c r="H461" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I461" s="3">
-        <v>11753781075</v>
+        <v>53350111635</v>
       </c>
       <c r="J461" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K461" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L461" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M461" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="462" spans="1:13">
       <c r="A462" s="1">
-        <v>32441928201100</v>
+        <v>32204350600052</v>
       </c>
       <c r="B462" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C462" s="2" t="s">
-        <v>1506</v>
+        <v>1530</v>
       </c>
       <c r="D462" s="2"/>
       <c r="E462" s="2" t="s">
-        <v>1525</v>
+        <v>1531</v>
       </c>
       <c r="F462" s="2" t="s">
-        <v>1486</v>
+        <v>1532</v>
       </c>
       <c r="G462" s="2"/>
       <c r="H462" s="2" t="s">
-        <v>23</v>
+        <v>620</v>
       </c>
       <c r="I462" s="3">
-        <v>11753781075</v>
+        <v>26210114921</v>
       </c>
       <c r="J462" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K462" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L462" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M462" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="463" spans="1:13">
       <c r="A463" s="1">
-        <v>32441928201142</v>
+        <v>32262302600034</v>
       </c>
       <c r="B463" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C463" s="2" t="s">
-        <v>1506</v>
-[...3 lines deleted...]
-      </c>
+        <v>1533</v>
+      </c>
+      <c r="D463" s="2"/>
       <c r="E463" s="2" t="s">
-        <v>1527</v>
+        <v>1534</v>
       </c>
       <c r="F463" s="2" t="s">
-        <v>259</v>
+        <v>1535</v>
       </c>
       <c r="G463" s="2"/>
       <c r="H463" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I463" s="3">
-        <v>11753781075</v>
+        <v>52490017649</v>
       </c>
       <c r="J463" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K463" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L463" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M463" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="464" spans="1:13">
       <c r="A464" s="1">
-        <v>32441928201159</v>
+        <v>32396166400121</v>
       </c>
       <c r="B464" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C464" s="2" t="s">
-        <v>1506</v>
+        <v>1536</v>
       </c>
       <c r="D464" s="2"/>
       <c r="E464" s="2" t="s">
-        <v>1528</v>
+        <v>1537</v>
       </c>
       <c r="F464" s="2" t="s">
-        <v>259</v>
-[...3 lines deleted...]
-      </c>
+        <v>1538</v>
+      </c>
+      <c r="G464" s="2"/>
       <c r="H464" s="2" t="s">
-        <v>23</v>
+        <v>599</v>
       </c>
       <c r="I464" s="3">
-        <v>11753781075</v>
+        <v>83630030163</v>
       </c>
       <c r="J464" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K464" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L464" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M464" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="465" spans="1:13">
       <c r="A465" s="1">
-        <v>32441928201175</v>
+        <v>32396166400162</v>
       </c>
       <c r="B465" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C465" s="2" t="s">
-        <v>1506</v>
+        <v>1536</v>
       </c>
       <c r="D465" s="2"/>
       <c r="E465" s="2" t="s">
-        <v>1530</v>
+        <v>1539</v>
       </c>
       <c r="F465" s="2" t="s">
-        <v>1531</v>
-[...3 lines deleted...]
-      </c>
+        <v>1305</v>
+      </c>
+      <c r="G465" s="2"/>
       <c r="H465" s="2" t="s">
-        <v>23</v>
+        <v>599</v>
       </c>
       <c r="I465" s="3">
-        <v>11753781075</v>
+        <v>83630030163</v>
       </c>
       <c r="J465" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K465" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L465" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M465" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="466" spans="1:13">
       <c r="A466" s="1">
-        <v>32441928201209</v>
+        <v>32396166400170</v>
       </c>
       <c r="B466" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C466" s="2" t="s">
-        <v>1506</v>
-[...3 lines deleted...]
-      </c>
+        <v>1536</v>
+      </c>
+      <c r="D466" s="2"/>
       <c r="E466" s="2" t="s">
-        <v>1532</v>
+        <v>1540</v>
       </c>
       <c r="F466" s="2" t="s">
-        <v>1533</v>
+        <v>1263</v>
       </c>
       <c r="G466" s="2"/>
       <c r="H466" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I466" s="3">
-        <v>11753781075</v>
+        <v>83630030163</v>
       </c>
       <c r="J466" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K466" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L466" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M466" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="467" spans="1:13">
       <c r="A467" s="1">
-        <v>32441928201233</v>
+        <v>32396166400220</v>
       </c>
       <c r="B467" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C467" s="2" t="s">
-        <v>1506</v>
-[...3 lines deleted...]
-      </c>
+        <v>1536</v>
+      </c>
+      <c r="D467" s="2"/>
       <c r="E467" s="2" t="s">
-        <v>1534</v>
+        <v>1541</v>
       </c>
       <c r="F467" s="2" t="s">
-        <v>1535</v>
-[...1 lines deleted...]
-      <c r="G467" s="2"/>
+        <v>749</v>
+      </c>
+      <c r="G467" s="2" t="s">
+        <v>1509</v>
+      </c>
       <c r="H467" s="2" t="s">
-        <v>23</v>
+        <v>599</v>
       </c>
       <c r="I467" s="3">
-        <v>11753781075</v>
+        <v>83630030163</v>
       </c>
       <c r="J467" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K467" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L467" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M467" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="468" spans="1:13">
       <c r="A468" s="1">
-        <v>32441928201274</v>
+        <v>32396166400238</v>
       </c>
       <c r="B468" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C468" s="2" t="s">
-        <v>1506</v>
-[...3 lines deleted...]
-      </c>
+        <v>1536</v>
+      </c>
+      <c r="D468" s="2"/>
       <c r="E468" s="2" t="s">
-        <v>1536</v>
+        <v>1542</v>
       </c>
       <c r="F468" s="2" t="s">
-        <v>1537</v>
-[...1 lines deleted...]
-      <c r="G468" s="2"/>
+        <v>1543</v>
+      </c>
+      <c r="G468" s="2" t="s">
+        <v>1544</v>
+      </c>
       <c r="H468" s="2" t="s">
-        <v>23</v>
+        <v>599</v>
       </c>
       <c r="I468" s="3">
-        <v>11753781075</v>
+        <v>83630030163</v>
       </c>
       <c r="J468" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K468" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L468" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M468" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="469" spans="1:13">
       <c r="A469" s="1">
-        <v>32441928201316</v>
+        <v>32396166400246</v>
       </c>
       <c r="B469" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C469" s="2" t="s">
-        <v>1506</v>
+        <v>1536</v>
       </c>
       <c r="D469" s="2"/>
       <c r="E469" s="2" t="s">
-        <v>1538</v>
+        <v>1545</v>
       </c>
       <c r="F469" s="2" t="s">
-        <v>163</v>
+        <v>1546</v>
       </c>
       <c r="G469" s="2"/>
       <c r="H469" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I469" s="3">
-        <v>11753781075</v>
+        <v>83630030163</v>
       </c>
       <c r="J469" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K469" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L469" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M469" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="470" spans="1:13">
       <c r="A470" s="1">
-        <v>32441928201324</v>
+        <v>32420576400016</v>
       </c>
       <c r="B470" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C470" s="2" t="s">
-        <v>1506</v>
+        <v>1547</v>
       </c>
       <c r="D470" s="2"/>
       <c r="E470" s="2" t="s">
-        <v>1539</v>
+        <v>1548</v>
       </c>
       <c r="F470" s="2" t="s">
-        <v>31</v>
+        <v>1549</v>
       </c>
       <c r="G470" s="2"/>
       <c r="H470" s="2" t="s">
-        <v>23</v>
+        <v>599</v>
       </c>
       <c r="I470" s="3">
-        <v>11753781075</v>
+        <v>11750686975</v>
       </c>
       <c r="J470" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K470" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L470" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M470" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="471" spans="1:13">
       <c r="A471" s="1">
-        <v>32441928201340</v>
+        <v>32434542000040</v>
       </c>
       <c r="B471" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C471" s="2" t="s">
-        <v>1506</v>
+        <v>1550</v>
       </c>
       <c r="D471" s="2"/>
       <c r="E471" s="2" t="s">
-        <v>1540</v>
+        <v>1551</v>
       </c>
       <c r="F471" s="2" t="s">
-        <v>1541</v>
+        <v>1552</v>
       </c>
       <c r="G471" s="2"/>
       <c r="H471" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I471" s="3">
-        <v>11753781075</v>
+        <v>73310029931</v>
       </c>
       <c r="J471" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K471" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L471" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M471" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="472" spans="1:13">
       <c r="A472" s="1">
-        <v>32548695900035</v>
+        <v>32439762900118</v>
       </c>
       <c r="B472" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C472" s="2" t="s">
-        <v>1542</v>
+        <v>1553</v>
       </c>
       <c r="D472" s="2"/>
       <c r="E472" s="2" t="s">
-        <v>1543</v>
+        <v>1554</v>
       </c>
       <c r="F472" s="2" t="s">
-        <v>1544</v>
+        <v>1555</v>
       </c>
       <c r="G472" s="2"/>
       <c r="H472" s="2" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="I472" s="3">
-        <v>52850001385</v>
+        <v>52440210544</v>
       </c>
       <c r="J472" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K472" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L472" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M472" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="473" spans="1:13">
       <c r="A473" s="1">
-        <v>32629834600015</v>
+        <v>32439762900183</v>
       </c>
       <c r="B473" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C473" s="2" t="s">
-        <v>1545</v>
+        <v>1553</v>
       </c>
       <c r="D473" s="2"/>
       <c r="E473" s="2" t="s">
-        <v>1546</v>
+        <v>1556</v>
       </c>
       <c r="F473" s="2" t="s">
-        <v>1547</v>
-[...1 lines deleted...]
-      <c r="G473" s="2"/>
+        <v>1263</v>
+      </c>
+      <c r="G473" s="2" t="s">
+        <v>1515</v>
+      </c>
       <c r="H473" s="2" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="I473" s="3">
-        <v>53290088929</v>
+        <v>52440210544</v>
       </c>
       <c r="J473" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K473" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L473" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M473" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="474" spans="1:13">
       <c r="A474" s="1">
-        <v>32629834600049</v>
+        <v>32441928200383</v>
       </c>
       <c r="B474" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C474" s="2" t="s">
-        <v>1545</v>
-[...3 lines deleted...]
-      </c>
+        <v>1557</v>
+      </c>
+      <c r="D474" s="2"/>
       <c r="E474" s="2" t="s">
-        <v>1548</v>
+        <v>1558</v>
       </c>
       <c r="F474" s="2" t="s">
-        <v>1549</v>
-[...3 lines deleted...]
-      </c>
+        <v>1518</v>
+      </c>
+      <c r="G474" s="2"/>
       <c r="H474" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I474" s="3">
-        <v>53290088929</v>
+        <v>11753781075</v>
       </c>
       <c r="J474" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K474" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L474" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M474" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="475" spans="1:13">
       <c r="A475" s="1">
-        <v>32629834600056</v>
+        <v>32441928200409</v>
       </c>
       <c r="B475" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C475" s="2" t="s">
-        <v>1545</v>
+        <v>1557</v>
       </c>
       <c r="D475" s="2"/>
       <c r="E475" s="2" t="s">
-        <v>1550</v>
+        <v>1559</v>
       </c>
       <c r="F475" s="2" t="s">
-        <v>522</v>
-[...1 lines deleted...]
-      <c r="G475" s="2"/>
+        <v>233</v>
+      </c>
+      <c r="G475" s="2" t="s">
+        <v>1509</v>
+      </c>
       <c r="H475" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I475" s="3">
-        <v>53290088929</v>
+        <v>11753781075</v>
       </c>
       <c r="J475" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K475" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L475" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M475" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="476" spans="1:13">
       <c r="A476" s="1">
-        <v>33039528600033</v>
+        <v>32441928200680</v>
       </c>
       <c r="B476" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C476" s="2" t="s">
-        <v>1551</v>
-[...3 lines deleted...]
-      </c>
+        <v>1557</v>
+      </c>
+      <c r="D476" s="2"/>
       <c r="E476" s="2" t="s">
-        <v>1552</v>
+        <v>1560</v>
       </c>
       <c r="F476" s="2" t="s">
-        <v>1553</v>
+        <v>1561</v>
       </c>
       <c r="G476" s="2"/>
       <c r="H476" s="2" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="I476" s="3">
-        <v>11752154875</v>
+        <v>11753781075</v>
       </c>
       <c r="J476" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K476" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L476" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M476" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="477" spans="1:13">
       <c r="A477" s="1">
-        <v>33173739500037</v>
+        <v>32441928200789</v>
       </c>
       <c r="B477" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C477" s="2" t="s">
-        <v>1554</v>
+        <v>1557</v>
       </c>
       <c r="D477" s="2"/>
       <c r="E477" s="2" t="s">
-        <v>1555</v>
+        <v>1562</v>
       </c>
       <c r="F477" s="2" t="s">
-        <v>1556</v>
+        <v>1563</v>
       </c>
       <c r="G477" s="2"/>
       <c r="H477" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I477" s="3">
-        <v>11910064691</v>
+        <v>11753781075</v>
       </c>
       <c r="J477" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K477" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L477" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M477" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="478" spans="1:13">
       <c r="A478" s="1">
-        <v>33213727200024</v>
+        <v>32441928200854</v>
       </c>
       <c r="B478" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C478" s="2" t="s">
         <v>1557</v>
       </c>
       <c r="D478" s="2"/>
       <c r="E478" s="2" t="s">
-        <v>1558</v>
+        <v>1564</v>
       </c>
       <c r="F478" s="2" t="s">
-        <v>1559</v>
+        <v>1565</v>
       </c>
       <c r="G478" s="2"/>
       <c r="H478" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I478" s="3">
-        <v>11750969075</v>
+        <v>11753781075</v>
       </c>
       <c r="J478" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K478" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L478" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M478" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="479" spans="1:13">
       <c r="A479" s="1">
-        <v>33264146300119</v>
+        <v>32441928200896</v>
       </c>
       <c r="B479" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C479" s="2" t="s">
-        <v>1560</v>
+        <v>1557</v>
       </c>
       <c r="D479" s="2"/>
       <c r="E479" s="2" t="s">
-        <v>1561</v>
+        <v>1566</v>
       </c>
       <c r="F479" s="2" t="s">
-        <v>281</v>
-[...1 lines deleted...]
-      <c r="G479" s="2"/>
+        <v>1567</v>
+      </c>
+      <c r="G479" s="2" t="s">
+        <v>1568</v>
+      </c>
       <c r="H479" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I479" s="3">
-        <v>11752052275</v>
+        <v>11753781075</v>
       </c>
       <c r="J479" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K479" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L479" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M479" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="480" spans="1:13">
       <c r="A480" s="1">
-        <v>33354415300344</v>
+        <v>32441928200920</v>
       </c>
       <c r="B480" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C480" s="2" t="s">
-        <v>1562</v>
+        <v>1557</v>
       </c>
       <c r="D480" s="2"/>
       <c r="E480" s="2" t="s">
-        <v>1563</v>
+        <v>1569</v>
       </c>
       <c r="F480" s="2" t="s">
-        <v>1564</v>
-[...3 lines deleted...]
-      </c>
+        <v>458</v>
+      </c>
+      <c r="G480" s="2"/>
       <c r="H480" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I480" s="3">
-        <v>11751042775</v>
+        <v>11753781075</v>
       </c>
       <c r="J480" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K480" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L480" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M480" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="481" spans="1:13">
       <c r="A481" s="1">
-        <v>33392819000045</v>
+        <v>32441928200953</v>
       </c>
       <c r="B481" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C481" s="2" t="s">
-        <v>1565</v>
-[...1 lines deleted...]
-      <c r="D481" s="2"/>
+        <v>1557</v>
+      </c>
+      <c r="D481" s="2" t="s">
+        <v>1570</v>
+      </c>
       <c r="E481" s="2" t="s">
-        <v>1566</v>
+        <v>1571</v>
       </c>
       <c r="F481" s="2" t="s">
-        <v>1567</v>
+        <v>1572</v>
       </c>
       <c r="G481" s="2"/>
       <c r="H481" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I481" s="3">
-        <v>11921438392</v>
+        <v>11753781075</v>
       </c>
       <c r="J481" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K481" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L481" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M481" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="482" spans="1:13">
       <c r="A482" s="1">
-        <v>33392819000102</v>
+        <v>32441928200961</v>
       </c>
       <c r="B482" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C482" s="2" t="s">
-        <v>1565</v>
+        <v>1557</v>
       </c>
       <c r="D482" s="2"/>
       <c r="E482" s="2" t="s">
-        <v>1568</v>
+        <v>1573</v>
       </c>
       <c r="F482" s="2" t="s">
-        <v>1569</v>
-[...1 lines deleted...]
-      <c r="G482" s="2"/>
+        <v>1574</v>
+      </c>
+      <c r="G482" s="2" t="s">
+        <v>1575</v>
+      </c>
       <c r="H482" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I482" s="3">
-        <v>11921438392</v>
+        <v>11753781075</v>
       </c>
       <c r="J482" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K482" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L482" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M482" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="483" spans="1:13">
       <c r="A483" s="1">
-        <v>33392819000110</v>
+        <v>32441928201100</v>
       </c>
       <c r="B483" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C483" s="2" t="s">
-        <v>1565</v>
-[...3 lines deleted...]
-      </c>
+        <v>1557</v>
+      </c>
+      <c r="D483" s="2"/>
       <c r="E483" s="2" t="s">
-        <v>1571</v>
+        <v>1576</v>
       </c>
       <c r="F483" s="2" t="s">
-        <v>1572</v>
+        <v>1538</v>
       </c>
       <c r="G483" s="2"/>
       <c r="H483" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I483" s="3">
-        <v>11921438392</v>
+        <v>11753781075</v>
       </c>
       <c r="J483" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K483" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L483" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M483" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="484" spans="1:13">
       <c r="A484" s="1">
-        <v>33392819000128</v>
+        <v>32441928201142</v>
       </c>
       <c r="B484" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C484" s="2" t="s">
-        <v>1565</v>
+        <v>1557</v>
       </c>
       <c r="D484" s="2" t="s">
-        <v>1565</v>
+        <v>1577</v>
       </c>
       <c r="E484" s="2" t="s">
-        <v>1573</v>
+        <v>1578</v>
       </c>
       <c r="F484" s="2" t="s">
-        <v>1574</v>
+        <v>36</v>
       </c>
       <c r="G484" s="2"/>
       <c r="H484" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I484" s="3">
-        <v>11921438392</v>
+        <v>11753781075</v>
       </c>
       <c r="J484" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K484" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L484" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M484" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="485" spans="1:13">
       <c r="A485" s="1">
-        <v>33392819000136</v>
+        <v>32441928201159</v>
       </c>
       <c r="B485" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C485" s="2" t="s">
-        <v>1565</v>
-[...3 lines deleted...]
-      </c>
+        <v>1557</v>
+      </c>
+      <c r="D485" s="2"/>
       <c r="E485" s="2" t="s">
-        <v>1575</v>
+        <v>1579</v>
       </c>
       <c r="F485" s="2" t="s">
-        <v>1576</v>
-[...1 lines deleted...]
-      <c r="G485" s="2"/>
+        <v>36</v>
+      </c>
+      <c r="G485" s="2" t="s">
+        <v>1580</v>
+      </c>
       <c r="H485" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I485" s="3">
-        <v>11921438392</v>
+        <v>11753781075</v>
       </c>
       <c r="J485" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K485" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L485" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M485" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="486" spans="1:13">
       <c r="A486" s="1">
-        <v>33392819000144</v>
+        <v>32441928201175</v>
       </c>
       <c r="B486" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C486" s="2" t="s">
-        <v>1565</v>
-[...3 lines deleted...]
-      </c>
+        <v>1557</v>
+      </c>
+      <c r="D486" s="2"/>
       <c r="E486" s="2" t="s">
-        <v>1577</v>
+        <v>1581</v>
       </c>
       <c r="F486" s="2" t="s">
-        <v>1578</v>
-[...1 lines deleted...]
-      <c r="G486" s="2"/>
+        <v>1582</v>
+      </c>
+      <c r="G486" s="2" t="s">
+        <v>762</v>
+      </c>
       <c r="H486" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I486" s="3">
-        <v>11921438392</v>
+        <v>11753781075</v>
       </c>
       <c r="J486" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K486" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L486" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M486" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="487" spans="1:13">
       <c r="A487" s="1">
-        <v>33392819000169</v>
+        <v>32441928201209</v>
       </c>
       <c r="B487" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C487" s="2" t="s">
-        <v>1565</v>
-[...1 lines deleted...]
-      <c r="D487" s="2"/>
+        <v>1557</v>
+      </c>
+      <c r="D487" s="2" t="s">
+        <v>1570</v>
+      </c>
       <c r="E487" s="2" t="s">
-        <v>1579</v>
+        <v>1583</v>
       </c>
       <c r="F487" s="2" t="s">
-        <v>1580</v>
+        <v>1584</v>
       </c>
       <c r="G487" s="2"/>
       <c r="H487" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I487" s="3">
-        <v>11921438392</v>
+        <v>11753781075</v>
       </c>
       <c r="J487" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K487" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L487" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M487" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="488" spans="1:13">
       <c r="A488" s="1">
-        <v>33392819000177</v>
+        <v>32441928201233</v>
       </c>
       <c r="B488" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C488" s="2" t="s">
-        <v>1565</v>
-[...1 lines deleted...]
-      <c r="D488" s="2"/>
+        <v>1557</v>
+      </c>
+      <c r="D488" s="2" t="s">
+        <v>1570</v>
+      </c>
       <c r="E488" s="2" t="s">
-        <v>1581</v>
+        <v>1585</v>
       </c>
       <c r="F488" s="2" t="s">
-        <v>1582</v>
+        <v>1586</v>
       </c>
       <c r="G488" s="2"/>
       <c r="H488" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I488" s="3">
-        <v>11921438392</v>
+        <v>11753781075</v>
       </c>
       <c r="J488" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K488" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L488" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M488" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="489" spans="1:13">
       <c r="A489" s="1">
-        <v>33392819000185</v>
+        <v>32441928201274</v>
       </c>
       <c r="B489" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C489" s="2" t="s">
-        <v>1565</v>
-[...1 lines deleted...]
-      <c r="D489" s="2"/>
+        <v>1557</v>
+      </c>
+      <c r="D489" s="2" t="s">
+        <v>1570</v>
+      </c>
       <c r="E489" s="2" t="s">
-        <v>1583</v>
+        <v>1587</v>
       </c>
       <c r="F489" s="2" t="s">
-        <v>1584</v>
+        <v>1588</v>
       </c>
       <c r="G489" s="2"/>
       <c r="H489" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I489" s="3">
-        <v>11921438392</v>
+        <v>11753781075</v>
       </c>
       <c r="J489" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K489" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L489" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M489" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="490" spans="1:13">
       <c r="A490" s="1">
-        <v>33392819000201</v>
+        <v>32441928201316</v>
       </c>
       <c r="B490" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C490" s="2" t="s">
-        <v>1565</v>
+        <v>1557</v>
       </c>
       <c r="D490" s="2"/>
       <c r="E490" s="2" t="s">
-        <v>1585</v>
+        <v>1589</v>
       </c>
       <c r="F490" s="2" t="s">
-        <v>1586</v>
+        <v>730</v>
       </c>
       <c r="G490" s="2"/>
       <c r="H490" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I490" s="3">
-        <v>11921438392</v>
+        <v>11753781075</v>
       </c>
       <c r="J490" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K490" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L490" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M490" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="491" spans="1:13">
       <c r="A491" s="1">
-        <v>33392819000219</v>
+        <v>32441928201324</v>
       </c>
       <c r="B491" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C491" s="2" t="s">
-        <v>1565</v>
+        <v>1557</v>
       </c>
       <c r="D491" s="2"/>
       <c r="E491" s="2" t="s">
-        <v>1587</v>
+        <v>1590</v>
       </c>
       <c r="F491" s="2" t="s">
-        <v>1588</v>
+        <v>609</v>
       </c>
       <c r="G491" s="2"/>
       <c r="H491" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I491" s="3">
-        <v>11921438392</v>
+        <v>11753781075</v>
       </c>
       <c r="J491" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K491" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L491" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M491" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="492" spans="1:13">
       <c r="A492" s="1">
-        <v>33398516600029</v>
+        <v>32441928201340</v>
       </c>
       <c r="B492" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C492" s="2" t="s">
-        <v>1589</v>
+        <v>1557</v>
       </c>
       <c r="D492" s="2"/>
       <c r="E492" s="2" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="F492" s="2" t="s">
-        <v>1591</v>
+        <v>1411</v>
       </c>
       <c r="G492" s="2"/>
       <c r="H492" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I492" s="3">
-        <v>73310064131</v>
+        <v>11753781075</v>
       </c>
       <c r="J492" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K492" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L492" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M492" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="493" spans="1:13">
       <c r="A493" s="1">
-        <v>33751741100019</v>
+        <v>32548695900035</v>
       </c>
       <c r="B493" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C493" s="2" t="s">
         <v>1592</v>
       </c>
       <c r="D493" s="2"/>
       <c r="E493" s="2" t="s">
         <v>1593</v>
       </c>
       <c r="F493" s="2" t="s">
         <v>1594</v>
       </c>
       <c r="G493" s="2"/>
       <c r="H493" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I493" s="3">
-        <v>11751059475</v>
+        <v>52850001385</v>
       </c>
       <c r="J493" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K493" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L493" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M493" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="494" spans="1:13">
       <c r="A494" s="1">
-        <v>33825742100028</v>
+        <v>32629834600015</v>
       </c>
       <c r="B494" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C494" s="2" t="s">
         <v>1595</v>
       </c>
       <c r="D494" s="2"/>
       <c r="E494" s="2" t="s">
         <v>1596</v>
       </c>
       <c r="F494" s="2" t="s">
         <v>1597</v>
       </c>
       <c r="G494" s="2"/>
       <c r="H494" s="2" t="s">
-        <v>1598</v>
+        <v>33</v>
       </c>
       <c r="I494" s="3">
-        <v>11751068775</v>
+        <v>53290088929</v>
       </c>
       <c r="J494" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K494" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L494" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M494" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="495" spans="1:13">
       <c r="A495" s="1">
-        <v>33960698000060</v>
+        <v>32629834600049</v>
       </c>
       <c r="B495" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C495" s="2" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D495" s="2" t="s">
+        <v>1595</v>
+      </c>
+      <c r="E495" s="2" t="s">
+        <v>1598</v>
+      </c>
+      <c r="F495" s="2" t="s">
         <v>1599</v>
       </c>
-      <c r="D495" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E495" s="2" t="s">
+      <c r="G495" s="2" t="s">
         <v>1600</v>
       </c>
-      <c r="F495" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G495" s="2"/>
       <c r="H495" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I495" s="3">
-        <v>72330097433</v>
+        <v>53290088929</v>
       </c>
       <c r="J495" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K495" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L495" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M495" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="496" spans="1:13">
       <c r="A496" s="1">
-        <v>33960698000110</v>
+        <v>32629834600056</v>
       </c>
       <c r="B496" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C496" s="2" t="s">
-        <v>1599</v>
+        <v>1595</v>
       </c>
       <c r="D496" s="2"/>
       <c r="E496" s="2" t="s">
-        <v>1602</v>
+        <v>1601</v>
       </c>
       <c r="F496" s="2" t="s">
-        <v>367</v>
+        <v>308</v>
       </c>
       <c r="G496" s="2"/>
       <c r="H496" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I496" s="3">
-        <v>72330097433</v>
+        <v>53290088929</v>
       </c>
       <c r="J496" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K496" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L496" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M496" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="497" spans="1:13">
       <c r="A497" s="1">
-        <v>33973910400059</v>
+        <v>33039528600033</v>
       </c>
       <c r="B497" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C497" s="2" t="s">
+        <v>1602</v>
+      </c>
+      <c r="D497" s="2" t="s">
+        <v>1602</v>
+      </c>
+      <c r="E497" s="2" t="s">
         <v>1603</v>
       </c>
-      <c r="D497" s="2"/>
-      <c r="E497" s="2" t="s">
+      <c r="F497" s="2" t="s">
         <v>1604</v>
-      </c>
-[...1 lines deleted...]
-        <v>1605</v>
       </c>
       <c r="G497" s="2"/>
       <c r="H497" s="2" t="s">
-        <v>35</v>
+        <v>61</v>
       </c>
       <c r="I497" s="3">
-        <v>11751147675</v>
+        <v>11752154875</v>
       </c>
       <c r="J497" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K497" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L497" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M497" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="498" spans="1:13">
       <c r="A498" s="1">
-        <v>34029140000018</v>
+        <v>33173739500037</v>
       </c>
       <c r="B498" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C498" s="2" t="s">
-        <v>1606</v>
+        <v>1605</v>
       </c>
       <c r="D498" s="2"/>
       <c r="E498" s="2" t="s">
+        <v>1606</v>
+      </c>
+      <c r="F498" s="2" t="s">
         <v>1607</v>
-      </c>
-[...1 lines deleted...]
-        <v>1597</v>
       </c>
       <c r="G498" s="2"/>
       <c r="H498" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I498" s="3">
-        <v>24370027737</v>
+        <v>11910064691</v>
       </c>
       <c r="J498" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K498" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L498" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M498" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="499" spans="1:13">
       <c r="A499" s="1">
-        <v>34175422400028</v>
+        <v>33213727200024</v>
       </c>
       <c r="B499" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C499" s="2" t="s">
         <v>1608</v>
       </c>
-      <c r="D499" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D499" s="2"/>
       <c r="E499" s="2" t="s">
         <v>1609</v>
       </c>
       <c r="F499" s="2" t="s">
         <v>1610</v>
       </c>
-      <c r="G499" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G499" s="2"/>
       <c r="H499" s="2" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="I499" s="3">
-        <v>31620036662</v>
+        <v>11750969075</v>
       </c>
       <c r="J499" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K499" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L499" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M499" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="500" spans="1:13">
       <c r="A500" s="1">
-        <v>34195770200036</v>
+        <v>33264146300119</v>
       </c>
       <c r="B500" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C500" s="2" t="s">
-        <v>1612</v>
+        <v>1611</v>
       </c>
       <c r="D500" s="2"/>
       <c r="E500" s="2" t="s">
-        <v>1613</v>
+        <v>1612</v>
       </c>
       <c r="F500" s="2" t="s">
-        <v>1614</v>
+        <v>60</v>
       </c>
       <c r="G500" s="2"/>
       <c r="H500" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I500" s="3">
-        <v>22600042860</v>
+        <v>11752052275</v>
       </c>
       <c r="J500" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K500" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L500" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M500" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="501" spans="1:13">
       <c r="A501" s="1">
-        <v>34238331200010</v>
+        <v>33354415300344</v>
       </c>
       <c r="B501" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C501" s="2" t="s">
-        <v>1615</v>
+        <v>1613</v>
       </c>
       <c r="D501" s="2"/>
       <c r="E501" s="2" t="s">
-        <v>1616</v>
+        <v>1614</v>
       </c>
       <c r="F501" s="2" t="s">
-        <v>1617</v>
-[...1 lines deleted...]
-      <c r="G501" s="2"/>
+        <v>1615</v>
+      </c>
+      <c r="G501" s="2" t="s">
+        <v>762</v>
+      </c>
       <c r="H501" s="2" t="s">
-        <v>23</v>
+        <v>599</v>
       </c>
       <c r="I501" s="3">
-        <v>54170022717</v>
+        <v>11751042775</v>
       </c>
       <c r="J501" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K501" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L501" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M501" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="502" spans="1:13">
       <c r="A502" s="1">
-        <v>34300986600496</v>
+        <v>33392819000045</v>
       </c>
       <c r="B502" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C502" s="2" t="s">
+        <v>1616</v>
+      </c>
+      <c r="D502" s="2"/>
+      <c r="E502" s="2" t="s">
+        <v>1617</v>
+      </c>
+      <c r="F502" s="2" t="s">
         <v>1618</v>
-      </c>
-[...7 lines deleted...]
-        <v>1620</v>
       </c>
       <c r="G502" s="2"/>
       <c r="H502" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I502" s="3">
-        <v>82691197969</v>
+        <v>11921438392</v>
       </c>
       <c r="J502" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K502" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L502" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M502" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="503" spans="1:13">
       <c r="A503" s="1">
-        <v>34300986600611</v>
+        <v>33392819000102</v>
       </c>
       <c r="B503" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C503" s="2" t="s">
-        <v>1618</v>
-[...3 lines deleted...]
-      </c>
+        <v>1616</v>
+      </c>
+      <c r="D503" s="2"/>
       <c r="E503" s="2" t="s">
-        <v>1621</v>
+        <v>1619</v>
       </c>
       <c r="F503" s="2" t="s">
-        <v>1622</v>
+        <v>1620</v>
       </c>
       <c r="G503" s="2"/>
       <c r="H503" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I503" s="3">
-        <v>82691197969</v>
+        <v>11921438392</v>
       </c>
       <c r="J503" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K503" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L503" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M503" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="504" spans="1:13">
       <c r="A504" s="1">
-        <v>75362014500049</v>
+        <v>33392819000110</v>
       </c>
       <c r="B504" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C504" s="2" t="s">
+        <v>1616</v>
+      </c>
+      <c r="D504" s="2" t="s">
+        <v>1621</v>
+      </c>
+      <c r="E504" s="2" t="s">
+        <v>1622</v>
+      </c>
+      <c r="F504" s="2" t="s">
         <v>1623</v>
       </c>
-      <c r="D504" s="2" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="G504" s="2"/>
       <c r="H504" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I504" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I504" s="3">
+        <v>11921438392</v>
+      </c>
       <c r="J504" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K504" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L504" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M504" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="505" spans="1:13">
       <c r="A505" s="1">
-        <v>75381404500039</v>
+        <v>33392819000128</v>
       </c>
       <c r="B505" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C505" s="2" t="s">
-        <v>1628</v>
-[...1 lines deleted...]
-      <c r="D505" s="2"/>
+        <v>1616</v>
+      </c>
+      <c r="D505" s="2" t="s">
+        <v>1616</v>
+      </c>
       <c r="E505" s="2" t="s">
-        <v>1629</v>
+        <v>1624</v>
       </c>
       <c r="F505" s="2" t="s">
-        <v>1630</v>
+        <v>1625</v>
       </c>
       <c r="G505" s="2"/>
       <c r="H505" s="2" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="I505" s="3">
-        <v>22600268360</v>
+        <v>11921438392</v>
       </c>
       <c r="J505" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K505" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L505" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M505" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="506" spans="1:13">
       <c r="A506" s="1">
-        <v>75404191100027</v>
+        <v>33392819000136</v>
       </c>
       <c r="B506" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C506" s="2" t="s">
-        <v>1631</v>
-[...1 lines deleted...]
-      <c r="D506" s="2"/>
+        <v>1616</v>
+      </c>
+      <c r="D506" s="2" t="s">
+        <v>1616</v>
+      </c>
       <c r="E506" s="2" t="s">
-        <v>1632</v>
+        <v>1626</v>
       </c>
       <c r="F506" s="2" t="s">
-        <v>1633</v>
+        <v>1627</v>
       </c>
       <c r="G506" s="2"/>
       <c r="H506" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I506" s="3">
-        <v>93830506783</v>
+        <v>11921438392</v>
       </c>
       <c r="J506" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K506" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L506" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M506" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="507" spans="1:13">
       <c r="A507" s="1">
-        <v>77565445200033</v>
+        <v>33392819000144</v>
       </c>
       <c r="B507" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C507" s="2" t="s">
-        <v>1634</v>
-[...1 lines deleted...]
-      <c r="D507" s="2"/>
+        <v>1616</v>
+      </c>
+      <c r="D507" s="2" t="s">
+        <v>1616</v>
+      </c>
       <c r="E507" s="2" t="s">
-        <v>1635</v>
+        <v>1628</v>
       </c>
       <c r="F507" s="2" t="s">
-        <v>1446</v>
+        <v>1629</v>
       </c>
       <c r="G507" s="2"/>
       <c r="H507" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I507" s="3">
-        <v>82740000174</v>
+        <v>11921438392</v>
       </c>
       <c r="J507" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K507" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L507" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M507" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="508" spans="1:13">
       <c r="A508" s="1">
-        <v>77694516400064</v>
+        <v>33392819000169</v>
       </c>
       <c r="B508" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C508" s="2" t="s">
-        <v>1636</v>
+        <v>1616</v>
       </c>
       <c r="D508" s="2"/>
       <c r="E508" s="2" t="s">
-        <v>1637</v>
+        <v>1630</v>
       </c>
       <c r="F508" s="2" t="s">
-        <v>1638</v>
+        <v>1631</v>
       </c>
       <c r="G508" s="2"/>
       <c r="H508" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I508" s="3">
-        <v>73310006031</v>
+        <v>11921438392</v>
       </c>
       <c r="J508" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K508" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L508" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M508" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="509" spans="1:13">
       <c r="A509" s="1">
-        <v>77792738500040</v>
+        <v>33392819000177</v>
       </c>
       <c r="B509" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C509" s="2" t="s">
-        <v>1639</v>
+        <v>1616</v>
       </c>
       <c r="D509" s="2"/>
       <c r="E509" s="2" t="s">
-        <v>1640</v>
+        <v>1632</v>
       </c>
       <c r="F509" s="2" t="s">
-        <v>1641</v>
+        <v>1633</v>
       </c>
       <c r="G509" s="2"/>
       <c r="H509" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I509" s="3">
-        <v>74190000219</v>
+        <v>11921438392</v>
       </c>
       <c r="J509" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K509" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L509" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M509" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="510" spans="1:13">
       <c r="A510" s="1">
-        <v>77833200700013</v>
+        <v>33392819000185</v>
       </c>
       <c r="B510" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C510" s="2" t="s">
-        <v>1642</v>
+        <v>1616</v>
       </c>
       <c r="D510" s="2"/>
       <c r="E510" s="2" t="s">
-        <v>1643</v>
+        <v>1634</v>
       </c>
       <c r="F510" s="2" t="s">
-        <v>1446</v>
-[...1 lines deleted...]
-      <c r="G510" s="2"/>
+        <v>840</v>
+      </c>
+      <c r="G510" s="2" t="s">
+        <v>1635</v>
+      </c>
       <c r="H510" s="2" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="I510" s="3">
-        <v>43250169125</v>
+        <v>11921438392</v>
       </c>
       <c r="J510" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K510" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L510" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M510" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="511" spans="1:13">
       <c r="A511" s="1">
-        <v>77931160400028</v>
+        <v>33392819000201</v>
       </c>
       <c r="B511" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C511" s="2" t="s">
-        <v>1644</v>
+        <v>1616</v>
       </c>
       <c r="D511" s="2"/>
       <c r="E511" s="2" t="s">
-        <v>1645</v>
+        <v>1636</v>
       </c>
       <c r="F511" s="2" t="s">
-        <v>1646</v>
+        <v>1637</v>
       </c>
       <c r="G511" s="2"/>
       <c r="H511" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I511" s="3">
-        <v>82010001901</v>
+        <v>11921438392</v>
       </c>
       <c r="J511" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K511" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L511" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M511" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="512" spans="1:13">
       <c r="A512" s="1">
-        <v>77947268700036</v>
+        <v>33392819000219</v>
       </c>
       <c r="B512" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C512" s="2" t="s">
-        <v>1647</v>
+        <v>1616</v>
       </c>
       <c r="D512" s="2"/>
       <c r="E512" s="2" t="s">
-        <v>1648</v>
+        <v>1638</v>
       </c>
       <c r="F512" s="2" t="s">
-        <v>1649</v>
+        <v>1639</v>
       </c>
       <c r="G512" s="2"/>
       <c r="H512" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I512" s="3">
-        <v>82070005607</v>
+        <v>11921438392</v>
       </c>
       <c r="J512" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K512" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L512" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M512" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="513" spans="1:13">
       <c r="A513" s="1">
-        <v>78050734900048</v>
+        <v>33398516600029</v>
       </c>
       <c r="B513" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C513" s="2" t="s">
-        <v>1650</v>
+        <v>1640</v>
       </c>
       <c r="D513" s="2"/>
       <c r="E513" s="2" t="s">
-        <v>1651</v>
+        <v>1641</v>
       </c>
       <c r="F513" s="2" t="s">
-        <v>1652</v>
+        <v>1642</v>
       </c>
       <c r="G513" s="2"/>
       <c r="H513" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I513" s="3">
-        <v>22600001660</v>
+        <v>73310064131</v>
       </c>
       <c r="J513" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K513" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L513" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M513" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="514" spans="1:13">
       <c r="A514" s="1">
-        <v>78050734900097</v>
+        <v>33751741100019</v>
       </c>
       <c r="B514" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C514" s="2" t="s">
-        <v>1650</v>
+        <v>1643</v>
       </c>
       <c r="D514" s="2"/>
       <c r="E514" s="2" t="s">
-        <v>174</v>
+        <v>1644</v>
       </c>
       <c r="F514" s="2" t="s">
-        <v>697</v>
+        <v>1645</v>
       </c>
       <c r="G514" s="2"/>
       <c r="H514" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I514" s="3">
-        <v>22600001660</v>
+        <v>11751059475</v>
       </c>
       <c r="J514" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K514" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L514" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M514" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="515" spans="1:13">
       <c r="A515" s="1">
-        <v>78050734900113</v>
+        <v>33825742100028</v>
       </c>
       <c r="B515" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C515" s="2" t="s">
-        <v>1650</v>
+        <v>1646</v>
       </c>
       <c r="D515" s="2"/>
       <c r="E515" s="2" t="s">
-        <v>1653</v>
+        <v>1647</v>
       </c>
       <c r="F515" s="2" t="s">
-        <v>170</v>
+        <v>1648</v>
       </c>
       <c r="G515" s="2"/>
       <c r="H515" s="2" t="s">
-        <v>23</v>
+        <v>1649</v>
       </c>
       <c r="I515" s="3">
-        <v>22600001660</v>
+        <v>11751068775</v>
       </c>
       <c r="J515" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K515" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L515" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M515" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="516" spans="1:13">
       <c r="A516" s="1">
-        <v>78050734900121</v>
+        <v>40227696800110</v>
       </c>
       <c r="B516" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C516" s="2" t="s">
         <v>1650</v>
       </c>
-      <c r="D516" s="2"/>
+      <c r="D516" s="2" t="s">
+        <v>1650</v>
+      </c>
       <c r="E516" s="2" t="s">
-        <v>1654</v>
+        <v>1651</v>
       </c>
       <c r="F516" s="2" t="s">
-        <v>1655</v>
+        <v>1378</v>
       </c>
       <c r="G516" s="2"/>
       <c r="H516" s="2" t="s">
-        <v>23</v>
+        <v>1652</v>
       </c>
       <c r="I516" s="3">
-        <v>22600001660</v>
+        <v>52440417344</v>
       </c>
       <c r="J516" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K516" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L516" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M516" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="517" spans="1:13">
       <c r="A517" s="1">
-        <v>78050734900139</v>
+        <v>40291262000182</v>
       </c>
       <c r="B517" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C517" s="2" t="s">
-        <v>1650</v>
+        <v>1653</v>
       </c>
       <c r="D517" s="2"/>
       <c r="E517" s="2" t="s">
-        <v>1656</v>
+        <v>1654</v>
       </c>
       <c r="F517" s="2" t="s">
-        <v>1655</v>
+        <v>148</v>
       </c>
       <c r="G517" s="2"/>
       <c r="H517" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I517" s="3">
-        <v>22600001660</v>
+        <v>52440249544</v>
       </c>
       <c r="J517" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K517" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L517" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M517" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="518" spans="1:13">
       <c r="A518" s="1">
-        <v>78050734900147</v>
+        <v>40410264200034</v>
       </c>
       <c r="B518" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C518" s="2" t="s">
-        <v>1650</v>
-[...1 lines deleted...]
-      <c r="D518" s="2"/>
+        <v>681</v>
+      </c>
+      <c r="D518" s="2" t="s">
+        <v>682</v>
+      </c>
       <c r="E518" s="2" t="s">
-        <v>1657</v>
+        <v>1655</v>
       </c>
       <c r="F518" s="2" t="s">
-        <v>1655</v>
-[...1 lines deleted...]
-      <c r="G518" s="2"/>
+        <v>1038</v>
+      </c>
+      <c r="G518" s="2" t="s">
+        <v>1656</v>
+      </c>
       <c r="H518" s="2" t="s">
-        <v>23</v>
+        <v>599</v>
       </c>
       <c r="I518" s="3">
-        <v>22600001660</v>
+        <v>75160087916</v>
       </c>
       <c r="J518" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K518" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L518" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M518" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="519" spans="1:13">
       <c r="A519" s="1">
-        <v>78050734900154</v>
+        <v>40410930800027</v>
       </c>
       <c r="B519" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C519" s="2" t="s">
-        <v>1650</v>
+        <v>1657</v>
       </c>
       <c r="D519" s="2"/>
       <c r="E519" s="2" t="s">
         <v>1658</v>
       </c>
       <c r="F519" s="2" t="s">
-        <v>1655</v>
+        <v>1659</v>
       </c>
       <c r="G519" s="2"/>
       <c r="H519" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I519" s="3">
-        <v>22600001660</v>
+        <v>31590376559</v>
       </c>
       <c r="J519" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K519" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L519" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M519" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="520" spans="1:13">
       <c r="A520" s="1">
-        <v>78071405100031</v>
+        <v>40420798700045</v>
       </c>
       <c r="B520" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C520" s="2" t="s">
-        <v>1659</v>
-[...3 lines deleted...]
-      </c>
+        <v>1660</v>
+      </c>
+      <c r="D520" s="2"/>
       <c r="E520" s="2" t="s">
-        <v>1660</v>
+        <v>1661</v>
       </c>
       <c r="F520" s="2" t="s">
-        <v>1661</v>
-[...1 lines deleted...]
-      <c r="G520" s="2"/>
+        <v>1662</v>
+      </c>
+      <c r="G520" s="2" t="s">
+        <v>1663</v>
+      </c>
       <c r="H520" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I520" s="3">
-        <v>25140000514</v>
+        <v>82690921769</v>
       </c>
       <c r="J520" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K520" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L520" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M520" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="521" spans="1:13">
       <c r="A521" s="1">
-        <v>78071405100080</v>
+        <v>40421916400039</v>
       </c>
       <c r="B521" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C521" s="2" t="s">
-        <v>1659</v>
-[...1 lines deleted...]
-      <c r="D521" s="2"/>
+        <v>1664</v>
+      </c>
+      <c r="D521" s="2" t="s">
+        <v>1665</v>
+      </c>
       <c r="E521" s="2" t="s">
-        <v>1662</v>
+        <v>1666</v>
       </c>
       <c r="F521" s="2" t="s">
-        <v>1663</v>
-[...3 lines deleted...]
-      </c>
+        <v>1667</v>
+      </c>
+      <c r="G521" s="2"/>
       <c r="H521" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I521" s="3">
-        <v>25140000514</v>
+        <v>24280075128</v>
       </c>
       <c r="J521" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K521" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L521" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M521" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="522" spans="1:13">
       <c r="A522" s="1">
-        <v>78071407700069</v>
+        <v>40442948200049</v>
       </c>
       <c r="B522" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C522" s="2" t="s">
-        <v>1665</v>
+        <v>1668</v>
       </c>
       <c r="D522" s="2"/>
       <c r="E522" s="2" t="s">
-        <v>1666</v>
+        <v>1669</v>
       </c>
       <c r="F522" s="2" t="s">
-        <v>1667</v>
+        <v>730</v>
       </c>
       <c r="G522" s="2"/>
       <c r="H522" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I522" s="3"/>
+        <v>650</v>
+      </c>
+      <c r="I522" s="3">
+        <v>11920521192</v>
+      </c>
       <c r="J522" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K522" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L522" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M522" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="523" spans="1:13">
       <c r="A523" s="1">
-        <v>78128367600018</v>
+        <v>40530550900029</v>
       </c>
       <c r="B523" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C523" s="2" t="s">
-        <v>1668</v>
+        <v>1670</v>
       </c>
       <c r="D523" s="2"/>
       <c r="E523" s="2" t="s">
-        <v>1669</v>
+        <v>1671</v>
       </c>
       <c r="F523" s="2" t="s">
-        <v>1446</v>
+        <v>1672</v>
       </c>
       <c r="G523" s="2"/>
       <c r="H523" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I523" s="3">
-        <v>54170000117</v>
+        <v>91660068966</v>
       </c>
       <c r="J523" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K523" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L523" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M523" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="524" spans="1:13">
       <c r="A524" s="1">
-        <v>78141384400015</v>
+        <v>40538900800047</v>
       </c>
       <c r="B524" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C524" s="2" t="s">
-        <v>1670</v>
+        <v>1673</v>
       </c>
       <c r="D524" s="2"/>
       <c r="E524" s="2" t="s">
-        <v>1671</v>
+        <v>1674</v>
       </c>
       <c r="F524" s="2" t="s">
-        <v>1446</v>
-[...1 lines deleted...]
-      <c r="G524" s="2"/>
+        <v>1675</v>
+      </c>
+      <c r="G524" s="2" t="s">
+        <v>1676</v>
+      </c>
       <c r="H524" s="2" t="s">
-        <v>508</v>
+        <v>33</v>
       </c>
       <c r="I524" s="3">
-        <v>54790007279</v>
+        <v>52490128249</v>
       </c>
       <c r="J524" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K524" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L524" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M524" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="525" spans="1:13">
       <c r="A525" s="1">
-        <v>78173357100025</v>
+        <v>40753430400024</v>
       </c>
       <c r="B525" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C525" s="2" t="s">
-        <v>1672</v>
+        <v>1677</v>
       </c>
       <c r="D525" s="2"/>
       <c r="E525" s="2" t="s">
-        <v>1673</v>
+        <v>1678</v>
       </c>
       <c r="F525" s="2" t="s">
-        <v>1674</v>
-[...3 lines deleted...]
-      </c>
+        <v>1679</v>
+      </c>
+      <c r="G525" s="2"/>
       <c r="H525" s="2" t="s">
-        <v>23</v>
+        <v>599</v>
       </c>
       <c r="I525" s="3">
-        <v>72240160524</v>
+        <v>93840158884</v>
       </c>
       <c r="J525" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K525" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L525" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M525" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="526" spans="1:13">
       <c r="A526" s="1">
-        <v>78209967500020</v>
+        <v>40789624000055</v>
       </c>
       <c r="B526" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C526" s="2" t="s">
-        <v>1676</v>
+        <v>1680</v>
       </c>
       <c r="D526" s="2"/>
       <c r="E526" s="2" t="s">
-        <v>1677</v>
+        <v>1681</v>
       </c>
       <c r="F526" s="2" t="s">
-        <v>1678</v>
+        <v>1682</v>
       </c>
       <c r="G526" s="2"/>
       <c r="H526" s="2" t="s">
-        <v>23</v>
+        <v>650</v>
       </c>
       <c r="I526" s="3">
-        <v>72400000340</v>
+        <v>73310258131</v>
       </c>
       <c r="J526" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K526" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L526" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M526" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="527" spans="1:13">
       <c r="A527" s="1">
-        <v>78235540800025</v>
+        <v>40801292000034</v>
       </c>
       <c r="B527" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C527" s="2" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="D527" s="2"/>
       <c r="E527" s="2" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F527" s="2" t="s">
-        <v>1446</v>
+        <v>23</v>
       </c>
       <c r="G527" s="2"/>
       <c r="H527" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I527" s="3">
-        <v>72640000764</v>
+        <v>11770227477</v>
       </c>
       <c r="J527" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K527" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L527" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M527" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="528" spans="1:13">
       <c r="A528" s="1">
-        <v>78338177500023</v>
+        <v>40818282200051</v>
       </c>
       <c r="B528" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C528" s="2" t="s">
-        <v>1681</v>
-[...1 lines deleted...]
-      <c r="D528" s="2"/>
+        <v>1685</v>
+      </c>
+      <c r="D528" s="2" t="s">
+        <v>1685</v>
+      </c>
       <c r="E528" s="2" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="F528" s="2" t="s">
-        <v>1446</v>
+        <v>1687</v>
       </c>
       <c r="G528" s="2"/>
       <c r="H528" s="2" t="s">
-        <v>17</v>
+        <v>709</v>
       </c>
       <c r="I528" s="3">
-        <v>41550000155</v>
+        <v>84740366874</v>
       </c>
       <c r="J528" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K528" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L528" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M528" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="529" spans="1:13">
       <c r="A529" s="1">
-        <v>78360423400022</v>
+        <v>40980167700025</v>
       </c>
       <c r="B529" s="2" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="C529" s="2" t="s">
-        <v>1683</v>
+        <v>1688</v>
       </c>
       <c r="D529" s="2"/>
       <c r="E529" s="2" t="s">
-        <v>1684</v>
+        <v>1689</v>
       </c>
       <c r="F529" s="2" t="s">
-        <v>1685</v>
+        <v>1690</v>
       </c>
       <c r="G529" s="2" t="s">
-        <v>1686</v>
+        <v>1691</v>
       </c>
       <c r="H529" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I529" s="3"/>
       <c r="J529" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K529" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L529" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M529" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="530" spans="1:13">
       <c r="A530" s="1">
-        <v>78803676200037</v>
+        <v>41009852900044</v>
       </c>
       <c r="B530" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C530" s="2" t="s">
-        <v>1687</v>
+        <v>1692</v>
       </c>
       <c r="D530" s="2"/>
       <c r="E530" s="2" t="s">
-        <v>1688</v>
+        <v>1693</v>
       </c>
       <c r="F530" s="2" t="s">
-        <v>1689</v>
-[...1 lines deleted...]
-      <c r="G530" s="2"/>
+        <v>1694</v>
+      </c>
+      <c r="G530" s="2" t="s">
+        <v>1695</v>
+      </c>
       <c r="H530" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I530" s="3">
-        <v>73320039232</v>
+        <v>82690538569</v>
       </c>
       <c r="J530" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K530" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L530" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M530" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="531" spans="1:13">
       <c r="A531" s="1">
-        <v>78835426400095</v>
+        <v>41058110200010</v>
       </c>
       <c r="B531" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C531" s="2" t="s">
-        <v>1690</v>
+        <v>1696</v>
       </c>
       <c r="D531" s="2"/>
       <c r="E531" s="2" t="s">
-        <v>1691</v>
+        <v>1697</v>
       </c>
       <c r="F531" s="2" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="G531" s="2"/>
       <c r="H531" s="2" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="I531" s="3">
-        <v>52440004544</v>
+        <v>72330424333</v>
       </c>
       <c r="J531" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K531" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L531" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M531" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="532" spans="1:13">
       <c r="A532" s="1">
-        <v>78875903300020</v>
+        <v>41059169700033</v>
       </c>
       <c r="B532" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C532" s="2" t="s">
-        <v>1693</v>
+        <v>1698</v>
       </c>
       <c r="D532" s="2"/>
       <c r="E532" s="2" t="s">
-        <v>1694</v>
+        <v>1699</v>
       </c>
       <c r="F532" s="2" t="s">
-        <v>1695</v>
+        <v>1700</v>
       </c>
       <c r="G532" s="2"/>
       <c r="H532" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I532" s="3">
-        <v>98970395997</v>
+        <v>21510083251</v>
       </c>
       <c r="J532" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K532" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L532" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M532" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="533" spans="1:13">
       <c r="A533" s="1">
-        <v>78889151300020</v>
+        <v>41087543900045</v>
       </c>
       <c r="B533" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C533" s="2" t="s">
-        <v>1696</v>
+        <v>1701</v>
       </c>
       <c r="D533" s="2"/>
       <c r="E533" s="2" t="s">
-        <v>1697</v>
+        <v>1702</v>
       </c>
       <c r="F533" s="2" t="s">
-        <v>1698</v>
+        <v>1703</v>
       </c>
       <c r="G533" s="2"/>
       <c r="H533" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I533" s="3">
-        <v>42670493867</v>
+        <v>11752861675</v>
       </c>
       <c r="J533" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K533" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L533" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M533" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="534" spans="1:13">
       <c r="A534" s="1">
-        <v>78959578200044</v>
+        <v>41104042100025</v>
       </c>
       <c r="B534" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C534" s="2" t="s">
-        <v>1699</v>
+        <v>1704</v>
       </c>
       <c r="D534" s="2"/>
       <c r="E534" s="2" t="s">
-        <v>1700</v>
+        <v>1705</v>
       </c>
       <c r="F534" s="2" t="s">
-        <v>277</v>
+        <v>1706</v>
       </c>
       <c r="G534" s="2"/>
       <c r="H534" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I534" s="3">
-        <v>93131450013</v>
+        <v>93840170184</v>
       </c>
       <c r="J534" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K534" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L534" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M534" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="535" spans="1:13">
       <c r="A535" s="1">
-        <v>78959578200051</v>
+        <v>41146353200043</v>
       </c>
       <c r="B535" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C535" s="2" t="s">
-        <v>1699</v>
+        <v>1707</v>
       </c>
       <c r="D535" s="2"/>
       <c r="E535" s="2" t="s">
-        <v>1701</v>
+        <v>1708</v>
       </c>
       <c r="F535" s="2" t="s">
-        <v>1702</v>
+        <v>1709</v>
       </c>
       <c r="G535" s="2"/>
       <c r="H535" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I535" s="3">
-        <v>93131450013</v>
+        <v>53290548129</v>
       </c>
       <c r="J535" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K535" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L535" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M535" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="536" spans="1:13">
       <c r="A536" s="1">
-        <v>79010444200013</v>
+        <v>41159185200073</v>
       </c>
       <c r="B536" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C536" s="2" t="s">
-        <v>1703</v>
+        <v>1710</v>
       </c>
       <c r="D536" s="2"/>
       <c r="E536" s="2" t="s">
-        <v>1704</v>
+        <v>1711</v>
       </c>
       <c r="F536" s="2" t="s">
-        <v>1663</v>
-[...3 lines deleted...]
-      </c>
+        <v>1712</v>
+      </c>
+      <c r="G536" s="2"/>
       <c r="H536" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I536" s="3">
-        <v>31590816559</v>
+        <v>96973018697</v>
       </c>
       <c r="J536" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K536" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L536" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M536" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="537" spans="1:13">
       <c r="A537" s="1">
-        <v>79035905300028</v>
+        <v>41166957500010</v>
       </c>
       <c r="B537" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C537" s="2" t="s">
-        <v>1706</v>
-[...3 lines deleted...]
-      </c>
+        <v>1713</v>
+      </c>
+      <c r="D537" s="2"/>
       <c r="E537" s="2" t="s">
-        <v>1708</v>
+        <v>1714</v>
       </c>
       <c r="F537" s="2" t="s">
-        <v>1091</v>
-[...3 lines deleted...]
-      </c>
+        <v>1715</v>
+      </c>
+      <c r="G537" s="2"/>
       <c r="H537" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I537" s="3">
-        <v>53290869029</v>
+        <v>11910384491</v>
       </c>
       <c r="J537" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K537" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L537" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M537" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="538" spans="1:13">
       <c r="A538" s="1">
-        <v>79042484000011</v>
+        <v>41272386800029</v>
       </c>
       <c r="B538" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C538" s="2" t="s">
-        <v>1709</v>
+        <v>1716</v>
       </c>
       <c r="D538" s="2"/>
       <c r="E538" s="2" t="s">
-        <v>1710</v>
+        <v>1717</v>
       </c>
       <c r="F538" s="2" t="s">
-        <v>1711</v>
+        <v>592</v>
       </c>
       <c r="G538" s="2"/>
       <c r="H538" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I538" s="3">
-        <v>26710220471</v>
+        <v>93830229683</v>
       </c>
       <c r="J538" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K538" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L538" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M538" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="539" spans="1:13">
       <c r="A539" s="1">
-        <v>79080053600043</v>
+        <v>41308016900035</v>
       </c>
       <c r="B539" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C539" s="2" t="s">
-        <v>1712</v>
-[...3 lines deleted...]
-      </c>
+        <v>1718</v>
+      </c>
+      <c r="D539" s="2"/>
       <c r="E539" s="2" t="s">
-        <v>1714</v>
+        <v>1719</v>
       </c>
       <c r="F539" s="2" t="s">
-        <v>1715</v>
+        <v>1720</v>
       </c>
       <c r="G539" s="2"/>
       <c r="H539" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I539" s="3">
-        <v>82420255242</v>
+        <v>41540112954</v>
       </c>
       <c r="J539" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K539" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L539" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M539" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="540" spans="1:13">
       <c r="A540" s="1">
-        <v>79121316800010</v>
+        <v>41436247500025</v>
       </c>
       <c r="B540" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C540" s="2" t="s">
-        <v>1716</v>
+        <v>1721</v>
       </c>
       <c r="D540" s="2"/>
       <c r="E540" s="2" t="s">
-        <v>1717</v>
+        <v>1722</v>
       </c>
       <c r="F540" s="2" t="s">
-        <v>1718</v>
-[...3 lines deleted...]
-      </c>
+        <v>1723</v>
+      </c>
+      <c r="G540" s="2"/>
       <c r="H540" s="2" t="s">
-        <v>23</v>
+        <v>599</v>
       </c>
       <c r="I540" s="3">
-        <v>82010150801</v>
+        <v>73310286031</v>
       </c>
       <c r="J540" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K540" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L540" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M540" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="541" spans="1:13">
       <c r="A541" s="1">
-        <v>79140637400011</v>
+        <v>41504991500044</v>
       </c>
       <c r="B541" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C541" s="2" t="s">
-        <v>1720</v>
+        <v>1724</v>
       </c>
       <c r="D541" s="2"/>
       <c r="E541" s="2" t="s">
-        <v>1721</v>
+        <v>1725</v>
       </c>
       <c r="F541" s="2" t="s">
-        <v>1722</v>
+        <v>1726</v>
       </c>
       <c r="G541" s="2"/>
       <c r="H541" s="2" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="I541" s="3">
-        <v>93840339184</v>
+        <v>41540165554</v>
       </c>
       <c r="J541" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K541" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L541" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M541" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="542" spans="1:13">
       <c r="A542" s="1">
-        <v>79189732500027</v>
+        <v>41514983000010</v>
       </c>
       <c r="B542" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C542" s="2" t="s">
-        <v>1723</v>
-[...3 lines deleted...]
-      </c>
+        <v>1727</v>
+      </c>
+      <c r="D542" s="2"/>
       <c r="E542" s="2" t="s">
-        <v>1725</v>
+        <v>1728</v>
       </c>
       <c r="F542" s="2" t="s">
-        <v>360</v>
+        <v>1729</v>
       </c>
       <c r="G542" s="2"/>
       <c r="H542" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I542" s="3">
-        <v>42680234068</v>
+        <v>11921036292</v>
       </c>
       <c r="J542" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K542" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L542" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M542" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="543" spans="1:13">
       <c r="A543" s="1">
-        <v>50848209800037</v>
+        <v>41809994100035</v>
       </c>
       <c r="B543" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C543" s="2" t="s">
-        <v>1726</v>
-[...3 lines deleted...]
-      </c>
+        <v>1730</v>
+      </c>
+      <c r="D543" s="2"/>
       <c r="E543" s="2" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="F543" s="2" t="s">
-        <v>1729</v>
+        <v>623</v>
       </c>
       <c r="G543" s="2"/>
       <c r="H543" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I543" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I543" s="3">
+        <v>42670258267</v>
+      </c>
       <c r="J543" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K543" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L543" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M543" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="544" spans="1:13">
       <c r="A544" s="1">
-        <v>50857207000037</v>
+        <v>41819990700027</v>
       </c>
       <c r="B544" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C544" s="2" t="s">
-        <v>1730</v>
-[...3 lines deleted...]
-      </c>
+        <v>1732</v>
+      </c>
+      <c r="D544" s="2"/>
       <c r="E544" s="2" t="s">
-        <v>1732</v>
+        <v>1733</v>
       </c>
       <c r="F544" s="2" t="s">
-        <v>1733</v>
+        <v>1734</v>
       </c>
       <c r="G544" s="2"/>
       <c r="H544" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I544" s="3">
-        <v>11788129378</v>
+        <v>53560945956</v>
       </c>
       <c r="J544" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K544" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L544" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M544" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="545" spans="1:13">
       <c r="A545" s="1">
-        <v>50953679300011</v>
+        <v>41877587000029</v>
       </c>
       <c r="B545" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C545" s="2" t="s">
-        <v>1734</v>
+        <v>1185</v>
       </c>
       <c r="D545" s="2"/>
       <c r="E545" s="2" t="s">
         <v>1735</v>
       </c>
       <c r="F545" s="2" t="s">
         <v>1736</v>
       </c>
-      <c r="G545" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G545" s="2"/>
       <c r="H545" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I545" s="3">
-        <v>22800139380</v>
+        <v>24450170145</v>
       </c>
       <c r="J545" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K545" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L545" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M545" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="546" spans="1:13">
       <c r="A546" s="1">
-        <v>50980848100014</v>
+        <v>41877587000060</v>
       </c>
       <c r="B546" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C546" s="2" t="s">
-        <v>1738</v>
+        <v>1185</v>
       </c>
       <c r="D546" s="2"/>
       <c r="E546" s="2" t="s">
-        <v>1739</v>
+        <v>1737</v>
       </c>
       <c r="F546" s="2" t="s">
-        <v>1740</v>
+        <v>1131</v>
       </c>
       <c r="G546" s="2"/>
       <c r="H546" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I546" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I546" s="3">
+        <v>24450170145</v>
+      </c>
       <c r="J546" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K546" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L546" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M546" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="547" spans="1:13">
       <c r="A547" s="1">
-        <v>50992744800027</v>
+        <v>41877587000078</v>
       </c>
       <c r="B547" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C547" s="2" t="s">
-        <v>1741</v>
-[...3 lines deleted...]
-      </c>
+        <v>1185</v>
+      </c>
+      <c r="D547" s="2"/>
       <c r="E547" s="2" t="s">
-        <v>1743</v>
+        <v>1738</v>
       </c>
       <c r="F547" s="2" t="s">
-        <v>1744</v>
+        <v>837</v>
       </c>
       <c r="G547" s="2"/>
       <c r="H547" s="2" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="I547" s="3">
-        <v>31620213962</v>
+        <v>24450170145</v>
       </c>
       <c r="J547" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K547" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L547" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M547" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="548" spans="1:13">
       <c r="A548" s="1">
-        <v>51009723100052</v>
+        <v>41877587000086</v>
       </c>
       <c r="B548" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C548" s="2" t="s">
-        <v>1745</v>
+        <v>1185</v>
       </c>
       <c r="D548" s="2"/>
       <c r="E548" s="2" t="s">
-        <v>1746</v>
+        <v>1739</v>
       </c>
       <c r="F548" s="2" t="s">
-        <v>1747</v>
-[...3 lines deleted...]
-      </c>
+        <v>1740</v>
+      </c>
+      <c r="G548" s="2"/>
       <c r="H548" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I548" s="3">
-        <v>11754783975</v>
+        <v>24450170145</v>
       </c>
       <c r="J548" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K548" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L548" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M548" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="549" spans="1:13">
       <c r="A549" s="1">
-        <v>51080923900021</v>
+        <v>41877587000102</v>
       </c>
       <c r="B549" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C549" s="2" t="s">
-        <v>1748</v>
+        <v>1185</v>
       </c>
       <c r="D549" s="2"/>
       <c r="E549" s="2" t="s">
-        <v>1749</v>
+        <v>1741</v>
       </c>
       <c r="F549" s="2" t="s">
-        <v>1750</v>
+        <v>1742</v>
       </c>
       <c r="G549" s="2"/>
       <c r="H549" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I549" s="3">
-        <v>94202108020</v>
+        <v>24450170145</v>
       </c>
       <c r="J549" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K549" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L549" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M549" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="550" spans="1:13">
       <c r="A550" s="1">
-        <v>51141946700028</v>
+        <v>41904518200013</v>
       </c>
       <c r="B550" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C550" s="2" t="s">
-        <v>1751</v>
+        <v>1743</v>
       </c>
       <c r="D550" s="2"/>
       <c r="E550" s="2" t="s">
-        <v>1752</v>
+        <v>1744</v>
       </c>
       <c r="F550" s="2" t="s">
-        <v>1753</v>
+        <v>1745</v>
       </c>
       <c r="G550" s="2"/>
       <c r="H550" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I550" s="3">
-        <v>82691049769</v>
+        <v>11940499794</v>
       </c>
       <c r="J550" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K550" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L550" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M550" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="551" spans="1:13">
       <c r="A551" s="1">
-        <v>51147273000023</v>
+        <v>41904518200021</v>
       </c>
       <c r="B551" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C551" s="2" t="s">
-        <v>1754</v>
-[...3 lines deleted...]
-      </c>
+        <v>1743</v>
+      </c>
+      <c r="D551" s="2"/>
       <c r="E551" s="2" t="s">
-        <v>1755</v>
+        <v>1746</v>
       </c>
       <c r="F551" s="2" t="s">
-        <v>1338</v>
+        <v>1747</v>
       </c>
       <c r="G551" s="2"/>
       <c r="H551" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I551" s="3">
-        <v>82691049569</v>
+        <v>11940499794</v>
       </c>
       <c r="J551" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K551" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L551" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M551" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="552" spans="1:13">
       <c r="A552" s="1">
-        <v>51176260100017</v>
+        <v>41953732900015</v>
       </c>
       <c r="B552" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C552" s="2" t="s">
-        <v>1756</v>
+        <v>1748</v>
       </c>
       <c r="D552" s="2"/>
       <c r="E552" s="2" t="s">
-        <v>1757</v>
+        <v>1749</v>
       </c>
       <c r="F552" s="2" t="s">
-        <v>1758</v>
+        <v>1750</v>
       </c>
       <c r="G552" s="2"/>
       <c r="H552" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I552" s="3">
-        <v>54170132917</v>
+        <v>31590449959</v>
       </c>
       <c r="J552" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K552" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L552" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M552" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="553" spans="1:13">
       <c r="A553" s="1">
-        <v>51198006200042</v>
+        <v>41993558000029</v>
       </c>
       <c r="B553" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C553" s="2" t="s">
-        <v>1759</v>
+        <v>1751</v>
       </c>
       <c r="D553" s="2"/>
       <c r="E553" s="2" t="s">
-        <v>1760</v>
+        <v>1752</v>
       </c>
       <c r="F553" s="2" t="s">
-        <v>1488</v>
-[...3 lines deleted...]
-      </c>
+        <v>1753</v>
+      </c>
+      <c r="G553" s="2"/>
       <c r="H553" s="2" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="I553" s="3">
-        <v>41540274054</v>
+        <v>11754156375</v>
       </c>
       <c r="J553" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K553" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L553" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M553" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="554" spans="1:13">
       <c r="A554" s="1">
-        <v>51224502800059</v>
+        <v>42150847400010</v>
       </c>
       <c r="B554" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C554" s="2" t="s">
-        <v>1761</v>
-[...3 lines deleted...]
-      </c>
+        <v>1754</v>
+      </c>
+      <c r="D554" s="2"/>
       <c r="E554" s="2" t="s">
-        <v>1763</v>
+        <v>1755</v>
       </c>
       <c r="F554" s="2" t="s">
-        <v>1764</v>
+        <v>167</v>
       </c>
       <c r="G554" s="2"/>
       <c r="H554" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I554" s="3">
-        <v>73310540631</v>
+        <v>94202010420</v>
       </c>
       <c r="J554" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K554" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L554" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M554" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="555" spans="1:13">
       <c r="A555" s="1">
-        <v>51351620300025</v>
+        <v>42190965600041</v>
       </c>
       <c r="B555" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C555" s="2" t="s">
-        <v>1765</v>
+        <v>1756</v>
       </c>
       <c r="D555" s="2"/>
       <c r="E555" s="2" t="s">
-        <v>1766</v>
+        <v>1757</v>
       </c>
       <c r="F555" s="2" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="G555" s="2"/>
+        <v>1211</v>
+      </c>
+      <c r="G555" s="2" t="s">
+        <v>1257</v>
+      </c>
       <c r="H555" s="2" t="s">
-        <v>1288</v>
+        <v>56</v>
       </c>
       <c r="I555" s="3">
-        <v>31590708359</v>
+        <v>23760298976</v>
       </c>
       <c r="J555" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K555" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L555" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M555" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="556" spans="1:13">
       <c r="A556" s="1">
-        <v>51353065900020</v>
+        <v>42219375500150</v>
       </c>
       <c r="B556" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C556" s="2" t="s">
-        <v>1767</v>
+        <v>1758</v>
       </c>
       <c r="D556" s="2"/>
       <c r="E556" s="2" t="s">
-        <v>1768</v>
+        <v>1759</v>
       </c>
       <c r="F556" s="2" t="s">
-        <v>1769</v>
+        <v>1760</v>
       </c>
       <c r="G556" s="2"/>
       <c r="H556" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I556" s="3">
-        <v>93840306184</v>
+        <v>11753582375</v>
       </c>
       <c r="J556" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K556" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L556" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M556" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="557" spans="1:13">
       <c r="A557" s="1">
-        <v>51472059800036</v>
+        <v>42219375500259</v>
       </c>
       <c r="B557" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C557" s="2" t="s">
-        <v>1770</v>
+        <v>1758</v>
       </c>
       <c r="D557" s="2"/>
       <c r="E557" s="2" t="s">
-        <v>1771</v>
+        <v>1761</v>
       </c>
       <c r="F557" s="2" t="s">
-        <v>1772</v>
+        <v>1760</v>
       </c>
       <c r="G557" s="2"/>
       <c r="H557" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I557" s="3">
-        <v>95970122297</v>
+        <v>11753582375</v>
       </c>
       <c r="J557" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K557" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L557" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M557" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="558" spans="1:13">
       <c r="A558" s="1">
-        <v>51490360800016</v>
+        <v>42219375500549</v>
       </c>
       <c r="B558" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C558" s="2" t="s">
-        <v>1773</v>
+        <v>1758</v>
       </c>
       <c r="D558" s="2"/>
       <c r="E558" s="2" t="s">
-        <v>1774</v>
+        <v>1762</v>
       </c>
       <c r="F558" s="2" t="s">
-        <v>1486</v>
+        <v>1263</v>
       </c>
       <c r="G558" s="2"/>
       <c r="H558" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I558" s="3">
-        <v>82010121101</v>
+        <v>11753582375</v>
       </c>
       <c r="J558" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K558" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L558" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M558" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="559" spans="1:13">
       <c r="A559" s="1">
-        <v>51750217500048</v>
+        <v>42219375500564</v>
       </c>
       <c r="B559" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C559" s="2" t="s">
-        <v>1775</v>
+        <v>1758</v>
       </c>
       <c r="D559" s="2"/>
       <c r="E559" s="2" t="s">
-        <v>1776</v>
+        <v>1763</v>
       </c>
       <c r="F559" s="2" t="s">
-        <v>1424</v>
-[...1 lines deleted...]
-      <c r="G559" s="2"/>
+        <v>1764</v>
+      </c>
+      <c r="G559" s="2" t="s">
+        <v>1765</v>
+      </c>
       <c r="H559" s="2" t="s">
-        <v>1007</v>
+        <v>33</v>
       </c>
       <c r="I559" s="3">
-        <v>93830461883</v>
+        <v>11753582375</v>
       </c>
       <c r="J559" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K559" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L559" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M559" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="560" spans="1:13">
       <c r="A560" s="1">
-        <v>51760378300047</v>
+        <v>42219375500622</v>
       </c>
       <c r="B560" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C560" s="2" t="s">
-        <v>1777</v>
-[...1 lines deleted...]
-      <c r="D560" s="2"/>
+        <v>1758</v>
+      </c>
+      <c r="D560" s="2" t="s">
+        <v>1766</v>
+      </c>
       <c r="E560" s="2" t="s">
-        <v>1778</v>
+        <v>1767</v>
       </c>
       <c r="F560" s="2" t="s">
-        <v>1541</v>
-[...1 lines deleted...]
-      <c r="G560" s="2"/>
+        <v>65</v>
+      </c>
+      <c r="G560" s="2" t="s">
+        <v>1676</v>
+      </c>
       <c r="H560" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I560" s="3">
-        <v>73310551631</v>
+        <v>11753582375</v>
       </c>
       <c r="J560" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K560" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L560" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M560" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="561" spans="1:13">
       <c r="A561" s="1">
-        <v>51842343900034</v>
+        <v>42219375500655</v>
       </c>
       <c r="B561" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C561" s="2" t="s">
-        <v>1779</v>
-[...1 lines deleted...]
-      <c r="D561" s="2"/>
+        <v>1758</v>
+      </c>
+      <c r="D561" s="2" t="s">
+        <v>1766</v>
+      </c>
       <c r="E561" s="2" t="s">
-        <v>1780</v>
+        <v>1768</v>
       </c>
       <c r="F561" s="2" t="s">
-        <v>298</v>
+        <v>431</v>
       </c>
       <c r="G561" s="2"/>
       <c r="H561" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I561" s="3">
-        <v>93131482013</v>
+        <v>11753582375</v>
       </c>
       <c r="J561" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K561" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L561" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M561" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="562" spans="1:13">
       <c r="A562" s="1">
-        <v>51861596800030</v>
+        <v>42219375500705</v>
       </c>
       <c r="B562" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C562" s="2" t="s">
-        <v>1781</v>
+        <v>1758</v>
       </c>
       <c r="D562" s="2"/>
       <c r="E562" s="2" t="s">
-        <v>1782</v>
+        <v>1769</v>
       </c>
       <c r="F562" s="2" t="s">
-        <v>367</v>
+        <v>1770</v>
       </c>
       <c r="G562" s="2"/>
       <c r="H562" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I562" s="3">
-        <v>53350510635</v>
+        <v>11753582375</v>
       </c>
       <c r="J562" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K562" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L562" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M562" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="563" spans="1:13">
       <c r="A563" s="1">
-        <v>51861596800048</v>
+        <v>42243262500032</v>
       </c>
       <c r="B563" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C563" s="2" t="s">
-        <v>1781</v>
+        <v>1771</v>
       </c>
       <c r="D563" s="2"/>
       <c r="E563" s="2" t="s">
-        <v>1783</v>
+        <v>1772</v>
       </c>
       <c r="F563" s="2" t="s">
-        <v>1784</v>
+        <v>1667</v>
       </c>
       <c r="G563" s="2"/>
       <c r="H563" s="2" t="s">
-        <v>23</v>
+        <v>613</v>
       </c>
       <c r="I563" s="3">
-        <v>53350510635</v>
+        <v>52850096585</v>
       </c>
       <c r="J563" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K563" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L563" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M563" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="564" spans="1:13">
       <c r="A564" s="1">
-        <v>51861596800055</v>
+        <v>53161648000038</v>
       </c>
       <c r="B564" s="2" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="C564" s="2" t="s">
-        <v>1781</v>
+        <v>1773</v>
       </c>
       <c r="D564" s="2"/>
       <c r="E564" s="2" t="s">
-        <v>1785</v>
+        <v>1774</v>
       </c>
       <c r="F564" s="2" t="s">
-        <v>1016</v>
+        <v>1775</v>
       </c>
       <c r="G564" s="2" t="s">
-        <v>1786</v>
+        <v>1776</v>
       </c>
       <c r="H564" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I564" s="3">
-        <v>53350510635</v>
+        <v>25140242014</v>
       </c>
       <c r="J564" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K564" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L564" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M564" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="565" spans="1:13">
       <c r="A565" s="1">
-        <v>51861596800063</v>
+        <v>53210772900024</v>
       </c>
       <c r="B565" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C565" s="2" t="s">
-        <v>1781</v>
-[...1 lines deleted...]
-      <c r="D565" s="2"/>
+        <v>1777</v>
+      </c>
+      <c r="D565" s="2" t="s">
+        <v>1778</v>
+      </c>
       <c r="E565" s="2" t="s">
-        <v>1787</v>
+        <v>1779</v>
       </c>
       <c r="F565" s="2" t="s">
-        <v>1016</v>
-[...3 lines deleted...]
-      </c>
+        <v>1780</v>
+      </c>
+      <c r="G565" s="2"/>
       <c r="H565" s="2" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="I565" s="3">
-        <v>53350510635</v>
+        <v>72640319964</v>
       </c>
       <c r="J565" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K565" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L565" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M565" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="566" spans="1:13">
       <c r="A566" s="1">
-        <v>51870186700021</v>
+        <v>53262762700047</v>
       </c>
       <c r="B566" s="2" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="C566" s="2" t="s">
-        <v>1788</v>
+        <v>1781</v>
       </c>
       <c r="D566" s="2"/>
       <c r="E566" s="2" t="s">
-        <v>1789</v>
+        <v>1782</v>
       </c>
       <c r="F566" s="2" t="s">
-        <v>1790</v>
+        <v>1783</v>
       </c>
       <c r="G566" s="2" t="s">
-        <v>1791</v>
+        <v>1784</v>
       </c>
       <c r="H566" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I566" s="3"/>
       <c r="J566" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K566" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L566" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M566" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="567" spans="1:13">
       <c r="A567" s="1">
-        <v>51890309100024</v>
+        <v>33960698000060</v>
       </c>
       <c r="B567" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C567" s="2" t="s">
-        <v>1792</v>
-[...1 lines deleted...]
-      <c r="D567" s="2"/>
+        <v>1785</v>
+      </c>
+      <c r="D567" s="2" t="s">
+        <v>1785</v>
+      </c>
       <c r="E567" s="2" t="s">
-        <v>1793</v>
+        <v>1786</v>
       </c>
       <c r="F567" s="2" t="s">
-        <v>1794</v>
+        <v>1787</v>
       </c>
       <c r="G567" s="2"/>
       <c r="H567" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I567" s="3">
-        <v>72400089740</v>
+        <v>72330097433</v>
       </c>
       <c r="J567" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K567" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L567" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M567" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="568" spans="1:13">
       <c r="A568" s="1">
-        <v>51894767600020</v>
+        <v>33960698000110</v>
       </c>
       <c r="B568" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C568" s="2" t="s">
-        <v>1795</v>
+        <v>1785</v>
       </c>
       <c r="D568" s="2"/>
       <c r="E568" s="2" t="s">
-        <v>1796</v>
+        <v>1788</v>
       </c>
       <c r="F568" s="2" t="s">
-        <v>1797</v>
+        <v>148</v>
       </c>
       <c r="G568" s="2"/>
       <c r="H568" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I568" s="3">
-        <v>95973070297</v>
+        <v>72330097433</v>
       </c>
       <c r="J568" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K568" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L568" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M568" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="569" spans="1:13">
       <c r="A569" s="1">
-        <v>51935563000012</v>
+        <v>33973910400059</v>
       </c>
       <c r="B569" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C569" s="2" t="s">
-        <v>1798</v>
+        <v>1789</v>
       </c>
       <c r="D569" s="2"/>
       <c r="E569" s="2" t="s">
-        <v>1799</v>
+        <v>1790</v>
       </c>
       <c r="F569" s="2" t="s">
-        <v>367</v>
+        <v>1791</v>
       </c>
       <c r="G569" s="2"/>
       <c r="H569" s="2" t="s">
-        <v>23</v>
+        <v>613</v>
       </c>
       <c r="I569" s="3">
-        <v>11756190175</v>
+        <v>11751147675</v>
       </c>
       <c r="J569" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K569" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L569" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M569" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="570" spans="1:13">
       <c r="A570" s="1">
-        <v>51940814000092</v>
+        <v>34029140000018</v>
       </c>
       <c r="B570" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C570" s="2" t="s">
-        <v>1800</v>
-[...3 lines deleted...]
-      </c>
+        <v>1792</v>
+      </c>
+      <c r="D570" s="2"/>
       <c r="E570" s="2" t="s">
-        <v>1801</v>
+        <v>1793</v>
       </c>
       <c r="F570" s="2" t="s">
-        <v>203</v>
+        <v>1648</v>
       </c>
       <c r="G570" s="2"/>
       <c r="H570" s="2" t="s">
-        <v>1088</v>
+        <v>33</v>
       </c>
       <c r="I570" s="3">
-        <v>54790095179</v>
+        <v>24370027737</v>
       </c>
       <c r="J570" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K570" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L570" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M570" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="571" spans="1:13">
       <c r="A571" s="1">
-        <v>51956015500011</v>
+        <v>34175422400028</v>
       </c>
       <c r="B571" s="2" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="C571" s="2" t="s">
-        <v>1802</v>
-[...1 lines deleted...]
-      <c r="D571" s="2"/>
+        <v>1794</v>
+      </c>
+      <c r="D571" s="2" t="s">
+        <v>1794</v>
+      </c>
       <c r="E571" s="2" t="s">
-        <v>1803</v>
+        <v>1795</v>
       </c>
       <c r="F571" s="2" t="s">
-        <v>1804</v>
+        <v>1796</v>
       </c>
       <c r="G571" s="2" t="s">
-        <v>1805</v>
+        <v>1797</v>
       </c>
       <c r="H571" s="2" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="I571" s="3">
-        <v>24450269645</v>
+        <v>31620036662</v>
       </c>
       <c r="J571" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K571" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L571" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M571" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="572" spans="1:13">
       <c r="A572" s="1">
-        <v>51959927800073</v>
+        <v>34195770200036</v>
       </c>
       <c r="B572" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C572" s="2" t="s">
-        <v>1806</v>
+        <v>1798</v>
       </c>
       <c r="D572" s="2"/>
       <c r="E572" s="2" t="s">
-        <v>1807</v>
+        <v>1799</v>
       </c>
       <c r="F572" s="2" t="s">
-        <v>1808</v>
-[...3 lines deleted...]
-      </c>
+        <v>1800</v>
+      </c>
+      <c r="G572" s="2"/>
       <c r="H572" s="2" t="s">
-        <v>1810</v>
+        <v>33</v>
       </c>
       <c r="I572" s="3">
-        <v>22600239860</v>
+        <v>22600042860</v>
       </c>
       <c r="J572" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K572" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L572" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M572" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="573" spans="1:13">
       <c r="A573" s="1">
-        <v>51963136000038</v>
+        <v>49417753800027</v>
       </c>
       <c r="B573" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C573" s="2" t="s">
-        <v>1811</v>
+        <v>1801</v>
       </c>
       <c r="D573" s="2"/>
       <c r="E573" s="2" t="s">
-        <v>1812</v>
+        <v>1802</v>
       </c>
       <c r="F573" s="2" t="s">
-        <v>1813</v>
+        <v>1803</v>
       </c>
       <c r="G573" s="2"/>
       <c r="H573" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I573" s="3">
-        <v>93830410283</v>
+        <v>11754164475</v>
       </c>
       <c r="J573" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K573" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L573" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M573" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="574" spans="1:13">
       <c r="A574" s="1">
-        <v>52003700300016</v>
+        <v>49434936800022</v>
       </c>
       <c r="B574" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C574" s="2" t="s">
-        <v>1814</v>
-[...3 lines deleted...]
-      </c>
+        <v>1804</v>
+      </c>
+      <c r="D574" s="2"/>
       <c r="E574" s="2" t="s">
-        <v>1815</v>
+        <v>1805</v>
       </c>
       <c r="F574" s="2" t="s">
-        <v>367</v>
+        <v>1806</v>
       </c>
       <c r="G574" s="2"/>
       <c r="H574" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I574" s="3">
-        <v>42680208868</v>
+        <v>52490236149</v>
       </c>
       <c r="J574" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K574" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L574" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M574" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="575" spans="1:13">
       <c r="A575" s="1">
-        <v>52038890100065</v>
+        <v>49449841300041</v>
       </c>
       <c r="B575" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C575" s="2" t="s">
-        <v>1816</v>
+        <v>1807</v>
       </c>
       <c r="D575" s="2"/>
       <c r="E575" s="2" t="s">
-        <v>1817</v>
+        <v>1158</v>
       </c>
       <c r="F575" s="2" t="s">
-        <v>277</v>
+        <v>55</v>
       </c>
       <c r="G575" s="2"/>
       <c r="H575" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I575" s="3">
-        <v>11754512575</v>
+        <v>32600349260</v>
       </c>
       <c r="J575" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K575" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L575" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M575" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="576" spans="1:13">
       <c r="A576" s="1">
-        <v>52076297200039</v>
+        <v>49478184200047</v>
       </c>
       <c r="B576" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C576" s="2" t="s">
-        <v>1818</v>
+        <v>1808</v>
       </c>
       <c r="D576" s="2"/>
       <c r="E576" s="2" t="s">
-        <v>1819</v>
+        <v>1809</v>
       </c>
       <c r="F576" s="2" t="s">
-        <v>1820</v>
+        <v>1810</v>
       </c>
       <c r="G576" s="2"/>
       <c r="H576" s="2" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="I576" s="3">
-        <v>11754612175</v>
+        <v>32590934059</v>
       </c>
       <c r="J576" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K576" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L576" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M576" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="577" spans="1:13">
       <c r="A577" s="1">
-        <v>52174134800028</v>
+        <v>49508991400057</v>
       </c>
       <c r="B577" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C577" s="2" t="s">
-        <v>1821</v>
-[...1 lines deleted...]
-      <c r="D577" s="2"/>
+        <v>1811</v>
+      </c>
+      <c r="D577" s="2" t="s">
+        <v>1812</v>
+      </c>
       <c r="E577" s="2" t="s">
-        <v>1822</v>
+        <v>1813</v>
       </c>
       <c r="F577" s="2" t="s">
-        <v>1823</v>
+        <v>830</v>
       </c>
       <c r="G577" s="2"/>
       <c r="H577" s="2" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="I577" s="3">
-        <v>11940901294</v>
+        <v>72640269164</v>
       </c>
       <c r="J577" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K577" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L577" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M577" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="578" spans="1:13">
       <c r="A578" s="1">
-        <v>52221813000022</v>
+        <v>49525093800034</v>
       </c>
       <c r="B578" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C578" s="2" t="s">
-        <v>1824</v>
+        <v>1814</v>
       </c>
       <c r="D578" s="2" t="s">
-        <v>1824</v>
+        <v>1815</v>
       </c>
       <c r="E578" s="2" t="s">
-        <v>1825</v>
+        <v>1816</v>
       </c>
       <c r="F578" s="2" t="s">
-        <v>1826</v>
+        <v>1357</v>
       </c>
       <c r="G578" s="2"/>
       <c r="H578" s="2" t="s">
-        <v>123</v>
+        <v>33</v>
       </c>
       <c r="I578" s="3">
-        <v>11922086592</v>
+        <v>23760496776</v>
       </c>
       <c r="J578" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K578" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L578" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M578" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="579" spans="1:13">
       <c r="A579" s="1">
-        <v>52232922600032</v>
+        <v>51472059800036</v>
       </c>
       <c r="B579" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C579" s="2" t="s">
-        <v>1827</v>
-[...3 lines deleted...]
-      </c>
+        <v>1817</v>
+      </c>
+      <c r="D579" s="2"/>
       <c r="E579" s="2" t="s">
-        <v>1828</v>
+        <v>1818</v>
       </c>
       <c r="F579" s="2" t="s">
-        <v>975</v>
+        <v>1819</v>
       </c>
       <c r="G579" s="2"/>
       <c r="H579" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I579" s="3">
-        <v>96973042297</v>
+        <v>95970122297</v>
       </c>
       <c r="J579" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K579" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L579" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M579" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="580" spans="1:13">
       <c r="A580" s="1">
-        <v>52238449400038</v>
+        <v>51490360800016</v>
       </c>
       <c r="B580" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C580" s="2" t="s">
-        <v>1829</v>
+        <v>1820</v>
       </c>
       <c r="D580" s="2"/>
       <c r="E580" s="2" t="s">
-        <v>1830</v>
+        <v>1821</v>
       </c>
       <c r="F580" s="2" t="s">
-        <v>1831</v>
+        <v>1538</v>
       </c>
       <c r="G580" s="2"/>
       <c r="H580" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I580" s="3">
-        <v>11940878094</v>
+        <v>82010121101</v>
       </c>
       <c r="J580" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K580" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L580" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M580" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="581" spans="1:13">
       <c r="A581" s="1">
-        <v>81131965600013</v>
+        <v>81328921200066</v>
       </c>
       <c r="B581" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C581" s="2" t="s">
-        <v>1832</v>
-[...3 lines deleted...]
-      </c>
+        <v>1822</v>
+      </c>
+      <c r="D581" s="2"/>
       <c r="E581" s="2" t="s">
-        <v>1834</v>
+        <v>1823</v>
       </c>
       <c r="F581" s="2" t="s">
-        <v>1835</v>
-[...3 lines deleted...]
-      </c>
+        <v>609</v>
+      </c>
+      <c r="G581" s="2"/>
       <c r="H581" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I581" s="3">
-        <v>52490315249</v>
+        <v>11755488175</v>
       </c>
       <c r="J581" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K581" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L581" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M581" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="582" spans="1:13">
       <c r="A582" s="1">
-        <v>81163631500046</v>
+        <v>81328921200074</v>
       </c>
       <c r="B582" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C582" s="2" t="s">
-        <v>1836</v>
+        <v>1822</v>
       </c>
       <c r="D582" s="2"/>
       <c r="E582" s="2" t="s">
-        <v>1837</v>
+        <v>1824</v>
       </c>
       <c r="F582" s="2" t="s">
-        <v>1838</v>
-[...3 lines deleted...]
-      </c>
+        <v>1825</v>
+      </c>
+      <c r="G582" s="2"/>
       <c r="H582" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I582" s="3">
-        <v>93830497983</v>
+        <v>11755488175</v>
       </c>
       <c r="J582" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K582" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L582" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M582" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="583" spans="1:13">
       <c r="A583" s="1">
-        <v>81164055600015</v>
+        <v>82521171700012</v>
       </c>
       <c r="B583" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C583" s="2" t="s">
-        <v>1840</v>
+        <v>1826</v>
       </c>
       <c r="D583" s="2"/>
       <c r="E583" s="2" t="s">
-        <v>1841</v>
+        <v>1827</v>
       </c>
       <c r="F583" s="2" t="s">
-        <v>1842</v>
-[...1 lines deleted...]
-      <c r="G583" s="2"/>
+        <v>1828</v>
+      </c>
+      <c r="G583" s="2" t="s">
+        <v>1257</v>
+      </c>
       <c r="H583" s="2" t="s">
-        <v>23</v>
+        <v>650</v>
       </c>
       <c r="I583" s="3">
-        <v>41570348557</v>
+        <v>76810156181</v>
       </c>
       <c r="J583" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K583" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L583" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M583" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="584" spans="1:13">
       <c r="A584" s="1">
-        <v>75210085900012</v>
+        <v>84124789300024</v>
       </c>
       <c r="B584" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C584" s="2" t="s">
-        <v>1843</v>
+        <v>1829</v>
       </c>
       <c r="D584" s="2"/>
       <c r="E584" s="2" t="s">
-        <v>1844</v>
+        <v>1830</v>
       </c>
       <c r="F584" s="2" t="s">
-        <v>1845</v>
-[...1 lines deleted...]
-      <c r="G584" s="2"/>
+        <v>1831</v>
+      </c>
+      <c r="G584" s="2" t="s">
+        <v>1832</v>
+      </c>
       <c r="H584" s="2" t="s">
-        <v>73</v>
+        <v>613</v>
       </c>
       <c r="I584" s="3">
-        <v>11754864275</v>
+        <v>53351032135</v>
       </c>
       <c r="J584" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K584" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L584" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M584" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="585" spans="1:13">
       <c r="A585" s="1">
-        <v>75245848900040</v>
+        <v>84129288100015</v>
       </c>
       <c r="B585" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C585" s="2" t="s">
-        <v>1846</v>
+        <v>1833</v>
       </c>
       <c r="D585" s="2"/>
       <c r="E585" s="2" t="s">
-        <v>1847</v>
+        <v>1834</v>
       </c>
       <c r="F585" s="2" t="s">
-        <v>1848</v>
+        <v>1835</v>
       </c>
       <c r="G585" s="2"/>
       <c r="H585" s="2" t="s">
-        <v>1007</v>
+        <v>33</v>
       </c>
       <c r="I585" s="3">
-        <v>53350924035</v>
+        <v>24370376937</v>
       </c>
       <c r="J585" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K585" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L585" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M585" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="586" spans="1:13">
       <c r="A586" s="1">
-        <v>75283444000014</v>
+        <v>84137812800026</v>
       </c>
       <c r="B586" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C586" s="2" t="s">
-        <v>1849</v>
+        <v>1836</v>
       </c>
       <c r="D586" s="2"/>
       <c r="E586" s="2" t="s">
-        <v>1850</v>
+        <v>1837</v>
       </c>
       <c r="F586" s="2" t="s">
-        <v>1851</v>
-[...3 lines deleted...]
-      </c>
+        <v>1838</v>
+      </c>
+      <c r="G586" s="2"/>
       <c r="H586" s="2" t="s">
-        <v>23</v>
+        <v>800</v>
       </c>
       <c r="I586" s="3">
-        <v>93830441283</v>
+        <v>84420316842</v>
       </c>
       <c r="J586" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K586" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L586" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M586" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="587" spans="1:13">
       <c r="A587" s="1">
-        <v>75301474500016</v>
+        <v>39839792700102</v>
       </c>
       <c r="B587" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C587" s="2" t="s">
-        <v>1853</v>
+        <v>1839</v>
       </c>
       <c r="D587" s="2"/>
       <c r="E587" s="2" t="s">
-        <v>1854</v>
+        <v>1840</v>
       </c>
       <c r="F587" s="2" t="s">
-        <v>1855</v>
-[...3 lines deleted...]
-      </c>
+        <v>1841</v>
+      </c>
+      <c r="G587" s="2"/>
       <c r="H587" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I587" s="3">
-        <v>24370303337</v>
+        <v>52720055472</v>
       </c>
       <c r="J587" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K587" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L587" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M587" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="588" spans="1:13">
       <c r="A588" s="1">
-        <v>75312739800026</v>
+        <v>39870494000038</v>
       </c>
       <c r="B588" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C588" s="2" t="s">
-        <v>1856</v>
+        <v>1842</v>
       </c>
       <c r="D588" s="2"/>
       <c r="E588" s="2" t="s">
-        <v>1857</v>
+        <v>1843</v>
       </c>
       <c r="F588" s="2" t="s">
-        <v>182</v>
-[...1 lines deleted...]
-      <c r="G588" s="2"/>
+        <v>890</v>
+      </c>
+      <c r="G588" s="2" t="s">
+        <v>1844</v>
+      </c>
       <c r="H588" s="2" t="s">
-        <v>23</v>
+        <v>613</v>
       </c>
       <c r="I588" s="3">
-        <v>72240158724</v>
+        <v>73310217431</v>
       </c>
       <c r="J588" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K588" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L588" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M588" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="589" spans="1:13">
       <c r="A589" s="1">
-        <v>48180466400011</v>
+        <v>39917881300016</v>
       </c>
       <c r="B589" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C589" s="2" t="s">
-        <v>1858</v>
-[...1 lines deleted...]
-      <c r="D589" s="2"/>
+        <v>1845</v>
+      </c>
+      <c r="D589" s="2" t="s">
+        <v>1846</v>
+      </c>
       <c r="E589" s="2" t="s">
-        <v>1859</v>
+        <v>1847</v>
       </c>
       <c r="F589" s="2" t="s">
-        <v>1860</v>
-[...3 lines deleted...]
-      </c>
+        <v>1848</v>
+      </c>
+      <c r="G589" s="2"/>
       <c r="H589" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I589" s="3">
-        <v>53220797422</v>
+        <v>21100030510</v>
       </c>
       <c r="J589" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K589" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L589" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M589" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="590" spans="1:13">
       <c r="A590" s="1">
-        <v>48267357100022</v>
+        <v>39945394300058</v>
       </c>
       <c r="B590" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C590" s="2" t="s">
-        <v>1862</v>
+        <v>1849</v>
       </c>
       <c r="D590" s="2"/>
       <c r="E590" s="2" t="s">
-        <v>1863</v>
+        <v>1850</v>
       </c>
       <c r="F590" s="2" t="s">
-        <v>1864</v>
-[...1 lines deleted...]
-      <c r="G590" s="2"/>
+        <v>1851</v>
+      </c>
+      <c r="G590" s="2" t="s">
+        <v>1852</v>
+      </c>
       <c r="H590" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I590" s="3">
-        <v>93840291284</v>
+        <v>93060290006</v>
       </c>
       <c r="J590" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K590" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L590" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M590" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="591" spans="1:13">
       <c r="A591" s="1">
-        <v>48276116000019</v>
+        <v>39976040400042</v>
       </c>
       <c r="B591" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C591" s="2" t="s">
-        <v>1865</v>
+        <v>1853</v>
       </c>
       <c r="D591" s="2"/>
       <c r="E591" s="2" t="s">
-        <v>1866</v>
+        <v>1854</v>
       </c>
       <c r="F591" s="2" t="s">
-        <v>1867</v>
-[...1 lines deleted...]
-      <c r="G591" s="2"/>
+        <v>296</v>
+      </c>
+      <c r="G591" s="2" t="s">
+        <v>1855</v>
+      </c>
       <c r="H591" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I591" s="3">
-        <v>11921529392</v>
+        <v>52490155549</v>
       </c>
       <c r="J591" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K591" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L591" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M591" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="592" spans="1:13">
       <c r="A592" s="1">
-        <v>48283258100011</v>
+        <v>40019882600028</v>
       </c>
       <c r="B592" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C592" s="2" t="s">
-        <v>1868</v>
+        <v>1856</v>
       </c>
       <c r="D592" s="2"/>
       <c r="E592" s="2" t="s">
-        <v>1869</v>
+        <v>1857</v>
       </c>
       <c r="F592" s="2" t="s">
-        <v>1870</v>
+        <v>1858</v>
       </c>
       <c r="G592" s="2"/>
       <c r="H592" s="2" t="s">
-        <v>141</v>
+        <v>33</v>
       </c>
       <c r="I592" s="3">
-        <v>54160055716</v>
+        <v>82690698669</v>
       </c>
       <c r="J592" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K592" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L592" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M592" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="593" spans="1:13">
       <c r="A593" s="1">
-        <v>79207386800038</v>
+        <v>40122792100038</v>
       </c>
       <c r="B593" s="2" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="C593" s="2" t="s">
-        <v>1871</v>
+        <v>1859</v>
       </c>
       <c r="D593" s="2"/>
       <c r="E593" s="2" t="s">
-        <v>1872</v>
+        <v>1860</v>
       </c>
       <c r="F593" s="2" t="s">
-        <v>645</v>
+        <v>1861</v>
       </c>
       <c r="G593" s="2" t="s">
-        <v>1339</v>
+        <v>1676</v>
       </c>
       <c r="H593" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I593" s="3"/>
+        <v>613</v>
+      </c>
+      <c r="I593" s="3">
+        <v>91340385534</v>
+      </c>
       <c r="J593" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K593" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L593" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M593" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="594" spans="1:13">
       <c r="A594" s="1">
-        <v>79276787300021</v>
+        <v>40171009000010</v>
       </c>
       <c r="B594" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C594" s="2" t="s">
-        <v>1873</v>
+        <v>1862</v>
       </c>
       <c r="D594" s="2"/>
       <c r="E594" s="2" t="s">
-        <v>1874</v>
+        <v>1863</v>
       </c>
       <c r="F594" s="2" t="s">
-        <v>1875</v>
-[...3 lines deleted...]
-      </c>
+        <v>1864</v>
+      </c>
+      <c r="G594" s="2"/>
       <c r="H594" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I594" s="3">
-        <v>93060716006</v>
+        <v>82260067726</v>
       </c>
       <c r="J594" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K594" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L594" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M594" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="595" spans="1:13">
       <c r="A595" s="1">
-        <v>40227696800110</v>
+        <v>45143381700025</v>
       </c>
       <c r="B595" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C595" s="2" t="s">
-        <v>1877</v>
-[...3 lines deleted...]
-      </c>
+        <v>1865</v>
+      </c>
+      <c r="D595" s="2"/>
       <c r="E595" s="2" t="s">
-        <v>1878</v>
+        <v>1866</v>
       </c>
       <c r="F595" s="2" t="s">
-        <v>1122</v>
+        <v>1867</v>
       </c>
       <c r="G595" s="2"/>
       <c r="H595" s="2" t="s">
-        <v>1879</v>
+        <v>33</v>
       </c>
       <c r="I595" s="3">
-        <v>52440417344</v>
+        <v>43250195025</v>
       </c>
       <c r="J595" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K595" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L595" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M595" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="596" spans="1:13">
       <c r="A596" s="1">
-        <v>40291262000182</v>
+        <v>45169029100013</v>
       </c>
       <c r="B596" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C596" s="2" t="s">
-        <v>1880</v>
+        <v>1868</v>
       </c>
       <c r="D596" s="2"/>
       <c r="E596" s="2" t="s">
-        <v>1881</v>
+        <v>1869</v>
       </c>
       <c r="F596" s="2" t="s">
-        <v>367</v>
-[...1 lines deleted...]
-      <c r="G596" s="2"/>
+        <v>1870</v>
+      </c>
+      <c r="G596" s="2" t="s">
+        <v>1871</v>
+      </c>
       <c r="H596" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I596" s="3">
-        <v>52440249544</v>
+        <v>41570226157</v>
       </c>
       <c r="J596" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K596" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L596" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M596" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="597" spans="1:13">
       <c r="A597" s="1">
-        <v>50510207900033</v>
+        <v>45181113700020</v>
       </c>
       <c r="B597" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C597" s="2" t="s">
-        <v>1882</v>
+        <v>1872</v>
       </c>
       <c r="D597" s="2"/>
       <c r="E597" s="2" t="s">
-        <v>1883</v>
+        <v>1873</v>
       </c>
       <c r="F597" s="2" t="s">
-        <v>1019</v>
+        <v>1874</v>
       </c>
       <c r="G597" s="2"/>
       <c r="H597" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I597" s="3">
-        <v>52720125372</v>
+        <v>11753839375</v>
       </c>
       <c r="J597" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K597" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L597" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M597" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="598" spans="1:13">
       <c r="A598" s="1">
-        <v>50522848600047</v>
+        <v>45211949800023</v>
       </c>
       <c r="B598" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C598" s="2" t="s">
-        <v>1884</v>
+        <v>1875</v>
       </c>
       <c r="D598" s="2"/>
       <c r="E598" s="2" t="s">
-        <v>1885</v>
+        <v>1876</v>
       </c>
       <c r="F598" s="2" t="s">
-        <v>1886</v>
+        <v>1877</v>
       </c>
       <c r="G598" s="2"/>
       <c r="H598" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I598" s="3">
-        <v>93131305613</v>
+        <v>11930518993</v>
       </c>
       <c r="J598" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K598" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L598" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M598" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="599" spans="1:13">
       <c r="A599" s="1">
-        <v>50758326800010</v>
+        <v>45215527800032</v>
       </c>
       <c r="B599" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C599" s="2" t="s">
-        <v>1887</v>
+        <v>1878</v>
       </c>
       <c r="D599" s="2"/>
       <c r="E599" s="2" t="s">
-        <v>1888</v>
+        <v>1879</v>
       </c>
       <c r="F599" s="2" t="s">
-        <v>1889</v>
+        <v>1880</v>
       </c>
       <c r="G599" s="2"/>
       <c r="H599" s="2" t="s">
-        <v>1447</v>
+        <v>33</v>
       </c>
       <c r="I599" s="3">
-        <v>11754834175</v>
+        <v>23760361976</v>
       </c>
       <c r="J599" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K599" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L599" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M599" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="600" spans="1:13">
       <c r="A600" s="1">
-        <v>34323106400068</v>
+        <v>45224614300013</v>
       </c>
       <c r="B600" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C600" s="2" t="s">
-        <v>1890</v>
+        <v>1881</v>
       </c>
       <c r="D600" s="2"/>
       <c r="E600" s="2" t="s">
-        <v>1891</v>
+        <v>1882</v>
       </c>
       <c r="F600" s="2" t="s">
-        <v>1892</v>
-[...1 lines deleted...]
-      <c r="G600" s="2"/>
+        <v>1867</v>
+      </c>
+      <c r="G600" s="2" t="s">
+        <v>1883</v>
+      </c>
       <c r="H600" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I600" s="3">
-        <v>31590153659</v>
+        <v>11940740494</v>
       </c>
       <c r="J600" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K600" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L600" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M600" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="601" spans="1:13">
       <c r="A601" s="1">
-        <v>34358867900021</v>
+        <v>79810137400014</v>
       </c>
       <c r="B601" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C601" s="2" t="s">
-        <v>1893</v>
+        <v>1884</v>
       </c>
       <c r="D601" s="2"/>
       <c r="E601" s="2" t="s">
-        <v>1894</v>
+        <v>1885</v>
       </c>
       <c r="F601" s="2" t="s">
-        <v>1895</v>
+        <v>436</v>
       </c>
       <c r="G601" s="2"/>
       <c r="H601" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I601" s="3">
-        <v>31620039262</v>
+        <v>52440697944</v>
       </c>
       <c r="J601" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K601" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L601" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M601" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="602" spans="1:13">
       <c r="A602" s="1">
-        <v>34539593300046</v>
+        <v>79858120300022</v>
       </c>
       <c r="B602" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C602" s="2" t="s">
-        <v>1896</v>
-[...3 lines deleted...]
-      </c>
+        <v>1886</v>
+      </c>
+      <c r="D602" s="2"/>
       <c r="E602" s="2" t="s">
-        <v>1898</v>
+        <v>1887</v>
       </c>
       <c r="F602" s="2" t="s">
-        <v>924</v>
+        <v>91</v>
       </c>
       <c r="G602" s="2"/>
       <c r="H602" s="2" t="s">
-        <v>23</v>
+        <v>599</v>
       </c>
       <c r="I602" s="3">
-        <v>93060554806</v>
+        <v>43250277425</v>
       </c>
       <c r="J602" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K602" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L602" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M602" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="603" spans="1:13">
       <c r="A603" s="1">
-        <v>34750655200020</v>
+        <v>79870472200023</v>
       </c>
       <c r="B603" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C603" s="2" t="s">
-        <v>1899</v>
+        <v>1888</v>
       </c>
       <c r="D603" s="2"/>
       <c r="E603" s="2" t="s">
-        <v>1900</v>
+        <v>1889</v>
       </c>
       <c r="F603" s="2" t="s">
-        <v>1901</v>
+        <v>1890</v>
       </c>
       <c r="G603" s="2"/>
       <c r="H603" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I603" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I603" s="3">
+        <v>93830467183</v>
+      </c>
       <c r="J603" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K603" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L603" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M603" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="604" spans="1:13">
       <c r="A604" s="1">
-        <v>43410211700018</v>
+        <v>79937020000021</v>
       </c>
       <c r="B604" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C604" s="2" t="s">
-        <v>1902</v>
+        <v>1891</v>
       </c>
       <c r="D604" s="2"/>
       <c r="E604" s="2" t="s">
-        <v>1903</v>
+        <v>1892</v>
       </c>
       <c r="F604" s="2" t="s">
-        <v>671</v>
+        <v>1893</v>
       </c>
       <c r="G604" s="2"/>
       <c r="H604" s="2" t="s">
-        <v>17</v>
+        <v>1894</v>
       </c>
       <c r="I604" s="3">
-        <v>24450197345</v>
+        <v>28270197627</v>
       </c>
       <c r="J604" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K604" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L604" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M604" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="605" spans="1:13">
       <c r="A605" s="1">
-        <v>43413541400010</v>
+        <v>79937020000039</v>
       </c>
       <c r="B605" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C605" s="2" t="s">
-        <v>1904</v>
-[...3 lines deleted...]
-      </c>
+        <v>1891</v>
+      </c>
+      <c r="D605" s="2"/>
       <c r="E605" s="2" t="s">
-        <v>1906</v>
+        <v>1895</v>
       </c>
       <c r="F605" s="2" t="s">
-        <v>1907</v>
+        <v>1896</v>
       </c>
       <c r="G605" s="2"/>
       <c r="H605" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I605" s="3">
-        <v>91340470434</v>
+        <v>28270197627</v>
       </c>
       <c r="J605" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K605" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L605" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M605" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="606" spans="1:13">
       <c r="A606" s="1">
-        <v>43436597900047</v>
+        <v>79954538900030</v>
       </c>
       <c r="B606" s="2" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="C606" s="2" t="s">
-        <v>1908</v>
-[...1 lines deleted...]
-      <c r="D606" s="2"/>
+        <v>1897</v>
+      </c>
+      <c r="D606" s="2" t="s">
+        <v>1897</v>
+      </c>
       <c r="E606" s="2" t="s">
-        <v>1909</v>
+        <v>1898</v>
       </c>
       <c r="F606" s="2" t="s">
-        <v>1910</v>
+        <v>1899</v>
       </c>
       <c r="G606" s="2" t="s">
-        <v>195</v>
+        <v>1900</v>
       </c>
       <c r="H606" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I606" s="3"/>
       <c r="J606" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K606" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L606" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M606" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="607" spans="1:13">
       <c r="A607" s="1">
-        <v>43488451600031</v>
+        <v>79975732300040</v>
       </c>
       <c r="B607" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C607" s="2" t="s">
-        <v>1911</v>
-[...1 lines deleted...]
-      <c r="D607" s="2"/>
+        <v>1901</v>
+      </c>
+      <c r="D607" s="2" t="s">
+        <v>1902</v>
+      </c>
       <c r="E607" s="2" t="s">
-        <v>1912</v>
+        <v>1903</v>
       </c>
       <c r="F607" s="2" t="s">
-        <v>1913</v>
+        <v>642</v>
       </c>
       <c r="G607" s="2"/>
       <c r="H607" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I607" s="3">
-        <v>11950532095</v>
+        <v>52440827344</v>
       </c>
       <c r="J607" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K607" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L607" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M607" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="608" spans="1:13">
       <c r="A608" s="1">
-        <v>43495354300023</v>
+        <v>80007600200016</v>
       </c>
       <c r="B608" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C608" s="2" t="s">
-        <v>1914</v>
+        <v>1904</v>
       </c>
       <c r="D608" s="2"/>
       <c r="E608" s="2" t="s">
-        <v>1915</v>
+        <v>1905</v>
       </c>
       <c r="F608" s="2" t="s">
-        <v>1916</v>
+        <v>1224</v>
       </c>
       <c r="G608" s="2"/>
       <c r="H608" s="2" t="s">
-        <v>23</v>
+        <v>1894</v>
       </c>
       <c r="I608" s="3">
-        <v>82010073801</v>
+        <v>83630455063</v>
       </c>
       <c r="J608" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K608" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L608" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M608" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="609" spans="1:13">
       <c r="A609" s="1">
-        <v>43756105300053</v>
+        <v>80019756800028</v>
       </c>
       <c r="B609" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C609" s="2" t="s">
-        <v>1917</v>
-[...1 lines deleted...]
-      <c r="D609" s="2"/>
+        <v>1906</v>
+      </c>
+      <c r="D609" s="2" t="s">
+        <v>1906</v>
+      </c>
       <c r="E609" s="2" t="s">
-        <v>1918</v>
+        <v>1907</v>
       </c>
       <c r="F609" s="2" t="s">
-        <v>1919</v>
-[...1 lines deleted...]
-      <c r="G609" s="2"/>
+        <v>1908</v>
+      </c>
+      <c r="G609" s="2" t="s">
+        <v>1909</v>
+      </c>
       <c r="H609" s="2" t="s">
-        <v>35</v>
+        <v>599</v>
       </c>
       <c r="I609" s="3">
-        <v>98970259697</v>
+        <v>82010158301</v>
       </c>
       <c r="J609" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K609" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L609" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M609" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="610" spans="1:13">
       <c r="A610" s="1">
-        <v>43809379100046</v>
+        <v>80060011600019</v>
       </c>
       <c r="B610" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C610" s="2" t="s">
-        <v>1920</v>
+        <v>1910</v>
       </c>
       <c r="D610" s="2"/>
       <c r="E610" s="2" t="s">
-        <v>1921</v>
+        <v>1911</v>
       </c>
       <c r="F610" s="2" t="s">
-        <v>1066</v>
-[...1 lines deleted...]
-      <c r="G610" s="2"/>
+        <v>1912</v>
+      </c>
+      <c r="G610" s="2" t="s">
+        <v>1913</v>
+      </c>
       <c r="H610" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I610" s="3">
-        <v>11754461075</v>
+        <v>72330932933</v>
       </c>
       <c r="J610" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K610" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L610" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M610" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="611" spans="1:13">
       <c r="A611" s="1">
-        <v>43833301500040</v>
+        <v>80080468400028</v>
       </c>
       <c r="B611" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C611" s="2" t="s">
-        <v>1922</v>
+        <v>1914</v>
       </c>
       <c r="D611" s="2"/>
       <c r="E611" s="2" t="s">
-        <v>1923</v>
+        <v>1915</v>
       </c>
       <c r="F611" s="2" t="s">
-        <v>1924</v>
-[...3 lines deleted...]
-      </c>
+        <v>1916</v>
+      </c>
+      <c r="G611" s="2"/>
       <c r="H611" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I611" s="3">
-        <v>23760343276</v>
+        <v>42670525367</v>
       </c>
       <c r="J611" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K611" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L611" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M611" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="612" spans="1:13">
       <c r="A612" s="1">
-        <v>43886006600044</v>
+        <v>80105052700010</v>
       </c>
       <c r="B612" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C612" s="2" t="s">
-        <v>1925</v>
+        <v>1917</v>
       </c>
       <c r="D612" s="2"/>
       <c r="E612" s="2" t="s">
-        <v>1926</v>
+        <v>1918</v>
       </c>
       <c r="F612" s="2" t="s">
-        <v>948</v>
+        <v>1919</v>
       </c>
       <c r="G612" s="2"/>
       <c r="H612" s="2" t="s">
-        <v>23</v>
+        <v>650</v>
       </c>
       <c r="I612" s="3">
-        <v>82010076301</v>
+        <v>42680243468</v>
       </c>
       <c r="J612" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K612" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L612" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M612" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="613" spans="1:13">
       <c r="A613" s="1">
-        <v>43891831000055</v>
+        <v>80106424700027</v>
       </c>
       <c r="B613" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C613" s="2" t="s">
-        <v>1927</v>
+        <v>1920</v>
       </c>
       <c r="D613" s="2"/>
       <c r="E613" s="2" t="s">
-        <v>1928</v>
+        <v>1921</v>
       </c>
       <c r="F613" s="2" t="s">
-        <v>1584</v>
-[...3 lines deleted...]
-      </c>
+        <v>1922</v>
+      </c>
+      <c r="G613" s="2"/>
       <c r="H613" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I613" s="3">
-        <v>11770368077</v>
+        <v>76340908834</v>
       </c>
       <c r="J613" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K613" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L613" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M613" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="614" spans="1:13">
       <c r="A614" s="1">
-        <v>43914353800049</v>
+        <v>80106424700035</v>
       </c>
       <c r="B614" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C614" s="2" t="s">
-        <v>1929</v>
+        <v>1920</v>
       </c>
       <c r="D614" s="2"/>
       <c r="E614" s="2" t="s">
-        <v>1930</v>
+        <v>1923</v>
       </c>
       <c r="F614" s="2" t="s">
-        <v>80</v>
+        <v>1924</v>
       </c>
       <c r="G614" s="2"/>
       <c r="H614" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I614" s="3">
-        <v>11910509891</v>
+        <v>76340908834</v>
       </c>
       <c r="J614" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K614" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L614" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M614" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="615" spans="1:13">
       <c r="A615" s="1">
-        <v>43930953500029</v>
+        <v>80149414700011</v>
       </c>
       <c r="B615" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C615" s="2" t="s">
-        <v>1931</v>
+        <v>1925</v>
       </c>
       <c r="D615" s="2"/>
       <c r="E615" s="2" t="s">
-        <v>1932</v>
+        <v>1926</v>
       </c>
       <c r="F615" s="2" t="s">
-        <v>1933</v>
+        <v>1927</v>
       </c>
       <c r="G615" s="2"/>
       <c r="H615" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I615" s="3">
-        <v>96973036797</v>
+        <v>11930684493</v>
       </c>
       <c r="J615" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K615" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L615" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M615" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="616" spans="1:13">
       <c r="A616" s="1">
-        <v>43948904800033</v>
+        <v>80235447200044</v>
       </c>
       <c r="B616" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C616" s="2" t="s">
-        <v>1934</v>
+        <v>1928</v>
       </c>
       <c r="D616" s="2"/>
       <c r="E616" s="2" t="s">
-        <v>1935</v>
+        <v>1929</v>
       </c>
       <c r="F616" s="2" t="s">
-        <v>1936</v>
+        <v>1930</v>
       </c>
       <c r="G616" s="2"/>
       <c r="H616" s="2" t="s">
-        <v>1937</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I616" s="3"/>
       <c r="J616" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K616" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L616" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M616" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="617" spans="1:13">
       <c r="A617" s="1">
-        <v>43976112300041</v>
+        <v>80261105300017</v>
       </c>
       <c r="B617" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C617" s="2" t="s">
-        <v>1938</v>
-[...1 lines deleted...]
-      <c r="D617" s="2"/>
+        <v>1931</v>
+      </c>
+      <c r="D617" s="2" t="s">
+        <v>1932</v>
+      </c>
       <c r="E617" s="2" t="s">
-        <v>1939</v>
+        <v>1933</v>
       </c>
       <c r="F617" s="2" t="s">
-        <v>1910</v>
-[...1 lines deleted...]
-      <c r="G617" s="2"/>
+        <v>1934</v>
+      </c>
+      <c r="G617" s="2" t="s">
+        <v>1600</v>
+      </c>
       <c r="H617" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I617" s="3">
-        <v>72330586033</v>
+        <v>42670532567</v>
       </c>
       <c r="J617" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K617" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L617" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M617" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="618" spans="1:13">
       <c r="A618" s="1">
-        <v>44000287100026</v>
+        <v>80296375100028</v>
       </c>
       <c r="B618" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C618" s="2" t="s">
-        <v>1940</v>
+        <v>1935</v>
       </c>
       <c r="D618" s="2"/>
       <c r="E618" s="2" t="s">
-        <v>1941</v>
+        <v>1936</v>
       </c>
       <c r="F618" s="2" t="s">
-        <v>1942</v>
+        <v>870</v>
       </c>
       <c r="G618" s="2"/>
       <c r="H618" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I618" s="3">
-        <v>21100049910</v>
+        <v>82380442138</v>
       </c>
       <c r="J618" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K618" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L618" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M618" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="619" spans="1:13">
       <c r="A619" s="1">
-        <v>44064045600024</v>
+        <v>80334912500028</v>
       </c>
       <c r="B619" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C619" s="2" t="s">
-        <v>1943</v>
+        <v>1937</v>
       </c>
       <c r="D619" s="2"/>
       <c r="E619" s="2" t="s">
-        <v>1944</v>
+        <v>1938</v>
       </c>
       <c r="F619" s="2" t="s">
-        <v>1945</v>
+        <v>1939</v>
       </c>
       <c r="G619" s="2"/>
       <c r="H619" s="2" t="s">
-        <v>1447</v>
+        <v>33</v>
       </c>
       <c r="I619" s="3">
-        <v>96973029797</v>
+        <v>95970191297</v>
       </c>
       <c r="J619" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K619" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L619" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M619" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="620" spans="1:13">
       <c r="A620" s="1">
-        <v>44067143600085</v>
+        <v>80342775600025</v>
       </c>
       <c r="B620" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C620" s="2" t="s">
-        <v>1946</v>
+        <v>1940</v>
       </c>
       <c r="D620" s="2"/>
       <c r="E620" s="2" t="s">
-        <v>1947</v>
+        <v>1941</v>
       </c>
       <c r="F620" s="2" t="s">
-        <v>1948</v>
+        <v>1942</v>
       </c>
       <c r="G620" s="2"/>
       <c r="H620" s="2" t="s">
-        <v>73</v>
+        <v>56</v>
       </c>
       <c r="I620" s="3">
-        <v>11753637175</v>
+        <v>97970203497</v>
       </c>
       <c r="J620" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K620" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L620" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M620" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="621" spans="1:13">
       <c r="A621" s="1">
-        <v>44090994300043</v>
+        <v>80438597900013</v>
       </c>
       <c r="B621" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C621" s="2" t="s">
-        <v>1949</v>
-[...1 lines deleted...]
-      <c r="D621" s="2"/>
+        <v>1943</v>
+      </c>
+      <c r="D621" s="2" t="s">
+        <v>1944</v>
+      </c>
       <c r="E621" s="2" t="s">
-        <v>1950</v>
+        <v>1945</v>
       </c>
       <c r="F621" s="2" t="s">
-        <v>1951</v>
+        <v>1946</v>
       </c>
       <c r="G621" s="2"/>
       <c r="H621" s="2" t="s">
-        <v>23</v>
+        <v>709</v>
       </c>
       <c r="I621" s="3">
-        <v>22600208660</v>
+        <v>91340840634</v>
       </c>
       <c r="J621" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K621" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L621" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M621" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="622" spans="1:13">
       <c r="A622" s="1">
-        <v>44100359700032</v>
+        <v>80458814300011</v>
       </c>
       <c r="B622" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C622" s="2" t="s">
-        <v>1952</v>
-[...3 lines deleted...]
-      </c>
+        <v>1947</v>
+      </c>
+      <c r="D622" s="2"/>
       <c r="E622" s="2" t="s">
-        <v>1953</v>
+        <v>1948</v>
       </c>
       <c r="F622" s="2" t="s">
-        <v>1003</v>
+        <v>1949</v>
       </c>
       <c r="G622" s="2"/>
       <c r="H622" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I622" s="3">
-        <v>83630356963</v>
+        <v>91340838034</v>
       </c>
       <c r="J622" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K622" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L622" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M622" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="623" spans="1:13">
       <c r="A623" s="1">
-        <v>44276468400027</v>
+        <v>80481193300014</v>
       </c>
       <c r="B623" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C623" s="2" t="s">
-        <v>1954</v>
+        <v>1950</v>
       </c>
       <c r="D623" s="2" t="s">
-        <v>1954</v>
+        <v>1950</v>
       </c>
       <c r="E623" s="2" t="s">
-        <v>1955</v>
+        <v>1951</v>
       </c>
       <c r="F623" s="2" t="s">
-        <v>1400</v>
+        <v>1952</v>
       </c>
       <c r="G623" s="2"/>
       <c r="H623" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I623" s="3">
-        <v>98970119897</v>
+        <v>26890124489</v>
       </c>
       <c r="J623" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K623" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L623" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M623" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="624" spans="1:13">
       <c r="A624" s="1">
-        <v>44321186700025</v>
+        <v>80521953200027</v>
       </c>
       <c r="B624" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C624" s="2" t="s">
+        <v>1953</v>
+      </c>
+      <c r="D624" s="2" t="s">
+        <v>1954</v>
+      </c>
+      <c r="E624" s="2" t="s">
+        <v>1955</v>
+      </c>
+      <c r="F624" s="2" t="s">
         <v>1956</v>
       </c>
-      <c r="D624" s="2"/>
-      <c r="E624" s="2" t="s">
+      <c r="G624" s="2"/>
+      <c r="H624" s="2" t="s">
         <v>1957</v>
       </c>
-      <c r="F624" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I624" s="3">
-        <v>93060557706</v>
+        <v>54170186217</v>
       </c>
       <c r="J624" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K624" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L624" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M624" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="625" spans="1:13">
       <c r="A625" s="1">
-        <v>44391934500035</v>
+        <v>80538677800023</v>
       </c>
       <c r="B625" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C625" s="2" t="s">
-        <v>1960</v>
+        <v>1958</v>
       </c>
       <c r="D625" s="2"/>
       <c r="E625" s="2" t="s">
-        <v>1961</v>
+        <v>1959</v>
       </c>
       <c r="F625" s="2" t="s">
-        <v>298</v>
-[...1 lines deleted...]
-      <c r="G625" s="2"/>
+        <v>1408</v>
+      </c>
+      <c r="G625" s="2" t="s">
+        <v>1960</v>
+      </c>
       <c r="H625" s="2" t="s">
-        <v>35</v>
+        <v>61</v>
       </c>
       <c r="I625" s="3">
-        <v>82690769669</v>
+        <v>75331220633</v>
       </c>
       <c r="J625" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K625" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L625" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M625" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="626" spans="1:13">
       <c r="A626" s="1">
-        <v>44492238900010</v>
+        <v>80815473600025</v>
       </c>
       <c r="B626" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C626" s="2" t="s">
-        <v>1962</v>
+        <v>1961</v>
       </c>
       <c r="D626" s="2"/>
       <c r="E626" s="2" t="s">
-        <v>1666</v>
+        <v>1962</v>
       </c>
       <c r="F626" s="2" t="s">
         <v>1963</v>
       </c>
       <c r="G626" s="2"/>
       <c r="H626" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I626" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I626" s="3">
+        <v>84730290073</v>
+      </c>
       <c r="J626" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K626" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L626" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M626" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="627" spans="1:13">
       <c r="A627" s="1">
-        <v>44499985800046</v>
+        <v>80832639100030</v>
       </c>
       <c r="B627" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C627" s="2" t="s">
         <v>1964</v>
       </c>
       <c r="D627" s="2"/>
       <c r="E627" s="2" t="s">
         <v>1965</v>
       </c>
       <c r="F627" s="2" t="s">
-        <v>247</v>
+        <v>55</v>
       </c>
       <c r="G627" s="2"/>
       <c r="H627" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I627" s="3"/>
       <c r="J627" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K627" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L627" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M627" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="628" spans="1:13">
       <c r="A628" s="1">
-        <v>44520408400021</v>
+        <v>80875076400025</v>
       </c>
       <c r="B628" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C628" s="2" t="s">
         <v>1966</v>
       </c>
-      <c r="D628" s="2"/>
+      <c r="D628" s="2" t="s">
+        <v>1967</v>
+      </c>
       <c r="E628" s="2" t="s">
-        <v>1967</v>
+        <v>1968</v>
       </c>
       <c r="F628" s="2" t="s">
-        <v>247</v>
+        <v>1969</v>
       </c>
       <c r="G628" s="2"/>
       <c r="H628" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="I628" s="3"/>
       <c r="J628" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K628" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L628" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M628" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="629" spans="1:13">
       <c r="A629" s="1">
-        <v>44524552500040</v>
+        <v>80982366900019</v>
       </c>
       <c r="B629" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C629" s="2" t="s">
-        <v>1968</v>
+        <v>1970</v>
       </c>
       <c r="D629" s="2"/>
       <c r="E629" s="2" t="s">
-        <v>1969</v>
+        <v>1971</v>
       </c>
       <c r="F629" s="2" t="s">
-        <v>1970</v>
+        <v>1972</v>
       </c>
       <c r="G629" s="2"/>
       <c r="H629" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I629" s="3">
-        <v>43700047270</v>
+        <v>52440747344</v>
       </c>
       <c r="J629" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K629" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L629" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M629" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="630" spans="1:13">
       <c r="A630" s="1">
-        <v>44531243200021</v>
+        <v>81031690100034</v>
       </c>
       <c r="B630" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C630" s="2" t="s">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="D630" s="2"/>
       <c r="E630" s="2" t="s">
-        <v>1972</v>
+        <v>1974</v>
       </c>
       <c r="F630" s="2" t="s">
-        <v>216</v>
+        <v>27</v>
       </c>
       <c r="G630" s="2"/>
       <c r="H630" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I630" s="3">
-        <v>31590578459</v>
+        <v>25140282614</v>
       </c>
       <c r="J630" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K630" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L630" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M630" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="631" spans="1:13">
       <c r="A631" s="1">
-        <v>44531243200104</v>
+        <v>81131965600013</v>
       </c>
       <c r="B631" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C631" s="2" t="s">
-        <v>1971</v>
-[...1 lines deleted...]
-      <c r="D631" s="2"/>
+        <v>1975</v>
+      </c>
+      <c r="D631" s="2" t="s">
+        <v>1976</v>
+      </c>
       <c r="E631" s="2" t="s">
-        <v>1973</v>
+        <v>1977</v>
       </c>
       <c r="F631" s="2" t="s">
-        <v>1974</v>
-[...1 lines deleted...]
-      <c r="G631" s="2"/>
+        <v>1978</v>
+      </c>
+      <c r="G631" s="2" t="s">
+        <v>996</v>
+      </c>
       <c r="H631" s="2" t="s">
-        <v>23</v>
+        <v>599</v>
       </c>
       <c r="I631" s="3">
-        <v>31590578459</v>
+        <v>52490315249</v>
       </c>
       <c r="J631" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K631" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L631" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M631" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="632" spans="1:13">
       <c r="A632" s="1">
-        <v>44531243200112</v>
+        <v>81163631500046</v>
       </c>
       <c r="B632" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C632" s="2" t="s">
-        <v>1971</v>
+        <v>1979</v>
       </c>
       <c r="D632" s="2"/>
       <c r="E632" s="2" t="s">
-        <v>1975</v>
+        <v>1980</v>
       </c>
       <c r="F632" s="2" t="s">
-        <v>281</v>
-[...1 lines deleted...]
-      <c r="G632" s="2"/>
+        <v>1981</v>
+      </c>
+      <c r="G632" s="2" t="s">
+        <v>1982</v>
+      </c>
       <c r="H632" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I632" s="3">
-        <v>31590578459</v>
+        <v>93830497983</v>
       </c>
       <c r="J632" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K632" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L632" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M632" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="633" spans="1:13">
       <c r="A633" s="1">
-        <v>44531243200120</v>
+        <v>81164055600015</v>
       </c>
       <c r="B633" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C633" s="2" t="s">
-        <v>1971</v>
+        <v>1983</v>
       </c>
       <c r="D633" s="2"/>
       <c r="E633" s="2" t="s">
-        <v>1976</v>
+        <v>1984</v>
       </c>
       <c r="F633" s="2" t="s">
-        <v>281</v>
+        <v>1985</v>
       </c>
       <c r="G633" s="2"/>
       <c r="H633" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I633" s="3">
-        <v>31590578459</v>
+        <v>41570348557</v>
       </c>
       <c r="J633" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K633" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L633" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M633" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="634" spans="1:13">
       <c r="A634" s="1">
-        <v>44531243200146</v>
+        <v>81229926100014</v>
       </c>
       <c r="B634" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C634" s="2" t="s">
-        <v>1971</v>
-[...1 lines deleted...]
-      <c r="D634" s="2"/>
+        <v>1986</v>
+      </c>
+      <c r="D634" s="2" t="s">
+        <v>1987</v>
+      </c>
       <c r="E634" s="2" t="s">
-        <v>1977</v>
+        <v>1988</v>
       </c>
       <c r="F634" s="2" t="s">
-        <v>1630</v>
+        <v>1357</v>
       </c>
       <c r="G634" s="2"/>
       <c r="H634" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I634" s="3">
-        <v>31590578459</v>
+        <v>98970001397</v>
       </c>
       <c r="J634" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K634" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L634" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M634" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="635" spans="1:13">
       <c r="A635" s="1">
-        <v>44904121900014</v>
+        <v>81426685400011</v>
       </c>
       <c r="B635" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C635" s="2" t="s">
-        <v>1978</v>
+        <v>1989</v>
       </c>
       <c r="D635" s="2"/>
       <c r="E635" s="2" t="s">
-        <v>1979</v>
+        <v>1990</v>
       </c>
       <c r="F635" s="2" t="s">
-        <v>1980</v>
+        <v>1114</v>
       </c>
       <c r="G635" s="2"/>
       <c r="H635" s="2" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="I635" s="3">
-        <v>52850112885</v>
+        <v>84260247326</v>
       </c>
       <c r="J635" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K635" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L635" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M635" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="636" spans="1:13">
       <c r="A636" s="1">
-        <v>44921506000012</v>
+        <v>81441466000013</v>
       </c>
       <c r="B636" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C636" s="2" t="s">
-        <v>1981</v>
-[...1 lines deleted...]
-      <c r="D636" s="2"/>
+        <v>1991</v>
+      </c>
+      <c r="D636" s="2" t="s">
+        <v>1991</v>
+      </c>
       <c r="E636" s="2" t="s">
-        <v>1982</v>
+        <v>1992</v>
       </c>
       <c r="F636" s="2" t="s">
-        <v>1983</v>
+        <v>1993</v>
       </c>
       <c r="G636" s="2"/>
       <c r="H636" s="2" t="s">
-        <v>17</v>
+        <v>599</v>
       </c>
       <c r="I636" s="3">
-        <v>93830464283</v>
+        <v>42670564767</v>
       </c>
       <c r="J636" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K636" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L636" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M636" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="637" spans="1:13">
       <c r="A637" s="1">
-        <v>45143381700025</v>
+        <v>81454189200018</v>
       </c>
       <c r="B637" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C637" s="2" t="s">
-        <v>1984</v>
+        <v>1994</v>
       </c>
       <c r="D637" s="2"/>
       <c r="E637" s="2" t="s">
-        <v>1985</v>
+        <v>1995</v>
       </c>
       <c r="F637" s="2" t="s">
-        <v>1986</v>
+        <v>1996</v>
       </c>
       <c r="G637" s="2"/>
       <c r="H637" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I637" s="3"/>
       <c r="J637" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K637" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L637" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M637" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="638" spans="1:13">
       <c r="A638" s="1">
-        <v>45169029100013</v>
+        <v>81460944200011</v>
       </c>
       <c r="B638" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C638" s="2" t="s">
-        <v>1987</v>
+        <v>1997</v>
       </c>
       <c r="D638" s="2"/>
       <c r="E638" s="2" t="s">
-        <v>1988</v>
+        <v>1998</v>
       </c>
       <c r="F638" s="2" t="s">
-        <v>1989</v>
-[...3 lines deleted...]
-      </c>
+        <v>1999</v>
+      </c>
+      <c r="G638" s="2"/>
       <c r="H638" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I638" s="3">
-        <v>41570226157</v>
+        <v>53560907156</v>
       </c>
       <c r="J638" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K638" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L638" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M638" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="639" spans="1:13">
       <c r="A639" s="1">
-        <v>45181113700020</v>
+        <v>81473972800024</v>
       </c>
       <c r="B639" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C639" s="2" t="s">
-        <v>1991</v>
+        <v>2000</v>
       </c>
       <c r="D639" s="2"/>
       <c r="E639" s="2" t="s">
-        <v>1992</v>
+        <v>2001</v>
       </c>
       <c r="F639" s="2" t="s">
-        <v>1993</v>
+        <v>2002</v>
       </c>
       <c r="G639" s="2"/>
       <c r="H639" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I639" s="3">
-        <v>11753839375</v>
+        <v>11950590895</v>
       </c>
       <c r="J639" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K639" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L639" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M639" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="640" spans="1:13">
       <c r="A640" s="1">
-        <v>45211949800023</v>
+        <v>81490319100033</v>
       </c>
       <c r="B640" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C640" s="2" t="s">
-        <v>1994</v>
+        <v>2003</v>
       </c>
       <c r="D640" s="2"/>
       <c r="E640" s="2" t="s">
-        <v>1995</v>
+        <v>2004</v>
       </c>
       <c r="F640" s="2" t="s">
-        <v>1996</v>
+        <v>2005</v>
       </c>
       <c r="G640" s="2"/>
       <c r="H640" s="2" t="s">
-        <v>23</v>
+        <v>599</v>
       </c>
       <c r="I640" s="3">
-        <v>11930518993</v>
+        <v>82260240926</v>
       </c>
       <c r="J640" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K640" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L640" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M640" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="641" spans="1:13">
       <c r="A641" s="1">
-        <v>45215527800032</v>
+        <v>81540490000020</v>
       </c>
       <c r="B641" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C641" s="2" t="s">
-        <v>1997</v>
-[...1 lines deleted...]
-      <c r="D641" s="2"/>
+        <v>2006</v>
+      </c>
+      <c r="D641" s="2" t="s">
+        <v>2006</v>
+      </c>
       <c r="E641" s="2" t="s">
-        <v>1998</v>
+        <v>2007</v>
       </c>
       <c r="F641" s="2" t="s">
-        <v>1999</v>
+        <v>642</v>
       </c>
       <c r="G641" s="2"/>
       <c r="H641" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I641" s="3">
-        <v>23760361976</v>
+        <v>52720164672</v>
       </c>
       <c r="J641" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K641" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L641" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M641" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="642" spans="1:13">
       <c r="A642" s="1">
-        <v>45224614300013</v>
+        <v>81540720000022</v>
       </c>
       <c r="B642" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C642" s="2" t="s">
-        <v>2000</v>
+        <v>2008</v>
       </c>
       <c r="D642" s="2"/>
       <c r="E642" s="2" t="s">
-        <v>2001</v>
+        <v>2009</v>
       </c>
       <c r="F642" s="2" t="s">
-        <v>1986</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="G642" s="2"/>
       <c r="H642" s="2" t="s">
-        <v>23</v>
+        <v>599</v>
       </c>
       <c r="I642" s="3">
-        <v>11940740494</v>
+        <v>93131640213</v>
       </c>
       <c r="J642" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K642" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L642" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M642" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="643" spans="1:13">
       <c r="A643" s="1">
-        <v>45235951600021</v>
+        <v>81772788600019</v>
       </c>
       <c r="B643" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C643" s="2" t="s">
-        <v>2003</v>
-[...1 lines deleted...]
-      <c r="D643" s="2"/>
+        <v>681</v>
+      </c>
+      <c r="D643" s="2" t="s">
+        <v>682</v>
+      </c>
       <c r="E643" s="2" t="s">
-        <v>2004</v>
+        <v>2010</v>
       </c>
       <c r="F643" s="2" t="s">
-        <v>2005</v>
+        <v>2011</v>
       </c>
       <c r="G643" s="2"/>
       <c r="H643" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I643" s="3">
-        <v>11910566091</v>
+        <v>76340934834</v>
       </c>
       <c r="J643" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K643" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L643" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M643" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="644" spans="1:13">
       <c r="A644" s="1">
-        <v>45244430000043</v>
+        <v>81786764100026</v>
       </c>
       <c r="B644" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C644" s="2" t="s">
-        <v>2006</v>
+        <v>2012</v>
       </c>
       <c r="D644" s="2"/>
       <c r="E644" s="2" t="s">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="F644" s="2" t="s">
-        <v>1010</v>
+        <v>2014</v>
       </c>
       <c r="G644" s="2"/>
       <c r="H644" s="2" t="s">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I644" s="3"/>
       <c r="J644" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K644" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L644" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M644" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="645" spans="1:13">
       <c r="A645" s="1">
-        <v>45361713600024</v>
+        <v>81804864700023</v>
       </c>
       <c r="B645" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C645" s="2" t="s">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="D645" s="2"/>
       <c r="E645" s="2" t="s">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="F645" s="2" t="s">
-        <v>2011</v>
+        <v>2017</v>
       </c>
       <c r="G645" s="2"/>
       <c r="H645" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I645" s="3">
-        <v>97970192097</v>
+        <v>84691455469</v>
       </c>
       <c r="J645" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K645" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L645" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M645" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="646" spans="1:13">
       <c r="A646" s="1">
-        <v>45406806500027</v>
+        <v>81904676400018</v>
       </c>
       <c r="B646" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C646" s="2" t="s">
-        <v>2012</v>
+        <v>679</v>
       </c>
       <c r="D646" s="2"/>
       <c r="E646" s="2" t="s">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="F646" s="2" t="s">
-        <v>685</v>
+        <v>65</v>
       </c>
       <c r="G646" s="2"/>
       <c r="H646" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I646" s="3">
-        <v>11930513693</v>
+        <v>43250187225</v>
       </c>
       <c r="J646" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K646" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L646" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M646" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="647" spans="1:13">
       <c r="A647" s="1">
-        <v>47774275300031</v>
+        <v>81997258900017</v>
       </c>
       <c r="B647" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C647" s="2" t="s">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="D647" s="2"/>
+        <v>2019</v>
+      </c>
+      <c r="D647" s="2" t="s">
+        <v>2019</v>
+      </c>
       <c r="E647" s="2" t="s">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="F647" s="2" t="s">
-        <v>862</v>
-[...3 lines deleted...]
-      </c>
+        <v>612</v>
+      </c>
+      <c r="G647" s="2"/>
       <c r="H647" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I647" s="3">
-        <v>11753905175</v>
+        <v>52490322749</v>
       </c>
       <c r="J647" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K647" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L647" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M647" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="648" spans="1:13">
       <c r="A648" s="1">
-        <v>47842520000035</v>
+        <v>81999622400013</v>
       </c>
       <c r="B648" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C648" s="2" t="s">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="D648" s="2"/>
       <c r="E648" s="2" t="s">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="F648" s="2" t="s">
-        <v>2019</v>
+        <v>1489</v>
       </c>
       <c r="G648" s="2"/>
       <c r="H648" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I648" s="3">
-        <v>23760375476</v>
+        <v>27390108539</v>
       </c>
       <c r="J648" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K648" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L648" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M648" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="649" spans="1:13">
       <c r="A649" s="1">
-        <v>47890019400026</v>
+        <v>82027612900021</v>
       </c>
       <c r="B649" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C649" s="2" t="s">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="D649" s="2"/>
       <c r="E649" s="2" t="s">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="F649" s="2" t="s">
-        <v>277</v>
+        <v>1939</v>
       </c>
       <c r="G649" s="2"/>
       <c r="H649" s="2" t="s">
-        <v>23</v>
+        <v>599</v>
       </c>
       <c r="I649" s="3">
-        <v>72640242164</v>
+        <v>84420290542</v>
       </c>
       <c r="J649" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K649" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L649" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M649" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="650" spans="1:13">
       <c r="A650" s="1">
-        <v>47920353100013</v>
+        <v>82137367700029</v>
       </c>
       <c r="B650" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C650" s="2" t="s">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="D650" s="2"/>
       <c r="E650" s="2" t="s">
-        <v>2023</v>
+        <v>2026</v>
       </c>
       <c r="F650" s="2" t="s">
-        <v>2024</v>
+        <v>1482</v>
       </c>
       <c r="G650" s="2"/>
       <c r="H650" s="2" t="s">
-        <v>73</v>
+        <v>613</v>
       </c>
       <c r="I650" s="3">
-        <v>91340570434</v>
+        <v>76660201266</v>
       </c>
       <c r="J650" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K650" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L650" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M650" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="651" spans="1:13">
       <c r="A651" s="1">
-        <v>47946661700020</v>
+        <v>82267455200010</v>
       </c>
       <c r="B651" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C651" s="2" t="s">
-        <v>2025</v>
+        <v>2027</v>
       </c>
       <c r="D651" s="2"/>
       <c r="E651" s="2" t="s">
-        <v>2026</v>
+        <v>2028</v>
       </c>
       <c r="F651" s="2" t="s">
-        <v>2027</v>
+        <v>1942</v>
       </c>
       <c r="G651" s="2"/>
       <c r="H651" s="2" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="I651" s="3">
-        <v>11753829375</v>
+        <v>44680266968</v>
       </c>
       <c r="J651" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K651" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L651" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M651" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="652" spans="1:13">
       <c r="A652" s="1">
-        <v>47960778000026</v>
+        <v>82277236400011</v>
       </c>
       <c r="B652" s="2" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="C652" s="2" t="s">
-        <v>2028</v>
+        <v>2029</v>
       </c>
       <c r="D652" s="2"/>
       <c r="E652" s="2" t="s">
-        <v>2029</v>
+        <v>2030</v>
       </c>
       <c r="F652" s="2" t="s">
-        <v>1924</v>
+        <v>1942</v>
       </c>
       <c r="G652" s="2" t="s">
-        <v>2030</v>
+        <v>2031</v>
       </c>
       <c r="H652" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I652" s="3">
-        <v>24370223537</v>
+        <v>53561025056</v>
       </c>
       <c r="J652" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K652" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L652" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M652" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="653" spans="1:13">
       <c r="A653" s="1">
-        <v>47991356800024</v>
+        <v>82345639700038</v>
       </c>
       <c r="B653" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C653" s="2" t="s">
-        <v>2031</v>
+        <v>2032</v>
       </c>
       <c r="D653" s="2"/>
       <c r="E653" s="2" t="s">
-        <v>2032</v>
+        <v>2033</v>
       </c>
       <c r="F653" s="2" t="s">
-        <v>2033</v>
-[...1 lines deleted...]
-      <c r="G653" s="2"/>
+        <v>2034</v>
+      </c>
+      <c r="G653" s="2" t="s">
+        <v>2035</v>
+      </c>
       <c r="H653" s="2" t="s">
-        <v>23</v>
+        <v>613</v>
       </c>
       <c r="I653" s="3">
-        <v>73820050682</v>
+        <v>11756166775</v>
       </c>
       <c r="J653" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K653" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L653" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M653" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="654" spans="1:13">
       <c r="A654" s="1">
-        <v>47999589600020</v>
+        <v>82355272400010</v>
       </c>
       <c r="B654" s="2" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="C654" s="2" t="s">
-        <v>2034</v>
+        <v>2036</v>
       </c>
       <c r="D654" s="2"/>
       <c r="E654" s="2" t="s">
-        <v>2035</v>
+        <v>2037</v>
       </c>
       <c r="F654" s="2" t="s">
-        <v>2036</v>
+        <v>2038</v>
       </c>
       <c r="G654" s="2" t="s">
-        <v>2037</v>
+        <v>2039</v>
       </c>
       <c r="H654" s="2" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="I654" s="3">
-        <v>91300262130</v>
+        <v>84420295042</v>
       </c>
       <c r="J654" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K654" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L654" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M654" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="655" spans="1:13">
       <c r="A655" s="1">
-        <v>48013520100030</v>
+        <v>82404542100024</v>
       </c>
       <c r="B655" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C655" s="2" t="s">
-        <v>2038</v>
+        <v>2040</v>
       </c>
       <c r="D655" s="2"/>
       <c r="E655" s="2" t="s">
-        <v>2039</v>
+        <v>2041</v>
       </c>
       <c r="F655" s="2" t="s">
-        <v>367</v>
-[...1 lines deleted...]
-      <c r="G655" s="2"/>
+        <v>1956</v>
+      </c>
+      <c r="G655" s="2" t="s">
+        <v>2042</v>
+      </c>
       <c r="H655" s="2" t="s">
-        <v>23</v>
+        <v>2043</v>
       </c>
       <c r="I655" s="3">
-        <v>97970132497</v>
+        <v>84010186201</v>
       </c>
       <c r="J655" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K655" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L655" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M655" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="656" spans="1:13">
       <c r="A656" s="1">
-        <v>48051919800026</v>
+        <v>82430127900025</v>
       </c>
       <c r="B656" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C656" s="2" t="s">
-        <v>2040</v>
+        <v>2044</v>
       </c>
       <c r="D656" s="2"/>
       <c r="E656" s="2" t="s">
-        <v>2041</v>
+        <v>2045</v>
       </c>
       <c r="F656" s="2" t="s">
-        <v>2042</v>
+        <v>2046</v>
       </c>
       <c r="G656" s="2"/>
       <c r="H656" s="2" t="s">
-        <v>35</v>
+        <v>2047</v>
       </c>
       <c r="I656" s="3">
-        <v>83630370563</v>
+        <v>28760569776</v>
       </c>
       <c r="J656" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K656" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L656" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M656" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="657" spans="1:13">
       <c r="A657" s="1">
-        <v>48085771300048</v>
+        <v>82478596800028</v>
       </c>
       <c r="B657" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C657" s="2" t="s">
-        <v>2043</v>
+        <v>2048</v>
       </c>
       <c r="D657" s="2"/>
       <c r="E657" s="2" t="s">
-        <v>2044</v>
+        <v>2049</v>
       </c>
       <c r="F657" s="2" t="s">
-        <v>2045</v>
+        <v>1199</v>
       </c>
       <c r="G657" s="2"/>
       <c r="H657" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I657" s="3">
-        <v>91340859434</v>
+        <v>11940937594</v>
       </c>
       <c r="J657" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K657" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L657" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M657" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="658" spans="1:13">
       <c r="A658" s="1">
-        <v>48121600000044</v>
+        <v>82496884600033</v>
       </c>
       <c r="B658" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C658" s="2" t="s">
-        <v>2046</v>
-[...3 lines deleted...]
-      </c>
+        <v>2050</v>
+      </c>
+      <c r="D658" s="2"/>
       <c r="E658" s="2" t="s">
-        <v>2048</v>
+        <v>2051</v>
       </c>
       <c r="F658" s="2" t="s">
-        <v>715</v>
+        <v>27</v>
       </c>
       <c r="G658" s="2"/>
       <c r="H658" s="2" t="s">
-        <v>23</v>
+        <v>599</v>
       </c>
       <c r="I658" s="3">
-        <v>42670351367</v>
+        <v>76340926234</v>
       </c>
       <c r="J658" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K658" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L658" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M658" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="659" spans="1:13">
       <c r="A659" s="1">
-        <v>82478596800028</v>
+        <v>82855316400017</v>
       </c>
       <c r="B659" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C659" s="2" t="s">
-        <v>2049</v>
+        <v>2052</v>
       </c>
       <c r="D659" s="2"/>
       <c r="E659" s="2" t="s">
-        <v>2050</v>
+        <v>2053</v>
       </c>
       <c r="F659" s="2" t="s">
-        <v>1257</v>
+        <v>2054</v>
       </c>
       <c r="G659" s="2"/>
       <c r="H659" s="2" t="s">
-        <v>23</v>
+        <v>613</v>
       </c>
       <c r="I659" s="3">
-        <v>11940937594</v>
+        <v>11950623895</v>
       </c>
       <c r="J659" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K659" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L659" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M659" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="660" spans="1:13">
       <c r="A660" s="1">
-        <v>82496884600033</v>
+        <v>82946839600025</v>
       </c>
       <c r="B660" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C660" s="2" t="s">
-        <v>2051</v>
-[...1 lines deleted...]
-      <c r="D660" s="2"/>
+        <v>2055</v>
+      </c>
+      <c r="D660" s="2" t="s">
+        <v>2055</v>
+      </c>
       <c r="E660" s="2" t="s">
-        <v>2052</v>
+        <v>2056</v>
       </c>
       <c r="F660" s="2" t="s">
-        <v>251</v>
+        <v>2057</v>
       </c>
       <c r="G660" s="2"/>
       <c r="H660" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I660" s="3">
-        <v>76340926234</v>
+        <v>84420300542</v>
       </c>
       <c r="J660" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K660" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L660" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M660" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="661" spans="1:13">
       <c r="A661" s="1">
-        <v>82521171700012</v>
+        <v>82961303300010</v>
       </c>
       <c r="B661" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C661" s="2" t="s">
-        <v>2053</v>
+        <v>2058</v>
       </c>
       <c r="D661" s="2"/>
       <c r="E661" s="2" t="s">
-        <v>2054</v>
+        <v>2059</v>
       </c>
       <c r="F661" s="2" t="s">
-        <v>2055</v>
-[...3 lines deleted...]
-      </c>
+        <v>2060</v>
+      </c>
+      <c r="G661" s="2"/>
       <c r="H661" s="2" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="I661" s="3">
-        <v>76810156181</v>
+        <v>84420305342</v>
       </c>
       <c r="J661" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K661" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L661" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M661" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="662" spans="1:13">
       <c r="A662" s="1">
-        <v>82855316400017</v>
+        <v>83043290200013</v>
       </c>
       <c r="B662" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C662" s="2" t="s">
-        <v>2056</v>
+        <v>2061</v>
       </c>
       <c r="D662" s="2"/>
       <c r="E662" s="2" t="s">
-        <v>2057</v>
+        <v>2062</v>
       </c>
       <c r="F662" s="2" t="s">
-        <v>2058</v>
+        <v>502</v>
       </c>
       <c r="G662" s="2"/>
       <c r="H662" s="2" t="s">
-        <v>35</v>
+        <v>650</v>
       </c>
       <c r="I662" s="3">
-        <v>11950623895</v>
+        <v>11756059475</v>
       </c>
       <c r="J662" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K662" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L662" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M662" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="663" spans="1:13">
       <c r="A663" s="1">
-        <v>82946839600025</v>
+        <v>83052386600010</v>
       </c>
       <c r="B663" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C663" s="2" t="s">
-        <v>2059</v>
+        <v>2063</v>
       </c>
       <c r="D663" s="2" t="s">
-        <v>2059</v>
+        <v>2063</v>
       </c>
       <c r="E663" s="2" t="s">
-        <v>2060</v>
+        <v>2064</v>
       </c>
       <c r="F663" s="2" t="s">
-        <v>2061</v>
+        <v>1588</v>
       </c>
       <c r="G663" s="2"/>
       <c r="H663" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I663" s="3">
-        <v>84420300542</v>
+        <v>75331076333</v>
       </c>
       <c r="J663" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K663" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L663" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M663" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="664" spans="1:13">
       <c r="A664" s="1">
-        <v>82961303300010</v>
+        <v>83069794200027</v>
       </c>
       <c r="B664" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C664" s="2" t="s">
-        <v>2062</v>
+        <v>2065</v>
       </c>
       <c r="D664" s="2"/>
       <c r="E664" s="2" t="s">
-        <v>1728</v>
+        <v>2066</v>
       </c>
       <c r="F664" s="2" t="s">
-        <v>2063</v>
+        <v>2067</v>
       </c>
       <c r="G664" s="2"/>
       <c r="H664" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I664" s="3">
-        <v>84420305342</v>
+        <v>11922180892</v>
       </c>
       <c r="J664" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K664" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L664" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M664" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="665" spans="1:13">
       <c r="A665" s="1">
-        <v>83043290200013</v>
+        <v>83167634100017</v>
       </c>
       <c r="B665" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C665" s="2" t="s">
-        <v>2064</v>
+        <v>2068</v>
       </c>
       <c r="D665" s="2"/>
       <c r="E665" s="2" t="s">
-        <v>2065</v>
+        <v>2069</v>
       </c>
       <c r="F665" s="2" t="s">
-        <v>715</v>
-[...1 lines deleted...]
-      <c r="G665" s="2"/>
+        <v>2070</v>
+      </c>
+      <c r="G665" s="2" t="s">
+        <v>2071</v>
+      </c>
       <c r="H665" s="2" t="s">
-        <v>73</v>
+        <v>613</v>
       </c>
       <c r="I665" s="3">
-        <v>11756059475</v>
+        <v>84730302673</v>
       </c>
       <c r="J665" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K665" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L665" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M665" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="666" spans="1:13">
       <c r="A666" s="1">
-        <v>83052386600010</v>
+        <v>83181914900012</v>
       </c>
       <c r="B666" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C666" s="2" t="s">
-        <v>2066</v>
-[...3 lines deleted...]
-      </c>
+        <v>2072</v>
+      </c>
+      <c r="D666" s="2"/>
       <c r="E666" s="2" t="s">
-        <v>2067</v>
+        <v>2073</v>
       </c>
       <c r="F666" s="2" t="s">
-        <v>1537</v>
+        <v>502</v>
       </c>
       <c r="G666" s="2"/>
       <c r="H666" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I666" s="3">
-        <v>75331076333</v>
+        <v>52530089253</v>
       </c>
       <c r="J666" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K666" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L666" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M666" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="667" spans="1:13">
       <c r="A667" s="1">
-        <v>83069794200027</v>
+        <v>83183463500029</v>
       </c>
       <c r="B667" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C667" s="2" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="D667" s="2"/>
       <c r="E667" s="2" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F667" s="2" t="s">
-        <v>2070</v>
+        <v>2076</v>
       </c>
       <c r="G667" s="2"/>
       <c r="H667" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I667" s="3">
-        <v>11922180892</v>
+        <v>44680279868</v>
       </c>
       <c r="J667" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K667" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L667" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M667" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="668" spans="1:13">
       <c r="A668" s="1">
-        <v>83167634100017</v>
+        <v>83234145700014</v>
       </c>
       <c r="B668" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C668" s="2" t="s">
-        <v>2071</v>
+        <v>2077</v>
       </c>
       <c r="D668" s="2"/>
       <c r="E668" s="2" t="s">
-        <v>2072</v>
+        <v>2078</v>
       </c>
       <c r="F668" s="2" t="s">
-        <v>2073</v>
-[...3 lines deleted...]
-      </c>
+        <v>908</v>
+      </c>
+      <c r="G668" s="2"/>
       <c r="H668" s="2" t="s">
-        <v>35</v>
+        <v>800</v>
       </c>
       <c r="I668" s="3">
-        <v>84730302673</v>
+        <v>44670611267</v>
       </c>
       <c r="J668" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K668" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L668" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M668" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="669" spans="1:13">
       <c r="A669" s="1">
-        <v>83181914900012</v>
+        <v>83327888000012</v>
       </c>
       <c r="B669" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C669" s="2" t="s">
-        <v>2075</v>
+        <v>2079</v>
       </c>
       <c r="D669" s="2"/>
       <c r="E669" s="2" t="s">
-        <v>2076</v>
+        <v>2080</v>
       </c>
       <c r="F669" s="2" t="s">
-        <v>715</v>
+        <v>2081</v>
       </c>
       <c r="G669" s="2"/>
       <c r="H669" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I669" s="3"/>
       <c r="J669" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K669" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L669" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M669" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="670" spans="1:13">
       <c r="A670" s="1">
-        <v>83183463500029</v>
+        <v>83367825300026</v>
       </c>
       <c r="B670" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C670" s="2" t="s">
-        <v>2077</v>
+        <v>2082</v>
       </c>
       <c r="D670" s="2"/>
       <c r="E670" s="2" t="s">
-        <v>2078</v>
+        <v>2083</v>
       </c>
       <c r="F670" s="2" t="s">
-        <v>2079</v>
+        <v>1939</v>
       </c>
       <c r="G670" s="2"/>
       <c r="H670" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I670" s="3">
-        <v>44680279868</v>
+        <v>84070105807</v>
       </c>
       <c r="J670" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K670" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L670" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M670" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="671" spans="1:13">
       <c r="A671" s="1">
-        <v>83234145700014</v>
+        <v>83397176500015</v>
       </c>
       <c r="B671" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C671" s="2" t="s">
-        <v>2080</v>
+        <v>2084</v>
       </c>
       <c r="D671" s="2"/>
       <c r="E671" s="2" t="s">
-        <v>2081</v>
+        <v>2085</v>
       </c>
       <c r="F671" s="2" t="s">
-        <v>1641</v>
+        <v>2086</v>
       </c>
       <c r="G671" s="2"/>
       <c r="H671" s="2" t="s">
-        <v>1007</v>
+        <v>599</v>
       </c>
       <c r="I671" s="3">
-        <v>44670611267</v>
+        <v>44680282568</v>
       </c>
       <c r="J671" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K671" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L671" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M671" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="672" spans="1:13">
       <c r="A672" s="1">
-        <v>83327888000012</v>
+        <v>83410967000010</v>
       </c>
       <c r="B672" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C672" s="2" t="s">
-        <v>2082</v>
+        <v>2087</v>
       </c>
       <c r="D672" s="2"/>
       <c r="E672" s="2" t="s">
-        <v>2083</v>
+        <v>2088</v>
       </c>
       <c r="F672" s="2" t="s">
-        <v>2084</v>
-[...1 lines deleted...]
-      <c r="G672" s="2"/>
+        <v>1819</v>
+      </c>
+      <c r="G672" s="2" t="s">
+        <v>2089</v>
+      </c>
       <c r="H672" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I672" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I672" s="3">
+        <v>27250317925</v>
+      </c>
       <c r="J672" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K672" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L672" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M672" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="673" spans="1:13">
       <c r="A673" s="1">
-        <v>83367825300026</v>
+        <v>83420427300017</v>
       </c>
       <c r="B673" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C673" s="2" t="s">
-        <v>2085</v>
-[...1 lines deleted...]
-      <c r="D673" s="2"/>
+        <v>2090</v>
+      </c>
+      <c r="D673" s="2" t="s">
+        <v>2090</v>
+      </c>
       <c r="E673" s="2" t="s">
-        <v>2086</v>
+        <v>2091</v>
       </c>
       <c r="F673" s="2" t="s">
-        <v>834</v>
+        <v>1427</v>
       </c>
       <c r="G673" s="2"/>
       <c r="H673" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I673" s="3">
-        <v>84070105807</v>
+        <v>76310897031</v>
       </c>
       <c r="J673" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K673" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L673" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M673" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="674" spans="1:13">
       <c r="A674" s="1">
-        <v>83397176500015</v>
+        <v>83486365600015</v>
       </c>
       <c r="B674" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C674" s="2" t="s">
-        <v>2087</v>
+        <v>2092</v>
       </c>
       <c r="D674" s="2"/>
       <c r="E674" s="2" t="s">
-        <v>2088</v>
+        <v>2093</v>
       </c>
       <c r="F674" s="2" t="s">
-        <v>2089</v>
-[...1 lines deleted...]
-      <c r="G674" s="2"/>
+        <v>2094</v>
+      </c>
+      <c r="G674" s="2" t="s">
+        <v>2095</v>
+      </c>
       <c r="H674" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I674" s="3">
-        <v>44680282568</v>
+        <v>93830558883</v>
       </c>
       <c r="J674" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K674" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L674" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M674" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="675" spans="1:13">
       <c r="A675" s="1">
-        <v>83410967000010</v>
+        <v>83798882300014</v>
       </c>
       <c r="B675" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C675" s="2" t="s">
-        <v>2090</v>
+        <v>2096</v>
       </c>
       <c r="D675" s="2"/>
       <c r="E675" s="2" t="s">
-        <v>2091</v>
+        <v>2097</v>
       </c>
       <c r="F675" s="2" t="s">
-        <v>1772</v>
-[...3 lines deleted...]
-      </c>
+        <v>2098</v>
+      </c>
+      <c r="G675" s="2"/>
       <c r="H675" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I675" s="3">
-        <v>27250317925</v>
+        <v>11755756775</v>
       </c>
       <c r="J675" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K675" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L675" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M675" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="676" spans="1:13">
       <c r="A676" s="1">
-        <v>83420427300017</v>
+        <v>83801113800024</v>
       </c>
       <c r="B676" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C676" s="2" t="s">
-        <v>2093</v>
-[...3 lines deleted...]
-      </c>
+        <v>2099</v>
+      </c>
+      <c r="D676" s="2"/>
       <c r="E676" s="2" t="s">
-        <v>2094</v>
+        <v>2100</v>
       </c>
       <c r="F676" s="2" t="s">
-        <v>1794</v>
+        <v>2101</v>
       </c>
       <c r="G676" s="2"/>
       <c r="H676" s="2" t="s">
-        <v>23</v>
+        <v>599</v>
       </c>
       <c r="I676" s="3">
-        <v>76310897031</v>
+        <v>76650081965</v>
       </c>
       <c r="J676" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K676" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L676" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M676" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="677" spans="1:13">
       <c r="A677" s="1">
-        <v>83486365600015</v>
+        <v>83823583600015</v>
       </c>
       <c r="B677" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C677" s="2" t="s">
-        <v>2095</v>
+        <v>2102</v>
       </c>
       <c r="D677" s="2"/>
       <c r="E677" s="2" t="s">
-        <v>2096</v>
+        <v>2103</v>
       </c>
       <c r="F677" s="2" t="s">
-        <v>2097</v>
-[...3 lines deleted...]
-      </c>
+        <v>2104</v>
+      </c>
+      <c r="G677" s="2"/>
       <c r="H677" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I677" s="3">
-        <v>93830558883</v>
+        <v>84380685338</v>
       </c>
       <c r="J677" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K677" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L677" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M677" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="678" spans="1:13">
       <c r="A678" s="1">
-        <v>83798882300014</v>
+        <v>83854281900027</v>
       </c>
       <c r="B678" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C678" s="2" t="s">
-        <v>2099</v>
+        <v>2105</v>
       </c>
       <c r="D678" s="2"/>
       <c r="E678" s="2" t="s">
-        <v>2100</v>
+        <v>2106</v>
       </c>
       <c r="F678" s="2" t="s">
-        <v>2101</v>
-[...1 lines deleted...]
-      <c r="G678" s="2"/>
+        <v>2107</v>
+      </c>
+      <c r="G678" s="2" t="s">
+        <v>987</v>
+      </c>
       <c r="H678" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>599</v>
+      </c>
+      <c r="I678" s="3"/>
       <c r="J678" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K678" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L678" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M678" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="679" spans="1:13">
       <c r="A679" s="1">
-        <v>83801113800024</v>
+        <v>83893054300015</v>
       </c>
       <c r="B679" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C679" s="2" t="s">
-        <v>2102</v>
+        <v>2108</v>
       </c>
       <c r="D679" s="2"/>
       <c r="E679" s="2" t="s">
-        <v>2103</v>
+        <v>2109</v>
       </c>
       <c r="F679" s="2" t="s">
-        <v>2104</v>
-[...1 lines deleted...]
-      <c r="G679" s="2"/>
+        <v>2110</v>
+      </c>
+      <c r="G679" s="2" t="s">
+        <v>2111</v>
+      </c>
       <c r="H679" s="2" t="s">
-        <v>17</v>
+        <v>599</v>
       </c>
       <c r="I679" s="3">
-        <v>76650081965</v>
+        <v>44080060208</v>
       </c>
       <c r="J679" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K679" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L679" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M679" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="680" spans="1:13">
       <c r="A680" s="1">
-        <v>83823583600015</v>
+        <v>84103332700013</v>
       </c>
       <c r="B680" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C680" s="2" t="s">
-        <v>2105</v>
+        <v>2112</v>
       </c>
       <c r="D680" s="2"/>
       <c r="E680" s="2" t="s">
-        <v>2106</v>
+        <v>2113</v>
       </c>
       <c r="F680" s="2" t="s">
-        <v>2107</v>
+        <v>2114</v>
       </c>
       <c r="G680" s="2"/>
       <c r="H680" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I680" s="3">
-        <v>84380685338</v>
+        <v>11922229892</v>
       </c>
       <c r="J680" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K680" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L680" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M680" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="681" spans="1:13">
       <c r="A681" s="1">
-        <v>83854281900027</v>
+        <v>84167697600019</v>
       </c>
       <c r="B681" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C681" s="2" t="s">
-        <v>2108</v>
+        <v>2115</v>
       </c>
       <c r="D681" s="2"/>
       <c r="E681" s="2" t="s">
-        <v>2109</v>
+        <v>2116</v>
       </c>
       <c r="F681" s="2" t="s">
-        <v>2110</v>
-[...3 lines deleted...]
-      </c>
+        <v>2117</v>
+      </c>
+      <c r="G681" s="2"/>
       <c r="H681" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I681" s="3"/>
+        <v>709</v>
+      </c>
+      <c r="I681" s="3" t="s">
+        <v>2118</v>
+      </c>
       <c r="J681" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K681" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L681" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M681" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="682" spans="1:13">
       <c r="A682" s="1">
-        <v>83893054300015</v>
+        <v>84338005600013</v>
       </c>
       <c r="B682" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C682" s="2" t="s">
-        <v>2111</v>
-[...1 lines deleted...]
-      <c r="D682" s="2"/>
+        <v>2119</v>
+      </c>
+      <c r="D682" s="2" t="s">
+        <v>2120</v>
+      </c>
       <c r="E682" s="2" t="s">
-        <v>2112</v>
+        <v>2121</v>
       </c>
       <c r="F682" s="2" t="s">
-        <v>2113</v>
-[...3 lines deleted...]
-      </c>
+        <v>2122</v>
+      </c>
+      <c r="G682" s="2"/>
       <c r="H682" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I682" s="3">
-        <v>44080060208</v>
+        <v>11940987794</v>
       </c>
       <c r="J682" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K682" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L682" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M682" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="683" spans="1:13">
       <c r="A683" s="1">
-        <v>84103332700013</v>
+        <v>84338240900012</v>
       </c>
       <c r="B683" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C683" s="2" t="s">
-        <v>2115</v>
+        <v>2123</v>
       </c>
       <c r="D683" s="2"/>
       <c r="E683" s="2" t="s">
-        <v>2116</v>
+        <v>2124</v>
       </c>
       <c r="F683" s="2" t="s">
-        <v>2117</v>
-[...1 lines deleted...]
-      <c r="G683" s="2"/>
+        <v>2125</v>
+      </c>
+      <c r="G683" s="2" t="s">
+        <v>2126</v>
+      </c>
       <c r="H683" s="2" t="s">
-        <v>23</v>
+        <v>599</v>
       </c>
       <c r="I683" s="3">
-        <v>11922229892</v>
+        <v>93131742713</v>
       </c>
       <c r="J683" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K683" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L683" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M683" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="684" spans="1:13">
       <c r="A684" s="1">
-        <v>84124789300024</v>
+        <v>84396012100013</v>
       </c>
       <c r="B684" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C684" s="2" t="s">
-        <v>2118</v>
+        <v>2127</v>
       </c>
       <c r="D684" s="2"/>
       <c r="E684" s="2" t="s">
-        <v>2119</v>
+        <v>2128</v>
       </c>
       <c r="F684" s="2" t="s">
-        <v>2120</v>
-[...3 lines deleted...]
-      </c>
+        <v>363</v>
+      </c>
+      <c r="G684" s="2"/>
       <c r="H684" s="2" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="I684" s="3">
-        <v>53351032135</v>
+        <v>93131752313</v>
       </c>
       <c r="J684" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K684" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L684" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M684" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="685" spans="1:13">
       <c r="A685" s="1">
-        <v>84129288100015</v>
+        <v>84823563600018</v>
       </c>
       <c r="B685" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C685" s="2" t="s">
-        <v>2122</v>
+        <v>2129</v>
       </c>
       <c r="D685" s="2"/>
       <c r="E685" s="2" t="s">
-        <v>2123</v>
+        <v>2130</v>
       </c>
       <c r="F685" s="2" t="s">
-        <v>2124</v>
+        <v>1294</v>
       </c>
       <c r="G685" s="2"/>
       <c r="H685" s="2" t="s">
-        <v>23</v>
+        <v>613</v>
       </c>
       <c r="I685" s="3">
-        <v>24370376937</v>
+        <v>75240197624</v>
       </c>
       <c r="J685" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K685" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L685" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M685" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="686" spans="1:13">
       <c r="A686" s="1">
-        <v>84137812800026</v>
+        <v>84858213600018</v>
       </c>
       <c r="B686" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C686" s="2" t="s">
-        <v>2125</v>
+        <v>2131</v>
       </c>
       <c r="D686" s="2"/>
       <c r="E686" s="2" t="s">
-        <v>2126</v>
+        <v>2132</v>
       </c>
       <c r="F686" s="2" t="s">
-        <v>2127</v>
+        <v>2133</v>
       </c>
       <c r="G686" s="2"/>
       <c r="H686" s="2" t="s">
-        <v>1007</v>
+        <v>33</v>
       </c>
       <c r="I686" s="3">
-        <v>84420316842</v>
+        <v>84730209373</v>
       </c>
       <c r="J686" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K686" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L686" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M686" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="687" spans="1:13">
       <c r="A687" s="1">
-        <v>84167697600019</v>
+        <v>85001923300012</v>
       </c>
       <c r="B687" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C687" s="2" t="s">
-        <v>2128</v>
+        <v>2134</v>
       </c>
       <c r="D687" s="2"/>
       <c r="E687" s="2" t="s">
-        <v>2129</v>
+        <v>2135</v>
       </c>
       <c r="F687" s="2" t="s">
-        <v>2130</v>
-[...1 lines deleted...]
-      <c r="G687" s="2"/>
+        <v>2136</v>
+      </c>
+      <c r="G687" s="2" t="s">
+        <v>1367</v>
+      </c>
       <c r="H687" s="2" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>2131</v>
+        <v>33</v>
+      </c>
+      <c r="I687" s="3">
+        <v>11755965975</v>
       </c>
       <c r="J687" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K687" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L687" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M687" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="688" spans="1:13">
       <c r="A688" s="1">
-        <v>84338005600013</v>
+        <v>85022023700018</v>
       </c>
       <c r="B688" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C688" s="2" t="s">
-        <v>2132</v>
-[...3 lines deleted...]
-      </c>
+        <v>2137</v>
+      </c>
+      <c r="D688" s="2"/>
       <c r="E688" s="2" t="s">
-        <v>2134</v>
+        <v>2138</v>
       </c>
       <c r="F688" s="2" t="s">
-        <v>2135</v>
+        <v>2139</v>
       </c>
       <c r="G688" s="2"/>
       <c r="H688" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I688" s="3">
-        <v>11940987794</v>
+        <v>84380731238</v>
       </c>
       <c r="J688" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K688" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L688" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M688" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="689" spans="1:13">
       <c r="A689" s="1">
-        <v>84338240900012</v>
+        <v>85115180300018</v>
       </c>
       <c r="B689" s="2" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="C689" s="2" t="s">
-        <v>2136</v>
+        <v>2140</v>
       </c>
       <c r="D689" s="2"/>
       <c r="E689" s="2" t="s">
-        <v>2137</v>
+        <v>2141</v>
       </c>
       <c r="F689" s="2" t="s">
-        <v>2138</v>
+        <v>2142</v>
       </c>
       <c r="G689" s="2" t="s">
-        <v>2139</v>
+        <v>654</v>
       </c>
       <c r="H689" s="2" t="s">
-        <v>17</v>
+        <v>599</v>
       </c>
       <c r="I689" s="3">
-        <v>93131742713</v>
+        <v>11930802893</v>
       </c>
       <c r="J689" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K689" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L689" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M689" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="690" spans="1:13">
       <c r="A690" s="1">
-        <v>84396012100013</v>
+        <v>85133705500020</v>
       </c>
       <c r="B690" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C690" s="2" t="s">
-        <v>2140</v>
+        <v>2143</v>
       </c>
       <c r="D690" s="2"/>
       <c r="E690" s="2" t="s">
-        <v>2141</v>
+        <v>2144</v>
       </c>
       <c r="F690" s="2" t="s">
-        <v>577</v>
+        <v>2145</v>
       </c>
       <c r="G690" s="2"/>
       <c r="H690" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I690" s="3">
-        <v>93131752313</v>
+        <v>76341092434</v>
       </c>
       <c r="J690" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K690" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L690" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M690" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="691" spans="1:13">
       <c r="A691" s="1">
-        <v>84823563600018</v>
+        <v>85208572900014</v>
       </c>
       <c r="B691" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C691" s="2" t="s">
-        <v>2142</v>
+        <v>2146</v>
       </c>
       <c r="D691" s="2"/>
       <c r="E691" s="2" t="s">
-        <v>2143</v>
+        <v>2147</v>
       </c>
       <c r="F691" s="2" t="s">
-        <v>1750</v>
-[...1 lines deleted...]
-      <c r="G691" s="2"/>
+        <v>363</v>
+      </c>
+      <c r="G691" s="2" t="s">
+        <v>2148</v>
+      </c>
       <c r="H691" s="2" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="I691" s="3">
-        <v>75240197624</v>
+        <v>84630510763</v>
       </c>
       <c r="J691" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K691" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L691" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M691" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="692" spans="1:13">
       <c r="A692" s="1">
-        <v>84858213600018</v>
+        <v>85222156300020</v>
       </c>
       <c r="B692" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C692" s="2" t="s">
-        <v>2144</v>
+        <v>2149</v>
       </c>
       <c r="D692" s="2"/>
       <c r="E692" s="2" t="s">
-        <v>2145</v>
+        <v>2150</v>
       </c>
       <c r="F692" s="2" t="s">
-        <v>2146</v>
-[...1 lines deleted...]
-      <c r="G692" s="2"/>
+        <v>2151</v>
+      </c>
+      <c r="G692" s="2" t="s">
+        <v>2152</v>
+      </c>
       <c r="H692" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>84730209373</v>
+        <v>33</v>
+      </c>
+      <c r="I692" s="3" t="s">
+        <v>2153</v>
       </c>
       <c r="J692" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K692" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L692" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M692" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="693" spans="1:13">
       <c r="A693" s="1">
-        <v>85001923300012</v>
+        <v>85239212500021</v>
       </c>
       <c r="B693" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C693" s="2" t="s">
-        <v>2147</v>
+        <v>2154</v>
       </c>
       <c r="D693" s="2"/>
       <c r="E693" s="2" t="s">
-        <v>2148</v>
+        <v>2155</v>
       </c>
       <c r="F693" s="2" t="s">
-        <v>2149</v>
-[...3 lines deleted...]
-      </c>
+        <v>1899</v>
+      </c>
+      <c r="G693" s="2"/>
       <c r="H693" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I693" s="3">
-        <v>11755965975</v>
+        <v>11941002394</v>
       </c>
       <c r="J693" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K693" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L693" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M693" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="694" spans="1:13">
       <c r="A694" s="1">
-        <v>85022023700018</v>
+        <v>85265818600014</v>
       </c>
       <c r="B694" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C694" s="2" t="s">
-        <v>2150</v>
+        <v>2156</v>
       </c>
       <c r="D694" s="2"/>
       <c r="E694" s="2" t="s">
-        <v>2151</v>
+        <v>2157</v>
       </c>
       <c r="F694" s="2" t="s">
-        <v>2152</v>
+        <v>2158</v>
       </c>
       <c r="G694" s="2"/>
       <c r="H694" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I694" s="3">
-        <v>84380731238</v>
+        <v>27210403521</v>
       </c>
       <c r="J694" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K694" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L694" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M694" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="695" spans="1:13">
       <c r="A695" s="1">
-        <v>85115180300018</v>
+        <v>85294397600013</v>
       </c>
       <c r="B695" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C695" s="2" t="s">
-        <v>2153</v>
+        <v>2159</v>
       </c>
       <c r="D695" s="2"/>
       <c r="E695" s="2" t="s">
-        <v>2154</v>
+        <v>1351</v>
       </c>
       <c r="F695" s="2" t="s">
-        <v>2155</v>
-[...3 lines deleted...]
-      </c>
+        <v>1012</v>
+      </c>
+      <c r="G695" s="2"/>
       <c r="H695" s="2" t="s">
-        <v>17</v>
+        <v>599</v>
       </c>
       <c r="I695" s="3">
-        <v>11930802893</v>
+        <v>44570399057</v>
       </c>
       <c r="J695" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K695" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L695" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M695" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="696" spans="1:13">
       <c r="A696" s="1">
-        <v>85133705500020</v>
+        <v>85354420300039</v>
       </c>
       <c r="B696" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C696" s="2" t="s">
-        <v>2156</v>
+        <v>2160</v>
       </c>
       <c r="D696" s="2"/>
       <c r="E696" s="2" t="s">
-        <v>2157</v>
+        <v>2161</v>
       </c>
       <c r="F696" s="2" t="s">
-        <v>2158</v>
+        <v>27</v>
       </c>
       <c r="G696" s="2"/>
       <c r="H696" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I696" s="3">
-        <v>76341092434</v>
+        <v>84691678669</v>
       </c>
       <c r="J696" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K696" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L696" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M696" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="697" spans="1:13">
       <c r="A697" s="1">
-        <v>85208572900014</v>
+        <v>87806379100015</v>
       </c>
       <c r="B697" s="2" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="C697" s="2" t="s">
-        <v>2159</v>
+        <v>2162</v>
       </c>
       <c r="D697" s="2"/>
       <c r="E697" s="2" t="s">
-        <v>2160</v>
+        <v>2163</v>
       </c>
       <c r="F697" s="2" t="s">
-        <v>577</v>
+        <v>2164</v>
       </c>
       <c r="G697" s="2" t="s">
-        <v>2161</v>
+        <v>2165</v>
       </c>
       <c r="H697" s="2" t="s">
-        <v>23</v>
+        <v>613</v>
       </c>
       <c r="I697" s="3">
-        <v>84630510763</v>
+        <v>11931040893</v>
       </c>
       <c r="J697" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K697" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L697" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M697" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="698" spans="1:13">
       <c r="A698" s="1">
-        <v>85222156300020</v>
+        <v>87845619300019</v>
       </c>
       <c r="B698" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C698" s="2" t="s">
-        <v>2162</v>
+        <v>2166</v>
       </c>
       <c r="D698" s="2"/>
       <c r="E698" s="2" t="s">
-        <v>2163</v>
+        <v>2167</v>
       </c>
       <c r="F698" s="2" t="s">
-        <v>2164</v>
-[...3 lines deleted...]
-      </c>
+        <v>2168</v>
+      </c>
+      <c r="G698" s="2"/>
       <c r="H698" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>2166</v>
+        <v>613</v>
+      </c>
+      <c r="I698" s="3">
+        <v>93060873506</v>
       </c>
       <c r="J698" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K698" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L698" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M698" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="699" spans="1:13">
       <c r="A699" s="1">
-        <v>85239212500021</v>
+        <v>88024436300011</v>
       </c>
       <c r="B699" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C699" s="2" t="s">
-        <v>2167</v>
+        <v>2169</v>
       </c>
       <c r="D699" s="2"/>
       <c r="E699" s="2" t="s">
-        <v>2168</v>
+        <v>2170</v>
       </c>
       <c r="F699" s="2" t="s">
-        <v>1361</v>
+        <v>2171</v>
       </c>
       <c r="G699" s="2"/>
       <c r="H699" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I699" s="3">
-        <v>11941002394</v>
+        <v>76341057734</v>
       </c>
       <c r="J699" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K699" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L699" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M699" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="700" spans="1:13">
       <c r="A700" s="1">
-        <v>85265818600014</v>
+        <v>88033972600015</v>
       </c>
       <c r="B700" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C700" s="2" t="s">
-        <v>2169</v>
-[...1 lines deleted...]
-      <c r="D700" s="2"/>
+        <v>2172</v>
+      </c>
+      <c r="D700" s="2" t="s">
+        <v>2173</v>
+      </c>
       <c r="E700" s="2" t="s">
-        <v>2170</v>
+        <v>2174</v>
       </c>
       <c r="F700" s="2" t="s">
         <v>2171</v>
       </c>
       <c r="G700" s="2"/>
       <c r="H700" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I700" s="3">
-        <v>27210403521</v>
+        <v>93131808113</v>
       </c>
       <c r="J700" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K700" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L700" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M700" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="701" spans="1:13">
       <c r="A701" s="1">
-        <v>85294397600013</v>
+        <v>88063379700019</v>
       </c>
       <c r="B701" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C701" s="2" t="s">
-        <v>2172</v>
+        <v>2175</v>
       </c>
       <c r="D701" s="2"/>
       <c r="E701" s="2" t="s">
-        <v>1096</v>
+        <v>2176</v>
       </c>
       <c r="F701" s="2" t="s">
-        <v>1332</v>
+        <v>55</v>
       </c>
       <c r="G701" s="2"/>
       <c r="H701" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I701" s="3">
-        <v>44570399057</v>
+        <v>76120096312</v>
       </c>
       <c r="J701" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K701" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L701" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M701" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="702" spans="1:13">
       <c r="A702" s="1">
-        <v>85354420300039</v>
+        <v>88147911700015</v>
       </c>
       <c r="B702" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C702" s="2" t="s">
-        <v>2173</v>
+        <v>2177</v>
       </c>
       <c r="D702" s="2"/>
       <c r="E702" s="2" t="s">
-        <v>2174</v>
+        <v>2178</v>
       </c>
       <c r="F702" s="2" t="s">
-        <v>251</v>
+        <v>2179</v>
       </c>
       <c r="G702" s="2"/>
       <c r="H702" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I702" s="3">
-        <v>84691678669</v>
+        <v>24450371445</v>
       </c>
       <c r="J702" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K702" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L702" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M702" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="703" spans="1:13">
       <c r="A703" s="1">
-        <v>87806379100015</v>
+        <v>88243723900016</v>
       </c>
       <c r="B703" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C703" s="2" t="s">
-        <v>2175</v>
-[...1 lines deleted...]
-      <c r="D703" s="2"/>
+        <v>2180</v>
+      </c>
+      <c r="D703" s="2" t="s">
+        <v>2180</v>
+      </c>
       <c r="E703" s="2" t="s">
-        <v>2176</v>
+        <v>2181</v>
       </c>
       <c r="F703" s="2" t="s">
-        <v>2177</v>
-[...3 lines deleted...]
-      </c>
+        <v>2182</v>
+      </c>
+      <c r="G703" s="2"/>
       <c r="H703" s="2" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="I703" s="3">
-        <v>11931040893</v>
+        <v>44510269351</v>
       </c>
       <c r="J703" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K703" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L703" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M703" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="704" spans="1:13">
       <c r="A704" s="1">
-        <v>87845619300019</v>
+        <v>88272077400018</v>
       </c>
       <c r="B704" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C704" s="2" t="s">
-        <v>2179</v>
+        <v>2183</v>
       </c>
       <c r="D704" s="2"/>
       <c r="E704" s="2" t="s">
-        <v>2180</v>
+        <v>982</v>
       </c>
       <c r="F704" s="2" t="s">
-        <v>2181</v>
+        <v>2184</v>
       </c>
       <c r="G704" s="2"/>
       <c r="H704" s="2" t="s">
-        <v>35</v>
+        <v>599</v>
       </c>
       <c r="I704" s="3">
-        <v>93060873506</v>
+        <v>84420346542</v>
       </c>
       <c r="J704" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K704" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L704" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M704" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="705" spans="1:13">
       <c r="A705" s="1">
-        <v>88024436300011</v>
+        <v>88311609700014</v>
       </c>
       <c r="B705" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C705" s="2" t="s">
-        <v>2182</v>
-[...1 lines deleted...]
-      <c r="D705" s="2"/>
+        <v>2185</v>
+      </c>
+      <c r="D705" s="2" t="s">
+        <v>2186</v>
+      </c>
       <c r="E705" s="2" t="s">
-        <v>2183</v>
+        <v>2187</v>
       </c>
       <c r="F705" s="2" t="s">
-        <v>2184</v>
+        <v>2188</v>
       </c>
       <c r="G705" s="2"/>
       <c r="H705" s="2" t="s">
-        <v>23</v>
+        <v>613</v>
       </c>
       <c r="I705" s="3">
-        <v>76341057734</v>
+        <v>93830608583</v>
       </c>
       <c r="J705" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K705" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L705" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M705" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="706" spans="1:13">
       <c r="A706" s="1">
-        <v>88033972600015</v>
+        <v>88353800100016</v>
       </c>
       <c r="B706" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C706" s="2" t="s">
-        <v>2185</v>
-[...3 lines deleted...]
-      </c>
+        <v>2189</v>
+      </c>
+      <c r="D706" s="2"/>
       <c r="E706" s="2" t="s">
-        <v>2187</v>
+        <v>2190</v>
       </c>
       <c r="F706" s="2" t="s">
-        <v>2184</v>
-[...1 lines deleted...]
-      <c r="G706" s="2"/>
+        <v>2191</v>
+      </c>
+      <c r="G706" s="2" t="s">
+        <v>2192</v>
+      </c>
       <c r="H706" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I706" s="3">
-        <v>93131808113</v>
+        <v>11756036475</v>
       </c>
       <c r="J706" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K706" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L706" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M706" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="707" spans="1:13">
       <c r="A707" s="1">
-        <v>88063379700019</v>
+        <v>88451066000019</v>
       </c>
       <c r="B707" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C707" s="2" t="s">
-        <v>2188</v>
+        <v>2193</v>
       </c>
       <c r="D707" s="2"/>
       <c r="E707" s="2" t="s">
-        <v>2189</v>
+        <v>2194</v>
       </c>
       <c r="F707" s="2" t="s">
-        <v>277</v>
+        <v>2195</v>
       </c>
       <c r="G707" s="2"/>
       <c r="H707" s="2" t="s">
-        <v>23</v>
+        <v>1467</v>
       </c>
       <c r="I707" s="3">
-        <v>76120096312</v>
+        <v>11950682695</v>
       </c>
       <c r="J707" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K707" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L707" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M707" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="708" spans="1:13">
       <c r="A708" s="1">
-        <v>88147911700015</v>
+        <v>88766446400013</v>
       </c>
       <c r="B708" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C708" s="2" t="s">
-        <v>2190</v>
+        <v>2196</v>
       </c>
       <c r="D708" s="2"/>
       <c r="E708" s="2" t="s">
-        <v>2191</v>
+        <v>2197</v>
       </c>
       <c r="F708" s="2" t="s">
-        <v>2192</v>
+        <v>2198</v>
       </c>
       <c r="G708" s="2"/>
       <c r="H708" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I708" s="3">
-        <v>24450371445</v>
+        <v>11756082375</v>
       </c>
       <c r="J708" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K708" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L708" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M708" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="709" spans="1:13">
       <c r="A709" s="1">
-        <v>88243723900016</v>
+        <v>88844811500012</v>
       </c>
       <c r="B709" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C709" s="2" t="s">
-        <v>2193</v>
+        <v>2199</v>
       </c>
       <c r="D709" s="2" t="s">
-        <v>2193</v>
+        <v>2200</v>
       </c>
       <c r="E709" s="2" t="s">
-        <v>2194</v>
+        <v>2201</v>
       </c>
       <c r="F709" s="2" t="s">
-        <v>2195</v>
+        <v>2202</v>
       </c>
       <c r="G709" s="2"/>
       <c r="H709" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>44510269351</v>
+        <v>33</v>
+      </c>
+      <c r="I709" s="3" t="s">
+        <v>2203</v>
       </c>
       <c r="J709" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K709" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L709" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M709" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="710" spans="1:13">
       <c r="A710" s="1">
-        <v>88272077400018</v>
+        <v>88916528800016</v>
       </c>
       <c r="B710" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C710" s="2" t="s">
-        <v>2196</v>
+        <v>2204</v>
       </c>
       <c r="D710" s="2"/>
       <c r="E710" s="2" t="s">
-        <v>1714</v>
+        <v>2205</v>
       </c>
       <c r="F710" s="2" t="s">
-        <v>2197</v>
+        <v>2206</v>
       </c>
       <c r="G710" s="2"/>
       <c r="H710" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I710" s="3">
-        <v>84420346542</v>
+        <v>84691767769</v>
       </c>
       <c r="J710" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K710" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L710" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M710" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="711" spans="1:13">
       <c r="A711" s="1">
-        <v>88311609700014</v>
+        <v>89071917200011</v>
       </c>
       <c r="B711" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C711" s="2" t="s">
-        <v>2198</v>
-[...3 lines deleted...]
-      </c>
+        <v>2207</v>
+      </c>
+      <c r="D711" s="2"/>
       <c r="E711" s="2" t="s">
-        <v>2200</v>
+        <v>2208</v>
       </c>
       <c r="F711" s="2" t="s">
-        <v>2201</v>
-[...1 lines deleted...]
-      <c r="G711" s="2"/>
+        <v>2209</v>
+      </c>
+      <c r="G711" s="2" t="s">
+        <v>2210</v>
+      </c>
       <c r="H711" s="2" t="s">
-        <v>35</v>
+        <v>599</v>
       </c>
       <c r="I711" s="3">
-        <v>93830608583</v>
+        <v>93060995706</v>
       </c>
       <c r="J711" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K711" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L711" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M711" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="712" spans="1:13">
       <c r="A712" s="1">
-        <v>88353800100016</v>
+        <v>89079142900016</v>
       </c>
       <c r="B712" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C712" s="2" t="s">
-        <v>2202</v>
+        <v>2211</v>
       </c>
       <c r="D712" s="2"/>
       <c r="E712" s="2" t="s">
-        <v>2203</v>
+        <v>2212</v>
       </c>
       <c r="F712" s="2" t="s">
-        <v>2204</v>
-[...3 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="G712" s="2"/>
       <c r="H712" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I712" s="3">
-        <v>11756036475</v>
+        <v>76341086134</v>
       </c>
       <c r="J712" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K712" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L712" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M712" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="713" spans="1:13">
       <c r="A713" s="1">
-        <v>88451066000019</v>
+        <v>89212427200014</v>
       </c>
       <c r="B713" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C713" s="2" t="s">
-        <v>2206</v>
+        <v>2213</v>
       </c>
       <c r="D713" s="2"/>
       <c r="E713" s="2" t="s">
-        <v>2207</v>
+        <v>2214</v>
       </c>
       <c r="F713" s="2" t="s">
-        <v>2208</v>
+        <v>2215</v>
       </c>
       <c r="G713" s="2"/>
       <c r="H713" s="2" t="s">
-        <v>1020</v>
+        <v>33</v>
       </c>
       <c r="I713" s="3">
-        <v>11950682695</v>
+        <v>93131878513</v>
       </c>
       <c r="J713" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K713" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L713" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M713" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="714" spans="1:13">
       <c r="A714" s="1">
-        <v>88766446400013</v>
+        <v>89296211900012</v>
       </c>
       <c r="B714" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C714" s="2" t="s">
-        <v>2209</v>
+        <v>2216</v>
       </c>
       <c r="D714" s="2"/>
       <c r="E714" s="2" t="s">
-        <v>2210</v>
+        <v>2217</v>
       </c>
       <c r="F714" s="2" t="s">
-        <v>2211</v>
+        <v>2218</v>
       </c>
       <c r="G714" s="2"/>
       <c r="H714" s="2" t="s">
-        <v>23</v>
+        <v>599</v>
       </c>
       <c r="I714" s="3">
-        <v>11756082375</v>
+        <v>84420351742</v>
       </c>
       <c r="J714" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K714" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L714" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M714" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="715" spans="1:13">
       <c r="A715" s="1">
-        <v>88844811500012</v>
+        <v>89317296500012</v>
       </c>
       <c r="B715" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C715" s="2" t="s">
-        <v>2212</v>
+        <v>2219</v>
       </c>
       <c r="D715" s="2" t="s">
-        <v>2213</v>
+        <v>2219</v>
       </c>
       <c r="E715" s="2" t="s">
-        <v>2214</v>
+        <v>2220</v>
       </c>
       <c r="F715" s="2" t="s">
-        <v>2215</v>
-[...1 lines deleted...]
-      <c r="G715" s="2"/>
+        <v>2221</v>
+      </c>
+      <c r="G715" s="2" t="s">
+        <v>1691</v>
+      </c>
       <c r="H715" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>2216</v>
+        <v>33</v>
+      </c>
+      <c r="I715" s="3">
+        <v>84740396374</v>
       </c>
       <c r="J715" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K715" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L715" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M715" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="716" spans="1:13">
       <c r="A716" s="1">
-        <v>88916528800016</v>
+        <v>89323200900017</v>
       </c>
       <c r="B716" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C716" s="2" t="s">
-        <v>2217</v>
+        <v>2222</v>
       </c>
       <c r="D716" s="2"/>
       <c r="E716" s="2" t="s">
-        <v>2218</v>
+        <v>2223</v>
       </c>
       <c r="F716" s="2" t="s">
-        <v>2219</v>
+        <v>2224</v>
       </c>
       <c r="G716" s="2"/>
       <c r="H716" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I716" s="3">
-        <v>84691767769</v>
+        <v>11922383392</v>
       </c>
       <c r="J716" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K716" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L716" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M716" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="717" spans="1:13">
       <c r="A717" s="1">
-        <v>89071917200011</v>
+        <v>89347784400011</v>
       </c>
       <c r="B717" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C717" s="2" t="s">
-        <v>2220</v>
-[...1 lines deleted...]
-      <c r="D717" s="2"/>
+        <v>2225</v>
+      </c>
+      <c r="D717" s="2" t="s">
+        <v>2226</v>
+      </c>
       <c r="E717" s="2" t="s">
-        <v>2221</v>
+        <v>2227</v>
       </c>
       <c r="F717" s="2" t="s">
-        <v>2222</v>
-[...3 lines deleted...]
-      </c>
+        <v>2228</v>
+      </c>
+      <c r="G717" s="2"/>
       <c r="H717" s="2" t="s">
-        <v>17</v>
+        <v>599</v>
       </c>
       <c r="I717" s="3">
-        <v>93060995706</v>
+        <v>28760624976</v>
       </c>
       <c r="J717" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K717" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L717" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M717" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="718" spans="1:13">
       <c r="A718" s="1">
-        <v>89079142900016</v>
+        <v>89402623600014</v>
       </c>
       <c r="B718" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C718" s="2" t="s">
-        <v>2224</v>
+        <v>2229</v>
       </c>
       <c r="D718" s="2"/>
       <c r="E718" s="2" t="s">
-        <v>2225</v>
+        <v>2230</v>
       </c>
       <c r="F718" s="2" t="s">
-        <v>324</v>
-[...1 lines deleted...]
-      <c r="G718" s="2"/>
+        <v>2231</v>
+      </c>
+      <c r="G718" s="2" t="s">
+        <v>2095</v>
+      </c>
       <c r="H718" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I718" s="3">
-        <v>76341086134</v>
+        <v>44680310668</v>
       </c>
       <c r="J718" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K718" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L718" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M718" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="719" spans="1:13">
       <c r="A719" s="1">
-        <v>89212427200014</v>
+        <v>89433054700015</v>
       </c>
       <c r="B719" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C719" s="2" t="s">
-        <v>2226</v>
+        <v>2232</v>
       </c>
       <c r="D719" s="2"/>
       <c r="E719" s="2" t="s">
-        <v>2227</v>
+        <v>2233</v>
       </c>
       <c r="F719" s="2" t="s">
-        <v>2228</v>
+        <v>1411</v>
       </c>
       <c r="G719" s="2"/>
       <c r="H719" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I719" s="3">
-        <v>93131878513</v>
+        <v>11922392092</v>
       </c>
       <c r="J719" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K719" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L719" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M719" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="720" spans="1:13">
       <c r="A720" s="1">
-        <v>89296211900012</v>
+        <v>89497233000019</v>
       </c>
       <c r="B720" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C720" s="2" t="s">
-        <v>2229</v>
+        <v>2234</v>
       </c>
       <c r="D720" s="2"/>
       <c r="E720" s="2" t="s">
-        <v>2230</v>
+        <v>1296</v>
       </c>
       <c r="F720" s="2" t="s">
-        <v>2231</v>
+        <v>2235</v>
       </c>
       <c r="G720" s="2"/>
       <c r="H720" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I720" s="3">
-        <v>84420351742</v>
+        <v>84691824369</v>
       </c>
       <c r="J720" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K720" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L720" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M720" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="721" spans="1:13">
       <c r="A721" s="1">
-        <v>89317296500012</v>
+        <v>89837669400011</v>
       </c>
       <c r="B721" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C721" s="2" t="s">
-        <v>2232</v>
+        <v>2236</v>
       </c>
       <c r="D721" s="2" t="s">
-        <v>2232</v>
+        <v>2236</v>
       </c>
       <c r="E721" s="2" t="s">
-        <v>2233</v>
+        <v>2237</v>
       </c>
       <c r="F721" s="2" t="s">
-        <v>2234</v>
-[...3 lines deleted...]
-      </c>
+        <v>2238</v>
+      </c>
+      <c r="G721" s="2"/>
       <c r="H721" s="2" t="s">
-        <v>23</v>
+        <v>599</v>
       </c>
       <c r="I721" s="3">
-        <v>84740396374</v>
+        <v>84691843869</v>
       </c>
       <c r="J721" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K721" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L721" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M721" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="722" spans="1:13">
       <c r="A722" s="1">
-        <v>89323200900017</v>
+        <v>89844987100018</v>
       </c>
       <c r="B722" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C722" s="2" t="s">
-        <v>2235</v>
+        <v>2239</v>
       </c>
       <c r="D722" s="2"/>
       <c r="E722" s="2" t="s">
-        <v>2236</v>
+        <v>2240</v>
       </c>
       <c r="F722" s="2" t="s">
-        <v>2237</v>
-[...1 lines deleted...]
-      <c r="G722" s="2"/>
+        <v>2241</v>
+      </c>
+      <c r="G722" s="2" t="s">
+        <v>2242</v>
+      </c>
       <c r="H722" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I722" s="3"/>
       <c r="J722" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K722" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L722" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M722" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="723" spans="1:13">
       <c r="A723" s="1">
-        <v>89347784400011</v>
+        <v>89862960500012</v>
       </c>
       <c r="B723" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C723" s="2" t="s">
-        <v>2238</v>
-[...3 lines deleted...]
-      </c>
+        <v>2243</v>
+      </c>
+      <c r="D723" s="2"/>
       <c r="E723" s="2" t="s">
-        <v>2240</v>
+        <v>2244</v>
       </c>
       <c r="F723" s="2" t="s">
-        <v>2241</v>
+        <v>2245</v>
       </c>
       <c r="G723" s="2"/>
       <c r="H723" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I723" s="3">
-        <v>28760624976</v>
+        <v>11922419792</v>
       </c>
       <c r="J723" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K723" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L723" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M723" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="724" spans="1:13">
       <c r="A724" s="1">
-        <v>89402623600014</v>
+        <v>90003816700012</v>
       </c>
       <c r="B724" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C724" s="2" t="s">
-        <v>2242</v>
+        <v>2246</v>
       </c>
       <c r="D724" s="2"/>
       <c r="E724" s="2" t="s">
-        <v>2243</v>
+        <v>2247</v>
       </c>
       <c r="F724" s="2" t="s">
-        <v>2244</v>
-[...3 lines deleted...]
-      </c>
+        <v>2248</v>
+      </c>
+      <c r="G724" s="2"/>
       <c r="H724" s="2" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="I724" s="3">
-        <v>44680310668</v>
+        <v>76120101012</v>
       </c>
       <c r="J724" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K724" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L724" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M724" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="725" spans="1:13">
       <c r="A725" s="1">
-        <v>89433054700015</v>
+        <v>90081687700022</v>
       </c>
       <c r="B725" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C725" s="2" t="s">
-        <v>2245</v>
+        <v>2249</v>
       </c>
       <c r="D725" s="2"/>
       <c r="E725" s="2" t="s">
-        <v>2246</v>
+        <v>2250</v>
       </c>
       <c r="F725" s="2" t="s">
-        <v>1541</v>
+        <v>2251</v>
       </c>
       <c r="G725" s="2"/>
       <c r="H725" s="2" t="s">
-        <v>23</v>
+        <v>599</v>
       </c>
       <c r="I725" s="3">
-        <v>11922392092</v>
+        <v>11922457492</v>
       </c>
       <c r="J725" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K725" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L725" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M725" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="726" spans="1:13">
       <c r="A726" s="1">
-        <v>89497233000019</v>
+        <v>90129741600017</v>
       </c>
       <c r="B726" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C726" s="2" t="s">
-        <v>2247</v>
+        <v>2252</v>
       </c>
       <c r="D726" s="2"/>
       <c r="E726" s="2" t="s">
-        <v>1752</v>
+        <v>2253</v>
       </c>
       <c r="F726" s="2" t="s">
-        <v>2248</v>
-[...1 lines deleted...]
-      <c r="G726" s="2"/>
+        <v>2254</v>
+      </c>
+      <c r="G726" s="2" t="s">
+        <v>2255</v>
+      </c>
       <c r="H726" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I726" s="3"/>
       <c r="J726" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K726" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L726" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M726" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="727" spans="1:13">
       <c r="A727" s="1">
-        <v>89837669400011</v>
+        <v>90257968900024</v>
       </c>
       <c r="B727" s="2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C727" s="2" t="s">
-        <v>2249</v>
-[...3 lines deleted...]
-      </c>
+        <v>2256</v>
+      </c>
+      <c r="D727" s="2"/>
       <c r="E727" s="2" t="s">
         <v>2250</v>
       </c>
       <c r="F727" s="2" t="s">
         <v>2251</v>
       </c>
-      <c r="G727" s="2"/>
+      <c r="G727" s="2" t="s">
+        <v>2257</v>
+      </c>
       <c r="H727" s="2" t="s">
-        <v>17</v>
+        <v>599</v>
       </c>
       <c r="I727" s="3">
-        <v>84691843869</v>
+        <v>11922461592</v>
       </c>
       <c r="J727" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K727" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L727" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M727" s="2" t="s">
-        <v>18</v>
-[...220 lines deleted...]
-      <c r="M733" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -34990,31 +34748,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/30/2025 00:40:43</dc:description>
+  <dc:description>Export en date du 12/18/2025 07:19:46</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>