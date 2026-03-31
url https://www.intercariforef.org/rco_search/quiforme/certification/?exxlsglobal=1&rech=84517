--- v1 (2025-12-18)
+++ v2 (2026-03-31)
@@ -14,166 +14,1675 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2258">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2225">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>FORMATIC</t>
+  </si>
+  <si>
+    <t>1 B RUE DU FOUR 25410 SAINT VIT</t>
+  </si>
+  <si>
+    <t>01/01/2016</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>CREADIS</t>
+  </si>
+  <si>
+    <t>37 RUE DE MONDEMENT 49300 CHOLET</t>
+  </si>
+  <si>
+    <t>11/04/2016</t>
+  </si>
+  <si>
+    <t>SAVOIRS ET FORMATION</t>
+  </si>
+  <si>
+    <t>12 RUE DE LA BOUTIERE 39100 CRISSEY</t>
+  </si>
+  <si>
+    <t>01/04/2016</t>
+  </si>
+  <si>
+    <t>VA FORMATION</t>
+  </si>
+  <si>
+    <t>51 RUE SIBERT 42400 SAINT-CHAMOND</t>
+  </si>
+  <si>
+    <t>01/07/2018</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>EASY B4U SAS</t>
+  </si>
+  <si>
+    <t>86 RUE PIERRE ET MARIE CURIE 34430 SAINT-JEAN-DE-VEDAS</t>
+  </si>
+  <si>
+    <t>18/09/2018</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>APPUIFORMATION SAS</t>
+  </si>
+  <si>
+    <t>15 RUE D'AVIGNON 68200 MULHOUSE</t>
+  </si>
+  <si>
+    <t>01/10/2016</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>BP2M</t>
+  </si>
+  <si>
+    <t>4 RUE DE L'EGLISE 57230 BOUSSEVILLER</t>
+  </si>
+  <si>
+    <t>24/11/2023</t>
+  </si>
+  <si>
+    <t>EJSM SERVICES</t>
+  </si>
+  <si>
+    <t>72 RUE DE TURENNE 75003 PARIS</t>
+  </si>
+  <si>
+    <t>14/11/2018</t>
+  </si>
+  <si>
+    <t>03/01/2022</t>
+  </si>
+  <si>
+    <t>HISTYA</t>
+  </si>
+  <si>
+    <t>BATIMENT 6 PARC TECHNOLOGIQUE METROTECH 42650 SAINT-JEAN-BONNEFONDS</t>
+  </si>
+  <si>
+    <t>27/10/2016</t>
+  </si>
+  <si>
+    <t>12/12/2022</t>
+  </si>
+  <si>
+    <t>INFANS GROUP</t>
+  </si>
+  <si>
+    <t>SUNSTONE 2B 22 AVENUE LIONEL TERRAY 69330 JONAGE</t>
+  </si>
+  <si>
+    <t>01/03/2018</t>
+  </si>
+  <si>
+    <t>01/05/2023</t>
+  </si>
+  <si>
+    <t>88.91A</t>
+  </si>
+  <si>
+    <t>EQUINOXE</t>
+  </si>
+  <si>
+    <t>14 RUE JACQUES MONOD 76130 MONT-SAINT-AIGNAN</t>
+  </si>
+  <si>
+    <t>10/02/2020</t>
+  </si>
+  <si>
+    <t>64.20Z</t>
+  </si>
+  <si>
+    <t>SAS CONSULTING 26</t>
+  </si>
+  <si>
+    <t>22 AVENUE DESCARTES 94450 LIMEIL-BREVANNES</t>
+  </si>
+  <si>
+    <t>01/06/2018</t>
+  </si>
+  <si>
+    <t>IF'AM-CONSEILS</t>
+  </si>
+  <si>
+    <t>199 RUE HELENE BOUCHER 34170 CASTELNAU-LE-LEZ</t>
+  </si>
+  <si>
+    <t>01/02/2020</t>
+  </si>
+  <si>
+    <t>DIGITALCHIMIST</t>
+  </si>
+  <si>
+    <t>4 CHEMIN DE LA LANDE 81150 FLORENTIN</t>
+  </si>
+  <si>
+    <t>25/01/2017</t>
+  </si>
+  <si>
+    <t>01/10/2022</t>
+  </si>
+  <si>
+    <t>62.02A</t>
+  </si>
+  <si>
+    <t>UNIVERSAL SYNERGY CONSULTING</t>
+  </si>
+  <si>
+    <t>171 RUE D'HERBLAY 95150 TAVERNY</t>
+  </si>
+  <si>
+    <t>27/03/2017</t>
+  </si>
+  <si>
+    <t>ESC'AL FORMATION</t>
+  </si>
+  <si>
+    <t>36 RUE DU MONT 42100 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>21/04/2021</t>
+  </si>
+  <si>
+    <t>ZLS</t>
+  </si>
+  <si>
+    <t>BATIMENT LE SAFRAN 36 B RUE MOLINA 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>10/05/2017</t>
+  </si>
+  <si>
+    <t>AREDIL</t>
+  </si>
+  <si>
+    <t>18 QUAI LOUIS BLERIOT 75016 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/2017</t>
+  </si>
+  <si>
+    <t>LA PISCINE</t>
+  </si>
+  <si>
+    <t>IMMEUBLE P 29 RUE ROBERT CAUMONT 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/07/2017</t>
+  </si>
+  <si>
+    <t>26 ACADEMY</t>
+  </si>
+  <si>
+    <t>17 RUE D'ORLEANS 92200 NEUILLY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>22/06/2018</t>
+  </si>
+  <si>
+    <t>ELLI'UP</t>
+  </si>
+  <si>
+    <t>41 BOULEVARD ARMAND LEPRINCE 78700 CONFLANS-SAINTE-HONORINE</t>
+  </si>
+  <si>
+    <t>15/09/2017</t>
+  </si>
+  <si>
+    <t>25/09/2024</t>
+  </si>
+  <si>
+    <t>POINT FORMATION</t>
+  </si>
+  <si>
+    <t>ZONE DE LA BEUCHERIE IMM SEQUOIA LA BEUCHERIE 53000 LAVAL</t>
+  </si>
+  <si>
+    <t>ACI FORMATION</t>
+  </si>
+  <si>
+    <t>11 RUE DES ALPES - BRUNSTATT 68350 BRUNSTATT-DIDENHEIM</t>
+  </si>
+  <si>
+    <t>01/06/2019</t>
+  </si>
+  <si>
+    <t>MODULAGE</t>
+  </si>
+  <si>
+    <t>5 PLACE DE L'UNIVERSITE 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>01/08/2017</t>
+  </si>
+  <si>
+    <t>62.01Z</t>
+  </si>
+  <si>
+    <t>EUROGEST FORMATION</t>
+  </si>
+  <si>
+    <t>33 AV ROOSEVELT 57800 FREYMING MERLEBACH</t>
+  </si>
+  <si>
+    <t>13/11/2017</t>
+  </si>
+  <si>
+    <t>CAP FORMATION CONSEIL</t>
+  </si>
+  <si>
+    <t>85 RUE CONRAD KILIAN 07500 GUILHERAND-GRANGES</t>
+  </si>
+  <si>
+    <t>MISTRAL COM FORMATION</t>
+  </si>
+  <si>
+    <t>1 RUE DES ARTISANS 68280 SUNDHOFFEN</t>
+  </si>
+  <si>
+    <t>05/12/2017</t>
+  </si>
+  <si>
+    <t>FORMAGRAPH DESIGN</t>
+  </si>
+  <si>
+    <t>1 RUE MADELEINE BRES 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>01/01/2018</t>
+  </si>
+  <si>
+    <t>16/12/2024</t>
+  </si>
+  <si>
+    <t>ASFO GRAND SUD</t>
+  </si>
+  <si>
+    <t>PARC TECHNOLOGIQUE DU CANAL 14 AVENUE DE L’EUROPE 31520 RAMONVILLE-SAINT-AGNE</t>
+  </si>
+  <si>
+    <t>07/12/2017</t>
+  </si>
+  <si>
+    <t>CODEV</t>
+  </si>
+  <si>
+    <t>ROUTE DE BRAS CHEMIN PIED DE GOUIN 83170 TOURVES</t>
+  </si>
+  <si>
+    <t>16/01/2018</t>
+  </si>
+  <si>
+    <t>01/09/2023</t>
+  </si>
+  <si>
+    <t>PRIUM FORMATION</t>
+  </si>
+  <si>
+    <t>11 BOULEVARD BRUNE 75014 PARIS</t>
+  </si>
+  <si>
+    <t>20/02/2018</t>
+  </si>
+  <si>
+    <t>LE TREMPLIN FORMATION</t>
+  </si>
+  <si>
+    <t>24 RUE DU CORPS FRANC POMMIES 65000 TARBES</t>
+  </si>
+  <si>
+    <t>28/08/2018</t>
+  </si>
+  <si>
+    <t>SAS ACTEFI</t>
+  </si>
+  <si>
+    <t>AMPLITUDE CENTER BAT C 30 AVENUE ALEXANDRE FLEMMING 38300 BOURGOIN-JALLIEU</t>
+  </si>
+  <si>
+    <t>27/02/2018</t>
+  </si>
+  <si>
+    <t>STUDI</t>
+  </si>
+  <si>
+    <t>PARC GOURAUD- IMMEUBLE L ENVOL NORD 3 ALL DES INTERNAUTES 02200 SOISSONS</t>
+  </si>
+  <si>
+    <t>30/06/2018</t>
+  </si>
+  <si>
+    <t>30/09/2022</t>
+  </si>
+  <si>
+    <t>WETRAINING</t>
+  </si>
+  <si>
+    <t>WTG</t>
+  </si>
+  <si>
+    <t>SAINT-LEU LA CHALOUPE 59 RUE LECONTE DE LISLE 97424 SAINT-LEU</t>
+  </si>
+  <si>
+    <t>13/08/2020</t>
+  </si>
+  <si>
+    <t>04973262397</t>
+  </si>
+  <si>
+    <t>ABSUP</t>
+  </si>
+  <si>
+    <t>55 RUE BARABAN 69003 LYON</t>
+  </si>
+  <si>
+    <t>17/09/2020</t>
+  </si>
+  <si>
+    <t>CALL MASTHER</t>
+  </si>
+  <si>
+    <t>37 RUE POPINCOURT 75011 PARIS</t>
+  </si>
+  <si>
+    <t>15/10/2020</t>
+  </si>
+  <si>
+    <t>13/06/2022</t>
+  </si>
+  <si>
+    <t>PURPLE CAMPUS</t>
+  </si>
+  <si>
+    <t>99 IMPASSE ADAM SMITH 34470 PEROLS</t>
+  </si>
+  <si>
+    <t>01/01/2021</t>
+  </si>
+  <si>
+    <t>FORMA 13</t>
+  </si>
+  <si>
+    <t>RESIDENCE PLEIN SUD - BAT.A 3 AVENUE JEAN MAILLOULAS 13600 LA CIOTAT</t>
+  </si>
+  <si>
+    <t>01/11/2020</t>
+  </si>
+  <si>
+    <t>ABFORMA</t>
+  </si>
+  <si>
+    <t>6002 RUE DU CRET DE LA PERDRIX 42400 SAINT-CHAMOND</t>
+  </si>
+  <si>
+    <t>31/12/2020</t>
+  </si>
+  <si>
+    <t>03/11/2025</t>
+  </si>
+  <si>
+    <t>SP FORMATION CONSEIL</t>
+  </si>
+  <si>
+    <t>13 ROUTE DE PRINGY 74370 ARGONAY</t>
+  </si>
+  <si>
+    <t>11/01/2021</t>
+  </si>
+  <si>
+    <t>01/06/2024</t>
+  </si>
+  <si>
+    <t>SOMED FORMATION</t>
+  </si>
+  <si>
+    <t>2 RUE SARAH BERNHARDT 92600 ASNIERES-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>18/01/2021</t>
+  </si>
+  <si>
+    <t>FORMA PLUS</t>
+  </si>
+  <si>
+    <t>FORMA+</t>
+  </si>
+  <si>
+    <t>57 AVENUE DE BRETAGNE 76100 ROUEN</t>
+  </si>
+  <si>
+    <t>15/01/2021</t>
+  </si>
+  <si>
+    <t>EP ORIENTATION ET FORMATION NT</t>
+  </si>
+  <si>
+    <t>BATIMENT B 2 AV DE STRASBOURG 68350 BRUNSTATT-DIDENHEIM</t>
+  </si>
+  <si>
+    <t>03/02/2021</t>
+  </si>
+  <si>
+    <t>JM FORMATIONS</t>
+  </si>
+  <si>
+    <t>6-8 6 BOULEVARD DU GENERAL DE GAULLE 92120 MONTROUGE</t>
+  </si>
+  <si>
+    <t>01/02/2021</t>
+  </si>
+  <si>
+    <t>PLATINIUM ACADEMY</t>
+  </si>
+  <si>
+    <t>24 RUE DOMER 69007 LYON</t>
+  </si>
+  <si>
+    <t>04/03/2021</t>
+  </si>
+  <si>
+    <t>L'ACADEMIE FORMATION</t>
+  </si>
+  <si>
+    <t>31 RUE EDOUARD AYNARD 69100 VILLEURBANNE</t>
+  </si>
+  <si>
+    <t>08/04/2021</t>
+  </si>
+  <si>
+    <t>LES ERUDITS</t>
+  </si>
+  <si>
+    <t>94 RUE DE BILLANCOURT 92100 BOULOGNE-BILLANCOURT</t>
+  </si>
+  <si>
+    <t>19/04/2021</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT D'ENSEIGNEMENT SUPERIEUR CONSULAIRE BUSINESS CAMPUS AVEYRON</t>
+  </si>
+  <si>
+    <t>RUE DE BRUXELLES 12000 RODEZ</t>
+  </si>
+  <si>
+    <t>20/01/2021</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>EUROFORM</t>
+  </si>
+  <si>
+    <t>32 RUE HENRI TARIEL 92130 ISSY-LES-MOULINEAUX</t>
+  </si>
+  <si>
+    <t>30/09/2021</t>
+  </si>
+  <si>
+    <t>FABRE FORMATION AIX</t>
+  </si>
+  <si>
+    <t>PARC DES ALIZES - LES MILLES 155 RUE PAUL LANGEVIN 13290 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>06/07/2021</t>
+  </si>
+  <si>
+    <t>26/09/2025</t>
+  </si>
+  <si>
+    <t>TELEFORMATION</t>
+  </si>
+  <si>
+    <t>23/05/2024</t>
+  </si>
+  <si>
+    <t>DIGITAL FORMATIONS</t>
+  </si>
+  <si>
+    <t>1 PLACE PAUL VERLAINE 92100 BOULOGNE-BILLANCOURT</t>
+  </si>
+  <si>
+    <t>27/06/2018</t>
+  </si>
+  <si>
+    <t>ACTIVDESIGN</t>
+  </si>
+  <si>
+    <t>11 B RUE JEAN LE HO 35000 RENNES</t>
+  </si>
+  <si>
+    <t>12/11/2018</t>
+  </si>
+  <si>
+    <t>11/01/2024</t>
+  </si>
+  <si>
+    <t>FORMATIC CENTRE</t>
+  </si>
+  <si>
+    <t>6 RUE DES GRANGES GALAND 37550 SAINT-AVERTIN</t>
+  </si>
+  <si>
+    <t>24/07/2018</t>
+  </si>
+  <si>
+    <t>CAP DIGIT</t>
+  </si>
+  <si>
+    <t>28 RUE WALDECK ROUSSEAU 42170 SAINT-JUST-SAINT-RAMBERT</t>
+  </si>
+  <si>
+    <t>24/08/2018</t>
+  </si>
+  <si>
+    <t>LV CONSULTANTS</t>
+  </si>
+  <si>
+    <t>4160 ROUTE DE MONTABO 97300 CAYENNE</t>
+  </si>
+  <si>
+    <t>25/07/2018</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
+  </si>
+  <si>
+    <t>03973165997</t>
+  </si>
+  <si>
+    <t>LEVEL'UP</t>
+  </si>
+  <si>
+    <t>STUDY'UP</t>
+  </si>
+  <si>
+    <t>40 RUE DES SARRAZINS 94000 CRETEIL</t>
+  </si>
+  <si>
+    <t>20/10/2018</t>
+  </si>
+  <si>
+    <t>ELOCE</t>
+  </si>
+  <si>
+    <t>7 AVENUE DE L'AILLAUDE 13008 MARSEILLE</t>
+  </si>
+  <si>
+    <t>18/10/2018</t>
+  </si>
+  <si>
+    <t>18/03/2022</t>
+  </si>
+  <si>
+    <t>EREVO</t>
+  </si>
+  <si>
+    <t>33 AVENUE DE HAMBOURG 13008 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/01/2019</t>
+  </si>
+  <si>
+    <t>VOL GROUPE CONSEILS, FORMATIONS</t>
+  </si>
+  <si>
+    <t>8 ROUTE DE FANLAC 24580 PLAZAC</t>
+  </si>
+  <si>
+    <t>01/02/2019</t>
+  </si>
+  <si>
+    <t>SAVOIE PRO</t>
+  </si>
+  <si>
+    <t>60 RUE THOMAS EDISON 73200 GILLY-SUR-ISERE</t>
+  </si>
+  <si>
+    <t>08/02/2019</t>
+  </si>
+  <si>
+    <t>MOOVEUS</t>
+  </si>
+  <si>
+    <t>64 RUE TIQUETONNE 48 RUE MONTMARTRE 75002 PARIS</t>
+  </si>
+  <si>
+    <t>01/03/2019</t>
+  </si>
+  <si>
+    <t>30/06/2023</t>
+  </si>
+  <si>
+    <t>CO-DRIVE</t>
+  </si>
+  <si>
+    <t>1 RUE DES PINS 38100 GRENOBLE</t>
+  </si>
+  <si>
+    <t>11/04/2019</t>
+  </si>
+  <si>
+    <t>WERSUS</t>
+  </si>
+  <si>
+    <t>3 T ALLEE CHATRIAN 93340 LE RAINCY</t>
+  </si>
+  <si>
+    <t>28/03/2019</t>
+  </si>
+  <si>
+    <t>31/03/2023</t>
+  </si>
+  <si>
+    <t>KILUZ</t>
+  </si>
+  <si>
+    <t>1 PLACE PIERRE MENDES FRANCE 34170 CASTELNAU-LE-LEZ</t>
+  </si>
+  <si>
+    <t>14/09/2020</t>
+  </si>
+  <si>
+    <t>FORMATIONS ET CONSEILS</t>
+  </si>
+  <si>
+    <t>11 RUE CARNOT 63300 THIERS</t>
+  </si>
+  <si>
+    <t>01/01/2024</t>
+  </si>
+  <si>
+    <t>BEFORMA</t>
+  </si>
+  <si>
+    <t>COURS DE L'USINE LA MARE 97438 SAINTE-MARIE</t>
+  </si>
+  <si>
+    <t>16/07/2019</t>
+  </si>
+  <si>
+    <t>15/02/2024</t>
+  </si>
+  <si>
+    <t>MOVE UP ! FORMATION</t>
+  </si>
+  <si>
+    <t>IMMEUBLE MAILLE NORD III 5E ETG HALL B 7 PORTE DE NEUILLY 93160 NOISY-LE-GRAND</t>
+  </si>
+  <si>
+    <t>01/07/2019</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L'INDUSTRIE 21-71-AFPI 2171</t>
+  </si>
+  <si>
+    <t>10 ALLEE ANDRE BOURLAND 21000 DIJON</t>
+  </si>
+  <si>
+    <t>22/07/2019</t>
+  </si>
+  <si>
+    <t>ISEAH FC</t>
+  </si>
+  <si>
+    <t>20 RUE JOSEPHINE CAYE 57070 METZ</t>
+  </si>
+  <si>
+    <t>29/07/2019</t>
+  </si>
+  <si>
+    <t>ABELLIS</t>
+  </si>
+  <si>
+    <t>2 PLACE CAMILLE GEORGES 69002 LYON</t>
+  </si>
+  <si>
+    <t>AR COMPETENCES</t>
+  </si>
+  <si>
+    <t>20 RUE COURTOIS 93500 PANTIN</t>
+  </si>
+  <si>
+    <t>20/09/2019</t>
+  </si>
+  <si>
+    <t>20/06/2022</t>
+  </si>
+  <si>
+    <t>CROSSTHINK</t>
+  </si>
+  <si>
+    <t>LE THELEME 1503 ROUTE DES DOLINES 06560 VALBONNE</t>
+  </si>
+  <si>
+    <t>01/10/2019</t>
+  </si>
+  <si>
+    <t>SENZA</t>
+  </si>
+  <si>
+    <t>48 RUE CLAUDE BALBASTRE 34070 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>05/12/2019</t>
+  </si>
+  <si>
+    <t>P&amp;CO FORMATION CONSEIL SCOP ARL</t>
+  </si>
+  <si>
+    <t>P&amp;CO FORMATION CONSEIL</t>
+  </si>
+  <si>
+    <t>235 AVENUE DE COULIN 13420 GEMENOS</t>
+  </si>
+  <si>
+    <t>COM'FORMATION</t>
+  </si>
+  <si>
+    <t>28 RUE JACQUES BORELLY 12200 VILLEFRANCHE-DE-ROUERGUE</t>
+  </si>
+  <si>
+    <t>01/01/2020</t>
+  </si>
+  <si>
+    <t>COREFOR CENTRE VAL DE LOIRE</t>
+  </si>
+  <si>
+    <t>1 RUE DE SOLOGNE 45510 NEUVY-EN-SULLIAS</t>
+  </si>
+  <si>
+    <t>02/02/2020</t>
+  </si>
+  <si>
+    <t>MILSTAD FORMATION</t>
+  </si>
+  <si>
+    <t>58 AVENUE DU GENERAL EISENHOWER 51100 REIMS</t>
+  </si>
+  <si>
+    <t>10/03/2020</t>
+  </si>
+  <si>
+    <t>LEARNING SYSTEM</t>
+  </si>
+  <si>
+    <t>92 BOULEVARD JEAN-BAPTISTE CLEMENT 42300 ROANNE</t>
+  </si>
+  <si>
+    <t>27/03/2020</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>MARIEBERT.SERVICES</t>
+  </si>
+  <si>
+    <t>MBS</t>
+  </si>
+  <si>
+    <t>ETG 1 1 RUE LA GRANDE DENTELLE 83170 BRIGNOLES</t>
+  </si>
+  <si>
+    <t>01/03/2020</t>
+  </si>
+  <si>
+    <t>DATABIRD</t>
+  </si>
+  <si>
+    <t>10 RUE GRENETA 75003 PARIS</t>
+  </si>
+  <si>
+    <t>04/05/2020</t>
+  </si>
+  <si>
+    <t>17/03/2022</t>
+  </si>
+  <si>
+    <t>BUSINESS PLUS FORMATION</t>
+  </si>
+  <si>
+    <t>67 RUE DE PARIS 95720 LE MESNIL-AUBRY</t>
+  </si>
+  <si>
+    <t>01/06/2020</t>
+  </si>
+  <si>
+    <t>82.11Z</t>
+  </si>
+  <si>
+    <t>ROYER ROBIN ASSOCIES</t>
+  </si>
+  <si>
+    <t>461 501 RUE DE LA METAIRIE DE SAYSSET 34070 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>30/10/2001</t>
+  </si>
+  <si>
+    <t>01/08/2023</t>
+  </si>
+  <si>
+    <t>CHRIS'TAL FORMATION</t>
+  </si>
+  <si>
+    <t>3 RUE DES REPENTIES 26000 VALENCE</t>
+  </si>
+  <si>
+    <t>15/07/1995</t>
+  </si>
+  <si>
+    <t>QUIRIS</t>
+  </si>
+  <si>
+    <t>5 RUE DU CHARRON 44800 SAINT-HERBLAIN</t>
+  </si>
+  <si>
+    <t>01/05/2012</t>
+  </si>
+  <si>
+    <t>66.30Z</t>
+  </si>
+  <si>
+    <t>CENTRE FORMATION &amp; PROMOTION PRESQU'ILE</t>
+  </si>
+  <si>
+    <t>5 RUE DE L'ETOILE DU MATIN 44600 SAINT-NAZAIRE</t>
+  </si>
+  <si>
+    <t>01/01/2010</t>
+  </si>
+  <si>
+    <t>[ND]</t>
+  </si>
+  <si>
+    <t>ANGOULEME</t>
+  </si>
+  <si>
+    <t>10/01/2019</t>
+  </si>
+  <si>
+    <t>29/08/2025</t>
+  </si>
+  <si>
+    <t>ALTERNATIVE SOLUTIONS ET FORMATIONS</t>
+  </si>
+  <si>
+    <t>PARC DES MOULINS 4 5 AV DE LA CREATIVITE 59491 VILLENEUVE D ASCQ</t>
+  </si>
+  <si>
+    <t>05/01/1998</t>
+  </si>
+  <si>
+    <t>AGISS</t>
+  </si>
+  <si>
+    <t>71 COURS ALBERT THOMAS 69003 LYON</t>
+  </si>
+  <si>
+    <t>01/12/2013</t>
+  </si>
+  <si>
+    <t>06/07/2022</t>
+  </si>
+  <si>
+    <t>HENNEBERT JACQUES</t>
+  </si>
+  <si>
+    <t>HENNEBERT FORMATION</t>
+  </si>
+  <si>
+    <t>VAUCELLES 6 B ROUTE DE SPOIR 28630 MIGNIERES</t>
+  </si>
+  <si>
+    <t>01/05/2002</t>
+  </si>
+  <si>
+    <t>MUSTANG FORMATION CONSEIL</t>
+  </si>
+  <si>
+    <t>117 AVENUE VICTOR HUGO 92100 BOULOGNE-BILLANCOURT</t>
+  </si>
+  <si>
+    <t>01/04/2019</t>
+  </si>
+  <si>
+    <t>LUCIDO INFORMATIQUE</t>
+  </si>
+  <si>
+    <t>3 BOULEVARD DE CLAIRFONT 66350 TOULOUGES</t>
+  </si>
+  <si>
+    <t>02/01/2001</t>
+  </si>
+  <si>
+    <t>SARL AVENIR FORMATION CONSEIL</t>
+  </si>
+  <si>
+    <t>37 RUE DE LA SOMME 49300 CHOLET</t>
+  </si>
+  <si>
+    <t>14/12/2017</t>
+  </si>
+  <si>
+    <t>ENSEIGNEMENT SERVICES ASSISTANCE MAINTENANCE ETUDES</t>
+  </si>
+  <si>
+    <t>12 RUE DU BARIOT 84800 LAGNES</t>
+  </si>
+  <si>
+    <t>03/04/2019</t>
+  </si>
+  <si>
+    <t>ISOCIEL</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE STRATEGE B2 51 RUE AMPERE 31670 LABEGE</t>
+  </si>
+  <si>
+    <t>31/03/2021</t>
+  </si>
+  <si>
+    <t>LUKAS</t>
+  </si>
+  <si>
+    <t>3 BOULEVARD CHARLES GAY 77000 MELUN</t>
+  </si>
+  <si>
+    <t>01/01/2008</t>
+  </si>
+  <si>
+    <t>OURAGAN FORMATION</t>
+  </si>
+  <si>
+    <t>11 AV DES VIEUX MOULINS - ANNECY 74000 ANNECY</t>
+  </si>
+  <si>
+    <t>25/10/2019</t>
+  </si>
+  <si>
+    <t>GROUPE IGS - ADIP</t>
+  </si>
+  <si>
+    <t>44 QUAI DE JEMMAPES 75010 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
+    <t>ATOUT MAJEUR RHONE ALPES</t>
+  </si>
+  <si>
+    <t>POLE PIXEL 26 RUE EMILE DECORPS 69100 VILLEURBANNE</t>
+  </si>
+  <si>
+    <t>27/10/2014</t>
+  </si>
+  <si>
+    <t>30/09/2023</t>
+  </si>
+  <si>
+    <t>CAMPUS DU LAC</t>
+  </si>
+  <si>
+    <t>CS 31991 RUE RENE CASSIN 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>ACKWARE</t>
+  </si>
+  <si>
+    <t>BATIMENT B 39 AVENUE HOCHE 51100 REIMS</t>
+  </si>
+  <si>
+    <t>23/03/2009</t>
+  </si>
+  <si>
+    <t>ZIGGOURAT FORMATION</t>
+  </si>
+  <si>
+    <t>32 RUE DE PARADIS 75010 PARIS</t>
+  </si>
+  <si>
+    <t>25/07/2016</t>
+  </si>
+  <si>
+    <t>CIT FORMATION INFORMATIQUE</t>
+  </si>
+  <si>
+    <t>JARDIN AVENIO D ZI AGROPARC 775 ROUTE DE L'AERODROME 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>05/08/2009</t>
+  </si>
+  <si>
+    <t>TAMIA</t>
+  </si>
+  <si>
+    <t>5 RUE DE MADAGASCAR 29200 BREST</t>
+  </si>
+  <si>
+    <t>07/03/2016</t>
+  </si>
+  <si>
+    <t>EQUINOXE FORMATION</t>
+  </si>
+  <si>
+    <t>CENTRE COMMERCIAL KATOURY  5-7 5 ROCADE DE ZEPHIR 97300 CAYENNE</t>
+  </si>
+  <si>
+    <t>14/10/2011</t>
+  </si>
+  <si>
+    <t>EVRYWARE</t>
+  </si>
+  <si>
+    <t>IMMEUBLE PORT ROYAL 38 CRS BLAISE PASCAL 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>07/04/1997</t>
+  </si>
+  <si>
+    <t>SOCIETE DE FORMATION ET DE COMMUNICATION AZUREENNE</t>
+  </si>
+  <si>
+    <t>CENTRE SIGMA 1846 BOULEVARD DU CERCERON 83700 SAINT-RAPHAEL</t>
+  </si>
+  <si>
+    <t>01/09/2013</t>
+  </si>
+  <si>
+    <t>A M S FORMATION</t>
+  </si>
+  <si>
+    <t>22 RUE DE MEDREVILLE 54000 NANCY</t>
+  </si>
+  <si>
+    <t>02/01/2006</t>
+  </si>
+  <si>
+    <t>ACTION FIRST</t>
+  </si>
+  <si>
+    <t>ZAC DES RAMASSIERS 10 ALLEE ARISTIDE MAILLOL 31770 COLOMIERS</t>
+  </si>
+  <si>
+    <t>22/03/2010</t>
+  </si>
+  <si>
+    <t>B T EST</t>
+  </si>
+  <si>
+    <t>88 BOULEVARD DE LA MOSELLE 54340 POMPEY</t>
+  </si>
+  <si>
+    <t>01/09/2003</t>
+  </si>
+  <si>
+    <t>EDUGROUPE</t>
+  </si>
+  <si>
+    <t>LE CLEMENCEAU 205 AVENUE GEORGES CLEMENCEAU 92000 NANTERRE</t>
+  </si>
+  <si>
+    <t>01/01/1998</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION A L'INFORMATIQUE POUR LE DEVEL DE L'ENTREPRISE ALSACE</t>
+  </si>
+  <si>
+    <t>2 RUE ETTORE BUGATTI 67201 ECKBOLSHEIM</t>
+  </si>
+  <si>
+    <t>01/10/2009</t>
+  </si>
+  <si>
+    <t>SARL CAPORDI</t>
+  </si>
+  <si>
+    <t>20 RUE DE VANNES 56350 SAINT-JEAN-LA-POTERIE</t>
+  </si>
+  <si>
+    <t>01/06/2001</t>
+  </si>
+  <si>
+    <t>CAP FORMATION</t>
+  </si>
+  <si>
+    <t>14 QUAI CYPIERRE 45000 ORLEANS</t>
+  </si>
+  <si>
+    <t>02/12/1998</t>
+  </si>
+  <si>
+    <t>3 ALLEE DES AULNES 78190 TRAPPES</t>
+  </si>
+  <si>
+    <t>01/07/2006</t>
+  </si>
+  <si>
+    <t>23/12/2025</t>
+  </si>
+  <si>
+    <t>116 RUE RONSARD 37100 TOURS</t>
+  </si>
+  <si>
+    <t>01/07/2012</t>
+  </si>
+  <si>
+    <t>36 RUE DE LABORDE 75008 PARIS</t>
+  </si>
+  <si>
+    <t>02/01/2014</t>
+  </si>
+  <si>
+    <t>10 AVENUE GUSTAVE EIFFEL 28000 CHARTRES</t>
+  </si>
+  <si>
+    <t>29/11/2018</t>
+  </si>
+  <si>
+    <t>INSTITUT EUROPEEN F 2I</t>
+  </si>
+  <si>
+    <t>10 COURS LOUIS LUMIERE 94300 VINCENNES</t>
+  </si>
+  <si>
+    <t>22/05/1998</t>
+  </si>
+  <si>
+    <t>171 AVENUE CHARLES DE GAULLE 92200 NEUILLY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>01/12/2009</t>
+  </si>
+  <si>
+    <t>ASS DEVELOPPEMENT EDUCATION PERMANENTE</t>
+  </si>
+  <si>
+    <t>94 RUE LEON MARLOT 59100 ROUBAIX</t>
+  </si>
+  <si>
+    <t>01/05/1998</t>
+  </si>
+  <si>
+    <t>MANGAIA</t>
+  </si>
+  <si>
+    <t>26 RUE VIGNON 75009 PARIS</t>
+  </si>
+  <si>
+    <t>15/07/1999</t>
+  </si>
+  <si>
+    <t>SARL PROJETS</t>
+  </si>
+  <si>
+    <t>100 PLACE DE L’EGLISE 20220 AREGNO</t>
+  </si>
+  <si>
+    <t>01/01/1999</t>
+  </si>
+  <si>
+    <t>RE-SOURCE</t>
+  </si>
+  <si>
+    <t>ZONE INDUSTRIELLE 11 RUE MARIE JEAN ANTOINE CONDORCET 76300 SOTTEVILLE-LES-ROUEN</t>
+  </si>
+  <si>
+    <t>01/10/2017</t>
+  </si>
+  <si>
+    <t>AFEC</t>
+  </si>
+  <si>
+    <t>21 RUE DES MURLINS 45000 ORLEANS</t>
+  </si>
+  <si>
+    <t>01/01/2002</t>
+  </si>
+  <si>
+    <t>42 BOULEVARD VICTOR HUGO 78300 POISSY</t>
+  </si>
+  <si>
+    <t>70 RUE DES JACOBINS 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>01/01/2014</t>
+  </si>
+  <si>
+    <t>26-28 / HERON BUILDING 26 AVENUE RENE CASSIN 69009 LYON</t>
+  </si>
+  <si>
+    <t>12/05/2014</t>
+  </si>
+  <si>
+    <t>01/10/2025</t>
+  </si>
+  <si>
+    <t>SAS AFEC</t>
+  </si>
+  <si>
+    <t>55 RUE JEAN JAURES (LILLE) 59000 LILLE</t>
+  </si>
+  <si>
+    <t>1 AVENUE DES BEGUINES 95800 CERGY</t>
+  </si>
+  <si>
+    <t>01/12/2016</t>
+  </si>
+  <si>
+    <t>52 AVENUE DES CHAMPS PIERREUX 92000 NANTERRE</t>
+  </si>
+  <si>
+    <t>01/11/2017</t>
+  </si>
+  <si>
+    <t>ATC</t>
+  </si>
+  <si>
+    <t>54 RUE CARNOT 85300 CHALLANS</t>
+  </si>
+  <si>
+    <t>ONLINEFORMAPRO</t>
+  </si>
+  <si>
+    <t>ESPACE DE LA MOTTE 19 RUE DU PRALEY 70000 VESOUL</t>
+  </si>
+  <si>
+    <t>01/11/1999</t>
+  </si>
+  <si>
+    <t>NOOUS</t>
+  </si>
+  <si>
+    <t>7 ALLEE DES PIONNIERS DE L'AEROPOSTALE 31400 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/09/2011</t>
+  </si>
+  <si>
+    <t>22/04/2025</t>
+  </si>
+  <si>
+    <t>S.C.F.I.</t>
+  </si>
+  <si>
+    <t>10 RUE LA VRILLIERE 75001 PARIS</t>
+  </si>
+  <si>
+    <t>01/07/2008</t>
+  </si>
+  <si>
+    <t>EVOLUTION NORD</t>
+  </si>
+  <si>
+    <t>25 AVENUE SAINT-MAUR 59110 LA MADELEINE</t>
+  </si>
+  <si>
+    <t>03/01/2000</t>
+  </si>
+  <si>
+    <t>ADEO</t>
+  </si>
+  <si>
+    <t>15 RUE DE LA PRESSE 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>26/12/2011</t>
+  </si>
+  <si>
+    <t>PERSPECTIVES</t>
+  </si>
+  <si>
+    <t>TECNOSUD BATIMENT B 230 RUE JAMES WATT 66100 PERPIGNAN</t>
+  </si>
+  <si>
+    <t>30/11/2018</t>
+  </si>
+  <si>
+    <t>16/02/2026</t>
+  </si>
+  <si>
+    <t>DAWAN</t>
+  </si>
+  <si>
+    <t>30-32 30 BOULEVARD VINCENT GACHE 44200 NANTES</t>
+  </si>
+  <si>
+    <t>14/02/2017</t>
+  </si>
+  <si>
+    <t>SUD FORMATION CONSEIL</t>
+  </si>
+  <si>
+    <t>1000 AVENUE DU MARECHAL JUIN 30900 NIMES</t>
+  </si>
+  <si>
+    <t>01/11/2018</t>
+  </si>
+  <si>
+    <t>OGEC ENSEMBLE SCOLAIRE DON BOSCO MAYENNE</t>
+  </si>
+  <si>
+    <t>18 BOULEVARD ANATOLE FRANCE 53100 MAYENNE</t>
+  </si>
+  <si>
+    <t>01/08/2000</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>FELICITE JACKY</t>
+  </si>
+  <si>
+    <t>ANSE MADAME ETAGE 2 3 RUE SIMON COTTREL 97233 SCHŒLCHER</t>
+  </si>
+  <si>
+    <t>01/09/2018</t>
+  </si>
+  <si>
+    <t>ASS GATINAISE DE FORMATION</t>
+  </si>
+  <si>
+    <t>CTRE NELSON MANDELA 31 AVENUE LOUIS-MAURICE CHAUTEMPS 45200 MONTARGIS</t>
+  </si>
+  <si>
+    <t>01/01/2001</t>
+  </si>
+  <si>
+    <t>GUILLEN MANUEL</t>
+  </si>
+  <si>
+    <t>MG FORMATION</t>
+  </si>
+  <si>
+    <t>6 RUE AZEMA 34070 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>08/01/2001</t>
+  </si>
+  <si>
+    <t>FRANCOIS STEPHANIE MARIE ANNE</t>
+  </si>
+  <si>
+    <t>15 CHEMIN DE LA CRABE 31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>18/09/2017</t>
+  </si>
+  <si>
+    <t>30/06/2025</t>
+  </si>
+  <si>
+    <t>AVENIR CONSEILS FORMATIONS</t>
+  </si>
+  <si>
+    <t>40 RUE DE PONTOISE 95870 BEZONS</t>
+  </si>
+  <si>
+    <t>01/12/2008</t>
+  </si>
+  <si>
+    <t>OPTIMUM FORMATION</t>
+  </si>
+  <si>
+    <t>2 RUE DU LYONNAIS 01460 MONTREAL-LA-CLUSE</t>
+  </si>
+  <si>
+    <t>01/08/2011</t>
+  </si>
+  <si>
+    <t>VANESSE STEVE</t>
+  </si>
+  <si>
+    <t>RES ORION APT 1 3 RUE PHILIBERT 97400 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>02/01/2016</t>
+  </si>
+  <si>
+    <t>P F I PRESTATIONS FORMATION INFORMATIQUE</t>
+  </si>
+  <si>
+    <t>91 RUE SAINT-LAZARE 75009 PARIS</t>
+  </si>
+  <si>
+    <t>01/07/2011</t>
+  </si>
+  <si>
+    <t>SARL FORCE 7</t>
+  </si>
+  <si>
+    <t>94 RUE JULES SIEGFRIED 76600 LE HAVRE</t>
+  </si>
+  <si>
+    <t>01/01/2009</t>
+  </si>
+  <si>
+    <t>11/07/2022</t>
+  </si>
+  <si>
+    <t>COGIS</t>
+  </si>
+  <si>
+    <t>8 RUE DE LA TUILERIE 01100 ARBENT</t>
+  </si>
+  <si>
+    <t>AGENCE SEINE ET MARNAISE DE FORMATION PROFESSION- NELLE - ASMFP 77</t>
+  </si>
+  <si>
+    <t>38 AVENUE FRANKLIN ROOSEVELT 77210 AVON</t>
+  </si>
+  <si>
+    <t>01/04/2017</t>
+  </si>
+  <si>
+    <t>01/04/2022</t>
+  </si>
+  <si>
+    <t>ARAMIS FORMATION</t>
+  </si>
+  <si>
+    <t>15 B RUE DE LA MARE A TISSIER 91280 SAINT-PIERRE-DU-PERRAY</t>
+  </si>
+  <si>
+    <t>MEDIA'TIC</t>
+  </si>
+  <si>
+    <t>2589 ROUTE DE MONTABO 97300 CAYENNE</t>
+  </si>
+  <si>
+    <t>25/09/2007</t>
+  </si>
+  <si>
+    <t>FONDS LOCAL EMPLOI SOLIDARITE 78</t>
+  </si>
+  <si>
+    <t>8 PASSAGE PAUL LANGEVIN 78370 PLAISIR</t>
+  </si>
+  <si>
+    <t>28/01/2005</t>
+  </si>
+  <si>
+    <t>88.99B</t>
+  </si>
+  <si>
+    <t>EMERAUDE FORMATION</t>
+  </si>
+  <si>
+    <t>123 COURS BALGUERIE STUTTENBERG 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>FEEP ENTREPRISES</t>
+  </si>
+  <si>
+    <t>126 RUE DU GENERAL DE GAULLE 10000 TROYES</t>
+  </si>
+  <si>
+    <t>19/04/2004</t>
+  </si>
+  <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE MAYOTTE</t>
   </si>
   <si>
     <t>KAWENI CCT1 PL MARIAGE 97600 MAMOUDZOU</t>
   </si>
   <si>
     <t>20/01/2005</t>
   </si>
   <si>
     <t>94.11Z</t>
   </si>
   <si>
     <t>06970006697</t>
   </si>
   <si>
-    <t>FAUX</t>
-[...4 lines deleted...]
-  <si>
     <t>CHAMBRE DE COMMERCE D INDUSTRIE DE MAINE LOIRE</t>
   </si>
   <si>
     <t>8 BOULEVARD DU ROI RENE 49100 ANGERS</t>
   </si>
   <si>
-    <t>01/01/2008</t>
-[...1 lines deleted...]
-  <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE LA CORREZE</t>
   </si>
   <si>
     <t>INISUP</t>
   </si>
   <si>
     <t>CAMPUS DE FORMATION 25 AVENUE EDOUARD HERRIOT 19100 BRIVE-LA-GAILLARDE</t>
   </si>
   <si>
-    <t>01/02/2020</t>
-[...1 lines deleted...]
-  <si>
     <t>7419P000619</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE PUY-DE-DOME CLERMONT AUVERGNE METROPOLE</t>
   </si>
   <si>
     <t>CCI FORMATION</t>
   </si>
   <si>
     <t>LA PARDIEU 14 RUE JEAN CLARET 63000 CLERMONT-FERRAND</t>
   </si>
   <si>
     <t>04/11/2009</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...1 lines deleted...]
-  <si>
     <t>CHAMBRE COMMERCE INDUSTRIE AVEYRON</t>
   </si>
   <si>
     <t>CITE DE L'ENTREPRISE ET LA FORMATION 5 RUE DE BRUXELLES 12000 RODEZ</t>
   </si>
   <si>
     <t>01/01/2011</t>
   </si>
   <si>
-    <t>Fermé</t>
-[...1 lines deleted...]
-  <si>
     <t>CHAMBRE COMMERCE INDUSTRIE NANTES - SAINT-NAZAIRE</t>
   </si>
   <si>
     <t>16 QUAI ERNEST RENAUD 44000 NANTES</t>
   </si>
   <si>
     <t>21/08/2008</t>
   </si>
   <si>
     <t>19/02/2024</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE COTE-D'OR DIJON METROPOLE</t>
   </si>
   <si>
     <t>PL JEAN BOUHEY 21000 DIJON</t>
   </si>
   <si>
     <t>22/12/2010</t>
   </si>
   <si>
     <t>01/01/2022</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D INDUSTRIE DE HAUTE LOIRE</t>
@@ -181,83 +1690,71 @@
   <si>
     <t>16 BD BERTRAND 43750 VALS-PRES-LE-PUY</t>
   </si>
   <si>
     <t>22/09/2009</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D INDUSTRIE DE L ARDECHE</t>
   </si>
   <si>
     <t>140 CHEMIN DE SAINT CLAIR 07000 PRIVAS</t>
   </si>
   <si>
     <t>25/08/2009</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE CORSE</t>
   </si>
   <si>
     <t>CCI FORMATION CORSICA</t>
   </si>
   <si>
     <t>VALROSE 726 STRADA VECCHIA 20290 BORGO</t>
   </si>
   <si>
-    <t>01/01/2020</t>
-[...4 lines deleted...]
-  <si>
     <t>CHAMBRE DE COMMERCE ET D INDUSTRIE DE REGION PARIS ILE DE FRANCE</t>
   </si>
   <si>
     <t>GOBELINS L'ECOLE DE L'IMAGE</t>
   </si>
   <si>
     <t>73 BOULEVARD SAINT-MARCEL 75013 PARIS</t>
   </si>
   <si>
     <t>01/01/2013</t>
   </si>
   <si>
-    <t>85.32Z</t>
-[...1 lines deleted...]
-  <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE LYON METROPOLE-SAINT-ETIENNE ROANNE</t>
   </si>
   <si>
     <t>CCIT CCI FORMATION</t>
   </si>
   <si>
     <t>36 RUE SERGENT MICHEL BERTHET 69009 LYON</t>
   </si>
   <si>
-    <t>01/01/2016</t>
-[...1 lines deleted...]
-  <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE PORTES DE NORMANDIE</t>
   </si>
   <si>
     <t>215 RTE DE PARIS 27000 EVREUX</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D INDUSTRIE TERRITORIALE DE LA CHARENTE</t>
   </si>
   <si>
     <t>27 PLACE BOUILLAUD 16000 ANGOULEME</t>
   </si>
   <si>
     <t>23/11/2016</t>
   </si>
   <si>
     <t>CCI CHARENTE FORMATION</t>
   </si>
   <si>
     <t>ZONE INDUSTRIELLE 3 16340 L'ISLE-D'ESPAGNAC</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE DE L'HERAULT</t>
   </si>
   <si>
     <t>32 GR JEAN MOULIN 34000 MONTPELLIER</t>
@@ -331,53 +1828,50 @@
   <si>
     <t>CCI FINISTERE SIEGE</t>
   </si>
   <si>
     <t>1 PLACE DU 19EME R.I. 29200 BREST</t>
   </si>
   <si>
     <t>CCI FINISTERE CIEL BRETAGNE</t>
   </si>
   <si>
     <t>RUE DU GUE FLEURI 29480 LE RELECQ-KERHUON</t>
   </si>
   <si>
     <t>CCI FINISTERE CEL-CFTMI</t>
   </si>
   <si>
     <t>BATIMENT FORMATION 145 AVENUE DE KERADENNEC 29000 QUIMPER</t>
   </si>
   <si>
     <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION ILE-DE-FRANCE</t>
   </si>
   <si>
     <t>72-74 72 RUE DE REUILLY 75012 PARIS</t>
   </si>
   <si>
-    <t>01/01/2021</t>
-[...1 lines deleted...]
-  <si>
     <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE YVELINES</t>
   </si>
   <si>
     <t>19 AVENUE DU GENERAL MANGIN 78000 VERSAILLES</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE L ARIEGE</t>
   </si>
   <si>
     <t>21 COURS GABRIEL FAURE 09000 FOIX</t>
   </si>
   <si>
     <t>10/08/1983</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE DU CANTAL</t>
   </si>
   <si>
     <t>LE CAMPUS</t>
   </si>
   <si>
     <t>BOULEVARD DU VIALENC 15000 AURILLAC</t>
   </si>
   <si>
     <t>25/03/2010</t>
@@ -460,53 +1954,50 @@
   <si>
     <t>GROUPE FORMATION-CCI 10 RUE AIME PUPIN 38100 GRENOBLE</t>
   </si>
   <si>
     <t>01/07/2021</t>
   </si>
   <si>
     <t>8238P001138</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE NORD ISERE</t>
   </si>
   <si>
     <t>2 PLACE SAINT PIERRE 38200 VIENNE</t>
   </si>
   <si>
     <t>8238P000238</t>
   </si>
   <si>
     <t>GIP FIPAG</t>
   </si>
   <si>
     <t>MINI PARC 5 RUE ROLAND GARROS 38320 EYBENS</t>
   </si>
   <si>
-    <t>01/01/2010</t>
-[...1 lines deleted...]
-  <si>
     <t>8238P349038</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE DES LANDES</t>
   </si>
   <si>
     <t>293 AVENUE DU MARECHAL FOCH 40000 MONT-DE-MARSAN</t>
   </si>
   <si>
     <t>7240P003840</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET D'INDUSTRIE DU LOT</t>
   </si>
   <si>
     <t>107 QUAI EUGENE CAVAIGNAC 46000 CAHORS</t>
   </si>
   <si>
     <t>25/10/1983</t>
   </si>
   <si>
     <t>GROUPEMENT D'INTERET PUBLIC FORMATION CONTINUE ET INSERTION PROFESSIONNELLE</t>
   </si>
   <si>
     <t>17 BOULEVARD DE LA PAIX 51100 REIMS</t>
@@ -517,53 +2008,50 @@
   <si>
     <t>2151P003751</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE MORBIHAN</t>
   </si>
   <si>
     <t>21 QUAI DES INDES 56100 LORIENT</t>
   </si>
   <si>
     <t>5356P001456</t>
   </si>
   <si>
     <t>CCI MORBIHAN FORMATION</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE MOSELLE METROPOLE METZ</t>
   </si>
   <si>
     <t>CTRE CONSULAIRE DE FORMATION</t>
   </si>
   <si>
     <t>5 RUE JEAN ANTOINE CHAPTAL 57070 METZ</t>
   </si>
   <si>
-    <t>01/01/1999</t>
-[...1 lines deleted...]
-  <si>
     <t>4157P000957</t>
   </si>
   <si>
     <t>CHAMBRE METIERS ARTISANAT DE MOSELLE</t>
   </si>
   <si>
     <t>5 BOULEVARD DE LA DEFENSE 57070 METZ</t>
   </si>
   <si>
     <t>01/07/1994</t>
   </si>
   <si>
     <t>4157P001957</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE BAYONNE PAYS BASQUE</t>
   </si>
   <si>
     <t>EMISA CCI BAYONNE PAYS BASQUE</t>
   </si>
   <si>
     <t>50 ALLEES MARINES 64100 BAYONNE</t>
   </si>
   <si>
     <t>01/06/1992</t>
@@ -619,95 +2107,89 @@
   <si>
     <t>16 RUE OLIVIER DE CLISSON 85000 LA ROCHE-SUR-YON</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE DE LA VIENNE</t>
   </si>
   <si>
     <t>TELEPORT 1 7 AVENUE DU TOUR DE FRANCE 86360 CHASSENEUIL-DU-POITOU</t>
   </si>
   <si>
     <t>27/09/2010</t>
   </si>
   <si>
     <t>GIP - FORMATION CONTINUE ET INSERTION PROFESSIONNELLE DE L'ACADEMIE DE POITIERS</t>
   </si>
   <si>
     <t>8 RUE EVARISTE GALOIS 86130 JAUNAY-MARIGNY</t>
   </si>
   <si>
     <t>12/07/2019</t>
   </si>
   <si>
     <t>14/09/2023</t>
   </si>
   <si>
-    <t>5486P003386</t>
-[...1 lines deleted...]
-  <si>
     <t>CH.COMMERCE INDUSTRIE LIMOGES HTE VIENNE</t>
   </si>
   <si>
     <t>CAMPUS CONSULAIRE</t>
   </si>
   <si>
     <t>11 RUE PHILIPPE LEBON 87280 LIMOGES</t>
   </si>
   <si>
     <t>01/10/2013</t>
   </si>
   <si>
     <t>7487P000187</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D INDUSTRIE DES VOSGES</t>
   </si>
   <si>
     <t>10 RUE CLAUDE GELEE 88000 EPINAL</t>
   </si>
   <si>
     <t>05/01/2004</t>
   </si>
   <si>
     <t>4188P002288</t>
   </si>
   <si>
     <t>GIP FORMATION CONTINUE ET INSERTION PROFESSIONNELLE DE L'ACADEMIE DE CRETEIL</t>
   </si>
   <si>
     <t>12 RUE GEORGES ENESCO 94000 CRETEIL</t>
   </si>
   <si>
     <t>08/08/2002</t>
   </si>
   <si>
     <t>01/06/2025</t>
   </si>
   <si>
-    <t>1194P003394</t>
-[...1 lines deleted...]
-  <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE MARTINIQUE</t>
   </si>
   <si>
     <t>SERVICE FORMATION CCI DE MARTINIQUE</t>
   </si>
   <si>
     <t>CASE NAVIRE-RAVINE TOUZA RUE AUBIN EDMOND 97233 SCHŒLCHER</t>
   </si>
   <si>
     <t>01/05/2017</t>
   </si>
   <si>
     <t>9797P000897</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT JM CARRIAT</t>
   </si>
   <si>
     <t>GRETA-CFA AIN</t>
   </si>
   <si>
     <t>1 RUE DE CROUY 01000 BOURG-EN-BRESSE</t>
   </si>
   <si>
     <t>03/04/1989</t>
@@ -745,1286 +2227,3893 @@
   <si>
     <t>LYCEE POLYVALENT FRANCOIS BAZIN- LYCEE DES METIERS DU TERTIAIRE, DE L'ENERGIE ET DES PROCEDES INDUSTRIELS</t>
   </si>
   <si>
     <t>GRETA DES ARDENNES</t>
   </si>
   <si>
     <t>145 AVENUE CHARLES DE GAULLE 08000 CHARLEVILLE-MEZIERES</t>
   </si>
   <si>
     <t>2108P000408</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT LES LOMBARDS</t>
   </si>
   <si>
     <t>GRETA SUD CHAMPAGNE</t>
   </si>
   <si>
     <t>12 AVENUE DES LOMBARDS 10000 TROYES</t>
   </si>
   <si>
     <t>2110P000310</t>
   </si>
   <si>
-    <t>LYCEE POLYVALENT LOUISE MICHEL</t>
-[...5 lines deleted...]
-    <t>2 RUE JEAN MOULIN 11100 NARBONNE</t>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE ALEXIS MONTEIL</t>
+  </si>
+  <si>
+    <t>GRETA MIDI-PYRENNEES NORD</t>
+  </si>
+  <si>
+    <t>5 AVENUE DU MARECHAL JOFFRE 12000 RODEZ</t>
+  </si>
+  <si>
+    <t>01/01/1992</t>
+  </si>
+  <si>
+    <t>7312P000412</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT JEAN PERRIN</t>
+  </si>
+  <si>
+    <t>GRETA-CFA MARSEILLE MEDITERRANEE</t>
+  </si>
+  <si>
+    <t>74 RUE VERDILLON 13010 MARSEILLE</t>
+  </si>
+  <si>
+    <t>15/05/2014</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT VAUVENARGUES</t>
+  </si>
+  <si>
+    <t>GRETA-CFA PROVENCE</t>
+  </si>
+  <si>
+    <t>60 BOULEVARD CARNOT 13100 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>30/03/1988</t>
+  </si>
+  <si>
+    <t>9313P000113</t>
+  </si>
+  <si>
+    <t>ECOLE NATIONALE SUPERIEURE DE LA PHOTOGRAPHIE</t>
+  </si>
+  <si>
+    <t>30 AVENUE VICTOR HUGO 13200 ARLES</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT MONNET-MERMOZ - LYCEE DES METIERS DES SCIENCES ET TECHNIQUES APPLIQUEES A L'INDUSTRIE ET AUX SERVICES</t>
+  </si>
+  <si>
+    <t>GRETA DES MONTS DU CANTAL</t>
+  </si>
+  <si>
+    <t>10 RUE DU DOCTEUR CHIBRET 15000 AURILLAC</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT HIPPOLYTE FONTAINE</t>
+  </si>
+  <si>
+    <t>GRETA 21</t>
+  </si>
+  <si>
+    <t>20 BOULEVARD VOLTAIRE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT CHAPTAL</t>
+  </si>
+  <si>
+    <t>GRETA DES COTES D'ARMOR</t>
+  </si>
+  <si>
+    <t>19 B BOULEVARD LAMARTINE 22000 SAINT-BRIEUC</t>
+  </si>
+  <si>
+    <t>11/04/1989</t>
+  </si>
+  <si>
+    <t>01/08/2024</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT JULES HAAG</t>
+  </si>
+  <si>
+    <t>GRETA GRPT ETS POUR FORMAT CONTINUE</t>
+  </si>
+  <si>
+    <t>35 AVENUE DE MONTRAPON 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>01/05/1989</t>
+  </si>
+  <si>
+    <t>4325P000725</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT XAVIER MARMIER</t>
+  </si>
+  <si>
+    <t>GRETA</t>
+  </si>
+  <si>
+    <t>48 RUE DE BESANCON 25300 PONTARLIER</t>
+  </si>
+  <si>
+    <t>16/09/1999</t>
+  </si>
+  <si>
+    <t>4325P004225</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE ARISTIDE BRIAND</t>
+  </si>
+  <si>
+    <t>2 RUE PIERRE SEMARD 27000 EVREUX</t>
+  </si>
+  <si>
+    <t>GRETA PORTES NORMANDES</t>
+  </si>
+  <si>
+    <t>GRETA PORTES NORMANDES 2 RUE PIERRE SEMARD 27000 EVREUX</t>
+  </si>
+  <si>
+    <t>01/09/2008</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT YVES THEPOT</t>
+  </si>
+  <si>
+    <t>GRETA-CFA DE BRETAGNE OCCIDENTALE</t>
+  </si>
+  <si>
+    <t>5 RUE DE L'ILE BREHAT 29000 QUIMPER</t>
+  </si>
+  <si>
+    <t>5335P000829</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL TECHNO DIT DHUODA</t>
+  </si>
+  <si>
+    <t>GRETA DU GARD</t>
+  </si>
+  <si>
+    <t>17 RUE DHUODA 30900 NIMES</t>
   </si>
   <si>
     <t>26/04/1989</t>
   </si>
   <si>
+    <t>9130P018430</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT PAUL MATHOU</t>
+  </si>
+  <si>
+    <t>GRETA MIDI-PYRENEES SUD</t>
+  </si>
+  <si>
+    <t>AVENUE DE LUCHON 31210 GOURDAN-POLIGNAN</t>
+  </si>
+  <si>
+    <t>01/01/2015</t>
+  </si>
+  <si>
+    <t>31/12/2023</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT DEODAT DE SEVERAC - LYCEE DES METIERS DE L'INGENIERIE ET DE L'INDUSTRIE DU FUTUR</t>
+  </si>
+  <si>
+    <t>GRETA TOULOUSE-PYRENEES</t>
+  </si>
+  <si>
+    <t>26 BOULEVARD DEODAT DE SEVERAC 31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>27/04/1989</t>
+  </si>
+  <si>
+    <t>7331P003931</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE CAMILLE JULLIAN</t>
+  </si>
+  <si>
+    <t>GRETA - CFA AQUITAINE</t>
+  </si>
+  <si>
+    <t>29 RUE DE LA CROIX BLANCHE 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/01/1991</t>
+  </si>
+  <si>
+    <t>7233P015633</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT JEAN MERMOZ</t>
+  </si>
+  <si>
+    <t>GRETA CFA MONTPELLIER LITTORAL</t>
+  </si>
+  <si>
+    <t>717 AVENUE JEAN MERMOZ 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>02/05/1989</t>
+  </si>
+  <si>
+    <t>9134P045834</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE MONTPELLIER-ORB-HERAULT</t>
+  </si>
+  <si>
+    <t>CFPPA DE L'HERAULT - SITE DE MONTPELLIER</t>
+  </si>
+  <si>
+    <t>3224 ROUTE DE MENDE 34090 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>9134P567034</t>
+  </si>
+  <si>
+    <t>LYCEE DES METIERS PIERRE MENDES FRANCE</t>
+  </si>
+  <si>
+    <t>GRETA EST BRETAGNE</t>
+  </si>
+  <si>
+    <t>34 RUE BAHON-RAULT 35000 RENNES</t>
+  </si>
+  <si>
+    <t>20/10/2004</t>
+  </si>
+  <si>
+    <t>5335P000935</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT BLAISE PASCAL</t>
+  </si>
+  <si>
+    <t>GRETA BERRY</t>
+  </si>
+  <si>
+    <t>27 BOULEVARD BLAISE PASCAL 36000 CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>01/09/1989</t>
+  </si>
+  <si>
+    <t>2436P000236</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE GRANDMONT</t>
+  </si>
+  <si>
+    <t>GRETA VAL DE LOIRE</t>
+  </si>
+  <si>
+    <t>6 AVENUE DE SEVIGNE 37200 TOURS</t>
+  </si>
+  <si>
+    <t>31/07/2024</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT VAUCANSON</t>
+  </si>
+  <si>
+    <t>GRETA DE GRENOBLE</t>
+  </si>
+  <si>
+    <t>27 RUE ANATOLE FRANCE 38100 GRENOBLE</t>
+  </si>
+  <si>
+    <t>8238P001538</t>
+  </si>
+  <si>
+    <t>LYCEE ELLA FITZGERALD</t>
+  </si>
+  <si>
+    <t>GRETA NORD ISERE</t>
+  </si>
+  <si>
+    <t>LE TRANSALPIN 2 33 AVENUE D’ITALIE 38300 BOURGOIN-JALLIEU</t>
+  </si>
+  <si>
+    <t>01/11/2011</t>
+  </si>
+  <si>
+    <t>8238P001638</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT CHARLES ET ADRIEN DUPUY - LYCEE DES METIERS DES SCIENCES ET TECHNIQUES</t>
+  </si>
+  <si>
+    <t>GRETA DU VELAY</t>
+  </si>
+  <si>
+    <t>GRETA - LYCEE CHARLES ADRIEN DUPUY 2/4 2 AVENUE DU DOCTEUR DURAND 43000 LE PUY-EN-VELAY</t>
+  </si>
+  <si>
+    <t>17/11/1995</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE LIVET</t>
+  </si>
+  <si>
+    <t>GRETA LOIRE-ATLANTIQUE</t>
+  </si>
+  <si>
+    <t>16 RUE DUFOUR 44000 NANTES</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE VOLTAIRE</t>
+  </si>
+  <si>
+    <t>GRETA CENTRE-VAL DE LOIRE</t>
+  </si>
+  <si>
+    <t>3 AVENUE VOLTAIRE 45100 ORLEANS</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT CHEVROLLIER</t>
+  </si>
+  <si>
+    <t>GRETA-CFA 49</t>
+  </si>
+  <si>
+    <t>3 RUE DE LETANDUERE 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT CURIE-COROT</t>
+  </si>
+  <si>
+    <t>GRETA COTES NORMANDES</t>
+  </si>
+  <si>
+    <t>377 RUE DE L'EXODE 50000 SAINT-LO</t>
+  </si>
+  <si>
+    <t>12/06/1989</t>
+  </si>
+  <si>
+    <t>2550P200050</t>
+  </si>
+  <si>
+    <t>LYCEE LIBERGIER</t>
+  </si>
+  <si>
+    <t>GRETA DE LA MARNE</t>
+  </si>
+  <si>
+    <t>20 RUE DES AUGUSTINS 51100 REIMS</t>
+  </si>
+  <si>
+    <t>2151P000451</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT JEAN-BAPTISTE COLBERT</t>
+  </si>
+  <si>
+    <t>GRETA DE BRETAGNE SUD</t>
+  </si>
+  <si>
+    <t>117 BOULEVARD LEON BLUM 56100 LORIENT</t>
+  </si>
+  <si>
+    <t>13/06/2000</t>
+  </si>
+  <si>
+    <t>5335P000256</t>
+  </si>
+  <si>
+    <t>LYCEE GEN ET TECHNOLOGIQU ROBERT SCHUMAN</t>
+  </si>
+  <si>
+    <t>GRETA LORRAINE NORD</t>
+  </si>
+  <si>
+    <t>4 RUE MONSEIGNEUR PELT 57070 METZ</t>
+  </si>
+  <si>
+    <t>01/01/1989</t>
+  </si>
+  <si>
+    <t>4157P001257</t>
+  </si>
+  <si>
+    <t>LYCEE HENRI NOMINE- LYCEE DES METIERS TRANSFONTALIER DES SERVICES AUX ENTREPRISES</t>
+  </si>
+  <si>
+    <t>GRETA LORRAINE EST</t>
+  </si>
+  <si>
+    <t>27 RUE DU CHAMP DE MARS 57200 SARREGUEMINES</t>
+  </si>
+  <si>
+    <t>30/03/2023</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL JEAN ROSTAND</t>
+  </si>
+  <si>
+    <t>GRETA 58</t>
+  </si>
+  <si>
+    <t>LYCEE JEAN ROSTAND 9 BOULEVARD SAINT-EXUPERY 58000 NEVERS</t>
+  </si>
+  <si>
+    <t>31/01/2008</t>
+  </si>
+  <si>
+    <t>2658P000958</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT ELISA LEMONNIER</t>
+  </si>
+  <si>
+    <t>GRETA DU GRAND HAINAUT</t>
+  </si>
+  <si>
+    <t>817 RUE CHARLES BOURSEUL 59500 DOUAI</t>
+  </si>
+  <si>
+    <t>03/12/1991</t>
+  </si>
+  <si>
+    <t>3159P001659</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE GASTON BERGER</t>
+  </si>
+  <si>
+    <t>GRETA LILLE METROPOLE</t>
+  </si>
+  <si>
+    <t>111 AVENUE DE DUNKERQUE (LILLE) 59000 LILLE</t>
+  </si>
+  <si>
+    <t>05/10/2015</t>
+  </si>
+  <si>
+    <t>LGT LYCEE DES METIERS MARIE CURIE</t>
+  </si>
+  <si>
+    <t>GRETA OISE</t>
+  </si>
+  <si>
+    <t>47 BOULEVARD PIERRE DE COUBERTIN 60180 NOGENT-SUR-OISE</t>
+  </si>
+  <si>
+    <t>10/07/1989</t>
+  </si>
+  <si>
+    <t>2260P000460</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE PIERRE DE COUBERTIN</t>
+  </si>
+  <si>
+    <t>GRETA GRAND LITTORAL</t>
+  </si>
+  <si>
+    <t>320 BOULEVARD DU HUIT MAI 62100 CALAIS</t>
+  </si>
+  <si>
+    <t>3162P000862</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL HENRI SENEZ</t>
+  </si>
+  <si>
+    <t>GRETA GRAND ARTOIS</t>
+  </si>
+  <si>
+    <t>533 BOULEVARD FERNAND DARCHICOURT 62110 HENIN-BEAUMONT</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT LA FAYETTE – LYCEE DES METIERS DE LA DIGITALE INDUSTRIE ET DU PLURIMEDIA</t>
+  </si>
+  <si>
+    <t>GRETA AUVERGNE</t>
+  </si>
+  <si>
+    <t>21 BOULEVARD ROBERT SCHUMAN 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>18/11/1991</t>
+  </si>
+  <si>
+    <t>8363P001063</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE PABLO PICASSO</t>
+  </si>
+  <si>
+    <t>GRETA - CFA DE L'AUDE ET DES PYRENEES ORIENTALES</t>
+  </si>
+  <si>
+    <t>RUE CHARLES BLANC 66000 PERPIGNAN</t>
+  </si>
+  <si>
+    <t>9166P008466</t>
+  </si>
+  <si>
+    <t>LYCEE CFA ALPHONSE HEINRICH - XAVIER NESSEL</t>
+  </si>
+  <si>
+    <t>GRETA NORD ALSACE</t>
+  </si>
+  <si>
+    <t>123 ROUTE DE STRASBOURG 67500 HAGUENAU</t>
+  </si>
+  <si>
+    <t>01/11/2013</t>
+  </si>
+  <si>
+    <t>4267P001167</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT LE CORBUSIER</t>
+  </si>
+  <si>
+    <t>GRETA STRASBOURG EUROPE</t>
+  </si>
+  <si>
+    <t>22 RUE LIXENBUHL 67400 ILLKIRCH-GRAFFENSTADEN</t>
+  </si>
+  <si>
+    <t>02/04/2013</t>
+  </si>
+  <si>
+    <t>4267P000867</t>
+  </si>
+  <si>
+    <t>74 RUE DU LOGELBACH 68000 COLMAR</t>
+  </si>
+  <si>
+    <t>4268P000568</t>
+  </si>
+  <si>
+    <t>GRETA ALSACE SUD</t>
+  </si>
+  <si>
+    <t>17/05/1989</t>
+  </si>
+  <si>
+    <t>LYCEE GEN TECH LA MARTINIERE MONPLAISIR</t>
+  </si>
+  <si>
+    <t>GRETA CFA LYON METROPOLE</t>
+  </si>
+  <si>
+    <t>41 RUE ANTOINE LUMIERE 69008 LYON</t>
+  </si>
+  <si>
+    <t>8269P002769</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT TECHNOLOGIQUE E BELIN</t>
+  </si>
+  <si>
+    <t>GRETA HAUTE-SAONE ET NORD FRANCHE-COMTE</t>
+  </si>
+  <si>
+    <t>18 RUE EDOUARD BELIN 70000 VESOUL</t>
+  </si>
+  <si>
+    <t>4370P001470</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT NIEPCE BALLEURE</t>
+  </si>
+  <si>
+    <t>GRETA 71 - SUD BOURGOGNE</t>
+  </si>
+  <si>
+    <t>33 T AVENUE DE PARIS 71100 CHALON-SUR-SAONE</t>
+  </si>
+  <si>
+    <t>24/08/2015</t>
+  </si>
+  <si>
+    <t>18/07/2024</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT GABRIEL TOUCHARD-WASHINGTON - LYCEE DES METIERS PROTHESE DENTAIRE</t>
+  </si>
+  <si>
+    <t>GRETA-CFA DU MAINE</t>
+  </si>
+  <si>
+    <t>28 RUE DES GRANDES COURBES 72100 LE MANS</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT MONGE</t>
+  </si>
+  <si>
+    <t>GRETA SAVOIE</t>
+  </si>
+  <si>
+    <t>119 AVENUE MARIUS BERROIR 73000 CHAMBERY</t>
+  </si>
+  <si>
+    <t>01/09/2007</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT DES GLIERES</t>
+  </si>
+  <si>
+    <t>GRETA SAVOIE HAUTE-SAVOIE</t>
+  </si>
+  <si>
+    <t>9 RUE DES MARRONNIERS 74100 ANNEMASSE</t>
+  </si>
+  <si>
+    <t>8274P000574</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT G.FICHET</t>
+  </si>
+  <si>
+    <t>GRETA ARVE FAUCIGNY</t>
+  </si>
+  <si>
+    <t>210 QUAI DU PARQUET 74130 BONNEVILLE</t>
+  </si>
+  <si>
+    <t>01/01/1995</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT BOULLE</t>
+  </si>
+  <si>
+    <t>GRETA DE LA CREATION DU DESIGN DES METIERS D'ART</t>
+  </si>
+  <si>
+    <t>19 RUE PIERRE BOURDAN 75012 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/2007</t>
+  </si>
+  <si>
+    <t>1175P005575</t>
+  </si>
+  <si>
+    <t>LYCEE TECHNOLOGIQUE-ECOLE NAT COMMERCE</t>
+  </si>
+  <si>
+    <t>70 BOULEVARD BESSIERES 75017 PARIS</t>
+  </si>
+  <si>
+    <t>1175P007675</t>
+  </si>
+  <si>
+    <t>GRETA METEHOR-PARIS</t>
+  </si>
+  <si>
+    <t>03/05/1989</t>
+  </si>
+  <si>
+    <t>LYCEE ENS GEN TECHNO GUSTAVE FLAUBERT</t>
+  </si>
+  <si>
+    <t>GRETA ROUEN MARITIME</t>
+  </si>
+  <si>
+    <t>40 AVENUE DU MONT AUX MALADES 76130 MONT-SAINT-AIGNAN</t>
+  </si>
+  <si>
+    <t>22/09/1989</t>
+  </si>
+  <si>
+    <t>2376P001876</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL TECHNOLOGIQUE G BACHELARD</t>
+  </si>
+  <si>
+    <t>GRETA SEINE-ET-MARNE</t>
+  </si>
+  <si>
+    <t>32 AVENUE DE L'EUROPE 77500 CHELLES</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT PIERRE DE COUBERTIN</t>
+  </si>
+  <si>
+    <t>GRETA MTI 77</t>
+  </si>
+  <si>
+    <t>RUE CHAUSSEE DE PARIS 77100 MEAUX</t>
+  </si>
+  <si>
+    <t>01/06/1982</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT VIOLLET-LE-DUC - LYCEE DES METIERS DES SCIENCES ET DES TECHNIQUES HABITAT ET ENVIRONNEMENT DURABLE</t>
+  </si>
+  <si>
+    <t>GRETA DES YVELINES</t>
+  </si>
+  <si>
+    <t>1 ROUTE DE SEPTEUIL 78640 VILLIERS-SAINT-FREDERIC</t>
+  </si>
+  <si>
+    <t>01/09/2006</t>
+  </si>
+  <si>
+    <t>1178P000978</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT BOURDELLE</t>
+  </si>
+  <si>
+    <t>GRETA MIDI-PYRENEES OUEST</t>
+  </si>
+  <si>
+    <t>12 RUE DU GENERAL SARRAIL 82000 MONTAUBAN</t>
+  </si>
+  <si>
+    <t>7382P000282</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT PAUL LANGEVIN - LYCEE DES METIERS DE L'INDUSTRIE ET DE LA CREATION</t>
+  </si>
+  <si>
+    <t>GRETA DU VAR</t>
+  </si>
+  <si>
+    <t>BD DE L EUROPE 83500 LA SEYNE SUR MER</t>
+  </si>
+  <si>
+    <t>31/03/1988</t>
+  </si>
+  <si>
+    <t>9383P000883</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT PHILIPPE DE GIRARD</t>
+  </si>
+  <si>
+    <t>GRETA-CFA VAUCLUSE</t>
+  </si>
+  <si>
+    <t>138 AVENUE DE TARASCON 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>01/01/1987</t>
+  </si>
+  <si>
+    <t>9384P000684</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT NELSON MANDELA</t>
+  </si>
+  <si>
+    <t>GRETA POITOU CHARENTES</t>
+  </si>
+  <si>
+    <t>63 RUE DE LA BUGELLERIE 86000 POITIERS</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT TURGOT</t>
+  </si>
+  <si>
+    <t>GRETA DU LIMOUSIN</t>
+  </si>
+  <si>
+    <t>7 AVENUE SAINT ELOI 87000 LIMOGES</t>
+  </si>
+  <si>
+    <t>06/03/1989</t>
+  </si>
+  <si>
+    <t>LYCEE ANDRE MALRAUX - LYCEE DES METIERS DU BOIS</t>
+  </si>
+  <si>
+    <t>GRETA LORRAINE SUD</t>
+  </si>
+  <si>
+    <t>13 RUE DE L'EPINETTE 88200 REMIREMONT</t>
+  </si>
+  <si>
+    <t>23/10/2017</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT FOURIER SAINT-GERMAIN</t>
+  </si>
+  <si>
+    <t>GRETA 89</t>
+  </si>
+  <si>
+    <t>44 BOULEVARD LYAUTEY 89000 AUXERRE</t>
+  </si>
+  <si>
+    <t>2689P000389</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT ROBERT DOISNEAU, LYCEE DES METIERS DE L'INDUSTRIE ET DES SERVICES AUX ENTREPRISES</t>
+  </si>
+  <si>
+    <t>GRETA DE L'ESSONNE</t>
+  </si>
+  <si>
+    <t>89 AVENUE SERGE DASSAULT 91100 CORBEIL-ESSONNES</t>
+  </si>
+  <si>
+    <t>1191P000491</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE AUGUSTE RENOIR</t>
+  </si>
+  <si>
+    <t>GRETA DES HAUTS DE SEINE</t>
+  </si>
+  <si>
+    <t>41 RUE DES TROIS FONTANOT 92000 NANTERRE</t>
+  </si>
+  <si>
+    <t>1192P000692</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL TECHNOLOGIQUE G. EIFFEL</t>
+  </si>
+  <si>
+    <t>GRETA SEINE-SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>16 CHEMIN DE LA RENARDIERE 93220 GAGNY</t>
+  </si>
+  <si>
+    <t>01/09/2014</t>
+  </si>
+  <si>
+    <t>1193P000493</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT LANGEVIN-WALLON</t>
+  </si>
+  <si>
+    <t>GRETA VAL-DE-MARNE</t>
+  </si>
+  <si>
+    <t>126 AVENUE ROGER SALENGRO 94500 CHAMPIGNY-SUR-MARNE</t>
+  </si>
+  <si>
+    <t>1194P000194</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT M. PERRET</t>
+  </si>
+  <si>
+    <t>GRETA MTI 94</t>
+  </si>
+  <si>
+    <t>PLACE SAN BENEDETTO DEL TRONTO 94140 ALFORTVILLE</t>
+  </si>
+  <si>
+    <t>10/11/1997</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT ALGOUD-LAFFEMAS - LYCEE DES METIERS DU NUMERIQUE</t>
+  </si>
+  <si>
+    <t>GRETA ARDECHE DROME</t>
+  </si>
+  <si>
+    <t>37-39 37 RUE BARTHELEMY DE LAFFEMAS 26000 VALENCE</t>
+  </si>
+  <si>
+    <t>8226P000726</t>
+  </si>
+  <si>
+    <t>LYCEE POLYVALENT GUSTAVE MONOD</t>
+  </si>
+  <si>
+    <t>GRETA DU VAL D OISE</t>
+  </si>
+  <si>
+    <t>71 AVENUE DE CEINTURE 95880 ENGHIEN-LES-BAINS</t>
+  </si>
+  <si>
+    <t>CA SETE AGGLOPOLE MEDITERRANEE</t>
+  </si>
+  <si>
+    <t>4 AVENUE D’AIGUES 34110 FRONTIGNAN</t>
+  </si>
+  <si>
+    <t>84.11Z</t>
+  </si>
+  <si>
+    <t>KONICA MINOLTA BUSINESS SOLUTIONS FRANCE</t>
+  </si>
+  <si>
+    <t>365 ROUTE DE SAINT GERMAIN 78420 CARRIERES-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>30/04/1991</t>
+  </si>
+  <si>
+    <t>47.41Z</t>
+  </si>
+  <si>
+    <t>YMCA OCCITANIE</t>
+  </si>
+  <si>
+    <t>1 PL DE LA PRADINE 31770 COLOMIERS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>INTERFOR</t>
+  </si>
+  <si>
+    <t>2 RUE VADE 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>28/09/1989</t>
+  </si>
+  <si>
+    <t>GUIDEZ SEBASTIEN CLAUDE DANIEL</t>
+  </si>
+  <si>
+    <t>326 RUE VERTE 59141 THUN-L'EVEQUE</t>
+  </si>
+  <si>
+    <t>18/03/2015</t>
+  </si>
+  <si>
+    <t>PFOHL CELINE</t>
+  </si>
+  <si>
+    <t>EGOKI FORMATION</t>
+  </si>
+  <si>
+    <t>CENTRE IVOIRE 15 RUE CHAPELET 64200 BIARRITZ</t>
+  </si>
+  <si>
+    <t>NICAISE FLORENCE</t>
+  </si>
+  <si>
+    <t>FORMA PLUS 76</t>
+  </si>
+  <si>
+    <t>IMM LE BRETAGNE 57 AVENUE DE BRETAGNE 76100 ROUEN</t>
+  </si>
+  <si>
+    <t>01/07/2015</t>
+  </si>
+  <si>
+    <t>DEVICTIO</t>
+  </si>
+  <si>
+    <t>12 PLACE BIR-HAKEIM 69003 LYON</t>
+  </si>
+  <si>
+    <t>ASTON INSTITUT</t>
+  </si>
+  <si>
+    <t>BATIMENT B 163 AVENUE DE BRETAGNE 59000 LILLE</t>
+  </si>
+  <si>
+    <t>31/03/2015</t>
+  </si>
+  <si>
+    <t>15/02/2022</t>
+  </si>
+  <si>
+    <t>122 RUE EDOUARD VAILLANT 92300 LEVALLOIS-PERRET</t>
+  </si>
+  <si>
+    <t>12/03/2018</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>INFOTICE</t>
+  </si>
+  <si>
+    <t>94 RUE SAINT-LAZARE 75009 PARIS</t>
+  </si>
+  <si>
+    <t>03/12/2014</t>
+  </si>
+  <si>
+    <t>EVOLEO FORMATION</t>
+  </si>
+  <si>
+    <t>27 RUE TAITBOUT 75009 PARIS</t>
+  </si>
+  <si>
+    <t>23/06/2022</t>
+  </si>
+  <si>
+    <t>JURASYN</t>
+  </si>
+  <si>
+    <t>2 ROUTE DES COMBES 39150 CHAUX-DES-CROTENAY</t>
+  </si>
+  <si>
+    <t>25/10/2007</t>
+  </si>
+  <si>
+    <t>C-CAMPUS</t>
+  </si>
+  <si>
+    <t>15 RUE DE LA FONTAINE 94110 ARCUEIL</t>
+  </si>
+  <si>
+    <t>02/11/2019</t>
+  </si>
+  <si>
+    <t>AJC FORMATION</t>
+  </si>
+  <si>
+    <t>6 RUE ROUGEMONT 75009 PARIS</t>
+  </si>
+  <si>
+    <t>29/04/2011</t>
+  </si>
+  <si>
+    <t>LENA CONSEIL</t>
+  </si>
+  <si>
+    <t>IMMEUBLE ORDINAL RUE DES CHAUFFOURS 95000 CERGY</t>
+  </si>
+  <si>
+    <t>01/02/2014</t>
+  </si>
+  <si>
+    <t>01/11/2022</t>
+  </si>
+  <si>
+    <t>ARKESYS.NET</t>
+  </si>
+  <si>
+    <t>24 ESPACE HENRY VALLEE 69007 LYON</t>
+  </si>
+  <si>
+    <t>01/11/2007</t>
+  </si>
+  <si>
+    <t>31/10/2025</t>
+  </si>
+  <si>
+    <t>ASB CONSULTING</t>
+  </si>
+  <si>
+    <t>285 RUE ALFRED DE MUSSET 62700 BRUAY-LA-BUISSIERE</t>
+  </si>
+  <si>
+    <t>82.99Z</t>
+  </si>
+  <si>
+    <t>NOVOFORM</t>
+  </si>
+  <si>
+    <t>23 RUE ALEXANDRE FATTON 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>20/04/2015</t>
+  </si>
+  <si>
+    <t>29/09/2022</t>
+  </si>
+  <si>
+    <t>SANDYTECH</t>
+  </si>
+  <si>
+    <t>64 AV DU ROUSSILLON 44150 ANCENIS-SAINT-GEREON</t>
+  </si>
+  <si>
+    <t>16/06/2016</t>
+  </si>
+  <si>
+    <t>L'ADRESSE FORMATION</t>
+  </si>
+  <si>
+    <t>4 RUE THERON DE MONTAUGE 31200 TOULOUSE</t>
+  </si>
+  <si>
+    <t>NUMERICA</t>
+  </si>
+  <si>
+    <t>CRS LOUIS LE PRINCE-RINGUET 25200 MONTBELIARD</t>
+  </si>
+  <si>
+    <t>05/03/2008</t>
+  </si>
+  <si>
+    <t>CANTINOL MAX FELICIEN</t>
+  </si>
+  <si>
+    <t>MFC NET FORMATION</t>
+  </si>
+  <si>
+    <t>ERMITAGE 24 RUE PIERRE BRICE 97200 FORT-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>16/04/2008</t>
+  </si>
+  <si>
+    <t>01/06/2022</t>
+  </si>
+  <si>
+    <t>SANCHEZ CONSULTANT</t>
+  </si>
+  <si>
+    <t>3 RUE SAINT-NICOLAS 76600 LE HAVRE</t>
+  </si>
+  <si>
+    <t>02/04/2012</t>
+  </si>
+  <si>
+    <t>21 RUE DES GOBELINS 76600 LE HAVRE</t>
+  </si>
+  <si>
+    <t>30/04/2015</t>
+  </si>
+  <si>
+    <t>KEEPSCHOOL FORMATION PROFESSIONNELLE</t>
+  </si>
+  <si>
+    <t>BUREAU C4 33 AVENUE D'ITALIE 75013 PARIS</t>
+  </si>
+  <si>
+    <t>01/04/2010</t>
+  </si>
+  <si>
+    <t>18 RUE DE LA COMTESSE CECILE 12000 RODEZ</t>
+  </si>
+  <si>
+    <t>01/04/2014</t>
+  </si>
+  <si>
+    <t>ATLANTE FORMATION</t>
+  </si>
+  <si>
+    <t>MEDIA PC</t>
+  </si>
+  <si>
+    <t>2 BOULEVARD LEON BLUM 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>18/01/2022</t>
+  </si>
+  <si>
+    <t>ADEO FORMATION</t>
+  </si>
+  <si>
+    <t>1 RUE MOULIN A TAN 72400 LA FERTE-BERNARD</t>
+  </si>
+  <si>
+    <t>01/09/2010</t>
+  </si>
+  <si>
+    <t>ENVOLL CONSEIL ET FORMATION</t>
+  </si>
+  <si>
+    <t>LES CARRES DE LENFANT BATIMENT E 140 AVENUE DU DOUZE JUILLET 1998 13080 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>29/11/2019</t>
+  </si>
+  <si>
+    <t>PROGRAMME EDUCATIF ET D'ACCOMPAGNEMENT POUR LA JEUNESSE</t>
+  </si>
+  <si>
+    <t>28 AVENUE SECRETAN 75019 PARIS</t>
+  </si>
+  <si>
+    <t>01/06/2008</t>
+  </si>
+  <si>
+    <t>ABD FORMATIONS</t>
+  </si>
+  <si>
+    <t>CAPCOURS</t>
+  </si>
+  <si>
+    <t>12 AVENUE DES PRES 78180 MONTIGNY-LE-BRETONNEUX</t>
+  </si>
+  <si>
+    <t>17/07/2017</t>
+  </si>
+  <si>
+    <t>ESPACE FORMATION CONSULTING</t>
+  </si>
+  <si>
+    <t>133 RUE ALEXANDRE DUMAS 80090 AMIENS</t>
+  </si>
+  <si>
+    <t>02/12/2008</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
+    <t>UNIV FORMATIONS</t>
+  </si>
+  <si>
+    <t>1 PLACE CHARLES DE GAULLE 78180 MONTIGNY-LE-BRETONNEUX</t>
+  </si>
+  <si>
+    <t>12/01/2009</t>
+  </si>
+  <si>
+    <t>CARDON EMMANUEL DANIEL ALBERT</t>
+  </si>
+  <si>
+    <t>A3IFORMATIONS</t>
+  </si>
+  <si>
+    <t>22 ROUTE D'ABBEVILLE 62390 AUXI-LE-CHATEAU</t>
+  </si>
+  <si>
+    <t>03/04/2012</t>
+  </si>
+  <si>
+    <t>L'ECOLE FRANCAISE</t>
+  </si>
+  <si>
+    <t>5 AVENUE DES CHASSEURS 75017 PARIS</t>
+  </si>
+  <si>
+    <t>16/06/2017</t>
+  </si>
+  <si>
+    <t>16/06/2022</t>
+  </si>
+  <si>
+    <t>FRANCESCHI RENE</t>
+  </si>
+  <si>
+    <t>RESIDENCE DES ILES, IMMEUBLE HELIOS RUE DE L’ARCHIPEL 20090 AJACCIO</t>
+  </si>
+  <si>
+    <t>PLATINIUM FORMATION</t>
+  </si>
+  <si>
+    <t>19/05/2015</t>
+  </si>
+  <si>
+    <t>EFFISKILL</t>
+  </si>
+  <si>
+    <t>38 COURS SUCHET 69002 LYON</t>
+  </si>
+  <si>
+    <t>01/07/2016</t>
+  </si>
+  <si>
+    <t>CIPECMA FORMATION COLLECTIVITES</t>
+  </si>
+  <si>
+    <t>17 AVENUE DU GENERAL DE GAULLE 17340 CHATELAILLON-PLAGE</t>
+  </si>
+  <si>
+    <t>26/03/2009</t>
+  </si>
+  <si>
+    <t>LAVANDIER MARJOLAINE DANIELE MICHELE</t>
+  </si>
+  <si>
+    <t>LES CLES DE LA GESTION</t>
+  </si>
+  <si>
+    <t>10 CHEMIN DE LA TUILERIE 31880 LA SALVETAT-SAINT-GILLES</t>
+  </si>
+  <si>
+    <t>16/05/2019</t>
+  </si>
+  <si>
+    <t>KALIGRAM'</t>
+  </si>
+  <si>
+    <t>26 RUE VOLTAIRE - LILLE 59000 LILLE</t>
+  </si>
+  <si>
+    <t>01/03/2012</t>
+  </si>
+  <si>
+    <t>IFM FORMATION CONSEIL</t>
+  </si>
+  <si>
+    <t>6 LOTISSEMENT PONT DU MAS NEUF 13890 MOURIES</t>
+  </si>
+  <si>
+    <t>01/09/2021</t>
+  </si>
+  <si>
+    <t>ALLIANCE CONSEIL PLUS</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LAS COLINAS ETAGE 1 PARC D'ACTIVITE DE COLLIN 97170 PETIT-BOURG</t>
+  </si>
+  <si>
+    <t>AFPMA FORMATION</t>
+  </si>
+  <si>
+    <t>1 ALLEE DES TYRANDES 01960 PERONNAS</t>
+  </si>
+  <si>
+    <t>01/09/2009</t>
+  </si>
+  <si>
+    <t>WEECAST</t>
+  </si>
+  <si>
+    <t>31 RUE D’ALGER 83000 TOULON</t>
+  </si>
+  <si>
+    <t>01/06/2016</t>
+  </si>
+  <si>
+    <t>PASS FORMATION</t>
+  </si>
+  <si>
+    <t>6 RUE MAURICE CAUNES 31200 TOULOUSE</t>
+  </si>
+  <si>
+    <t>PENNACCHIO MARLENE</t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITE DE NAPOLLON - BAT A 400 AVENUE DE PASSE TEMPS 13400 AUBAGNE</t>
+  </si>
+  <si>
+    <t>A2COM FORMATION</t>
+  </si>
+  <si>
+    <t>LES BUREAUX D'ARGOAT 3 RUE GUGLIELMO MARCONI 44800 SAINT-HERBLAIN</t>
+  </si>
+  <si>
+    <t>1 BOULEVARD DE TRIEUX 35740 PACE</t>
+  </si>
+  <si>
+    <t>13/10/2017</t>
+  </si>
+  <si>
+    <t>44-46 44 RUE DE L'OUEST 75014 PARIS</t>
+  </si>
+  <si>
+    <t>15/12/2021</t>
+  </si>
+  <si>
+    <t>100 RUE DES MOUETTES 29200 BREST</t>
+  </si>
+  <si>
+    <t>31/07/2022</t>
+  </si>
+  <si>
+    <t>TO BE CONTINUED</t>
+  </si>
+  <si>
+    <t>BATIMENT SARIA B 14 AVENUE DE SARIA 77700 SERRIS</t>
+  </si>
+  <si>
+    <t>13/04/2015</t>
+  </si>
+  <si>
+    <t>01/05/2021</t>
+  </si>
+  <si>
+    <t>POLE ETUDE RECHERCHE FORMATION</t>
+  </si>
+  <si>
+    <t>ESPACE TECHNOLOGIQUE JEAN BERTIN 23 RUE HELENE BOUCHER 40220 TARNOS</t>
+  </si>
+  <si>
+    <t>KLG CARAIBES</t>
+  </si>
+  <si>
+    <t>35 AVENUE PAUL LACAVE 97130 CAPESTERRE-BELLE-EAU</t>
+  </si>
+  <si>
+    <t>09/11/2011</t>
+  </si>
+  <si>
+    <t>L'ESSENTIEL EST DANS LA FORMATION</t>
+  </si>
+  <si>
+    <t>CS 30108 32 BOULEVARD DE STRASBOURG 75010 PARIS</t>
+  </si>
+  <si>
+    <t>NS-CONSEIL</t>
+  </si>
+  <si>
+    <t>BATIMENT LE FRANCE 73 AVENUE DU CHATEAU D'EAU 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>01/04/2018</t>
+  </si>
+  <si>
+    <t>70.21Z</t>
+  </si>
+  <si>
+    <t>LOGING</t>
+  </si>
+  <si>
+    <t>33 RUE DE L'OLIVIER 45770 SARAN</t>
+  </si>
+  <si>
+    <t>11/01/2010</t>
+  </si>
+  <si>
+    <t>31/05/2025</t>
+  </si>
+  <si>
+    <t>IDC CONSEILS</t>
+  </si>
+  <si>
+    <t>14 RUE AMBROISE PARE 60000 BEAUVAIS</t>
+  </si>
+  <si>
+    <t>15/10/2021</t>
+  </si>
+  <si>
+    <t>11/12/2023</t>
+  </si>
+  <si>
+    <t>85.60Z</t>
+  </si>
+  <si>
+    <t>ARNIAUD CONSULT'EAM</t>
+  </si>
+  <si>
+    <t>CENTRE AFF OPTIMUM ZAC MILLONNE 2 RTE DE LA SEYNE 83140 SIX FOURS LES PLAGES</t>
+  </si>
+  <si>
+    <t>08/04/2013</t>
+  </si>
+  <si>
+    <t>NETIONE</t>
+  </si>
+  <si>
+    <t>13 RUE DES CHAMPS 68110 ILLZACH</t>
+  </si>
+  <si>
+    <t>EXPERNET</t>
+  </si>
+  <si>
+    <t>38 RUE CLAUDE CHAPPE 97420 LE PORT</t>
+  </si>
+  <si>
+    <t>01/04/2015</t>
+  </si>
+  <si>
+    <t>VISIPLUS</t>
+  </si>
+  <si>
+    <t>SOPHIA ANTIPOLIS 1300 ROUTE DES CRETES 06560 VALBONNE</t>
+  </si>
+  <si>
+    <t>01/01/2003</t>
+  </si>
+  <si>
+    <t>12/05/2025</t>
+  </si>
+  <si>
+    <t>HUMANEM FORMATION</t>
+  </si>
+  <si>
+    <t>7 RUE DES AULNES 69410 CHAMPAGNE-AU-MONT-D'OR</t>
+  </si>
+  <si>
+    <t>SCHOLAR FAB ORGANISATION</t>
+  </si>
+  <si>
+    <t>7 RUE PROFESSEUR JOSEPH ROUSSELOT 14000 CAEN</t>
+  </si>
+  <si>
+    <t>04/11/2002</t>
+  </si>
+  <si>
+    <t>ATLAS FORMATION</t>
+  </si>
+  <si>
+    <t>PARC TECHNOLOGIQUE DE LA PARDIEU 2 AVENUE LEONARD DE VINCI 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>FORM'IMPACT</t>
+  </si>
+  <si>
+    <t>PARC DE L'AEROPORT    LE FORUM 70 RUE SCHUMPETER 34470 PEROLS</t>
+  </si>
+  <si>
+    <t>RESSOURCES DYNAMISME DEV. FORMATION</t>
+  </si>
+  <si>
+    <t>33 AV LEON JOUHAUX 70400 HERICOURT</t>
+  </si>
+  <si>
+    <t>01/10/2015</t>
+  </si>
+  <si>
+    <t>AFPI ACM FORMATION</t>
+  </si>
+  <si>
+    <t>89 RUE PECLET 59300 VALENCIENNES</t>
+  </si>
+  <si>
+    <t>01/04/2003</t>
+  </si>
+  <si>
+    <t>LE BLANC PIGNON 62280 SAINT-MARTIN-BOULOGNE</t>
+  </si>
+  <si>
+    <t>15/06/2007</t>
+  </si>
+  <si>
+    <t>ZI DE LA PILATERIE CS 83056 4 RUE DES CHATEAUX 59700 MARCQ-EN-BARŒUL</t>
+  </si>
+  <si>
+    <t>4 RUE DES CHATEAUX 59700 MARCQ-EN-BARŒUL</t>
+  </si>
+  <si>
+    <t>102 RUE DE NEUF-MESNIL 59750 FEIGNIES</t>
+  </si>
+  <si>
+    <t>01/06/2017</t>
+  </si>
+  <si>
+    <t>FORMASO</t>
+  </si>
+  <si>
+    <t>1 RUE MAURICE EDGAR COINDREAU 85000 LA ROCHE-SUR-YON</t>
+  </si>
+  <si>
+    <t>20/06/2003</t>
+  </si>
+  <si>
+    <t>IRFOP PROVENCE</t>
+  </si>
+  <si>
+    <t>382 AVENUE DU ONZE NOVEMBRE 83160 LA VALETTE-DU-VAR</t>
+  </si>
+  <si>
+    <t>01/07/2003</t>
+  </si>
+  <si>
+    <t>CRIF FORMATION ET CONSEIL</t>
+  </si>
+  <si>
+    <t>14 RUE LUC BRETON 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>01/01/2004</t>
+  </si>
+  <si>
+    <t>FORM HIGH TECH</t>
+  </si>
+  <si>
+    <t>2 RUE DE L’AMITIE 57535 MARANGE-SILVANGE</t>
+  </si>
+  <si>
+    <t>23/12/2003</t>
+  </si>
+  <si>
+    <t>25/10/2021</t>
+  </si>
+  <si>
+    <t>RHINOCEROS</t>
+  </si>
+  <si>
+    <t>11 RUE COPREAUX 75015 PARIS</t>
+  </si>
+  <si>
+    <t>13/11/2007</t>
+  </si>
+  <si>
+    <t>INSTITUT AERO FORMATIONS</t>
+  </si>
+  <si>
+    <t>IMPASSE NICEPHORE NIEPCE 93290 TREMBLAY-EN-FRANCE</t>
+  </si>
+  <si>
+    <t>18/09/2007</t>
+  </si>
+  <si>
+    <t>ESPACE PROJET FORMATION</t>
+  </si>
+  <si>
+    <t>147 RUE DE PARIS 76600 LE HAVRE</t>
+  </si>
+  <si>
+    <t>24/02/2020</t>
+  </si>
+  <si>
+    <t>APAXX DESIGNS</t>
+  </si>
+  <si>
+    <t>59 BIS 59 B AV FOCH 94100 ST MAUR DES FOSSES</t>
+  </si>
+  <si>
+    <t>19/11/2021</t>
+  </si>
+  <si>
+    <t>FACULTE DES METIERS DE L ESSONNE</t>
+  </si>
+  <si>
+    <t>3 CHE LA GRANGE FEU LOUIS 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>01/01/2005</t>
+  </si>
+  <si>
+    <t>CENTRE LORRAIN D EDUCATION PAR LE SPORT</t>
+  </si>
+  <si>
+    <t>1 RUE PAUL LANGEVIN 54320 MAXEVILLE</t>
+  </si>
+  <si>
+    <t>93.12Z</t>
+  </si>
+  <si>
+    <t>EURL BLUE HIGH  TECH</t>
+  </si>
+  <si>
+    <t>CLUNY 1 LOTISSEMENT SAINTE MARIE 97200 FORT-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>23/11/2011</t>
+  </si>
+  <si>
+    <t>AERO TRAINING CENTER</t>
+  </si>
+  <si>
+    <t>ZAC TREMBLAY CHARLES DE GAULLE.3  TRAN 7 IMPASSE NICEPHORE NIEPCE 93290 TREMBLAY-EN-FRANCE</t>
+  </si>
+  <si>
+    <t>C.E.G.E.F</t>
+  </si>
+  <si>
+    <t>IMMEUBLE L ARTOIS PONT DE FLANDRE 11 RUE DE CAMBRAI 75019 PARIS</t>
+  </si>
+  <si>
+    <t>27/09/2024</t>
+  </si>
+  <si>
+    <t>ADONIS</t>
+  </si>
+  <si>
+    <t>40 RUE DES CHANTIERS 76600 LE HAVRE</t>
+  </si>
+  <si>
+    <t>09/05/2017</t>
+  </si>
+  <si>
+    <t>VERTEGO INFORMATIQUE</t>
+  </si>
+  <si>
+    <t>ZONE EUROPA PREMIUM 4 RUE JOHANNES KEPLER 64000 PAU</t>
+  </si>
+  <si>
+    <t>ONEO SARL</t>
+  </si>
+  <si>
+    <t>PARC CLUB DU MILLENAIRE-BAT 27 1025 AVENUE HENRI BECQUEREL 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>22/10/2004</t>
+  </si>
+  <si>
+    <t>ATK CONSEILS</t>
+  </si>
+  <si>
+    <t>2 RUE CATULLE MENDES 75017 PARIS</t>
+  </si>
+  <si>
+    <t>01/08/2012</t>
+  </si>
+  <si>
+    <t>ANTEE FORMATION</t>
+  </si>
+  <si>
+    <t>40 RUE DES MARTYRS 37300 JOUE-LES-TOURS</t>
+  </si>
+  <si>
+    <t>21/06/2022</t>
+  </si>
+  <si>
+    <t>CCI FORMATION 82</t>
+  </si>
+  <si>
+    <t>61 AVENUE LEON GAMBETTA 82000 MONTAUBAN</t>
+  </si>
+  <si>
+    <t>01/03/2006</t>
+  </si>
+  <si>
+    <t>MINE DE TALENTS</t>
+  </si>
+  <si>
+    <t>BAT J PIST OASIS 131 IMPASSE DES PALMIERS 30100 ALES</t>
+  </si>
+  <si>
+    <t>15/10/2008</t>
+  </si>
+  <si>
+    <t>04/12/2023</t>
+  </si>
+  <si>
+    <t>ALTITUDE SARL</t>
+  </si>
+  <si>
+    <t>31 RUE LEON GONTRAND DAMAS 97232 LE LAMENTIN</t>
+  </si>
+  <si>
+    <t>SARL ADREC AUVERGNE</t>
+  </si>
+  <si>
+    <t>15 BOULEVARD AMBROISE BRUGIERE 63100 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>13/05/2013</t>
+  </si>
+  <si>
+    <t>BRAEM FLORIAN</t>
+  </si>
+  <si>
+    <t>6 B ROUTE DE VIOLS LE FORT 34380 ARGELLIERS</t>
+  </si>
+  <si>
+    <t>06/02/2014</t>
+  </si>
+  <si>
+    <t>BT-INFO</t>
+  </si>
+  <si>
+    <t>BT FORMATION - BT CAMPUS</t>
+  </si>
+  <si>
+    <t>5 ALLEE DE L'EUROPE 67960 ENTZHEIM</t>
+  </si>
+  <si>
+    <t>A.3.D.</t>
+  </si>
+  <si>
+    <t>11-13 11 RUE CHARLES COULOMB 22950 TREGUEUX</t>
+  </si>
+  <si>
+    <t>23/03/2005</t>
+  </si>
+  <si>
+    <t>28/01/2022</t>
+  </si>
+  <si>
+    <t>LAFAYETTE FORMATION ET CONSEIL</t>
+  </si>
+  <si>
+    <t>53 AVENUE GENERAL EYDOUX 84870 LORIOL-DU-COMTAT</t>
+  </si>
+  <si>
+    <t>31/07/2010</t>
+  </si>
+  <si>
+    <t>ORSYS</t>
+  </si>
+  <si>
+    <t>PARVIS DE LA GRANDE ARCHE LA GRANDE ARCHE PAROI NORD 92800 PUTEAUX</t>
+  </si>
+  <si>
+    <t>09/06/2005</t>
+  </si>
+  <si>
+    <t>ATIS</t>
+  </si>
+  <si>
+    <t>18 RUE DU DOCTEUR MESLIER 16300 BARBEZIEUX-SAINT-HILAIRE</t>
+  </si>
+  <si>
+    <t>14/07/2005</t>
+  </si>
+  <si>
+    <t>ARTES</t>
+  </si>
+  <si>
+    <t>16 RUE FOURE 44000 NANTES</t>
+  </si>
+  <si>
+    <t>02/05/2016</t>
+  </si>
+  <si>
+    <t>DFP FORMATIONS</t>
+  </si>
+  <si>
+    <t>SYLVAN</t>
+  </si>
+  <si>
+    <t>60 RUE ALBERT 1ER 17000 LA ROCHELLE</t>
+  </si>
+  <si>
+    <t>18/08/2010</t>
+  </si>
+  <si>
+    <t>ISTRATECH</t>
+  </si>
+  <si>
+    <t>ROUTE DE BRETIGNY 8 IMPASSE DES RIBOLAS 21490 CLENAY</t>
+  </si>
+  <si>
+    <t>31/03/2007</t>
+  </si>
+  <si>
+    <t>IZORA</t>
+  </si>
+  <si>
+    <t>79 AVENUE ANDRE ITHURRALDE 64500 SAINT-JEAN-DE-LUZ</t>
+  </si>
+  <si>
+    <t>20/09/2005</t>
+  </si>
+  <si>
+    <t>30/04/2023</t>
+  </si>
+  <si>
+    <t>XXL FORMATION</t>
+  </si>
+  <si>
+    <t>PARC DE LA VATINE 34 RUE RAYMOND ARON 76130 MONT-SAINT-AIGNAN</t>
+  </si>
+  <si>
+    <t>10/11/2005</t>
+  </si>
+  <si>
+    <t>FORMANETT</t>
+  </si>
+  <si>
+    <t>ZI OUEST RUE DE L INDUSTRIE 14500 VIRE-NORMANDIE</t>
+  </si>
+  <si>
+    <t>01/12/2005</t>
+  </si>
+  <si>
+    <t>FORMAOUEST</t>
+  </si>
+  <si>
+    <t>110 AV DE LA MARNE 56000 VANNES</t>
+  </si>
+  <si>
+    <t>21/08/2018</t>
+  </si>
+  <si>
+    <t>06/12/2023</t>
+  </si>
+  <si>
+    <t>SABINE ACCO FORMATION</t>
+  </si>
+  <si>
+    <t>ZAE LANNOLIER RUE FRITZ LAUER 11000 CARCASSONNE</t>
+  </si>
+  <si>
+    <t>17/01/2009</t>
+  </si>
+  <si>
+    <t>NG FORMATIONS</t>
+  </si>
+  <si>
+    <t>289 AV MAL FOCH 84100 ORANGE</t>
+  </si>
+  <si>
+    <t>01/09/2015</t>
+  </si>
+  <si>
+    <t>JSG DEVELOPPEMENT</t>
+  </si>
+  <si>
+    <t>23 RUE ANTIGNA 45000 ORLEANS</t>
+  </si>
+  <si>
+    <t>ELLIPSE FORMATION</t>
+  </si>
+  <si>
+    <t>8 CITE JOLY 75011 PARIS</t>
+  </si>
+  <si>
+    <t>04/08/2009</t>
+  </si>
+  <si>
+    <t>HD FORMATION</t>
+  </si>
+  <si>
+    <t>55 RUE DU PONT VI 76600 LE HAVRE</t>
+  </si>
+  <si>
+    <t>27/07/2017</t>
+  </si>
+  <si>
+    <t>21/11/2022</t>
+  </si>
+  <si>
+    <t>LAMY ARNAUD MICHEL BRUNO</t>
+  </si>
+  <si>
+    <t>ASL CONSEIL</t>
+  </si>
+  <si>
+    <t>40 RUE ALFRED LEFEVRE 14320 SAINT-ANDRE-SUR-ORNE</t>
+  </si>
+  <si>
+    <t>18/01/2012</t>
+  </si>
+  <si>
+    <t>ARTEMYS</t>
+  </si>
+  <si>
+    <t>INSTITUT DE MANAGEMENT COMMERCIAL</t>
+  </si>
+  <si>
+    <t>7 RUE DE LA MOSELLE 57160 SCY-CHAZELLES</t>
+  </si>
+  <si>
+    <t>29/01/2025</t>
+  </si>
+  <si>
+    <t>MYCONNECTING</t>
+  </si>
+  <si>
+    <t>40 RUE DE L'EST 92100 BOULOGNE-BILLANCOURT</t>
+  </si>
+  <si>
+    <t>12/03/2012</t>
+  </si>
+  <si>
+    <t>4SKILLS</t>
+  </si>
+  <si>
+    <t>ZONE ARTISANALE LES CHAMPS CHOUETTE 27600 SAINT-AUBIN-SUR-GAILLON</t>
+  </si>
+  <si>
+    <t>01/12/2007</t>
+  </si>
+  <si>
+    <t>01/11/2025</t>
+  </si>
+  <si>
+    <t>68.20B</t>
+  </si>
+  <si>
+    <t>EMERGENCE O.I</t>
+  </si>
+  <si>
+    <t>APP N ° 29 43 F RUE DU FOUR A CHAUX 97410 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>24/03/2006</t>
+  </si>
+  <si>
+    <t>MINATCHY JEAN FREDERIC</t>
+  </si>
+  <si>
+    <t>298 RUE LEOPOLD MARTIN 97440 SAINT-ANDRE</t>
+  </si>
+  <si>
+    <t>14/05/2012</t>
+  </si>
+  <si>
+    <t>04973120297</t>
+  </si>
+  <si>
+    <t>IMBERT GAELLE FORMATION</t>
+  </si>
+  <si>
+    <t>IG FORMATION</t>
+  </si>
+  <si>
+    <t>ZAE CAHORS SUD 46230 FONTANES</t>
+  </si>
+  <si>
+    <t>19/07/2010</t>
+  </si>
+  <si>
+    <t>ISFAC</t>
+  </si>
+  <si>
+    <t>CENTRE D AFFAIRES ESPACE 10 17 RUE ALBIN HALLER 86000 POITIERS</t>
+  </si>
+  <si>
+    <t>24/06/2006</t>
+  </si>
+  <si>
+    <t>A.C.E TRAINING</t>
+  </si>
+  <si>
+    <t>ZAC FIESCHI 4 RUE BONAPARTE 27200 VERNON</t>
+  </si>
+  <si>
+    <t>28/03/2018</t>
+  </si>
+  <si>
+    <t>WOOSPEAK</t>
+  </si>
+  <si>
+    <t>HOLDIPARC 2 CAR JEAN MONNET 60200 COMPIEGNE</t>
+  </si>
+  <si>
+    <t>01/05/2018</t>
+  </si>
+  <si>
+    <t>SEMILLON MARIE FRANCE</t>
+  </si>
+  <si>
+    <t>PRESTIGE SERVICES</t>
+  </si>
+  <si>
+    <t>LE VERT VILLAGE 335 RUE PAUL GIGUET 73200 ALBERTVILLE</t>
+  </si>
+  <si>
+    <t>CAPITAL FORMATIONS</t>
+  </si>
+  <si>
+    <t>12 RUE DU HELDER 75009 PARIS</t>
+  </si>
+  <si>
+    <t>01/04/2012</t>
+  </si>
+  <si>
+    <t>BMDC</t>
+  </si>
+  <si>
+    <t>MORNE VERGAIN 97139 LES ABYMES</t>
+  </si>
+  <si>
+    <t>15/07/2006</t>
+  </si>
+  <si>
+    <t>01/03/2023</t>
+  </si>
+  <si>
+    <t>MANDYBEN</t>
+  </si>
+  <si>
+    <t>146 RUE PARADIS 13006 MARSEILLE</t>
+  </si>
+  <si>
+    <t>31/05/2019</t>
+  </si>
+  <si>
+    <t>APCL TECHNOLOGIES</t>
+  </si>
+  <si>
+    <t>19 RUE ROSENWALD 75015 PARIS</t>
+  </si>
+  <si>
+    <t>01/03/2007</t>
+  </si>
+  <si>
+    <t>01/11/2021</t>
+  </si>
+  <si>
+    <t>OPEN SANTE</t>
+  </si>
+  <si>
+    <t>35 ALLEE DES IMPRESSIONNISTES 93420 VILLEPINTE</t>
+  </si>
+  <si>
+    <t>31/12/2019</t>
+  </si>
+  <si>
+    <t>MOUMEN FAIZA</t>
+  </si>
+  <si>
+    <t>11 B BOULEVARD EUGENE CHARABOT 06130 GRASSE</t>
+  </si>
+  <si>
+    <t>15/03/2010</t>
+  </si>
+  <si>
+    <t>PHOTO UP</t>
+  </si>
+  <si>
+    <t>10 RUE ALAIN CHARTIER 75015 PARIS</t>
+  </si>
+  <si>
+    <t>04/11/2019</t>
+  </si>
+  <si>
+    <t>74.20Z</t>
+  </si>
+  <si>
+    <t>GARTI</t>
+  </si>
+  <si>
+    <t>20 RUE MADELEINE MICHELIS 92200 NEUILLY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>16/09/2010</t>
+  </si>
+  <si>
+    <t>MASTER FORMATION</t>
+  </si>
+  <si>
+    <t>ZONE INDUSTRIELLE COLLERY 3 4 RUE DES COCCINELLES 97300 CAYENNE</t>
+  </si>
+  <si>
+    <t>VOG CONSULTING</t>
+  </si>
+  <si>
+    <t>3 PLACE CHARLES DIGEON 94160 SAINT-MANDE</t>
+  </si>
+  <si>
+    <t>09/05/2016</t>
+  </si>
+  <si>
+    <t>SERPOLEN</t>
+  </si>
+  <si>
+    <t>130 ROUTE DE LAVAL 01540 VONNAS</t>
+  </si>
+  <si>
+    <t>IMAQUET</t>
+  </si>
+  <si>
+    <t>42 RUE DE L'EGLISE 59160 CAPINGHEM</t>
+  </si>
+  <si>
+    <t>09/09/2010</t>
+  </si>
+  <si>
+    <t>ISOGRAD</t>
+  </si>
+  <si>
+    <t>35 RUE DES JEUNEURS 75002 PARIS</t>
+  </si>
+  <si>
+    <t>15/12/2015</t>
+  </si>
+  <si>
+    <t>58.29C</t>
+  </si>
+  <si>
+    <t>HUB FORMATION</t>
+  </si>
+  <si>
+    <t>LA GRANDE ARCHE LA GRANDE ARCHE PAROI NORD 92800 PUTEAUX</t>
+  </si>
+  <si>
+    <t>01/06/2011</t>
+  </si>
+  <si>
+    <t>25/03/2021</t>
+  </si>
+  <si>
+    <t>9 RUE RONSARD 60180 NOGENT-SUR-OISE</t>
+  </si>
+  <si>
+    <t>1-7 1 COURS VALMY 92800 PUTEAUX</t>
+  </si>
+  <si>
+    <t>01/04/2025</t>
+  </si>
+  <si>
+    <t>MEDIAMED</t>
+  </si>
+  <si>
+    <t>1 RUE DE LA REPUBLIQUE 13002 MARSEILLE</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION CATHERINE SOUAMI</t>
+  </si>
+  <si>
+    <t>39 RUE DES COMPAGNONS 14000 CAEN</t>
+  </si>
+  <si>
+    <t>QOSINUS</t>
+  </si>
+  <si>
+    <t>10 RUE DU PLATEAU DES GLIERES 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>01/10/2024</t>
+  </si>
+  <si>
+    <t>ENVERGURE</t>
+  </si>
+  <si>
+    <t>23 RUE OLIVIER METRA 75020 PARIS</t>
+  </si>
+  <si>
+    <t>16 30 FORMATION</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE MUREL RUE DU 19 MARS 1962 30200 BAGNOLS-SUR-CEZE</t>
+  </si>
+  <si>
+    <t>22/06/2015</t>
+  </si>
+  <si>
+    <t>L'ESPACE GABRIEL</t>
+  </si>
+  <si>
+    <t>15 RUE MARTIN LUTHER KING 14280 SAINT-CONTEST</t>
+  </si>
+  <si>
+    <t>30/05/2016</t>
+  </si>
+  <si>
+    <t>12/04/2023</t>
+  </si>
+  <si>
+    <t>FORMEVOL</t>
+  </si>
+  <si>
+    <t>SPIRIT FORMATION</t>
+  </si>
+  <si>
+    <t>P.A. DE MAIGNON LES PYRAMIDES N 11 4 RUE DE PITOYS 64600 ANGLET</t>
+  </si>
+  <si>
+    <t>03/12/2012</t>
+  </si>
+  <si>
+    <t>AELES GROUPE</t>
+  </si>
+  <si>
+    <t>221 RUE LA FAYETTE 75010 PARIS</t>
+  </si>
+  <si>
+    <t>11/02/2016</t>
+  </si>
+  <si>
+    <t>12/11/2024</t>
+  </si>
+  <si>
+    <t>JEUDI FORMATION</t>
+  </si>
+  <si>
+    <t>25 RUE DES ARGONAUTES 97434 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>07/07/2017</t>
+  </si>
+  <si>
+    <t>CDG FORMATION</t>
+  </si>
+  <si>
+    <t>9 RUE DES METIERS 42600 SAVIGNEUX</t>
+  </si>
+  <si>
+    <t>20/09/2021</t>
+  </si>
+  <si>
+    <t>CELTIC FORMATION</t>
+  </si>
+  <si>
+    <t>7-9 7 RUE CONSTANTIN PECQUEUR 95150 TAVERNY</t>
+  </si>
+  <si>
+    <t>01/07/2022</t>
+  </si>
+  <si>
+    <t>ERMES SOLUTIONS</t>
+  </si>
+  <si>
+    <t>GALILEE 2 2 AVENUE DU PRESIDENT PIERRE ANGOT 64000 PAU</t>
+  </si>
+  <si>
+    <t>30/06/2016</t>
+  </si>
+  <si>
+    <t>INTERMEDIATION ET EXPERTISE</t>
+  </si>
+  <si>
+    <t>EUROP OFFICE 2 BOULEVARD ALBERT 1ER 94130 NOGENT-SUR-MARNE</t>
+  </si>
+  <si>
+    <t>LE 40EME RUGISSANT</t>
+  </si>
+  <si>
+    <t>6 RUE GUENOT 75011 PARIS</t>
+  </si>
+  <si>
+    <t>07/01/2015</t>
+  </si>
+  <si>
+    <t>AELION</t>
+  </si>
+  <si>
+    <t>LOCAL 7-8 95 CHEMIN DE GABARDIE 31200 TOULOUSE</t>
+  </si>
+  <si>
+    <t>AZUR CONSEIL &amp; FORMATION</t>
+  </si>
+  <si>
+    <t>105 BOULEVARD DE SEBASTOPOL 75002 PARIS</t>
+  </si>
+  <si>
+    <t>WEBSET</t>
+  </si>
+  <si>
+    <t>ATICO FORMATIONS</t>
+  </si>
+  <si>
+    <t>91 RUE THIERS 33500 LIBOURNE</t>
+  </si>
+  <si>
+    <t>ACTION POUR LE DROIT A LA FORMATION ET AU SERVICE A LA PERSONNE</t>
+  </si>
+  <si>
+    <t>BAT 2 VILLA CASSIOPEE 63 RUE DE ROMAINVILLE 93260 LES LILAS</t>
+  </si>
+  <si>
+    <t>26/08/2011</t>
+  </si>
+  <si>
+    <t>IDEALICE</t>
+  </si>
+  <si>
+    <t>3 RUE CHARLES PEGUY 67200 STRASBOURG</t>
+  </si>
+  <si>
+    <t>IDEA FORMATION</t>
+  </si>
+  <si>
+    <t>LE TERTIA II 5 RUE CHARLES DUCHESNE 13290 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>01/06/2014</t>
+  </si>
+  <si>
+    <t>BOCCALUPO ERIC JOSEPH</t>
+  </si>
+  <si>
+    <t>ENTREE BATIMENT AU 16-18 16 RUE DES TAILLANDIERS 75011 PARIS</t>
+  </si>
+  <si>
+    <t>20/07/2019</t>
+  </si>
+  <si>
+    <t>ISEAH FORMATION</t>
+  </si>
+  <si>
+    <t>01/05/2014</t>
+  </si>
+  <si>
+    <t>WEBSTREET</t>
+  </si>
+  <si>
+    <t>3 B RUE DE THURINGE 76240 BONSECOURS</t>
+  </si>
+  <si>
+    <t>ADEOS FORMATIONS</t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITE DU 45EME PARALLELE 26 RUE BRILLAT SAVARIN 26300 ALIXAN</t>
+  </si>
+  <si>
+    <t>25/09/2023</t>
+  </si>
+  <si>
+    <t>CEGOS</t>
+  </si>
+  <si>
+    <t>19 RUE RENE JACQUES 92130 ISSY-LES-MOULINEAUX</t>
+  </si>
+  <si>
+    <t>26/04/2006</t>
+  </si>
+  <si>
+    <t>6EME SENS 186 AVENUE THIERS 69006 LYON</t>
+  </si>
+  <si>
+    <t>08/02/2008</t>
+  </si>
+  <si>
+    <t>DEMOS</t>
+  </si>
+  <si>
+    <t>1 PARVIS DE LA DEFENSE 1 LA GRANDE ARCHE PAROI NORD 92800 PUTEAUX</t>
+  </si>
+  <si>
+    <t>AXORO ACADEMIE</t>
+  </si>
+  <si>
+    <t>52 RUE DES VIGNES 75016 PARIS</t>
+  </si>
+  <si>
+    <t>13/06/2019</t>
+  </si>
+  <si>
+    <t>15/03/2024</t>
+  </si>
+  <si>
+    <t>SINGULAR</t>
+  </si>
+  <si>
+    <t>BE I.T FORMATIONS</t>
+  </si>
+  <si>
+    <t>3 RUE DU PARC 67205 OBERHAUSBERGEN</t>
+  </si>
+  <si>
+    <t>21/02/2012</t>
+  </si>
+  <si>
+    <t>ARVIA</t>
+  </si>
+  <si>
+    <t>5 RUE DES ALLUMETTES 13090 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>LIBELLULE CONSULTING</t>
+  </si>
+  <si>
+    <t>LOT41 66 AVENUE DES CHAMPS ELYSEES 75008 PARIS</t>
+  </si>
+  <si>
+    <t>01/06/2012</t>
+  </si>
+  <si>
+    <t>VOYELLE</t>
+  </si>
+  <si>
+    <t>11 AVENUE DES PEUPLIERS 35510 CESSON-SEVIGNE</t>
+  </si>
+  <si>
+    <t>28/10/2016</t>
+  </si>
+  <si>
+    <t>CLM FORMATIONS</t>
+  </si>
+  <si>
+    <t>99 AV D'ESTIENNE D'ORVES 83500 LA SEYNE-SUR-MER</t>
+  </si>
+  <si>
+    <t>13/08/2012</t>
+  </si>
+  <si>
+    <t>01/04/2023</t>
+  </si>
+  <si>
+    <t>CFI ATLANTIQUE</t>
+  </si>
+  <si>
+    <t>6 B AVENUE JULES VERNE 44230 SAINT-SEBASTIEN-SUR-LOIRE</t>
+  </si>
+  <si>
+    <t>FORMACOOP</t>
+  </si>
+  <si>
+    <t>10 AVENUE LEON BLUM 25200 MONTBELIARD</t>
+  </si>
+  <si>
+    <t>HORIZON RH</t>
+  </si>
+  <si>
+    <t>LES PLEIADES 417 ROUTE DE LA FARLEDE 83130 LA GARDE</t>
+  </si>
+  <si>
+    <t>13/05/2015</t>
+  </si>
+  <si>
+    <t>MASOLUTIONEMPLOI.COM</t>
+  </si>
+  <si>
+    <t>489 RUE VULCAIN 27000 EVREUX</t>
+  </si>
+  <si>
+    <t>27/04/2016</t>
+  </si>
+  <si>
+    <t>63.11Z</t>
+  </si>
+  <si>
+    <t>IMMEUBLE EUROPA 101 BOULEVARD DE L'EUROPE 76100 ROUEN</t>
+  </si>
+  <si>
+    <t>04/09/2018</t>
+  </si>
+  <si>
+    <t>YOU WEB</t>
+  </si>
+  <si>
+    <t>YOU WEB FORMATION</t>
+  </si>
+  <si>
+    <t>PERFORMANCE LA FLEURIAYE 1 RUE ALESSANDRO VOLTA 44470 CARQUEFOU</t>
+  </si>
+  <si>
+    <t>01/10/2020</t>
+  </si>
+  <si>
+    <t>ID CONFORM</t>
+  </si>
+  <si>
+    <t>8 RUE DE LA FONTAINE 63350 SAINT-LAURE</t>
+  </si>
+  <si>
+    <t>NOVACAP FORMATION</t>
+  </si>
+  <si>
+    <t>25 PLACE DES BONS ENFANTS 01000 BOURG-EN-BRESSE</t>
+  </si>
+  <si>
+    <t>30/09/2015</t>
+  </si>
+  <si>
+    <t>12/05/2021</t>
+  </si>
+  <si>
+    <t>UNIVERS FORMATION</t>
+  </si>
+  <si>
+    <t>5 RUE SULLY 33140 VILLENAVE-D'ORNON</t>
+  </si>
+  <si>
+    <t>18/02/2014</t>
+  </si>
+  <si>
+    <t>19/04/2024</t>
+  </si>
+  <si>
+    <t>GIPFI SCOP</t>
+  </si>
+  <si>
+    <t>12 RUE D'ALTKIRCH 67100 STRASBOURG</t>
+  </si>
+  <si>
+    <t>28/05/2015</t>
+  </si>
+  <si>
+    <t>PERFORMATIC</t>
+  </si>
+  <si>
+    <t>84 RUE DE LA SEMM 68000 COLMAR</t>
+  </si>
+  <si>
+    <t>17/03/2014</t>
+  </si>
+  <si>
+    <t>CAP ELAN FORMATION</t>
+  </si>
+  <si>
+    <t>ZA JEAN MERMOZ 50 RUE DIDIER DAURAT 34170 CASTELNAU-LE-LEZ</t>
+  </si>
+  <si>
+    <t>16/05/2016</t>
+  </si>
+  <si>
+    <t>84 BOULEVARD DE LA CORDERIE 13007 MARSEILLE</t>
+  </si>
+  <si>
+    <t>02/01/2017</t>
+  </si>
+  <si>
+    <t>KALYANE</t>
+  </si>
+  <si>
+    <t>2-6 2 AVENUE HENRI BARBUSSE 93000 BOBIGNY</t>
+  </si>
+  <si>
+    <t>07/04/2014</t>
+  </si>
+  <si>
+    <t>ACFAL FORMATION</t>
+  </si>
+  <si>
+    <t>21 PLACE TOLOZAN 69001 LYON</t>
+  </si>
+  <si>
+    <t>30/06/2014</t>
+  </si>
+  <si>
+    <t>FORMAPERF</t>
+  </si>
+  <si>
+    <t>360 COMPETENCES MBR</t>
+  </si>
+  <si>
+    <t>2 RUE ICARE 67960 ENTZHEIM</t>
+  </si>
+  <si>
+    <t>22/04/2014</t>
+  </si>
+  <si>
+    <t>01/04/2024</t>
+  </si>
+  <si>
+    <t>ACCOFORM</t>
+  </si>
+  <si>
+    <t>DOMAINE D'ENTREPRISES 29 RUE CONDORCET 38090 VILLEFONTAINE</t>
+  </si>
+  <si>
+    <t>DAKOR FORMATION</t>
+  </si>
+  <si>
+    <t>IMM MIRADOR 2 RUE MOISE POLKA 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>PARALLEL 14</t>
+  </si>
+  <si>
+    <t>ENTREE PIERRE ETAGE 2  CTRE D'AFFAIRES CR NO 2 DE CALIFORNIE 97232 LE LAMENTIN</t>
+  </si>
+  <si>
+    <t>FORMATIONS AUX TECHNIQUES MULTIMEDIA ET INFORMATIQUES</t>
+  </si>
+  <si>
+    <t>FTMIS FORMATIONS</t>
+  </si>
+  <si>
+    <t>70 PLACE DU 14 JUILLET 34370 MARAUSSAN</t>
+  </si>
+  <si>
+    <t>15/09/2014</t>
+  </si>
+  <si>
+    <t>SUD FORMATION</t>
+  </si>
+  <si>
+    <t>720 AVENUE DES SOPHORAS 34670 SAINT-BRES</t>
+  </si>
+  <si>
+    <t>03/09/2014</t>
+  </si>
+  <si>
+    <t>FORM'INFO</t>
+  </si>
+  <si>
+    <t>10 RUE DU BORDEAU 89100 SAINT-DENIS-LES-SENS</t>
+  </si>
+  <si>
+    <t>11/09/2014</t>
+  </si>
+  <si>
+    <t>SIGOILLOT ELISE MARIE</t>
+  </si>
+  <si>
+    <t>SEELAB</t>
+  </si>
+  <si>
+    <t>28 RUE CHEF DE VILLE 17000 LA ROCHELLE</t>
+  </si>
+  <si>
+    <t>74.10Z</t>
+  </si>
+  <si>
+    <t>ADAMA</t>
+  </si>
+  <si>
+    <t>4 AVENUE NEIL ARMSTRONG 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>24/01/2022</t>
+  </si>
+  <si>
+    <t>ILM FORMATION</t>
+  </si>
+  <si>
+    <t>67 RUE SAINT-FRANCOIS DE SALES 73000 CHAMBERY</t>
+  </si>
+  <si>
+    <t>17/04/2017</t>
+  </si>
+  <si>
+    <t>ACTIV' RECRUTEMENT ET FORMATION</t>
+  </si>
+  <si>
+    <t>16-18 16 RUE PIERRE BONTEMPS 72100 LE MANS</t>
+  </si>
+  <si>
+    <t>ASSOCIATION POUR L'ENSEIGNEMENT DU NUMERIQUE</t>
+  </si>
+  <si>
+    <t>INTECH SUD - LIWI - FORMICI - INGEN.E</t>
+  </si>
+  <si>
+    <t>156 AVENUE JEAN JAURES 47000 AGEN</t>
+  </si>
+  <si>
+    <t>16/04/2015</t>
+  </si>
+  <si>
+    <t>BORG FORMATION</t>
+  </si>
+  <si>
+    <t>7 RUE JEAN MONNET 44260 MALVILLE</t>
+  </si>
+  <si>
+    <t>25/02/2015</t>
+  </si>
+  <si>
+    <t>CREATIVE</t>
+  </si>
+  <si>
+    <t>10 PLACE FRANCOIS MITTERRAND 14200 HEROUVILLE-SAINT-CLAIR</t>
+  </si>
+  <si>
+    <t>C.A.D.</t>
+  </si>
+  <si>
+    <t>PARTENAIRE FORMATION</t>
+  </si>
+  <si>
+    <t>ZI DES GRANDS BOIS RUE DE L’EUROPE 49280 LA SEGUINIERE</t>
+  </si>
+  <si>
+    <t>04/05/2015</t>
+  </si>
+  <si>
+    <t>30/06/2022</t>
+  </si>
+  <si>
+    <t>FORMATION &amp; CONSEIL</t>
+  </si>
+  <si>
+    <t>BAT. LES BEAUX ARTS BUREAU B11 2 PARVIS DES ECOLES 83000 TOULON</t>
+  </si>
+  <si>
+    <t>26/04/2021</t>
+  </si>
+  <si>
+    <t>30/12/2022</t>
+  </si>
+  <si>
+    <t>ADALIE FORMATION</t>
+  </si>
+  <si>
+    <t>4 RUE DE L'ECOLE 57130 JUSSY</t>
+  </si>
+  <si>
+    <t>01/06/2015</t>
+  </si>
+  <si>
+    <t>SPL ASSISTANCE A LA FORMATION PROFESSIONNELLE DES ADULTES A LA REUNION</t>
+  </si>
+  <si>
+    <t>SPL AFPAR</t>
+  </si>
+  <si>
+    <t>151 RUE JULIETTE DODU 97400 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>TUTOS'ME</t>
+  </si>
+  <si>
+    <t>18 RUE DE VILLEMETRIE 60300 SENLIS</t>
+  </si>
+  <si>
+    <t>01/09/2019</t>
+  </si>
+  <si>
+    <t>14 RUE DE LA BEAUNE 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>01/10/2021</t>
+  </si>
+  <si>
+    <t>COMPETENCES ET TERRITOIRES</t>
+  </si>
+  <si>
+    <t>CHEMIN DE L ARTAHU 26400 ALLEX</t>
+  </si>
+  <si>
+    <t>SATELLITE FORMATION</t>
+  </si>
+  <si>
+    <t>4 RUE DU NIDECK 67550 VENDENHEIM</t>
+  </si>
+  <si>
+    <t>13/10/2015</t>
+  </si>
+  <si>
+    <t>CD CONSEILS ET FORMATIONS</t>
+  </si>
+  <si>
+    <t>2 BOULEVARD DE LA LIBERATION 93200 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>15/11/2015</t>
+  </si>
+  <si>
+    <t>ASSOCIATION REGIONALE D'EDUCATION PERMANENTE DU MORBIHAN</t>
+  </si>
+  <si>
+    <t>3 ALLEE DES FOUGERES 56610 ARRADON</t>
+  </si>
+  <si>
+    <t>08/07/2015</t>
+  </si>
+  <si>
+    <t>SFG DEVELOPPEMENT</t>
+  </si>
+  <si>
+    <t>20 AVENUE GABRIEL PERI 95870 BEZONS</t>
+  </si>
+  <si>
+    <t>17/03/2017</t>
+  </si>
+  <si>
+    <t>URIEL FORM@TIONS</t>
+  </si>
+  <si>
+    <t>37 AVENUE JEAN JAURES 26600 TAIN-L'HERMITAGE</t>
+  </si>
+  <si>
+    <t>04/01/2021</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>ETUDOC</t>
+  </si>
+  <si>
+    <t>RUE DU PRE FAUCON 74000 ANNECY</t>
+  </si>
+  <si>
+    <t>CREPT FORMATION</t>
+  </si>
+  <si>
+    <t>130 RUE HENRI DESBALS 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>02/08/2004</t>
+  </si>
+  <si>
+    <t>ASFO DEVELOPPEMENT LIMOUSIN</t>
+  </si>
+  <si>
+    <t>ZI DE BEAUREGARD 12 AVENUE ROGER RONCIER 19100 BRIVE-LA-GAILLARDE</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>RUE DES PLANCHES 25660 MORRE</t>
+  </si>
+  <si>
+    <t>A.D.E.A.</t>
+  </si>
+  <si>
+    <t>12 RUE DU PELOUX 01000 BOURG-EN-BRESSE</t>
+  </si>
+  <si>
+    <t>01/09/1985</t>
+  </si>
+  <si>
+    <t>GROUPEMENT ENTREPRISES DEDIEES A LA FORMATION</t>
+  </si>
+  <si>
+    <t>POLE 2000 RUE DES ENTREPRENANTS 07130 SAINT-PERAY</t>
+  </si>
+  <si>
+    <t>03/10/1994</t>
+  </si>
+  <si>
+    <t>PROMEO ASSOCIATION DE FORMATION PROFESSIONNELLE DE LINDUSTRIE DE PICARDIE PROMEO AFPI PICARDIE</t>
+  </si>
+  <si>
+    <t>240 AVENUE MARCEL DASSAULT 60000 BEAUVAIS</t>
+  </si>
+  <si>
+    <t>31/10/1994</t>
+  </si>
+  <si>
+    <t>1 AVENUE EUGENE GAZEAU 60300 SENLIS</t>
+  </si>
+  <si>
+    <t>ZAC DU BOIS DE PLAISANCE 87 AVENUE DE LA MARE GESSART 60280 VENETTE</t>
+  </si>
+  <si>
+    <t>01/03/2011</t>
+  </si>
+  <si>
+    <t>161 RUE DES GRANDS PRES 02200 BILLY-SUR-AISNE</t>
+  </si>
+  <si>
+    <t>01/07/2020</t>
+  </si>
+  <si>
+    <t>ZA LA VALLEE 114 RUE DE LA CHAUSSEE ROMAINE 02100 SAINT-QUENTIN</t>
+  </si>
+  <si>
+    <t>74 RUE DE POULAINVILLE 80080 AMIENS</t>
+  </si>
+  <si>
+    <t>RUE EMILE ZOLA 80130 FRIVILLE-ESCARBOTIN</t>
+  </si>
+  <si>
+    <t>AFPI GRAND OUEST NORMANDIE</t>
+  </si>
+  <si>
+    <t>12 RUE PROFESSEUR JOSEPH ROUSSELOT 14000 CAEN</t>
+  </si>
+  <si>
+    <t>23/08/1995</t>
+  </si>
+  <si>
+    <t>ZI ZONE DES MARETTES 50100 CHERBOURG-EN-COTENTIN</t>
+  </si>
+  <si>
+    <t>02/01/2013</t>
+  </si>
+  <si>
+    <t>31/08/2022</t>
+  </si>
+  <si>
+    <t>SCHOLAR FAB ENTREPRISE</t>
+  </si>
+  <si>
+    <t>06/05/1991</t>
+  </si>
+  <si>
+    <t>CIPECMA</t>
+  </si>
+  <si>
+    <t>MAISON DE LA FORMATION 17 AVENUE DU GENERAL DE GAULLE 17340 CHATELAILLON-PLAGE</t>
+  </si>
+  <si>
+    <t>ASS ENSEIGNEMENT CATHOLIQUE DE BRESSUIRE</t>
+  </si>
+  <si>
+    <t>4 RUE DU DOCTEUR BRILLAUD 79300 BRESSUIRE</t>
+  </si>
+  <si>
+    <t>ASSOCIATION INTERPROFESSIONNELLE POUR LA FORMATION PERMANENTE DANS LE SARLADAIS</t>
+  </si>
+  <si>
+    <t>PLACE MARC BUSSON 24200 SARLAT-LA-CANEDA</t>
+  </si>
+  <si>
+    <t>10/07/2012</t>
+  </si>
+  <si>
+    <t>18/05/2022</t>
+  </si>
+  <si>
+    <t>ASSOCIATION POUR LA FORMATION ET LE PERFECTIONNEMENT PROFESSIONNEL DES PAYS DE L'ADOUR</t>
+  </si>
+  <si>
+    <t>ESPACE ENTREPRISE 1052 RUE DE LA FERME DU CARBOUE 40000 MONT-DE-MARSAN</t>
+  </si>
+  <si>
+    <t>01/11/1996</t>
+  </si>
+  <si>
+    <t>AS FO BEARN SOULE BIGORRE</t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITES PAU-PYRENEES 17 AVENUE LEON BLUM 64000 PAU</t>
+  </si>
+  <si>
+    <t>ASS MEUSIENNE INTER FORMATION ET PROMOTI</t>
+  </si>
+  <si>
+    <t>PARC BRADFER 8 RUE ANTOINE DURENNE 55000 BAR-LE-DUC</t>
+  </si>
+  <si>
+    <t>ASS FORMATION PROFESSIONN DE L'INDUSTRIE</t>
+  </si>
+  <si>
+    <t>ZAC DU PONT LOBY AVENUE JEAN MONNET 59640 DUNKERQUE</t>
+  </si>
+  <si>
+    <t>23/03/2000</t>
+  </si>
+  <si>
+    <t>CCI FORMATION GERS</t>
+  </si>
+  <si>
+    <t>10 RUE DIDEROT 32000 AUCH</t>
+  </si>
+  <si>
+    <t>02/08/2018</t>
+  </si>
+  <si>
+    <t>AFPI PAYS DE LA LOIRE</t>
+  </si>
+  <si>
+    <t>9 RUE DE L'HALBRANE 44340 BOUGUENAIS</t>
+  </si>
+  <si>
+    <t>15/06/2020</t>
+  </si>
+  <si>
+    <t>I.DE.PRO FORMATION SARL</t>
+  </si>
+  <si>
+    <t>BAGATELLE 2 RUE TIBERE HELOISE 97441 SAINTE-SUZANNE</t>
+  </si>
+  <si>
+    <t>01/12/2015</t>
+  </si>
+  <si>
+    <t>MASTER CLASS FORMATION</t>
+  </si>
+  <si>
+    <t>3 RUE MAURICE KOECHLIN 67500 HAGUENAU</t>
+  </si>
+  <si>
+    <t>15/01/2016</t>
+  </si>
+  <si>
+    <t>FORMALTIC</t>
+  </si>
+  <si>
+    <t>1 ALLEE DES INFORMATICIENS 13290 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>429 RUE DE L'INDUSTRIE 34070 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>10/01/2020</t>
+  </si>
+  <si>
+    <t>FORMALEAZ</t>
+  </si>
+  <si>
+    <t>RUCHE D ENTREPRISES DU HAINAUT 350 RUE ARTHUR BRUNET 59220 DENAIN</t>
+  </si>
+  <si>
+    <t>01/06/2023</t>
+  </si>
+  <si>
+    <t>QUINTIN NELLY</t>
+  </si>
+  <si>
+    <t>PARALLELE FORMATIONS</t>
+  </si>
+  <si>
+    <t>4 BOULEVARD DE CREAC'H GWEN 29000 QUIMPER</t>
+  </si>
+  <si>
+    <t>SAVOIRS-PLUS</t>
+  </si>
+  <si>
+    <t>70 RUE D'AUTUN 71100 CHALON-SUR-SAONE</t>
+  </si>
+  <si>
+    <t>14/01/2013</t>
+  </si>
+  <si>
+    <t>FOREZ INSERTION FORMATION CONSEIL</t>
+  </si>
+  <si>
+    <t>FIF CONSEIL</t>
+  </si>
+  <si>
+    <t>18/11/2019</t>
+  </si>
+  <si>
+    <t>ABC FORMATION CONTINUE</t>
+  </si>
+  <si>
+    <t>15 RUE DU BOIS 01600 TREVOUX</t>
+  </si>
+  <si>
+    <t>16/01/2013</t>
+  </si>
+  <si>
+    <t>DB CONSEIL</t>
+  </si>
+  <si>
+    <t>LES TAILLADES 84830 SERIGNAN-DU-COMTAT</t>
+  </si>
+  <si>
+    <t>28/02/2013</t>
+  </si>
+  <si>
+    <t>NEOONE</t>
+  </si>
+  <si>
+    <t>NEO-IA</t>
+  </si>
+  <si>
+    <t>9 RUE DE RIBEAUVILLE 68180 HORBOURG-WIHR</t>
+  </si>
+  <si>
+    <t>CTI FORMATION</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE QUADRILLE 30 RUE EDOUARD NIEUPORT 69008 LYON 8EME</t>
+  </si>
+  <si>
+    <t>PCCF</t>
+  </si>
+  <si>
+    <t>11 AVENUE GEORGES CLEMENCEAU 06000 NICE</t>
+  </si>
+  <si>
+    <t>23/03/2017</t>
+  </si>
+  <si>
+    <t>PARIS</t>
+  </si>
+  <si>
+    <t>05/01/2019</t>
+  </si>
+  <si>
+    <t>63.12Z</t>
+  </si>
+  <si>
+    <t>DURAND MARION</t>
+  </si>
+  <si>
+    <t>MARION DURAND INITIATIC</t>
+  </si>
+  <si>
+    <t>2 RUE D ALLUT 34170 CASTELNAU-LE-LEZ</t>
+  </si>
+  <si>
+    <t>01/12/2014</t>
+  </si>
+  <si>
+    <t>FOXY'S</t>
+  </si>
+  <si>
+    <t>FOXY ' S FORMATION</t>
+  </si>
+  <si>
+    <t>22 RUE DE STALINGRAD 95120 ERMONT</t>
+  </si>
+  <si>
+    <t>21/12/2021</t>
+  </si>
+  <si>
+    <t>FOXY'S FORMATION</t>
+  </si>
+  <si>
+    <t>4 B AVENUE ALEXANDRE DUMAS 95230 SOISY-SOUS-MONTMORENCY</t>
+  </si>
+  <si>
+    <t>01/04/2021</t>
+  </si>
+  <si>
+    <t>ADELIE INSTITUTE CONSULTING</t>
+  </si>
+  <si>
+    <t>12 RUE DE LA CHAUSSEE D'ANTIN 75009 PARIS</t>
+  </si>
+  <si>
+    <t>GROUPE FRANCEFORMA</t>
+  </si>
+  <si>
+    <t>91 RUE DU FAUBOURG SAINT-DENIS 75010 PARIS</t>
+  </si>
+  <si>
+    <t>01/11/2014</t>
+  </si>
+  <si>
+    <t>KALEO FORMATION</t>
+  </si>
+  <si>
+    <t>27 RUE FRANCOIS ARAGO 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>AFPI BRETAGNE</t>
+  </si>
+  <si>
+    <t>CAMPUS KER LANN RUE HENRI MOISSAN 35170 BRUZ</t>
+  </si>
+  <si>
+    <t>07/10/2002</t>
+  </si>
+  <si>
+    <t>MAYA CAMPUS</t>
+  </si>
+  <si>
+    <t>VILLA CREATIS 2 RUE DES MURIERS 69009 LYON</t>
+  </si>
+  <si>
+    <t>23/04/2003</t>
+  </si>
+  <si>
+    <t>01/10/2023</t>
+  </si>
+  <si>
+    <t>IRFA SUD</t>
+  </si>
+  <si>
+    <t>32 AVENUE DE LODEVE 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>30/04/2024</t>
+  </si>
+  <si>
+    <t>167 RUE MEHDI BEN BARKA 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/05/2019</t>
+  </si>
+  <si>
+    <t>01/05/2024</t>
+  </si>
+  <si>
+    <t>INSUP AQUITAINE</t>
+  </si>
+  <si>
+    <t>37 RUE LABOTTIERE 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/09/1993</t>
+  </si>
+  <si>
+    <t>AFPI LOIRE</t>
+  </si>
+  <si>
+    <t>BP 715 16 BOULEVARD ETIVALLIERE 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>13/12/2004</t>
+  </si>
+  <si>
+    <t>INSTITUT PROMOTIONS ETUDES</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE GRANDCLEMENT 113 RUE DU PREMIER MARS 1943 69100 VILLEURBANNE</t>
+  </si>
+  <si>
+    <t>04/12/2005</t>
+  </si>
+  <si>
+    <t>CLPS L ENJEU COMPETENCES</t>
+  </si>
+  <si>
+    <t>CLPS L'ENJEU COMPETENCES</t>
+  </si>
+  <si>
+    <t>16 AVENUE DE LA CROIX VERTE 35650 LE RHEU</t>
+  </si>
+  <si>
+    <t>5 RUE LEON BERTHAULT 35000 RENNES</t>
+  </si>
+  <si>
+    <t>22/04/2005</t>
+  </si>
+  <si>
+    <t>AMG INFORMATIQUE</t>
+  </si>
+  <si>
+    <t>PARC TECHNOLOGIQUE 7 AVENUE DE LA DECOUVERTE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>01/07/1997</t>
+  </si>
+  <si>
+    <t>46.51Z</t>
+  </si>
+  <si>
+    <t>MAINE BUREAUTIQUE</t>
+  </si>
+  <si>
+    <t>8 RUE PAUL POUSSET 49130 LES PONTS-DE-CE</t>
+  </si>
+  <si>
+    <t>20/02/2012</t>
+  </si>
+  <si>
+    <t>OSENGO</t>
+  </si>
+  <si>
+    <t>37 BOULEVARD ARISTIDE BRIAND 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>70 AVENUE DE LA REPUBLIQUE 03100 MONTLUCON</t>
+  </si>
+  <si>
+    <t>25/03/2013</t>
+  </si>
+  <si>
+    <t>5 RUE DU COQ VERT 15000 AURILLAC</t>
+  </si>
+  <si>
+    <t>27 BOULEVARD DES MINIMES 31200 TOULOUSE</t>
+  </si>
+  <si>
+    <t>LE CARRE D ARCHE 200 RUE DE LAZENAY 18000 BOURGES</t>
+  </si>
+  <si>
+    <t>24/09/2018</t>
+  </si>
+  <si>
+    <t>01/09/2025</t>
+  </si>
+  <si>
+    <t>24 RUE DONZELOT 87000 LIMOGES</t>
+  </si>
+  <si>
+    <t>02/05/2019</t>
+  </si>
+  <si>
+    <t>COURS DE FRANCE</t>
+  </si>
+  <si>
+    <t>1 PLACE DE LA REPUBLIQUE 75003 PARIS</t>
+  </si>
+  <si>
+    <t>25/03/1982</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE FORMATION POUR LE DEVELOPPEMENT REGIONAL ET L'APPUI AU RECLASSEMENT</t>
+  </si>
+  <si>
+    <t>PARC TECHNO DU CANAL 2 RUE IRENE JOLIOT CURIE 31520 RAMONVILLE-SAINT-AGNE</t>
+  </si>
+  <si>
+    <t>19/07/1999</t>
+  </si>
+  <si>
+    <t>CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE LA REGION DES PAYS DE LA LOIRE - ASSOCIATION DE GESTION</t>
+  </si>
+  <si>
+    <t>25 BOULEVARD GUY MOLLET 44300 NANTES</t>
+  </si>
+  <si>
+    <t>19/08/1991</t>
+  </si>
+  <si>
+    <t>IMPASSE PERICLES 85000 LA ROCHE-SUR-YON</t>
+  </si>
+  <si>
+    <t>INSTITUT NATIONAL DE FORMATION ET DE RECHERCHES SUR L'EDUCATION PERMANENTE INFREP</t>
+  </si>
+  <si>
+    <t>21 RUE SAINT-FARGEAU 75020 PARIS</t>
+  </si>
+  <si>
+    <t>CENTRE MERCURE 2 AVENUE DE L'UNIVERSITE 64000 PAU</t>
+  </si>
+  <si>
+    <t>4 ALLEE EMILE REYNAUD 77200 TORCY</t>
+  </si>
+  <si>
+    <t>01/06/1997</t>
+  </si>
+  <si>
+    <t>1 A 3 1 RUE DES CHARRETIERS 45000 ORLEANS</t>
+  </si>
+  <si>
+    <t>01/01/2000</t>
+  </si>
+  <si>
+    <t>5 SQUARE DE LA BELLE ETOILE 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>09/09/2001</t>
+  </si>
+  <si>
+    <t>82 AVENUE GEORGES POMPIDOU 24750 TRELISSAC</t>
+  </si>
+  <si>
+    <t>28/03/2001</t>
+  </si>
+  <si>
+    <t>01/07/2023</t>
+  </si>
+  <si>
+    <t>510 AVENUE DU COMTAT VENAISSIN 84200 CARPENTRAS</t>
+  </si>
+  <si>
+    <t>INFREP</t>
+  </si>
+  <si>
+    <t>2 RUE DE BOURGOGNE 50100 CHERBOURG-EN-COTENTIN</t>
+  </si>
+  <si>
+    <t>19/01/2004</t>
+  </si>
+  <si>
+    <t>14 AVENUE DE GARBSEN 14200 HEROUVILLE-SAINT-CLAIR</t>
+  </si>
+  <si>
+    <t>02/12/2003</t>
+  </si>
+  <si>
+    <t>31/03/2022</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE ROLLON - BAT B 108 AVENUE DE BRETAGNE 76100 ROUEN</t>
+  </si>
+  <si>
+    <t>INFREP SUD-OUEST</t>
+  </si>
+  <si>
+    <t>110 RUE ACHARD 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>84 B AVENUE SAINT LAZARE 26200 MONTELIMAR</t>
+  </si>
+  <si>
+    <t>28/02/2022</t>
+  </si>
+  <si>
+    <t>LE PENTAGONE - BAT 1 6 RUE DE BELLE-ILE 35760 SAINT-GREGOIRE</t>
+  </si>
+  <si>
+    <t>01/04/2013</t>
+  </si>
+  <si>
+    <t>LES CHAMPS DOLENTS 6 RUE DE SETUBAL 60000 BEAUVAIS</t>
+  </si>
+  <si>
+    <t>01/07/2014</t>
+  </si>
+  <si>
+    <t>8 RUE MARCEL DAVID 40000 MONT-DE-MARSAN</t>
+  </si>
+  <si>
+    <t>01/05/2016</t>
+  </si>
+  <si>
+    <t>25 RUE DES GRIOTTES 07200 AUBENAS</t>
+  </si>
+  <si>
+    <t>7-9 7 RUE ALBERT 1ER 36000 CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>12 RUE DES CORDELIERES 75013 PARIS</t>
+  </si>
+  <si>
+    <t>20 RUE XAVIER BICHAT 72000 LE MANS</t>
+  </si>
+  <si>
+    <t>OGEC NOTRE DAME DU ROC</t>
+  </si>
+  <si>
+    <t>RUE CHARLEMAGNE 85000 LA ROCHE-SUR-YON</t>
+  </si>
+  <si>
+    <t>01/01/1996</t>
+  </si>
+  <si>
+    <t>INITIATIVES FORMATION</t>
+  </si>
+  <si>
+    <t>RUE DE ROZ AR PONT 29590 PONT-DE-BUIS-LES-QUIMERCH</t>
+  </si>
+  <si>
+    <t>01/01/1982</t>
+  </si>
+  <si>
+    <t>ZA DE KEROURVOIS 3 IMPASSE PIERRE CURIE 29500 ERGUE-GABERIC</t>
+  </si>
+  <si>
+    <t>01/01/2012</t>
+  </si>
+  <si>
+    <t>3 RUE EDOUARD BELIN 29200 BREST</t>
+  </si>
+  <si>
+    <t>EDTA SORNAS</t>
+  </si>
+  <si>
+    <t>7-11 7 AVENUE DES CHASSEURS 75017 PARIS</t>
+  </si>
+  <si>
+    <t>21/02/2019</t>
+  </si>
+  <si>
+    <t>CONCEPT MICRO SYSTEM INFORMATIC</t>
+  </si>
+  <si>
+    <t>ZA DE COURTABOEUF 7 ALLEE DE LONDRES 91140 VILLEJUST</t>
+  </si>
+  <si>
+    <t>12/10/1998</t>
+  </si>
+  <si>
+    <t>AGEC ILE DE FRANCE</t>
+  </si>
+  <si>
+    <t>22 RUE DE PICARDIE 75003 PARIS</t>
+  </si>
+  <si>
+    <t>01/03/1987</t>
+  </si>
+  <si>
+    <t>GROUPE IGS - CIEFA</t>
+  </si>
+  <si>
+    <t>1 RUE JACQUES BINGEN 75017 PARIS</t>
+  </si>
+  <si>
+    <t>M2I</t>
+  </si>
+  <si>
+    <t>146-148 146 RUE DE PICPUS 75012 PARIS</t>
+  </si>
+  <si>
+    <t>01/03/2013</t>
+  </si>
+  <si>
+    <t>IB</t>
+  </si>
+  <si>
+    <t>TOUR ATLANTIQUE 1 PLACE DE LA PYRAMIDE 92800 PUTEAUX</t>
+  </si>
+  <si>
+    <t>20/05/1997</t>
+  </si>
+  <si>
+    <t>26 B BOULEVARD DU PRESIDENT WILSON 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>15/02/2003</t>
+  </si>
+  <si>
+    <t>IB FORMATION</t>
+  </si>
+  <si>
+    <t>IMMEUBLE ATALANTE 2 LE MOULIN NEUF 44800 ST-HERBLAIN</t>
+  </si>
+  <si>
+    <t>01/03/2005</t>
+  </si>
+  <si>
+    <t>ZAC ST SULPICE IMMEUBLE OSIRIS II RUE DU PATIS TATELIN 35700 RENNES</t>
+  </si>
+  <si>
+    <t>25/02/2008</t>
+  </si>
+  <si>
+    <t>IMMEUBLE 6EME SENS 186 AVENUE THIERS 69006 LYON</t>
+  </si>
+  <si>
+    <t>15/07/2009</t>
+  </si>
+  <si>
+    <t>IMMOPARC A RUE DE LA DECOUVERTE 31670 LABEGE</t>
+  </si>
+  <si>
+    <t>01/10/2011</t>
+  </si>
+  <si>
+    <t>12 PLACE SAINT-HUBERT 59800 LILLE</t>
+  </si>
+  <si>
+    <t>27/05/2014</t>
+  </si>
+  <si>
+    <t>135 RUE ANDRE AMPERE 13100 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>01/05/2015</t>
+  </si>
+  <si>
+    <t>9 RUE DE CONDE 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>30/04/2025</t>
+  </si>
+  <si>
+    <t>2 T RUE GEORGES CHARPAK 76130 MONT-SAINT-AIGNAN</t>
+  </si>
+  <si>
+    <t>01/11/2019</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE CORBUSIER 19 AVENUE LE CORBUSIER 59800 LILLE</t>
+  </si>
+  <si>
+    <t>06/06/2019</t>
+  </si>
+  <si>
+    <t>LIEU-RESSOURCES-FORMATION</t>
+  </si>
+  <si>
+    <t>IMMEUBLE PERI OUEST 52 RUE JACQUES BABINET 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>16/06/2008</t>
+  </si>
+  <si>
+    <t>PROFORMATION</t>
+  </si>
+  <si>
+    <t>6 RUE DE BRAQUE 75003 PARIS</t>
+  </si>
+  <si>
+    <t>01/04/1986</t>
+  </si>
+  <si>
+    <t>11997077975, 11751059475</t>
+  </si>
+  <si>
+    <t>ARCHIPEL</t>
+  </si>
+  <si>
+    <t>6 EME ETAGE PORTE 675 11 RUE TRONCHET 75008 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/1986</t>
+  </si>
+  <si>
+    <t>85.52Z</t>
+  </si>
+  <si>
+    <t>VAELIA</t>
+  </si>
+  <si>
+    <t>61 RUE JEAN BRIAUD 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>02/05/2006</t>
+  </si>
+  <si>
+    <t>2 IMPASSE HENRI PITOT 31500 TOULOUSE</t>
+  </si>
+  <si>
+    <t>INTERACTIF</t>
+  </si>
+  <si>
+    <t>6 RUE DE LA TREMOILLE 75008 PARIS</t>
+  </si>
+  <si>
+    <t>25/06/2002</t>
+  </si>
+  <si>
+    <t>ASSOCATION POUR LA FORMATION ET LA PROMOTION PROFESSIONNELLE</t>
+  </si>
+  <si>
+    <t>14 BOULEVARD PREUILLY 37000 TOURS</t>
+  </si>
+  <si>
+    <t>PASSEPORT FORMA</t>
+  </si>
+  <si>
+    <t>CENTRE OLYMPIE 92 AVENUE DE ROME 62400 BETHUNE</t>
+  </si>
+  <si>
+    <t>15/06/1992</t>
+  </si>
+  <si>
+    <t>20/02/2025</t>
+  </si>
+  <si>
+    <t>CEFIRH</t>
+  </si>
+  <si>
+    <t>ZI DE BRACHEUX 1 RUE JOSEPH CUGNOT 60000 BEAUVAIS</t>
+  </si>
+  <si>
+    <t>01/09/1990</t>
+  </si>
+  <si>
+    <t>CTRE RESSOURCES INFORMATIQ DE ROCHEFORT</t>
+  </si>
+  <si>
+    <t>ECOLE ANATOLE FRANCE 2 RUE DU DRESSAGE 17300 ROCHEFORT</t>
+  </si>
+  <si>
+    <t>01/11/1987</t>
+  </si>
+  <si>
+    <t>ADECCO TRAINING</t>
+  </si>
+  <si>
+    <t>114 ALL DES CHAMPS ELYSEES 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>25/04/2014</t>
+  </si>
+  <si>
+    <t>2 RUE HENRI LEGAY 69100 VILLEURBANNE</t>
+  </si>
+  <si>
+    <t>03/10/2016</t>
+  </si>
+  <si>
+    <t>MEDIA FORMATION</t>
+  </si>
+  <si>
+    <t>61 AVENUE DE CANTELEU 59650 VILLENEUVE-D'ASCQ</t>
+  </si>
+  <si>
+    <t>07/06/2004</t>
+  </si>
+  <si>
+    <t>MANAGER'SOLUTION</t>
+  </si>
+  <si>
+    <t>1 RUE DE LA MER 62100 CALAIS</t>
+  </si>
+  <si>
+    <t>01/01/1988</t>
+  </si>
+  <si>
+    <t>FRANCE LANGUES COMMUNICATION</t>
+  </si>
+  <si>
+    <t>FLC FORMATION</t>
+  </si>
+  <si>
+    <t>116 BOULEVARD RAYMOND POINCARE 06160 ANTIBES</t>
+  </si>
+  <si>
+    <t>19 FORMATION</t>
+  </si>
+  <si>
+    <t>ZA BRIFFAUT 34 RUE HENRI REY 26000 VALENCE</t>
+  </si>
+  <si>
+    <t>01/10/2012</t>
+  </si>
+  <si>
+    <t>ACCOM INSTITUT</t>
+  </si>
+  <si>
+    <t>2 RUE DE SEZE 75009 PARIS</t>
+  </si>
+  <si>
+    <t>20/03/1999</t>
+  </si>
+  <si>
+    <t>SESAM FORMATIONS</t>
+  </si>
+  <si>
+    <t>12 RUE GAETAN RONDEAU 44200 NANTES</t>
+  </si>
+  <si>
+    <t>30/12/2010</t>
+  </si>
+  <si>
+    <t>01/12/2023</t>
+  </si>
+  <si>
+    <t>MEDIA MANAGEMENT</t>
+  </si>
+  <si>
+    <t>ZAC DE MERCIERES 18 RUE DU FONDS PERNANT 60200 COMPIEGNE</t>
+  </si>
+  <si>
+    <t>SAPIE</t>
+  </si>
+  <si>
+    <t>7 RUE DU COUGAING 11300 LIMOUX</t>
+  </si>
+  <si>
+    <t>FITEC</t>
+  </si>
+  <si>
+    <t>79-105 79 AVENUE FRANCOIS ARAGO 92000 NANTERRE</t>
+  </si>
+  <si>
+    <t>REGIONAL SYSTEME INFORMATIQUE</t>
+  </si>
+  <si>
+    <t>4 RUE DE LA GOELETTE 86280 SAINT-BENOIT</t>
+  </si>
+  <si>
+    <t>01/11/1998</t>
+  </si>
+  <si>
+    <t>NEXT MEDIA</t>
+  </si>
+  <si>
+    <t>51 RUE DES COURTIAUX 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>AFTEC</t>
+  </si>
+  <si>
+    <t>AFTEC-IHECF-IPAC BACHELOR FACTORY</t>
+  </si>
+  <si>
+    <t>23 RUE LOUIS KERAUTRET-BOTMEL 35000 RENNES</t>
+  </si>
+  <si>
+    <t>23/03/2001</t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITES DE LAROISEAU 6 RUE ELLA MAILLART 56000 VANNES</t>
+  </si>
+  <si>
+    <t>01/06/2009</t>
+  </si>
+  <si>
+    <t>AFTEC IPAC BACHELOR FACTORY MB WAY WIN SPORT SCHO</t>
+  </si>
+  <si>
+    <t>13 RUE MARTIN LUTHER KING 14280 SAINT-CONTEST</t>
+  </si>
+  <si>
+    <t>01/03/2017</t>
+  </si>
+  <si>
+    <t>AFTEC IPAC BACHELOR FACTORY MY DIGITAL SCHOOL WIN</t>
+  </si>
+  <si>
+    <t>5 RUE MARIE CURIE 53810 CHANGE</t>
+  </si>
+  <si>
+    <t>01/08/2019</t>
+  </si>
+  <si>
+    <t>ORDATEL</t>
+  </si>
+  <si>
+    <t>14 RUE ROUGEMONT 75009 PARIS</t>
+  </si>
+  <si>
+    <t>30/04/1996</t>
+  </si>
+  <si>
+    <t>PYRAMYD NTCV</t>
+  </si>
+  <si>
+    <t>35 RUE DU LOUVRE 75002 PARIS</t>
+  </si>
+  <si>
     <t>01/01/2023</t>
   </si>
   <si>
-    <t>LYCEE GENERAL ET TECHNOLOGIQUE ALEXIS MONTEIL</t>
-[...1183 lines deleted...]
-  <si>
     <t>AREP 29</t>
   </si>
   <si>
     <t>110 RUE ERNESTINE DE TREMAUDAN 29200 BREST</t>
   </si>
   <si>
     <t>19/07/2021</t>
   </si>
   <si>
     <t>SQLI</t>
   </si>
   <si>
     <t>166 RUE JULES GUESDE 92300 LEVALLOIS-PERRET</t>
   </si>
   <si>
     <t>15/02/2018</t>
   </si>
   <si>
     <t>01/11/2023</t>
   </si>
   <si>
-    <t>62.02A</t>
-[...1 lines deleted...]
-  <si>
     <t>RETRAVAILLER DANS L OUEST</t>
   </si>
   <si>
     <t>21 RUE D'ATHENES 44300 NANTES</t>
   </si>
   <si>
     <t>25/08/2013</t>
   </si>
   <si>
-    <t>31/03/2023</t>
-[...1 lines deleted...]
-  <si>
     <t>ASSOCIATION POINT FORMATION</t>
   </si>
   <si>
     <t>PL DE PARADIS - ST ROCH ALL EDGAR DEGAS 13117 MARTIGUES</t>
   </si>
   <si>
     <t>CTRE EVOLUTIF FORMATION ADAPTATION PRO..</t>
   </si>
   <si>
     <t>19 RUE ALCIDE DAMBOISE 76210 BOLBEC</t>
   </si>
   <si>
     <t>10/09/1999</t>
   </si>
   <si>
     <t>GRAPH LAND</t>
   </si>
   <si>
     <t>26 A 28 26 RUE ARTAUD 69004 LYON</t>
   </si>
   <si>
     <t>01/03/2001</t>
   </si>
   <si>
     <t>71.12B</t>
@@ -2050,146 +6139,125 @@
   <si>
     <t>ESPACE FORMATION GRENOBLE</t>
   </si>
   <si>
     <t>25 RUE PIERRE SEMARD 38000 GRENOBLE</t>
   </si>
   <si>
     <t>20/09/1990</t>
   </si>
   <si>
     <t>ALPES DEVELOPPEMENT FORMATION</t>
   </si>
   <si>
     <t>ZI SAINT JOSEPH RUE DES ENTREPRENEURS 04100 MANOSQUE</t>
   </si>
   <si>
     <t>27/07/1993</t>
   </si>
   <si>
     <t>CONTROL C</t>
   </si>
   <si>
     <t>1 PLACE DE L 'ERMITAGE 77000 MELUN</t>
   </si>
   <si>
-    <t>15/07/2006</t>
-[...4 lines deleted...]
-  <si>
     <t>IMMEUBLE LE ST PREGTS 14 RUE AUGUSTE MOREL 89100 SENS</t>
   </si>
   <si>
-    <t>[ND] [ND] [ND] [ND] [ND]</t>
-[...4 lines deleted...]
-  <si>
     <t>LE HAVRE</t>
   </si>
   <si>
     <t>02/01/2008</t>
   </si>
   <si>
     <t>15/04/2023</t>
   </si>
   <si>
-    <t xml:space="preserve">MULLER MARTINE   </t>
+    <t>MULLER MARTINE</t>
   </si>
   <si>
     <t>10 RUE DES PERDRIX 67120 MOLSHEIM</t>
   </si>
   <si>
     <t>01/05/1991</t>
   </si>
   <si>
     <t>AFIB ACCES FORMAT INFORMATIQUE BUREAUTIQ</t>
   </si>
   <si>
     <t>14 RUE EULER 33700 MERIGNAC</t>
   </si>
   <si>
     <t>01/09/1991</t>
   </si>
   <si>
     <t>AFIB 2</t>
   </si>
   <si>
     <t>FORMASUP</t>
   </si>
   <si>
     <t>400 AVENUE ANDRE JORIGNE 82000 MONTAUBAN</t>
   </si>
   <si>
     <t>08/08/2012</t>
   </si>
   <si>
-    <t xml:space="preserve">MONNERAY JEAN-JACQUES   </t>
+    <t>MONNERAY JEAN-JACQUES</t>
   </si>
   <si>
     <t>DATACALC 4 PASSAGE GANNERON 75018 PARIS</t>
   </si>
   <si>
     <t>08/08/2013</t>
   </si>
   <si>
     <t>INSTITUT FORMATION EUROPEEN HYGIENE</t>
   </si>
   <si>
     <t>9 AVENUE DE ROSNY 93130 NOISY-LE-SEC</t>
   </si>
   <si>
-    <t>01/03/2012</t>
-[...1 lines deleted...]
-  <si>
     <t>ART &amp; COMMUNICATION</t>
   </si>
   <si>
     <t>NORMANDIE II 55 RUE AMIRAL CECILLE 76100 ROUEN</t>
   </si>
   <si>
     <t>23/10/2000</t>
   </si>
   <si>
-    <t>01/04/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>AUDIT CONSEIL FORMATION</t>
   </si>
   <si>
     <t>16 ALLEE FRANCOIS VILLON 38130 ECHIROLLES</t>
   </si>
   <si>
     <t>03/01/2011</t>
   </si>
   <si>
-    <t>70.10Z</t>
-[...1 lines deleted...]
-  <si>
     <t>ASS FORMATION INSERTION GARDOISE</t>
   </si>
   <si>
     <t>PARC GEORGES BESSE 50 ALLEE CHARLES BABBAGE 30000 NIMES</t>
   </si>
   <si>
     <t>IRFA EVOLUTION</t>
   </si>
   <si>
     <t>MONT FOULON 61250 DAMIGNY</t>
   </si>
   <si>
     <t>DORANCO ESPACE MULTIMEDIA</t>
   </si>
   <si>
     <t>10 - 12 RUE PLANCHAT 75020 PARIS</t>
   </si>
   <si>
     <t>01/07/2000</t>
   </si>
   <si>
     <t>BELLEVUE FORMATION</t>
   </si>
   <si>
     <t>1 RUE DES SAULES 44800 SAINT-HERBLAIN</t>
@@ -2206,4632 +6274,465 @@
   <si>
     <t>SITE DE L AGROPLE AGROPOLE 47310 ESTILLAC</t>
   </si>
   <si>
     <t>04/01/1993</t>
   </si>
   <si>
     <t>ATP FORMATION</t>
   </si>
   <si>
     <t>31 AVENUE DU GRANIER 38240 MEYLAN</t>
   </si>
   <si>
     <t>01/01/1993</t>
   </si>
   <si>
     <t>AKSIS</t>
   </si>
   <si>
     <t>AKSIS PROFIL EMPLOI PROFILEMPLOI</t>
   </si>
   <si>
     <t>18 RUE CHARLES PICARD 02100 SAINT-QUENTIN</t>
   </si>
   <si>
-    <t>01/04/2019</t>
-[...1 lines deleted...]
-  <si>
     <t>19/12/2024</t>
   </si>
   <si>
-    <t>INSTITUT DE MANAGEMENT ECOLE SUP GESTION</t>
+    <t>INSTITUT DE MANAGEMENT DE L'ECOLE SUPERIEURE DE GESTION - IMESG</t>
   </si>
   <si>
     <t>25 RUE SAINT-AMBROISE 75011 PARIS</t>
   </si>
   <si>
     <t>01/07/2009</t>
   </si>
   <si>
     <t>ELAN FORMATION</t>
   </si>
   <si>
     <t>202 AVENUE DE COLMAR 67100 STRASBOURG</t>
   </si>
   <si>
-    <t>01/03/2011</t>
-[...1 lines deleted...]
-  <si>
     <t>IMMEUBLE LE VERDIANE 12 14 16 RUE DU RHONE 67100 STRASBOURG</t>
   </si>
   <si>
     <t>21/11/2019</t>
   </si>
   <si>
     <t>PROMEO ASSOCIATION DE FORMATION POUR LE DEVELOPPEMENT DE L EMPLOI DE PICARDIE - PROMEO AFDE PICARDIE</t>
   </si>
   <si>
-    <t>1 AVENUE EUGENE GAZEAU 60300 SENLIS</t>
-[...1 lines deleted...]
-  <si>
     <t>24/06/2020</t>
   </si>
   <si>
     <t>SERVICES LOCATION TRANSAC INFORMATIQUE</t>
   </si>
   <si>
     <t>42 RUE DE CLICHY 75009 PARIS</t>
   </si>
   <si>
     <t>01/10/2007</t>
   </si>
   <si>
     <t>INSTITUT DES FORMATIONS ACTUELLES I.F.A.</t>
   </si>
   <si>
     <t>I F A</t>
   </si>
   <si>
     <t>LE CAUSSE. L'AROBASE 2 4 RUE GEORGES CHARPAK 81100 CASTRES</t>
   </si>
   <si>
-    <t>01/05/2018</t>
-[...1 lines deleted...]
-  <si>
     <t>FORMA 2+</t>
   </si>
   <si>
     <t>3 RUE BELLANGER 92300 LEVALLOIS-PERRET</t>
   </si>
   <si>
     <t>08/11/1995</t>
   </si>
   <si>
     <t>FORUM ATLANTIQUE FORMATION</t>
   </si>
   <si>
     <t>23 B RUE DE L'ETOILE DU MATIN 44600 SAINT-NAZAIRE</t>
   </si>
   <si>
     <t>01/04/2011</t>
   </si>
   <si>
     <t>GESTIC FORMATION</t>
   </si>
   <si>
     <t>1 RUE DE LA TARDIVERIE 86580 BIARD</t>
   </si>
   <si>
     <t>09/07/2021</t>
   </si>
   <si>
     <t>M2I SCRIBTEL</t>
   </si>
   <si>
     <t>146 A 148 146 RUE DE PICPUS 75012 PARIS</t>
   </si>
   <si>
     <t>21/10/2013</t>
   </si>
   <si>
-    <t>30/06/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>AXION FORMATIONS</t>
   </si>
   <si>
     <t>10 RUE DU GENERAL FOY 02100 SAINT-QUENTIN</t>
   </si>
   <si>
     <t>01/07/2002</t>
   </si>
   <si>
     <t>11/04/2023</t>
   </si>
   <si>
-    <t xml:space="preserve">CANOVAS CHANTAL   </t>
+    <t>CANOVAS CHANTAL</t>
   </si>
   <si>
     <t>SMART AND COM FORMATION</t>
   </si>
   <si>
     <t>22 RUE DES POTIERES 56350 SAINT-JEAN-LA-POTERIE</t>
   </si>
   <si>
-    <t>01/04/2018</t>
-[...1 lines deleted...]
-  <si>
     <t>EURO MONTAGE SYSTEME INFORMATIQUE</t>
   </si>
   <si>
     <t>ILOT 3 N 10 LES COGNETS SUD 13800 ISTRES</t>
   </si>
   <si>
     <t>14/06/1999</t>
   </si>
   <si>
     <t>LA RONDE DES DECOUVERTES 08</t>
   </si>
   <si>
     <t>8 ROUTE DE PRIX 08000 CHARLEVILLE-MEZIERES</t>
   </si>
   <si>
     <t>01/02/2018</t>
   </si>
   <si>
     <t>05/12/2022</t>
   </si>
   <si>
-    <t>ONLINEFORMAPRO</t>
-[...230 lines deleted...]
-    <t>19/04/2004</t>
+    <t>VIA FORMATION</t>
+  </si>
+  <si>
+    <t>ZAC DU RIBAY BOULEVARD LOUIS LEPRINCE-RINGUET 72000 LE MANS</t>
+  </si>
+  <si>
+    <t>20/01/2007</t>
+  </si>
+  <si>
+    <t>FORMAVISTA</t>
+  </si>
+  <si>
+    <t>273 AVENUE JEAN RIEUX 31500 TOULOUSE</t>
+  </si>
+  <si>
+    <t>29/12/2023</t>
+  </si>
+  <si>
+    <t>A D P S FORMATION</t>
+  </si>
+  <si>
+    <t>Y SCHOOLS - FORMATION PROFESSIONNELLE</t>
+  </si>
+  <si>
+    <t>18 AVENUE DES LOMBARDS 10000 TROYES</t>
+  </si>
+  <si>
+    <t>29/11/1994</t>
+  </si>
+  <si>
+    <t>NEVEN EDUCATION</t>
+  </si>
+  <si>
+    <t>22 BOULEVARD DE LA REPUBLIQUE 06400 CANNES</t>
+  </si>
+  <si>
+    <t>17/06/2002</t>
+  </si>
+  <si>
+    <t>02/05/2024</t>
+  </si>
+  <si>
+    <t>FORMA.CLE</t>
+  </si>
+  <si>
+    <t>28 RUE DE LA SABOTERIE BEAUPREAU 49110 BEAUPREAU-EN-MAUGES</t>
+  </si>
+  <si>
+    <t>01/07/2024</t>
+  </si>
+  <si>
+    <t>ANFFY</t>
+  </si>
+  <si>
+    <t>IMMEUBLE ST BERNARD BATA 170 BOULEVARD DE LA CROIX-ROUSSE 69001 LYON</t>
+  </si>
+  <si>
+    <t>14/01/2000</t>
   </si>
   <si>
     <t>POINT.COM</t>
   </si>
   <si>
     <t>77 RUE RENE JADFARD 97300 CAYENNE</t>
   </si>
   <si>
     <t>22/10/2010</t>
   </si>
   <si>
-    <t>94.99Z</t>
-[...1 lines deleted...]
-  <si>
     <t>WRM</t>
   </si>
   <si>
     <t>10 PASSAGE JOSSET 75011 PARIS</t>
   </si>
   <si>
     <t>27/11/2020</t>
   </si>
   <si>
     <t>MILESTONE SOLUTIONS</t>
   </si>
   <si>
     <t>6-8 6 RUE DES JARDINIERS 60300 SENLIS</t>
   </si>
   <si>
     <t>16/08/2016</t>
   </si>
   <si>
     <t>ALGOTIS</t>
   </si>
   <si>
     <t>9 ALLEE EVARISTE GALOIS 63170 AUBIERE</t>
   </si>
   <si>
-    <t>EXPERNET</t>
-[...449 lines deleted...]
-    <t>01/07/2016</t>
+    <t>6 RUE BENOIT FRACHON 44800 SAINT-HERBLAIN</t>
+  </si>
+  <si>
+    <t>BM FORMATION</t>
+  </si>
+  <si>
+    <t>5 RUE DE CONFLANS 94220 CHARENTON-LE-PONT</t>
+  </si>
+  <si>
+    <t>30/06/2011</t>
+  </si>
+  <si>
+    <t>MIRABILIS</t>
+  </si>
+  <si>
+    <t>7 AV DE LA CREATIVITE 59491 VILLENEUVE D ASCQ</t>
+  </si>
+  <si>
+    <t>31/08/2014</t>
+  </si>
+  <si>
+    <t>@FORMATION</t>
+  </si>
+  <si>
+    <t>7 RUE DU FORT 30111 CONGENIES</t>
+  </si>
+  <si>
+    <t>25/01/2007</t>
+  </si>
+  <si>
+    <t>10/01/2022</t>
+  </si>
+  <si>
+    <t>KIELA CONSULTING</t>
+  </si>
+  <si>
+    <t>45 RUE DU FAUBOURG SAINT-MARTIN 75010 PARIS</t>
+  </si>
+  <si>
+    <t>31/01/2012</t>
+  </si>
+  <si>
+    <t>ASSOCIATION MEDIAWEB</t>
+  </si>
+  <si>
+    <t>CHEZ MR JACKY LUCAS 5 ALL VINCENT VAN GOGH 49460 MONTREUIL JUIGNE</t>
+  </si>
+  <si>
+    <t>12/04/2008</t>
+  </si>
+  <si>
+    <t>WOOSPEAK FRANCE</t>
+  </si>
+  <si>
+    <t>AUDAVIA</t>
+  </si>
+  <si>
+    <t>141 AVENUE DE WAGRAM 75017 PARIS</t>
+  </si>
+  <si>
+    <t>EVOLUTION CARRIERE</t>
+  </si>
+  <si>
+    <t>15 RUE DES HALLES 75001 PARIS</t>
+  </si>
+  <si>
+    <t>02/06/2021</t>
+  </si>
+  <si>
+    <t>LOGIC PERFORMANCE</t>
+  </si>
+  <si>
+    <t>70 AVENUE DU GENERAL DE GAULLE 94000 CRETEIL</t>
+  </si>
+  <si>
+    <t>01/10/2014</t>
+  </si>
+  <si>
+    <t>CEFIM (CENTRE EUROPEEN DE FORMATION INFORMATIQUE ET MULTIMEDIA)</t>
+  </si>
+  <si>
+    <t>32 AVENUE MARCEL DASSAULT 37200 TOURS</t>
+  </si>
+  <si>
+    <t>23/07/2012</t>
+  </si>
+  <si>
+    <t>ADHENIA FORMATION</t>
+  </si>
+  <si>
+    <t>PARC D ACTIVITES CREAVALLEE SUD AV BORIE MARTY 24380 SANILHAC</t>
+  </si>
+  <si>
+    <t>PAGE SARL</t>
+  </si>
+  <si>
+    <t>JFA &amp; ASSOCIES</t>
+  </si>
+  <si>
+    <t>24 RUE PASTEUR 57000 METZ</t>
+  </si>
+  <si>
+    <t>07/03/2023</t>
+  </si>
+  <si>
+    <t>22/03/2024</t>
+  </si>
+  <si>
+    <t>INNOTEO</t>
+  </si>
+  <si>
+    <t>39 B RUE DE CLAMART 60200 COMPIEGNE</t>
+  </si>
+  <si>
+    <t>MG@FORMATION</t>
+  </si>
+  <si>
+    <t>70 AVENUE DE ROME 83500 LA SEYNE-SUR-MER</t>
+  </si>
+  <si>
+    <t>15/04/2015</t>
   </si>
   <si>
     <t>LH SOLUTIONS</t>
   </si>
   <si>
     <t>5 RUE DE HAGUENAU 67580 LAUBACH</t>
   </si>
   <si>
     <t>17/06/2013</t>
   </si>
   <si>
     <t>M2I TECH</t>
   </si>
   <si>
     <t>146/148 146 RUE DE PICPUS 75012 PARIS 12</t>
   </si>
   <si>
     <t>05/08/2013</t>
   </si>
   <si>
-    <t>FACULTE DES METIERS DE L ESSONNE</t>
-[...2941 lines deleted...]
-  <si>
     <t>UMENIA</t>
   </si>
   <si>
     <t>IMMEUBLE 14 RDC SITE ACTINORD RTE DE PALLUAU LES SAUGES 72650 LA CHAPELLE-SAINT-AUBIN</t>
   </si>
   <si>
     <t>EXXEA</t>
   </si>
   <si>
     <t>53 BOULEVARD LACORDAIRE 13013 MARSEILLE</t>
   </si>
   <si>
     <t>LE POUGET</t>
   </si>
   <si>
     <t>01/02/2016</t>
   </si>
   <si>
     <t>WEBFORCE3</t>
   </si>
   <si>
     <t>18 RUE GEOFFROY L'ASNIER 75004 PARIS</t>
   </si>
   <si>
     <t>18/07/2016</t>
   </si>
   <si>
     <t>KRONOSCOPE</t>
   </si>
   <si>
-    <t>13 RUE DE BONALD 69007 LYON</t>
+    <t>LYON</t>
   </si>
   <si>
     <t>02/03/2020</t>
   </si>
   <si>
-    <t>1 B RUE DU FOUR 25410 SAINT VIT</t>
-[...268 lines deleted...]
-  <si>
     <t>PERFORMANCE DESIGNING</t>
   </si>
   <si>
     <t>32 ROUTE DE PRIX 08000 CHARLEVILLE-MEZIERES</t>
   </si>
   <si>
     <t>03/04/2018</t>
   </si>
   <si>
     <t>08/07/2025</t>
   </si>
   <si>
-    <t>DIGITAL FORMATIONS</t>
-[...250 lines deleted...]
-  <si>
     <t>MERCI E-COMMERCE</t>
   </si>
   <si>
     <t>66 RUE DE PROVENCE 75009 PARIS</t>
   </si>
   <si>
     <t>21/07/2020</t>
-  </si>
-[...175 lines deleted...]
-    <t>23/05/2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -7170,51 +7071,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M727"/>
+  <dimension ref="A1:M717"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -7236,27505 +7137,26879 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>13000337900018</v>
+        <v>81904676400018</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I2" s="3" t="s">
-        <v>18</v>
+      <c r="I2" s="3">
+        <v>43250187225</v>
       </c>
       <c r="J2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>13000460900017</v>
+        <v>81997258900017</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="D3" s="2"/>
-      <c r="E3" s="2" t="s">
+      <c r="F3" s="2" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="3">
-        <v>52490236949</v>
+        <v>52490322749</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>13000770100043</v>
+        <v>81999622400013</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" s="2"/>
+      <c r="E4" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="D4" s="2" t="s">
+      <c r="F4" s="2" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I4" s="3" t="s">
-        <v>28</v>
+      <c r="I4" s="3">
+        <v>27390108539</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>13000772700071</v>
+        <v>82027612900021</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I5" s="3">
-        <v>83630419163</v>
+        <v>84420290542</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>13000809700037</v>
+        <v>82137367700029</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I6" s="3">
-        <v>76120131912</v>
+        <v>76660201266</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>13000810500012</v>
+        <v>82267455200010</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="I7" s="3">
-        <v>52440613744</v>
+        <v>44680266968</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>13001310500056</v>
+        <v>82277236400011</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="G8" s="2" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="H8" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>13001313900014</v>
+        <v>82345639700038</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="G9" s="2"/>
+        <v>44</v>
+      </c>
+      <c r="G9" s="2" t="s">
+        <v>45</v>
+      </c>
       <c r="H9" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I9" s="3"/>
       <c r="J9" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>13001400400019</v>
+        <v>82355272400010</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G10" s="2"/>
+        <v>48</v>
+      </c>
+      <c r="G10" s="2" t="s">
+        <v>49</v>
+      </c>
       <c r="H10" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I10" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I10" s="3"/>
       <c r="J10" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>13001457400078</v>
+        <v>82404542100024</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C11" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="F11" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="D11" s="2" t="s">
+      <c r="G11" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="E11" s="2" t="s">
+      <c r="H11" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="F11" s="2" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="I11" s="3"/>
       <c r="J11" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>13001727000088</v>
+        <v>82430127900025</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="D12" s="2"/>
+      <c r="E12" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>57</v>
-      </c>
-[...7 lines deleted...]
-        <v>60</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="I12" s="3"/>
+        <v>58</v>
+      </c>
+      <c r="I12" s="3">
+        <v>28760569776</v>
+      </c>
       <c r="J12" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>13002170200043</v>
+        <v>82478596800028</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I13" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I13" s="3">
+        <v>11940937594</v>
+      </c>
       <c r="J13" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>13002179300018</v>
+        <v>82496884600033</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I14" s="3">
-        <v>28270194427</v>
+        <v>76340926234</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>13002245200010</v>
+        <v>82521171700012</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="F15" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="G15" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="H15" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="F15" s="2" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>13002245200036</v>
+        <v>82855316400017</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="D16" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="E16" s="2" t="s">
+      <c r="F16" s="2" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I16" s="3">
-        <v>75160091116</v>
+        <v>11950623895</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>13002263500010</v>
+        <v>82946839600025</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="D17" s="2"/>
+      <c r="D17" s="2" t="s">
+        <v>73</v>
+      </c>
       <c r="E17" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I17" s="3"/>
+      <c r="I17" s="3">
+        <v>84420300542</v>
+      </c>
       <c r="J17" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>13002267600030</v>
+        <v>82961303300010</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>76</v>
       </c>
-      <c r="D18" s="2" t="s">
+      <c r="D18" s="2"/>
+      <c r="E18" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="E18" s="2" t="s">
+      <c r="F18" s="2" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="I18" s="3">
-        <v>44670587467</v>
+        <v>84420305342</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>13002268400018</v>
+        <v>83043290200013</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="F19" s="2" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I19" s="3"/>
+        <v>69</v>
+      </c>
+      <c r="I19" s="3">
+        <v>11756059475</v>
+      </c>
       <c r="J19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>13002269200367</v>
+        <v>83052386600010</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="E20" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="D20" s="2" t="s">
+      <c r="F20" s="2" t="s">
         <v>84</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="3">
-        <v>84691521069</v>
+        <v>75331076333</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>13002271800014</v>
+        <v>83069794200027</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="3">
-        <v>32590928359</v>
+        <v>11922180892</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>13002280900011</v>
+        <v>83167634100017</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F22" s="2" t="s">
         <v>90</v>
       </c>
-      <c r="F22" s="2" t="s">
+      <c r="G22" s="2" t="s">
         <v>91</v>
       </c>
-      <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I22" s="3"/>
       <c r="J22" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>13002286600011</v>
+        <v>83181914900012</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>92</v>
       </c>
-      <c r="D23" s="2" t="s">
+      <c r="D23" s="2"/>
+      <c r="E23" s="2" t="s">
         <v>93</v>
       </c>
-      <c r="E23" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F23" s="2" t="s">
-        <v>95</v>
+        <v>81</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="3">
-        <v>84030359803</v>
+        <v>52530089253</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>13002293200011</v>
+        <v>83183463500029</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="D24" s="2"/>
+      <c r="E24" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="F24" s="2" t="s">
         <v>96</v>
-      </c>
-[...7 lines deleted...]
-        <v>75</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="3">
-        <v>53290897729</v>
+        <v>44680279868</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>13002293200060</v>
+        <v>83234145700014</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="D25" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="D25" s="2"/>
+      <c r="E25" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="F25" s="2" t="s">
         <v>99</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="I25" s="3">
-        <v>53290897729</v>
+        <v>44670611267</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>13002293200326</v>
+        <v>83327888000012</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="D26" s="2" t="s">
         <v>101</v>
       </c>
+      <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>102</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I26" s="3"/>
       <c r="J26" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>13002797200012</v>
+        <v>83367825300026</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>105</v>
+        <v>28</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="3">
-        <v>11756120375</v>
+        <v>84070105807</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>13002797200152</v>
+        <v>83397176500015</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="D28" s="2" t="s">
         <v>106</v>
       </c>
+      <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>107</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I28" s="3">
-        <v>11756120375</v>
+        <v>44680282568</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>18090001100016</v>
+        <v>83410967000010</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="G29" s="2"/>
+        <v>111</v>
+      </c>
+      <c r="G29" s="2" t="s">
+        <v>112</v>
+      </c>
       <c r="H29" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="3"/>
       <c r="J29" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>18150001800062</v>
+        <v>83420427300017</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>17</v>
+      </c>
+      <c r="I30" s="3">
+        <v>76310897031</v>
       </c>
       <c r="J30" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>18210026300025</v>
+        <v>83486365600015</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>116</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>117</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>118</v>
       </c>
-      <c r="G31" s="2"/>
+      <c r="G31" s="2" t="s">
+        <v>119</v>
+      </c>
       <c r="H31" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I31" s="3"/>
       <c r="J31" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>18220005500016</v>
+        <v>83798882300014</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I32" s="3" t="s">
-        <v>122</v>
+      <c r="I32" s="3">
+        <v>11755756775</v>
       </c>
       <c r="J32" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>18263001200041</v>
+        <v>83801113800024</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>123</v>
       </c>
-      <c r="D33" s="2" t="s">
+      <c r="D33" s="2"/>
+      <c r="E33" s="2" t="s">
         <v>124</v>
       </c>
-      <c r="E33" s="2" t="s">
+      <c r="F33" s="2" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>29</v>
+      </c>
+      <c r="I33" s="3">
+        <v>76650081965</v>
       </c>
       <c r="J33" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>18280001100047</v>
+        <v>83823583600015</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="D34" s="2"/>
+      <c r="E34" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="F34" s="2" t="s">
         <v>128</v>
-      </c>
-[...7 lines deleted...]
-        <v>131</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>17</v>
+      </c>
+      <c r="I34" s="3">
+        <v>84380685338</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>18280001100104</v>
+        <v>83854281900027</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="G35" s="2"/>
+        <v>131</v>
+      </c>
+      <c r="G35" s="2" t="s">
+        <v>132</v>
+      </c>
       <c r="H35" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I35" s="3"/>
       <c r="J35" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>18360001400017</v>
+        <v>88844811500012</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="E36" s="2" t="s">
         <v>135</v>
       </c>
-      <c r="D36" s="2"/>
-      <c r="E36" s="2" t="s">
+      <c r="F36" s="2" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>137</v>
       </c>
       <c r="J36" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>18383001700236</v>
+        <v>88916528800016</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="D37" s="2" t="s">
+      <c r="D37" s="2"/>
+      <c r="E37" s="2" t="s">
         <v>139</v>
       </c>
-      <c r="E37" s="2" t="s">
+      <c r="F37" s="2" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>17</v>
+      </c>
+      <c r="I37" s="3">
+        <v>84691767769</v>
       </c>
       <c r="J37" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>18383002500015</v>
+        <v>89071917200011</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="F38" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G38" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="F38" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I38" s="3"/>
       <c r="J38" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>18383011600020</v>
+        <v>89079142900016</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="F39" s="2" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>149</v>
+        <v>17</v>
+      </c>
+      <c r="I39" s="3">
+        <v>76341086134</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>18400002400010</v>
+        <v>89212427200014</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>121</v>
+        <v>150</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I40" s="3" t="s">
-        <v>152</v>
+      <c r="I40" s="3">
+        <v>93131878513</v>
       </c>
       <c r="J40" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>18460001300017</v>
+        <v>89296211900012</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="F41" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="G41" s="2" t="s">
         <v>154</v>
       </c>
-      <c r="F41" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I41" s="3"/>
       <c r="J41" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>18510906300023</v>
+        <v>89317296500012</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C42" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="D42" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="E42" s="2" t="s">
         <v>156</v>
       </c>
-      <c r="D42" s="2"/>
-      <c r="E42" s="2" t="s">
+      <c r="F42" s="2" t="s">
         <v>157</v>
       </c>
-      <c r="F42" s="2" t="s">
+      <c r="G42" s="2" t="s">
         <v>158</v>
       </c>
-      <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I42" s="3"/>
       <c r="J42" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>18560005300010</v>
+        <v>89323200900017</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="F43" s="2" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I43" s="3" t="s">
-        <v>162</v>
+      <c r="I43" s="3">
+        <v>11922383392</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>18560005300234</v>
+        <v>89347784400011</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D44" s="2" t="s">
         <v>163</v>
       </c>
       <c r="E44" s="2" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>141</v>
+        <v>165</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>162</v>
+        <v>29</v>
+      </c>
+      <c r="I44" s="3">
+        <v>28760624976</v>
       </c>
       <c r="J44" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>18572202200125</v>
+        <v>89402623600014</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>164</v>
-[...3 lines deleted...]
-      </c>
+        <v>166</v>
+      </c>
+      <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="G45" s="2"/>
+        <v>168</v>
+      </c>
+      <c r="G45" s="2" t="s">
+        <v>119</v>
+      </c>
       <c r="H45" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I45" s="3"/>
       <c r="J45" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>18572204800138</v>
+        <v>89433054700015</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>169</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
         <v>170</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>171</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I46" s="3" t="s">
-        <v>172</v>
+      <c r="I46" s="3">
+        <v>11922392092</v>
       </c>
       <c r="J46" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>18640005700078</v>
+        <v>89497233000019</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="D47" s="2"/>
+      <c r="E47" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="D47" s="2" t="s">
+      <c r="F47" s="2" t="s">
         <v>174</v>
-      </c>
-[...4 lines deleted...]
-        <v>176</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>177</v>
+        <v>17</v>
+      </c>
+      <c r="I47" s="3">
+        <v>84691824369</v>
       </c>
       <c r="J47" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>18720092800112</v>
+        <v>89837669400011</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="D48" s="2" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>79</v>
+        <v>177</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I48" s="3">
-        <v>52720101272</v>
+        <v>84691843869</v>
       </c>
       <c r="J48" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>18743001200067</v>
+        <v>89862960500012</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I49" s="3" t="s">
-        <v>184</v>
+      <c r="I49" s="3">
+        <v>11922419792</v>
       </c>
       <c r="J49" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>18780913200041</v>
+        <v>90003816700012</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>188</v>
+        <v>184</v>
+      </c>
+      <c r="I50" s="3">
+        <v>76120101012</v>
       </c>
       <c r="J50" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M50" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>18840001400018</v>
+        <v>90081687700022</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>121</v>
+        <v>187</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>191</v>
+        <v>29</v>
+      </c>
+      <c r="I51" s="3">
+        <v>11922457492</v>
       </c>
       <c r="J51" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>18850049000019</v>
+        <v>90129741600017</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="G52" s="2"/>
+        <v>190</v>
+      </c>
+      <c r="G52" s="2" t="s">
+        <v>191</v>
+      </c>
       <c r="H52" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I52" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I52" s="3"/>
       <c r="J52" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M52" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>18860003500144</v>
+        <v>90257968900024</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>195</v>
+        <v>186</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>196</v>
-[...1 lines deleted...]
-      <c r="G53" s="2"/>
+        <v>187</v>
+      </c>
+      <c r="G53" s="2" t="s">
+        <v>193</v>
+      </c>
       <c r="H53" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I53" s="3"/>
       <c r="J53" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>18860907700048</v>
+        <v>84103332700013</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>199</v>
-[...3 lines deleted...]
-      </c>
+        <v>196</v>
+      </c>
+      <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>201</v>
+        <v>17</v>
+      </c>
+      <c r="I54" s="3">
+        <v>11922229892</v>
       </c>
       <c r="J54" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>18870801000114</v>
+        <v>84124789300024</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>202</v>
-[...3 lines deleted...]
-      </c>
+        <v>197</v>
+      </c>
+      <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>205</v>
-[...1 lines deleted...]
-      <c r="G55" s="2"/>
+        <v>199</v>
+      </c>
+      <c r="G55" s="2" t="s">
+        <v>200</v>
+      </c>
       <c r="H55" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I55" s="3"/>
       <c r="J55" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>18882211800017</v>
+        <v>84129288100015</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I56" s="3" t="s">
-        <v>210</v>
+      <c r="I56" s="3">
+        <v>24370376937</v>
       </c>
       <c r="J56" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>18940910500013</v>
+        <v>84137812800026</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>211</v>
+        <v>204</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>212</v>
+        <v>205</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>213</v>
-[...3 lines deleted...]
-      </c>
+        <v>206</v>
+      </c>
+      <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>215</v>
+        <v>100</v>
+      </c>
+      <c r="I57" s="3">
+        <v>84420316842</v>
       </c>
       <c r="J57" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>18972002200210</v>
+        <v>84167697600019</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>216</v>
-[...3 lines deleted...]
-      </c>
+        <v>207</v>
+      </c>
+      <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>218</v>
+        <v>208</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>33</v>
+        <v>210</v>
       </c>
       <c r="I58" s="3" t="s">
-        <v>220</v>
+        <v>211</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>19010016400028</v>
+        <v>84338005600013</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>221</v>
+        <v>212</v>
       </c>
       <c r="D59" s="2" t="s">
-        <v>222</v>
+        <v>213</v>
       </c>
       <c r="E59" s="2" t="s">
-        <v>223</v>
+        <v>214</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>224</v>
+        <v>215</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>225</v>
+        <v>17</v>
+      </c>
+      <c r="I59" s="3">
+        <v>11940987794</v>
       </c>
       <c r="J59" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>19030026900023</v>
+        <v>84338240900012</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>226</v>
-[...3 lines deleted...]
-      </c>
+        <v>216</v>
+      </c>
+      <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>228</v>
+        <v>217</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>229</v>
-[...1 lines deleted...]
-      <c r="G60" s="2"/>
+        <v>218</v>
+      </c>
+      <c r="G60" s="2" t="s">
+        <v>219</v>
+      </c>
       <c r="H60" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I60" s="3"/>
       <c r="J60" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>19060075900020</v>
+        <v>84396012100013</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>230</v>
-[...3 lines deleted...]
-      </c>
+        <v>220</v>
+      </c>
+      <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>232</v>
+        <v>221</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>233</v>
+        <v>222</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>234</v>
+        <v>17</v>
+      </c>
+      <c r="I61" s="3">
+        <v>93131752313</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>19080008600026</v>
+        <v>84823563600018</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>235</v>
-[...3 lines deleted...]
-      </c>
+        <v>223</v>
+      </c>
+      <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>237</v>
+        <v>224</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I62" s="3" t="s">
-        <v>238</v>
+      <c r="I62" s="3">
+        <v>75240197624</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M62" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>19100025600039</v>
+        <v>84858213600018</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>239</v>
-[...3 lines deleted...]
-      </c>
+        <v>226</v>
+      </c>
+      <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>241</v>
+        <v>227</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>242</v>
+        <v>17</v>
+      </c>
+      <c r="I63" s="3">
+        <v>84730209373</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>19110023900026</v>
+        <v>85001923300012</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>243</v>
-[...3 lines deleted...]
-      </c>
+        <v>229</v>
+      </c>
+      <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>245</v>
+        <v>230</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>246</v>
+        <v>231</v>
       </c>
       <c r="G64" s="2" t="s">
-        <v>247</v>
+        <v>232</v>
       </c>
       <c r="H64" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I64" s="3"/>
       <c r="J64" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>19120024500022</v>
+        <v>85022023700018</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>248</v>
-[...3 lines deleted...]
-      </c>
+        <v>233</v>
+      </c>
+      <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>250</v>
+        <v>234</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>251</v>
+        <v>235</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>252</v>
+        <v>17</v>
+      </c>
+      <c r="I65" s="3">
+        <v>84380731238</v>
       </c>
       <c r="J65" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>19130053200022</v>
+        <v>85115180300018</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>253</v>
-[...3 lines deleted...]
-      </c>
+        <v>236</v>
+      </c>
+      <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>255</v>
+        <v>237</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>256</v>
-[...1 lines deleted...]
-      <c r="G66" s="2"/>
+        <v>238</v>
+      </c>
+      <c r="G66" s="2" t="s">
+        <v>239</v>
+      </c>
       <c r="H66" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I66" s="3"/>
       <c r="J66" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>19133206300020</v>
+        <v>85133705500020</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>257</v>
-[...3 lines deleted...]
-      </c>
+        <v>240</v>
+      </c>
+      <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>259</v>
+        <v>241</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>260</v>
+        <v>242</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>261</v>
+        <v>17</v>
+      </c>
+      <c r="I67" s="3">
+        <v>76341092434</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>19133342600028</v>
+        <v>85208572900014</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>262</v>
+        <v>243</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>263</v>
+        <v>244</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="G68" s="2"/>
+        <v>222</v>
+      </c>
+      <c r="G68" s="2" t="s">
+        <v>245</v>
+      </c>
       <c r="H68" s="2" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I68" s="3"/>
       <c r="J68" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L68" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>19140014200045</v>
+        <v>85222156300020</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>264</v>
-[...3 lines deleted...]
-      </c>
+        <v>246</v>
+      </c>
+      <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>266</v>
+        <v>247</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>267</v>
+        <v>248</v>
       </c>
       <c r="G69" s="2" t="s">
-        <v>268</v>
+        <v>249</v>
       </c>
       <c r="H69" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I69" s="3"/>
       <c r="J69" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L69" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M69" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>19150006500039</v>
+        <v>85239212500021</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>269</v>
-[...3 lines deleted...]
-      </c>
+        <v>250</v>
+      </c>
+      <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>271</v>
+        <v>251</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>167</v>
+        <v>252</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I70" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I70" s="3">
+        <v>11941002394</v>
+      </c>
       <c r="J70" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>19210018800031</v>
+        <v>85265818600014</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>272</v>
-[...3 lines deleted...]
-      </c>
+        <v>253</v>
+      </c>
+      <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>274</v>
+        <v>254</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>23</v>
+        <v>255</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I71" s="3">
-        <v>26210247721</v>
+        <v>27210403521</v>
       </c>
       <c r="J71" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L71" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M71" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>19220058200026</v>
+        <v>85294397600013</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>275</v>
-[...3 lines deleted...]
-      </c>
+        <v>256</v>
+      </c>
+      <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>277</v>
+        <v>257</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>278</v>
-[...3 lines deleted...]
-      </c>
+        <v>258</v>
+      </c>
+      <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>280</v>
+        <v>29</v>
+      </c>
+      <c r="I72" s="3">
+        <v>44570399057</v>
       </c>
       <c r="J72" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>19250011400025</v>
+        <v>85354420300039</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>281</v>
-[...3 lines deleted...]
-      </c>
+        <v>259</v>
+      </c>
+      <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>283</v>
+        <v>260</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>284</v>
+        <v>64</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>285</v>
+        <v>17</v>
+      </c>
+      <c r="I73" s="3">
+        <v>84691678669</v>
       </c>
       <c r="J73" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M73" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>19250043700046</v>
+        <v>87806379100015</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>286</v>
-[...3 lines deleted...]
-      </c>
+        <v>261</v>
+      </c>
+      <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>288</v>
+        <v>262</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>289</v>
-[...1 lines deleted...]
-      <c r="G74" s="2"/>
+        <v>263</v>
+      </c>
+      <c r="G74" s="2" t="s">
+        <v>264</v>
+      </c>
       <c r="H74" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I74" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I74" s="3"/>
       <c r="J74" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M74" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>19270016900019</v>
+        <v>87845619300019</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>291</v>
+        <v>265</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>292</v>
+        <v>266</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>121</v>
+        <v>267</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>293</v>
+        <v>33</v>
       </c>
       <c r="I75" s="3">
-        <v>28270198127</v>
+        <v>93060873506</v>
       </c>
       <c r="J75" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>19270016900027</v>
+        <v>88024436300011</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>291</v>
-[...3 lines deleted...]
-      </c>
+        <v>268</v>
+      </c>
+      <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>295</v>
+        <v>269</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>296</v>
+        <v>270</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I76" s="3">
-        <v>28270198127</v>
+        <v>76341057734</v>
       </c>
       <c r="J76" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M76" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>19290071000026</v>
+        <v>88033972600015</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>297</v>
+        <v>271</v>
       </c>
       <c r="D77" s="2" t="s">
-        <v>298</v>
+        <v>272</v>
       </c>
       <c r="E77" s="2" t="s">
-        <v>299</v>
+        <v>273</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>224</v>
+        <v>270</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>300</v>
+        <v>17</v>
+      </c>
+      <c r="I77" s="3">
+        <v>93131808113</v>
       </c>
       <c r="J77" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L77" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M77" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>19300026200025</v>
+        <v>88063379700019</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>301</v>
-[...3 lines deleted...]
-      </c>
+        <v>274</v>
+      </c>
+      <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>303</v>
+        <v>275</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>246</v>
+        <v>276</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>304</v>
+        <v>17</v>
+      </c>
+      <c r="I78" s="3">
+        <v>76120096312</v>
       </c>
       <c r="J78" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M78" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>19310017900038</v>
+        <v>88147911700015</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>305</v>
-[...3 lines deleted...]
-      </c>
+        <v>277</v>
+      </c>
+      <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>307</v>
+        <v>278</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>308</v>
-[...3 lines deleted...]
-      </c>
+        <v>279</v>
+      </c>
+      <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I79" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I79" s="3">
+        <v>24450371445</v>
+      </c>
       <c r="J79" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K79" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>19310044300020</v>
+        <v>88243723900016</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>310</v>
+        <v>280</v>
       </c>
       <c r="D80" s="2" t="s">
-        <v>311</v>
+        <v>280</v>
       </c>
       <c r="E80" s="2" t="s">
-        <v>312</v>
+        <v>281</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>313</v>
+        <v>282</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>314</v>
+        <v>17</v>
+      </c>
+      <c r="I80" s="3">
+        <v>44510269351</v>
       </c>
       <c r="J80" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M80" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>19330023300031</v>
+        <v>88272077400018</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>315</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>317</v>
+        <v>284</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>318</v>
-[...1 lines deleted...]
-      <c r="G81" s="2"/>
+        <v>285</v>
+      </c>
+      <c r="G81" s="2" t="s">
+        <v>286</v>
+      </c>
       <c r="H81" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I81" s="3"/>
       <c r="J81" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L81" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M81" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>19340042100023</v>
+        <v>88311609700014</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>320</v>
+        <v>287</v>
       </c>
       <c r="D82" s="2" t="s">
-        <v>321</v>
+        <v>288</v>
       </c>
       <c r="E82" s="2" t="s">
-        <v>322</v>
+        <v>289</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>323</v>
+        <v>290</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I82" s="3" t="s">
-        <v>324</v>
+      <c r="I82" s="3">
+        <v>93830608583</v>
       </c>
       <c r="J82" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L82" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M82" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>19340128800082</v>
+        <v>88353800100016</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>325</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>327</v>
+        <v>292</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="G83" s="2"/>
+        <v>293</v>
+      </c>
+      <c r="G83" s="2" t="s">
+        <v>294</v>
+      </c>
       <c r="H83" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I83" s="3"/>
       <c r="J83" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L83" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M83" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>19350030300030</v>
+        <v>88451066000019</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>329</v>
-[...3 lines deleted...]
-      </c>
+        <v>295</v>
+      </c>
+      <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>331</v>
+        <v>296</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>332</v>
+        <v>297</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>333</v>
+        <v>298</v>
+      </c>
+      <c r="I84" s="3">
+        <v>11950682695</v>
       </c>
       <c r="J84" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L84" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M84" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>19360043400024</v>
+        <v>40122792100038</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>334</v>
-[...3 lines deleted...]
-      </c>
+        <v>299</v>
+      </c>
+      <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>336</v>
+        <v>300</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>337</v>
-[...1 lines deleted...]
-      <c r="G85" s="2"/>
+        <v>301</v>
+      </c>
+      <c r="G85" s="2" t="s">
+        <v>302</v>
+      </c>
       <c r="H85" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I85" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I85" s="3"/>
       <c r="J85" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K85" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L85" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M85" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>19370038200024</v>
+        <v>40171009000010</v>
       </c>
       <c r="B86" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>339</v>
-[...3 lines deleted...]
-      </c>
+        <v>303</v>
+      </c>
+      <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>341</v>
+        <v>304</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>337</v>
-[...3 lines deleted...]
-      </c>
+        <v>305</v>
+      </c>
+      <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>17</v>
+      </c>
+      <c r="I86" s="3">
+        <v>82260067726</v>
       </c>
       <c r="J86" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K86" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L86" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>19380033100020</v>
+        <v>40227696800110</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>344</v>
+        <v>306</v>
       </c>
       <c r="D87" s="2" t="s">
-        <v>345</v>
+        <v>306</v>
       </c>
       <c r="E87" s="2" t="s">
-        <v>346</v>
+        <v>307</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>224</v>
+        <v>308</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>347</v>
+        <v>309</v>
+      </c>
+      <c r="I87" s="3">
+        <v>52440417344</v>
       </c>
       <c r="J87" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L87" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M87" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>19380081000031</v>
+        <v>40291262000182</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>348</v>
-[...3 lines deleted...]
-      </c>
+        <v>310</v>
+      </c>
+      <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>350</v>
+        <v>311</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>351</v>
+        <v>312</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>352</v>
+        <v>17</v>
+      </c>
+      <c r="I88" s="3">
+        <v>52440249544</v>
       </c>
       <c r="J88" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K88" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M88" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>19430020800031</v>
+        <v>40410264200034</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>353</v>
+        <v>313</v>
       </c>
       <c r="D89" s="2" t="s">
-        <v>354</v>
+        <v>313</v>
       </c>
       <c r="E89" s="2" t="s">
-        <v>355</v>
+        <v>314</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>356</v>
-[...1 lines deleted...]
-      <c r="G89" s="2"/>
+        <v>315</v>
+      </c>
+      <c r="G89" s="2" t="s">
+        <v>316</v>
+      </c>
       <c r="H89" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I89" s="3"/>
       <c r="J89" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K89" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L89" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M89" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>19440029700025</v>
+        <v>40410930800027</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>357</v>
-[...3 lines deleted...]
-      </c>
+        <v>317</v>
+      </c>
+      <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>359</v>
+        <v>318</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>224</v>
+        <v>319</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I90" s="3">
-        <v>52440417944</v>
+        <v>31590376559</v>
       </c>
       <c r="J90" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K90" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L90" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M90" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>19450782800045</v>
+        <v>40420798700045</v>
       </c>
       <c r="B91" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>360</v>
-[...3 lines deleted...]
-      </c>
+        <v>320</v>
+      </c>
+      <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>362</v>
+        <v>321</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>363</v>
-[...1 lines deleted...]
-      <c r="G91" s="2"/>
+        <v>322</v>
+      </c>
+      <c r="G91" s="2" t="s">
+        <v>323</v>
+      </c>
       <c r="H91" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I91" s="3"/>
       <c r="J91" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K91" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L91" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M91" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>19490003100023</v>
+        <v>40421916400039</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>364</v>
+        <v>324</v>
       </c>
       <c r="D92" s="2" t="s">
-        <v>365</v>
+        <v>325</v>
       </c>
       <c r="E92" s="2" t="s">
-        <v>366</v>
+        <v>326</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>23</v>
+        <v>327</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I92" s="3">
-        <v>52490280149</v>
+        <v>24280075128</v>
       </c>
       <c r="J92" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K92" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L92" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M92" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>19501219000029</v>
+        <v>40442948200049</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>367</v>
-[...3 lines deleted...]
-      </c>
+        <v>328</v>
+      </c>
+      <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>369</v>
+        <v>329</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>370</v>
+        <v>330</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>371</v>
+        <v>69</v>
+      </c>
+      <c r="I93" s="3">
+        <v>11920521192</v>
       </c>
       <c r="J93" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K93" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L93" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M93" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>19510035900023</v>
+        <v>40530550900029</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>372</v>
-[...3 lines deleted...]
-      </c>
+        <v>331</v>
+      </c>
+      <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>374</v>
+        <v>332</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>224</v>
+        <v>333</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>375</v>
+        <v>17</v>
+      </c>
+      <c r="I94" s="3">
+        <v>91660068966</v>
       </c>
       <c r="J94" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K94" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L94" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M94" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>19560026700049</v>
+        <v>40538900800047</v>
       </c>
       <c r="B95" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>376</v>
-[...3 lines deleted...]
-      </c>
+        <v>334</v>
+      </c>
+      <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>378</v>
+        <v>335</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>379</v>
-[...1 lines deleted...]
-      <c r="G95" s="2"/>
+        <v>336</v>
+      </c>
+      <c r="G95" s="2" t="s">
+        <v>302</v>
+      </c>
       <c r="H95" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I95" s="3"/>
       <c r="J95" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K95" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L95" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M95" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>19570057000037</v>
+        <v>40753430400024</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>381</v>
-[...3 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>383</v>
+        <v>338</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>384</v>
+        <v>339</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>385</v>
+        <v>29</v>
+      </c>
+      <c r="I96" s="3">
+        <v>93840158884</v>
       </c>
       <c r="J96" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K96" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L96" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M96" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>19570099200041</v>
+        <v>40789624000055</v>
       </c>
       <c r="B97" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>386</v>
-[...3 lines deleted...]
-      </c>
+        <v>340</v>
+      </c>
+      <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>388</v>
+        <v>341</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>384</v>
-[...3 lines deleted...]
-      </c>
+        <v>342</v>
+      </c>
+      <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>390</v>
+        <v>69</v>
+      </c>
+      <c r="I97" s="3">
+        <v>73310258131</v>
       </c>
       <c r="J97" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K97" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L97" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>19580050300037</v>
+        <v>40801292000034</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>391</v>
-[...3 lines deleted...]
-      </c>
+        <v>343</v>
+      </c>
+      <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
-        <v>393</v>
+        <v>344</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>394</v>
+        <v>345</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>395</v>
+        <v>17</v>
+      </c>
+      <c r="I98" s="3">
+        <v>11770227477</v>
       </c>
       <c r="J98" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K98" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L98" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M98" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>19590065900028</v>
+        <v>40818282200051</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>396</v>
+        <v>346</v>
       </c>
       <c r="D99" s="2" t="s">
-        <v>397</v>
+        <v>346</v>
       </c>
       <c r="E99" s="2" t="s">
-        <v>398</v>
+        <v>347</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>399</v>
+        <v>348</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>400</v>
+        <v>210</v>
+      </c>
+      <c r="I99" s="3">
+        <v>84740366874</v>
       </c>
       <c r="J99" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K99" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L99" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M99" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>19590258000065</v>
+        <v>40980167700025</v>
       </c>
       <c r="B100" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>401</v>
-[...3 lines deleted...]
-      </c>
+        <v>349</v>
+      </c>
+      <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>403</v>
+        <v>350</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>404</v>
-[...1 lines deleted...]
-      <c r="G100" s="2"/>
+        <v>351</v>
+      </c>
+      <c r="G100" s="2" t="s">
+        <v>158</v>
+      </c>
       <c r="H100" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I100" s="3"/>
       <c r="J100" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K100" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L100" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M100" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>19600020200032</v>
+        <v>41009852900044</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>405</v>
-[...3 lines deleted...]
-      </c>
+        <v>352</v>
+      </c>
+      <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
-        <v>407</v>
+        <v>353</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>408</v>
-[...1 lines deleted...]
-      <c r="G101" s="2"/>
+        <v>354</v>
+      </c>
+      <c r="G101" s="2" t="s">
+        <v>355</v>
+      </c>
       <c r="H101" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I101" s="3"/>
       <c r="J101" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K101" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L101" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M101" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>19620062000025</v>
+        <v>41058110200010</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>410</v>
-[...3 lines deleted...]
-      </c>
+        <v>356</v>
+      </c>
+      <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>412</v>
+        <v>357</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>278</v>
+        <v>351</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>413</v>
+        <v>37</v>
+      </c>
+      <c r="I102" s="3">
+        <v>72330424333</v>
       </c>
       <c r="J102" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K102" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L102" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M102" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>19623328200058</v>
+        <v>41059169700033</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>414</v>
-[...3 lines deleted...]
-      </c>
+        <v>358</v>
+      </c>
+      <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
-        <v>416</v>
+        <v>359</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>55</v>
+        <v>360</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I103" s="3">
-        <v>32620310762</v>
+        <v>21510083251</v>
       </c>
       <c r="J103" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K103" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L103" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M103" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>19630001600025</v>
+        <v>41087543900045</v>
       </c>
       <c r="B104" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>334</v>
-[...3 lines deleted...]
-      </c>
+        <v>361</v>
+      </c>
+      <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
-        <v>417</v>
+        <v>362</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>229</v>
-[...3 lines deleted...]
-      </c>
+        <v>363</v>
+      </c>
+      <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I104" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I104" s="3">
+        <v>11752861675</v>
+      </c>
       <c r="J104" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K104" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L104" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>19630021400042</v>
+        <v>41104042100025</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>419</v>
-[...3 lines deleted...]
-      </c>
+        <v>364</v>
+      </c>
+      <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
-        <v>421</v>
+        <v>365</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>422</v>
+        <v>366</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>423</v>
+        <v>17</v>
+      </c>
+      <c r="I105" s="3">
+        <v>93840170184</v>
       </c>
       <c r="J105" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K105" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L105" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M105" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>19630041200034</v>
+        <v>41146353200043</v>
       </c>
       <c r="B106" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>424</v>
-[...3 lines deleted...]
-      </c>
+        <v>367</v>
+      </c>
+      <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
-        <v>426</v>
+        <v>368</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>427</v>
-[...3 lines deleted...]
-      </c>
+        <v>369</v>
+      </c>
+      <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I106" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I106" s="3">
+        <v>53290548129</v>
+      </c>
       <c r="J106" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K106" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L106" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M106" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>19660014200059</v>
+        <v>41159185200073</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>428</v>
-[...3 lines deleted...]
-      </c>
+        <v>370</v>
+      </c>
+      <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
-        <v>430</v>
+        <v>371</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>431</v>
+        <v>372</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>432</v>
+        <v>17</v>
+      </c>
+      <c r="I107" s="3">
+        <v>96973018697</v>
       </c>
       <c r="J107" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K107" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L107" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M107" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>19671509800055</v>
+        <v>41166957500010</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>433</v>
-[...3 lines deleted...]
-      </c>
+        <v>373</v>
+      </c>
+      <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>435</v>
+        <v>374</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>436</v>
+        <v>375</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>437</v>
+        <v>17</v>
+      </c>
+      <c r="I108" s="3">
+        <v>11910384491</v>
       </c>
       <c r="J108" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K108" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L108" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M108" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>19672198900040</v>
+        <v>41272386800029</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>438</v>
-[...3 lines deleted...]
-      </c>
+        <v>376</v>
+      </c>
+      <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>440</v>
+        <v>377</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>441</v>
+        <v>378</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>442</v>
+        <v>17</v>
+      </c>
+      <c r="I109" s="3">
+        <v>93830229683</v>
       </c>
       <c r="J109" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K109" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L109" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M109" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>19680010600011</v>
+        <v>41308016900035</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>334</v>
+        <v>379</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
-        <v>443</v>
+        <v>380</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>121</v>
+        <v>381</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
-        <v>293</v>
-[...2 lines deleted...]
-        <v>444</v>
+        <v>17</v>
+      </c>
+      <c r="I110" s="3">
+        <v>41540112954</v>
       </c>
       <c r="J110" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K110" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L110" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M110" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>19680010600037</v>
+        <v>41436247500025</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>334</v>
-[...3 lines deleted...]
-      </c>
+        <v>382</v>
+      </c>
+      <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
-        <v>443</v>
+        <v>383</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>446</v>
+        <v>384</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>444</v>
+        <v>29</v>
+      </c>
+      <c r="I111" s="3">
+        <v>73310286031</v>
       </c>
       <c r="J111" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K111" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L111" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M111" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>19681768800043</v>
+        <v>41504991500044</v>
       </c>
       <c r="B112" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>447</v>
-[...3 lines deleted...]
-      </c>
+        <v>385</v>
+      </c>
+      <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
-        <v>449</v>
+        <v>386</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>450</v>
-[...3 lines deleted...]
-      </c>
+        <v>387</v>
+      </c>
+      <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I112" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I112" s="3">
+        <v>41540165554</v>
+      </c>
       <c r="J112" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K112" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L112" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M112" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>19692866700027</v>
+        <v>41514983000010</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>451</v>
-[...3 lines deleted...]
-      </c>
+        <v>388</v>
+      </c>
+      <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
-        <v>453</v>
+        <v>389</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>224</v>
+        <v>390</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>454</v>
+        <v>17</v>
+      </c>
+      <c r="I113" s="3">
+        <v>11921036292</v>
       </c>
       <c r="J113" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K113" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L113" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M113" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>19700905300020</v>
+        <v>41809994100035</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>455</v>
-[...3 lines deleted...]
-      </c>
+        <v>391</v>
+      </c>
+      <c r="D114" s="2"/>
       <c r="E114" s="2" t="s">
-        <v>457</v>
+        <v>392</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>458</v>
+        <v>393</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>459</v>
+        <v>17</v>
+      </c>
+      <c r="I114" s="3">
+        <v>42670258267</v>
       </c>
       <c r="J114" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K114" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L114" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M114" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>19710012600048</v>
+        <v>41819990700027</v>
       </c>
       <c r="B115" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>460</v>
-[...3 lines deleted...]
-      </c>
+        <v>394</v>
+      </c>
+      <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
-        <v>462</v>
+        <v>395</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>463</v>
-[...3 lines deleted...]
-      </c>
+        <v>396</v>
+      </c>
+      <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>465</v>
+        <v>17</v>
+      </c>
+      <c r="I115" s="3">
+        <v>53560945956</v>
       </c>
       <c r="J115" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K115" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L115" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M115" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
-        <v>19720033000029</v>
+        <v>41877587000029</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>466</v>
-[...3 lines deleted...]
-      </c>
+        <v>397</v>
+      </c>
+      <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
-        <v>468</v>
+        <v>398</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>23</v>
+        <v>399</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I116" s="3">
-        <v>52720123172</v>
+        <v>24450170145</v>
       </c>
       <c r="J116" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K116" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L116" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M116" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
-        <v>19730016300049</v>
+        <v>41877587000060</v>
       </c>
       <c r="B117" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>469</v>
-[...3 lines deleted...]
-      </c>
+        <v>397</v>
+      </c>
+      <c r="D117" s="2"/>
       <c r="E117" s="2" t="s">
-        <v>471</v>
+        <v>400</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>472</v>
+        <v>401</v>
       </c>
       <c r="G117" s="2" t="s">
-        <v>309</v>
+        <v>402</v>
       </c>
       <c r="H117" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I117" s="3"/>
       <c r="J117" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K117" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L117" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M117" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>19740009600024</v>
+        <v>41877587000078</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>473</v>
-[...3 lines deleted...]
-      </c>
+        <v>397</v>
+      </c>
+      <c r="D118" s="2"/>
       <c r="E118" s="2" t="s">
-        <v>475</v>
+        <v>403</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>224</v>
+        <v>404</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>476</v>
+        <v>17</v>
+      </c>
+      <c r="I118" s="3">
+        <v>24450170145</v>
       </c>
       <c r="J118" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K118" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L118" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M118" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>19740013800032</v>
+        <v>41877587000086</v>
       </c>
       <c r="B119" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>477</v>
-[...3 lines deleted...]
-      </c>
+        <v>397</v>
+      </c>
+      <c r="D119" s="2"/>
       <c r="E119" s="2" t="s">
-        <v>479</v>
+        <v>405</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>480</v>
-[...3 lines deleted...]
-      </c>
+        <v>406</v>
+      </c>
+      <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I119" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I119" s="3">
+        <v>24450170145</v>
+      </c>
       <c r="J119" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K119" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L119" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M119" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>19750681900030</v>
+        <v>41877587000102</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>481</v>
-[...3 lines deleted...]
-      </c>
+        <v>397</v>
+      </c>
+      <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
-        <v>483</v>
+        <v>407</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>484</v>
+        <v>408</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>485</v>
+        <v>17</v>
+      </c>
+      <c r="I120" s="3">
+        <v>24450170145</v>
       </c>
       <c r="J120" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K120" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L120" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M120" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>19750707200019</v>
+        <v>41904518200013</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>486</v>
+        <v>409</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
-        <v>487</v>
+        <v>410</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>121</v>
+        <v>411</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>488</v>
+        <v>17</v>
+      </c>
+      <c r="I121" s="3">
+        <v>11940499794</v>
       </c>
       <c r="J121" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K121" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L121" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M121" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>19750707200027</v>
+        <v>41904518200021</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>486</v>
-[...3 lines deleted...]
-      </c>
+        <v>409</v>
+      </c>
+      <c r="D122" s="2"/>
       <c r="E122" s="2" t="s">
-        <v>487</v>
+        <v>412</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>490</v>
+        <v>413</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>488</v>
+        <v>17</v>
+      </c>
+      <c r="I122" s="3">
+        <v>11940499794</v>
       </c>
       <c r="J122" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K122" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L122" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M122" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>19760058800044</v>
+        <v>41953732900015</v>
       </c>
       <c r="B123" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>491</v>
-[...3 lines deleted...]
-      </c>
+        <v>414</v>
+      </c>
+      <c r="D123" s="2"/>
       <c r="E123" s="2" t="s">
-        <v>493</v>
+        <v>415</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>472</v>
-[...3 lines deleted...]
-      </c>
+        <v>416</v>
+      </c>
+      <c r="G123" s="2"/>
       <c r="H123" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I123" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I123" s="3">
+        <v>31590449959</v>
+      </c>
       <c r="J123" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K123" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L123" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M123" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
-        <v>19760096800022</v>
+        <v>41993558000029</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>494</v>
-[...3 lines deleted...]
-      </c>
+        <v>417</v>
+      </c>
+      <c r="D124" s="2"/>
       <c r="E124" s="2" t="s">
-        <v>496</v>
+        <v>418</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>497</v>
+        <v>419</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>498</v>
+        <v>17</v>
+      </c>
+      <c r="I124" s="3">
+        <v>11754156375</v>
       </c>
       <c r="J124" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K124" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L124" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M124" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
-        <v>19770922300204</v>
+        <v>42150847400010</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>499</v>
-[...3 lines deleted...]
-      </c>
+        <v>420</v>
+      </c>
+      <c r="D125" s="2"/>
       <c r="E125" s="2" t="s">
-        <v>501</v>
+        <v>421</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>502</v>
+        <v>422</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I125" s="3">
-        <v>11770634177</v>
+        <v>94202010420</v>
       </c>
       <c r="J125" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K125" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L125" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M125" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
-        <v>19770931400029</v>
+        <v>42190965600041</v>
       </c>
       <c r="B126" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>503</v>
-[...3 lines deleted...]
-      </c>
+        <v>423</v>
+      </c>
+      <c r="D126" s="2"/>
       <c r="E126" s="2" t="s">
-        <v>505</v>
+        <v>424</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>506</v>
-[...1 lines deleted...]
-      <c r="G126" s="2"/>
+        <v>425</v>
+      </c>
+      <c r="G126" s="2" t="s">
+        <v>68</v>
+      </c>
       <c r="H126" s="2" t="s">
-        <v>33</v>
+        <v>184</v>
       </c>
       <c r="I126" s="3"/>
       <c r="J126" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K126" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L126" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M126" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
-        <v>19782587000052</v>
+        <v>42219375500150</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>507</v>
-[...3 lines deleted...]
-      </c>
+        <v>426</v>
+      </c>
+      <c r="D127" s="2"/>
       <c r="E127" s="2" t="s">
-        <v>509</v>
+        <v>427</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>510</v>
+        <v>428</v>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>511</v>
+        <v>17</v>
+      </c>
+      <c r="I127" s="3">
+        <v>11753582375</v>
       </c>
       <c r="J127" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K127" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L127" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M127" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
-        <v>19820021400049</v>
+        <v>42219375500259</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>512</v>
-[...3 lines deleted...]
-      </c>
+        <v>426</v>
+      </c>
+      <c r="D128" s="2"/>
       <c r="E128" s="2" t="s">
-        <v>514</v>
+        <v>429</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>36</v>
+        <v>428</v>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>515</v>
+        <v>17</v>
+      </c>
+      <c r="I128" s="3">
+        <v>11753582375</v>
       </c>
       <c r="J128" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K128" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L128" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M128" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
-        <v>19830923900038</v>
+        <v>42219375500549</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>516</v>
-[...3 lines deleted...]
-      </c>
+        <v>426</v>
+      </c>
+      <c r="D129" s="2"/>
       <c r="E129" s="2" t="s">
-        <v>518</v>
+        <v>430</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>519</v>
+        <v>431</v>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>520</v>
+        <v>17</v>
+      </c>
+      <c r="I129" s="3">
+        <v>11753582375</v>
       </c>
       <c r="J129" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K129" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L129" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M129" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
-        <v>19840005300023</v>
+        <v>42219375500564</v>
       </c>
       <c r="B130" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>521</v>
-[...3 lines deleted...]
-      </c>
+        <v>426</v>
+      </c>
+      <c r="D130" s="2"/>
       <c r="E130" s="2" t="s">
-        <v>523</v>
+        <v>432</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>524</v>
-[...1 lines deleted...]
-      <c r="G130" s="2"/>
+        <v>433</v>
+      </c>
+      <c r="G130" s="2" t="s">
+        <v>434</v>
+      </c>
       <c r="H130" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I130" s="3"/>
       <c r="J130" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K130" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L130" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M130" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
-        <v>19860037100043</v>
+        <v>42219375500622</v>
       </c>
       <c r="B131" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>526</v>
+        <v>426</v>
       </c>
       <c r="D131" s="2" t="s">
-        <v>527</v>
+        <v>435</v>
       </c>
       <c r="E131" s="2" t="s">
-        <v>528</v>
+        <v>436</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>308</v>
-[...1 lines deleted...]
-      <c r="G131" s="2"/>
+        <v>16</v>
+      </c>
+      <c r="G131" s="2" t="s">
+        <v>302</v>
+      </c>
       <c r="H131" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I131" s="3"/>
       <c r="J131" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K131" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L131" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M131" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
-        <v>19870056900041</v>
+        <v>42219375500655</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>529</v>
+        <v>426</v>
       </c>
       <c r="D132" s="2" t="s">
-        <v>530</v>
+        <v>435</v>
       </c>
       <c r="E132" s="2" t="s">
-        <v>531</v>
+        <v>437</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>532</v>
+        <v>438</v>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I132" s="3">
-        <v>75870202087</v>
+        <v>11753582375</v>
       </c>
       <c r="J132" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K132" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L132" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M132" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
-        <v>19880153200047</v>
+        <v>42219375500705</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>533</v>
-[...3 lines deleted...]
-      </c>
+        <v>426</v>
+      </c>
+      <c r="D133" s="2"/>
       <c r="E133" s="2" t="s">
-        <v>535</v>
+        <v>439</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>536</v>
+        <v>440</v>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I133" s="3">
-        <v>44880137688</v>
+        <v>11753582375</v>
       </c>
       <c r="J133" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K133" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L133" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M133" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
-        <v>19890005200020</v>
+        <v>42243262500032</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>537</v>
-[...3 lines deleted...]
-      </c>
+        <v>441</v>
+      </c>
+      <c r="D134" s="2"/>
       <c r="E134" s="2" t="s">
-        <v>539</v>
+        <v>442</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>284</v>
+        <v>327</v>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I134" s="3" t="s">
-        <v>540</v>
+      <c r="I134" s="3">
+        <v>52850096585</v>
       </c>
       <c r="J134" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K134" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L134" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M134" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
-        <v>19910620400027</v>
+        <v>42478033600014</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>541</v>
-[...3 lines deleted...]
-      </c>
+        <v>443</v>
+      </c>
+      <c r="D135" s="2"/>
       <c r="E135" s="2" t="s">
-        <v>543</v>
+        <v>444</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>532</v>
+        <v>445</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>544</v>
+        <v>17</v>
+      </c>
+      <c r="I135" s="3">
+        <v>43700041070</v>
       </c>
       <c r="J135" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K135" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L135" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M135" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
-        <v>19920131000042</v>
+        <v>42498372400032</v>
       </c>
       <c r="B136" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>545</v>
-[...3 lines deleted...]
-      </c>
+        <v>446</v>
+      </c>
+      <c r="D136" s="2"/>
       <c r="E136" s="2" t="s">
-        <v>547</v>
+        <v>447</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="G136" s="2"/>
+        <v>448</v>
+      </c>
+      <c r="G136" s="2" t="s">
+        <v>449</v>
+      </c>
       <c r="H136" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I136" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I136" s="3"/>
       <c r="J136" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K136" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L136" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M136" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
-        <v>19930122700021</v>
+        <v>42871309300055</v>
       </c>
       <c r="B137" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>549</v>
-[...3 lines deleted...]
-      </c>
+        <v>450</v>
+      </c>
+      <c r="D137" s="2"/>
       <c r="E137" s="2" t="s">
-        <v>551</v>
+        <v>451</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>532</v>
-[...3 lines deleted...]
-      </c>
+        <v>452</v>
+      </c>
+      <c r="G137" s="2"/>
       <c r="H137" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I137" s="3"/>
+        <v>69</v>
+      </c>
+      <c r="I137" s="3">
+        <v>11754286475</v>
+      </c>
       <c r="J137" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K137" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L137" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M137" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
-        <v>19931272900023</v>
+        <v>42883375000014</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>552</v>
-[...3 lines deleted...]
-      </c>
+        <v>453</v>
+      </c>
+      <c r="D138" s="2"/>
       <c r="E138" s="2" t="s">
-        <v>554</v>
+        <v>454</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>555</v>
+        <v>455</v>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>556</v>
+        <v>17</v>
+      </c>
+      <c r="I138" s="3">
+        <v>31590407659</v>
       </c>
       <c r="J138" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K138" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L138" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M138" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
-        <v>19940113400028</v>
+        <v>42941598700040</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>557</v>
-[...3 lines deleted...]
-      </c>
+        <v>456</v>
+      </c>
+      <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
-        <v>559</v>
+        <v>457</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>532</v>
+        <v>458</v>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>560</v>
+        <v>17</v>
+      </c>
+      <c r="I139" s="3">
+        <v>82420128942</v>
       </c>
       <c r="J139" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K139" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L139" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M139" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
-        <v>19940126600044</v>
+        <v>42954657500078</v>
       </c>
       <c r="B140" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>561</v>
-[...3 lines deleted...]
-      </c>
+        <v>459</v>
+      </c>
+      <c r="D140" s="2"/>
       <c r="E140" s="2" t="s">
-        <v>563</v>
+        <v>460</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>564</v>
-[...1 lines deleted...]
-      <c r="G140" s="2"/>
+        <v>461</v>
+      </c>
+      <c r="G140" s="2" t="s">
+        <v>462</v>
+      </c>
       <c r="H140" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I140" s="3"/>
       <c r="J140" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K140" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L140" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M140" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
-        <v>20004632400022</v>
+        <v>42998754800162</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>565</v>
-[...3 lines deleted...]
-      </c>
+        <v>463</v>
+      </c>
+      <c r="D141" s="2"/>
       <c r="E141" s="2" t="s">
-        <v>567</v>
+        <v>464</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>555</v>
+        <v>465</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>568</v>
+        <v>100</v>
+      </c>
+      <c r="I141" s="3">
+        <v>52440363444</v>
       </c>
       <c r="J141" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K141" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L141" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M141" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
-        <v>20006116600050</v>
+        <v>43154926000070</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>569</v>
+        <v>466</v>
       </c>
       <c r="D142" s="2" t="s">
-        <v>570</v>
+        <v>466</v>
       </c>
       <c r="E142" s="2" t="s">
-        <v>571</v>
+        <v>467</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>79</v>
+        <v>468</v>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I142" s="3">
-        <v>11950602195</v>
+        <v>91300198330</v>
       </c>
       <c r="J142" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K142" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L142" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M142" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="1">
-        <v>20006635500013</v>
+        <v>43287506000019</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>572</v>
+        <v>469</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2" t="s">
-        <v>573</v>
+        <v>470</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>79</v>
+        <v>471</v>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2" t="s">
-        <v>574</v>
+        <v>472</v>
       </c>
       <c r="I143" s="3">
-        <v>76340976434</v>
+        <v>52530017353</v>
       </c>
       <c r="J143" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K143" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L143" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M143" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" s="1">
-        <v>34238331200010</v>
+        <v>43312495500033</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>575</v>
+        <v>473</v>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2" t="s">
-        <v>576</v>
+        <v>474</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>577</v>
+        <v>475</v>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I144" s="3">
-        <v>54170022717</v>
+        <v>97970186197</v>
       </c>
       <c r="J144" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K144" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L144" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M144" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" s="1">
-        <v>34300986600496</v>
+        <v>43410211700018</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>578</v>
-[...3 lines deleted...]
-      </c>
+        <v>476</v>
+      </c>
+      <c r="D145" s="2"/>
       <c r="E145" s="2" t="s">
-        <v>579</v>
+        <v>477</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>580</v>
+        <v>478</v>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I145" s="3">
-        <v>82691197969</v>
+        <v>24450197345</v>
       </c>
       <c r="J145" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K145" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L145" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M145" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" s="1">
-        <v>34300986600611</v>
+        <v>43413541400010</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>578</v>
+        <v>479</v>
       </c>
       <c r="D146" s="2" t="s">
-        <v>578</v>
+        <v>480</v>
       </c>
       <c r="E146" s="2" t="s">
-        <v>581</v>
+        <v>481</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>582</v>
+        <v>482</v>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I146" s="3">
-        <v>82691197969</v>
+        <v>91340470434</v>
       </c>
       <c r="J146" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K146" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L146" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M146" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" s="1">
-        <v>34323106400068</v>
+        <v>43436597900047</v>
       </c>
       <c r="B147" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>583</v>
+        <v>483</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2" t="s">
-        <v>584</v>
+        <v>484</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>585</v>
-[...1 lines deleted...]
-      <c r="G147" s="2"/>
+        <v>485</v>
+      </c>
+      <c r="G147" s="2" t="s">
+        <v>486</v>
+      </c>
       <c r="H147" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I147" s="3"/>
       <c r="J147" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K147" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L147" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M147" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" s="1">
-        <v>34358867900021</v>
+        <v>43488451600031</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>586</v>
+        <v>487</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2" t="s">
-        <v>587</v>
+        <v>488</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>588</v>
+        <v>489</v>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I148" s="3">
-        <v>31620039262</v>
+        <v>11950532095</v>
       </c>
       <c r="J148" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K148" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L148" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M148" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" s="1">
-        <v>34539593300046</v>
+        <v>43495354300023</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>589</v>
-[...3 lines deleted...]
-      </c>
+        <v>490</v>
+      </c>
+      <c r="D149" s="2"/>
       <c r="E149" s="2" t="s">
-        <v>591</v>
+        <v>491</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>592</v>
+        <v>492</v>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I149" s="3">
-        <v>93060554806</v>
+        <v>82010073801</v>
       </c>
       <c r="J149" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K149" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L149" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M149" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" s="1">
-        <v>34750655200020</v>
+        <v>43756105300053</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>593</v>
+        <v>493</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2" t="s">
-        <v>594</v>
+        <v>494</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>595</v>
+        <v>495</v>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I150" s="3"/>
+      <c r="I150" s="3">
+        <v>98970259697</v>
+      </c>
       <c r="J150" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K150" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L150" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M150" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" s="1">
-        <v>34774502800022</v>
+        <v>43809379100046</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>596</v>
+        <v>496</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2" t="s">
-        <v>597</v>
+        <v>497</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>598</v>
+        <v>498</v>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2" t="s">
-        <v>599</v>
+        <v>17</v>
       </c>
       <c r="I151" s="3">
-        <v>82260030326</v>
+        <v>11754461075</v>
       </c>
       <c r="J151" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K151" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L151" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M151" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" s="1">
-        <v>34779594000043</v>
+        <v>43833301500040</v>
       </c>
       <c r="B152" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>600</v>
+        <v>499</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2" t="s">
-        <v>601</v>
+        <v>500</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>602</v>
-[...1 lines deleted...]
-      <c r="G152" s="2"/>
+        <v>501</v>
+      </c>
+      <c r="G152" s="2" t="s">
+        <v>502</v>
+      </c>
       <c r="H152" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I152" s="3"/>
       <c r="J152" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K152" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L152" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M152" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153" s="1">
-        <v>34812741600058</v>
+        <v>43886006600044</v>
       </c>
       <c r="B153" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>603</v>
+        <v>503</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="s">
-        <v>604</v>
+        <v>504</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>605</v>
-[...3 lines deleted...]
-      </c>
+        <v>404</v>
+      </c>
+      <c r="G153" s="2"/>
       <c r="H153" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I153" s="3">
-        <v>52440113844</v>
+        <v>82010076301</v>
       </c>
       <c r="J153" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K153" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L153" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M153" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="154" spans="1:13">
       <c r="A154" s="1">
-        <v>34867875600068</v>
+        <v>43891831000055</v>
       </c>
       <c r="B154" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>607</v>
+        <v>505</v>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2" t="s">
-        <v>608</v>
+        <v>506</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>609</v>
-[...1 lines deleted...]
-      <c r="G154" s="2"/>
+        <v>507</v>
+      </c>
+      <c r="G154" s="2" t="s">
+        <v>508</v>
+      </c>
       <c r="H154" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I154" s="3"/>
       <c r="J154" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K154" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L154" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M154" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="155" spans="1:13">
       <c r="A155" s="1">
-        <v>34921756200058</v>
+        <v>43914353800049</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>610</v>
+        <v>509</v>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2" t="s">
-        <v>611</v>
+        <v>510</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>612</v>
+        <v>16</v>
       </c>
       <c r="G155" s="2"/>
       <c r="H155" s="2" t="s">
-        <v>613</v>
+        <v>17</v>
       </c>
       <c r="I155" s="3">
-        <v>91110027111</v>
+        <v>11910509891</v>
       </c>
       <c r="J155" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K155" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L155" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M155" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="156" spans="1:13">
       <c r="A156" s="1">
-        <v>34964000300100</v>
+        <v>43930953500029</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>614</v>
+        <v>511</v>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2" t="s">
-        <v>615</v>
+        <v>512</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>616</v>
+        <v>513</v>
       </c>
       <c r="G156" s="2"/>
       <c r="H156" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I156" s="3"/>
+        <v>29</v>
+      </c>
+      <c r="I156" s="3">
+        <v>96973036797</v>
+      </c>
       <c r="J156" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K156" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L156" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M156" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="157" spans="1:13">
       <c r="A157" s="1">
-        <v>35054222100022</v>
+        <v>43948904800033</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>617</v>
+        <v>514</v>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2" t="s">
-        <v>618</v>
+        <v>515</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>619</v>
+        <v>516</v>
       </c>
       <c r="G157" s="2"/>
       <c r="H157" s="2" t="s">
-        <v>620</v>
+        <v>517</v>
       </c>
       <c r="I157" s="3">
-        <v>54860033986</v>
+        <v>11788060678</v>
       </c>
       <c r="J157" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K157" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L157" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M157" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="158" spans="1:13">
       <c r="A158" s="1">
-        <v>35063664300040</v>
+        <v>43976112300041</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>621</v>
+        <v>518</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2" t="s">
-        <v>622</v>
+        <v>519</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>623</v>
+        <v>485</v>
       </c>
       <c r="G158" s="2"/>
       <c r="H158" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I158" s="3">
-        <v>83630126563</v>
+        <v>72330586033</v>
       </c>
       <c r="J158" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K158" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L158" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M158" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="159" spans="1:13">
       <c r="A159" s="1">
-        <v>35119111900160</v>
+        <v>44000287100026</v>
       </c>
       <c r="B159" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>624</v>
-[...3 lines deleted...]
-      </c>
+        <v>520</v>
+      </c>
+      <c r="D159" s="2"/>
       <c r="E159" s="2" t="s">
-        <v>626</v>
+        <v>521</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>627</v>
+        <v>522</v>
       </c>
       <c r="G159" s="2"/>
       <c r="H159" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I159" s="3">
-        <v>53350248835</v>
+        <v>21100049910</v>
       </c>
       <c r="J159" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K159" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L159" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M159" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="160" spans="1:13">
       <c r="A160" s="1">
-        <v>35119111900236</v>
+        <v>13000337900018</v>
       </c>
       <c r="B160" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>624</v>
+        <v>523</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2" t="s">
-        <v>628</v>
+        <v>524</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>629</v>
-[...3 lines deleted...]
-      </c>
+        <v>525</v>
+      </c>
+      <c r="G160" s="2"/>
       <c r="H160" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>53350248835</v>
+        <v>526</v>
+      </c>
+      <c r="I160" s="3" t="s">
+        <v>527</v>
       </c>
       <c r="J160" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K160" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L160" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M160" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="161" spans="1:13">
       <c r="A161" s="1">
-        <v>35119111900285</v>
+        <v>13000460900017</v>
       </c>
       <c r="B161" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>624</v>
-[...3 lines deleted...]
-      </c>
+        <v>528</v>
+      </c>
+      <c r="D161" s="2"/>
       <c r="E161" s="2" t="s">
-        <v>632</v>
+        <v>529</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>633</v>
-[...3 lines deleted...]
-      </c>
+        <v>345</v>
+      </c>
+      <c r="G161" s="2"/>
       <c r="H161" s="2" t="s">
-        <v>33</v>
+        <v>526</v>
       </c>
       <c r="I161" s="3">
-        <v>53350248835</v>
+        <v>52490236949</v>
       </c>
       <c r="J161" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K161" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L161" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M161" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="162" spans="1:13">
       <c r="A162" s="1">
-        <v>35119111900301</v>
+        <v>13000770100043</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>624</v>
+        <v>530</v>
       </c>
       <c r="D162" s="2" t="s">
-        <v>634</v>
+        <v>531</v>
       </c>
       <c r="E162" s="2" t="s">
-        <v>635</v>
+        <v>532</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>636</v>
+        <v>64</v>
       </c>
       <c r="G162" s="2"/>
       <c r="H162" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>53350248835</v>
+        <v>526</v>
+      </c>
+      <c r="I162" s="3" t="s">
+        <v>533</v>
       </c>
       <c r="J162" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K162" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L162" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M162" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="163" spans="1:13">
       <c r="A163" s="1">
-        <v>35199409000030</v>
+        <v>13000772700071</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>637</v>
-[...1 lines deleted...]
-      <c r="D163" s="2"/>
+        <v>534</v>
+      </c>
+      <c r="D163" s="2" t="s">
+        <v>535</v>
+      </c>
       <c r="E163" s="2" t="s">
-        <v>638</v>
+        <v>536</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>639</v>
+        <v>537</v>
       </c>
       <c r="G163" s="2"/>
       <c r="H163" s="2" t="s">
-        <v>620</v>
+        <v>17</v>
       </c>
       <c r="I163" s="3">
-        <v>11755398875</v>
+        <v>83630419163</v>
       </c>
       <c r="J163" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K163" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L163" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M163" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="164" spans="1:13">
       <c r="A164" s="1">
-        <v>35199650900037</v>
+        <v>13000809700037</v>
       </c>
       <c r="B164" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>640</v>
+        <v>538</v>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2" t="s">
-        <v>641</v>
+        <v>539</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>642</v>
-[...3 lines deleted...]
-      </c>
+        <v>540</v>
+      </c>
+      <c r="G164" s="2"/>
       <c r="H164" s="2" t="s">
-        <v>33</v>
+        <v>526</v>
       </c>
       <c r="I164" s="3">
-        <v>11751509575</v>
+        <v>76120131912</v>
       </c>
       <c r="J164" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K164" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L164" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M164" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="165" spans="1:13">
       <c r="A165" s="1">
-        <v>35208713400065</v>
+        <v>13000810500012</v>
       </c>
       <c r="B165" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>643</v>
+        <v>541</v>
       </c>
       <c r="D165" s="2"/>
       <c r="E165" s="2" t="s">
-        <v>644</v>
+        <v>542</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>645</v>
-[...1 lines deleted...]
-      <c r="G165" s="2"/>
+        <v>543</v>
+      </c>
+      <c r="G165" s="2" t="s">
+        <v>544</v>
+      </c>
       <c r="H165" s="2" t="s">
-        <v>599</v>
-[...3 lines deleted...]
-      </c>
+        <v>526</v>
+      </c>
+      <c r="I165" s="3"/>
       <c r="J165" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K165" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L165" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M165" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="166" spans="1:13">
       <c r="A166" s="1">
-        <v>35386190900391</v>
+        <v>13001310500056</v>
       </c>
       <c r="B166" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>646</v>
-[...1 lines deleted...]
-      <c r="D166" s="2"/>
+        <v>545</v>
+      </c>
+      <c r="D166" s="2" t="s">
+        <v>535</v>
+      </c>
       <c r="E166" s="2" t="s">
-        <v>647</v>
+        <v>546</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>648</v>
+        <v>547</v>
       </c>
       <c r="G166" s="2" t="s">
-        <v>649</v>
+        <v>548</v>
       </c>
       <c r="H166" s="2" t="s">
-        <v>650</v>
+        <v>17</v>
       </c>
       <c r="I166" s="3"/>
       <c r="J166" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K166" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L166" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M166" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="167" spans="1:13">
       <c r="A167" s="1">
-        <v>37761090200233</v>
+        <v>13001313900014</v>
       </c>
       <c r="B167" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>651</v>
+        <v>549</v>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2" t="s">
-        <v>652</v>
+        <v>550</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>653</v>
-[...3 lines deleted...]
-      </c>
+        <v>551</v>
+      </c>
+      <c r="G167" s="2"/>
       <c r="H167" s="2" t="s">
-        <v>33</v>
+        <v>526</v>
       </c>
       <c r="I167" s="3">
-        <v>52440141744</v>
+        <v>83430323343</v>
       </c>
       <c r="J167" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K167" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L167" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M167" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="168" spans="1:13">
       <c r="A168" s="1">
-        <v>37841608500033</v>
+        <v>13001400400019</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>655</v>
+        <v>552</v>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2" t="s">
-        <v>656</v>
+        <v>553</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>65</v>
+        <v>554</v>
       </c>
       <c r="G168" s="2"/>
       <c r="H168" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I168" s="3"/>
+        <v>526</v>
+      </c>
+      <c r="I168" s="3">
+        <v>82070078607</v>
+      </c>
       <c r="J168" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K168" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L168" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M168" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="169" spans="1:13">
       <c r="A169" s="1">
-        <v>37865526000040</v>
+        <v>13001457400078</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>657</v>
-[...1 lines deleted...]
-      <c r="D169" s="2"/>
+        <v>555</v>
+      </c>
+      <c r="D169" s="2" t="s">
+        <v>556</v>
+      </c>
       <c r="E169" s="2" t="s">
-        <v>658</v>
+        <v>557</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>659</v>
+        <v>276</v>
       </c>
       <c r="G169" s="2"/>
       <c r="H169" s="2" t="s">
-        <v>33</v>
+        <v>184</v>
       </c>
       <c r="I169" s="3">
-        <v>23760063776</v>
+        <v>94202111120</v>
       </c>
       <c r="J169" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K169" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L169" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M169" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="170" spans="1:13">
       <c r="A170" s="1">
-        <v>37888992700042</v>
+        <v>13001727000088</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>660</v>
-[...1 lines deleted...]
-      <c r="D170" s="2"/>
+        <v>558</v>
+      </c>
+      <c r="D170" s="2" t="s">
+        <v>559</v>
+      </c>
       <c r="E170" s="2" t="s">
-        <v>661</v>
+        <v>560</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>662</v>
+        <v>561</v>
       </c>
       <c r="G170" s="2"/>
       <c r="H170" s="2" t="s">
-        <v>663</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="I170" s="3"/>
       <c r="J170" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K170" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L170" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M170" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="171" spans="1:13">
       <c r="A171" s="1">
-        <v>37897406700035</v>
+        <v>13002170200043</v>
       </c>
       <c r="B171" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>664</v>
-[...1 lines deleted...]
-      <c r="D171" s="2"/>
+        <v>562</v>
+      </c>
+      <c r="D171" s="2" t="s">
+        <v>563</v>
+      </c>
       <c r="E171" s="2" t="s">
-        <v>665</v>
+        <v>564</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>666</v>
+        <v>16</v>
       </c>
       <c r="G171" s="2"/>
       <c r="H171" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I171" s="3"/>
       <c r="J171" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K171" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L171" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M171" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="172" spans="1:13">
       <c r="A172" s="1">
-        <v>37934355100030</v>
+        <v>13002179300018</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>667</v>
+        <v>565</v>
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2" t="s">
-        <v>668</v>
+        <v>566</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>669</v>
+        <v>16</v>
       </c>
       <c r="G172" s="2"/>
       <c r="H172" s="2" t="s">
-        <v>33</v>
+        <v>526</v>
       </c>
       <c r="I172" s="3">
-        <v>11753055175</v>
+        <v>28270194427</v>
       </c>
       <c r="J172" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K172" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L172" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M172" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="173" spans="1:13">
       <c r="A173" s="1">
-        <v>37935878100019</v>
+        <v>13002245200010</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>670</v>
+        <v>567</v>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2" t="s">
-        <v>671</v>
+        <v>568</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>672</v>
+        <v>569</v>
       </c>
       <c r="G173" s="2"/>
       <c r="H173" s="2" t="s">
-        <v>33</v>
+        <v>526</v>
       </c>
       <c r="I173" s="3">
-        <v>82380125938</v>
+        <v>75160091116</v>
       </c>
       <c r="J173" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K173" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L173" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M173" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="174" spans="1:13">
       <c r="A174" s="1">
-        <v>37951396300023</v>
+        <v>13002245200036</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C174" s="2" t="s">
-        <v>673</v>
-[...1 lines deleted...]
-      <c r="D174" s="2"/>
+        <v>567</v>
+      </c>
+      <c r="D174" s="2" t="s">
+        <v>570</v>
+      </c>
       <c r="E174" s="2" t="s">
-        <v>674</v>
+        <v>571</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>675</v>
+        <v>569</v>
       </c>
       <c r="G174" s="2"/>
       <c r="H174" s="2" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="I174" s="3">
-        <v>93040015104</v>
+        <v>75160091116</v>
       </c>
       <c r="J174" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K174" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L174" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M174" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="175" spans="1:13">
       <c r="A175" s="1">
-        <v>37973507900053</v>
+        <v>13002263500010</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>676</v>
+        <v>572</v>
       </c>
       <c r="D175" s="2"/>
       <c r="E175" s="2" t="s">
-        <v>677</v>
+        <v>573</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>678</v>
+        <v>574</v>
       </c>
       <c r="G175" s="2"/>
       <c r="H175" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>526</v>
+      </c>
+      <c r="I175" s="3"/>
       <c r="J175" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K175" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L175" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M175" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="176" spans="1:13">
       <c r="A176" s="1">
-        <v>37981283700027</v>
+        <v>13002267600030</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="D176" s="2"/>
+        <v>575</v>
+      </c>
+      <c r="D176" s="2" t="s">
+        <v>576</v>
+      </c>
       <c r="E176" s="2" t="s">
-        <v>680</v>
+        <v>577</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>167</v>
+        <v>578</v>
       </c>
       <c r="G176" s="2"/>
       <c r="H176" s="2" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I176" s="3">
-        <v>26890024389</v>
+        <v>44670587467</v>
       </c>
       <c r="J176" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K176" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L176" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M176" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="177" spans="1:13">
       <c r="A177" s="1">
-        <v>37982156400059</v>
+        <v>13002268400018</v>
       </c>
       <c r="B177" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>681</v>
-[...3 lines deleted...]
-      </c>
+        <v>579</v>
+      </c>
+      <c r="D177" s="2"/>
       <c r="E177" s="2" t="s">
-        <v>683</v>
+        <v>580</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>684</v>
-[...3 lines deleted...]
-      </c>
+        <v>581</v>
+      </c>
+      <c r="G177" s="2"/>
       <c r="H177" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>526</v>
+      </c>
+      <c r="I177" s="3"/>
       <c r="J177" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K177" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L177" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M177" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="178" spans="1:13">
       <c r="A178" s="1">
-        <v>38168008100019</v>
+        <v>13002269200367</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>686</v>
-[...1 lines deleted...]
-      <c r="D178" s="2"/>
+        <v>582</v>
+      </c>
+      <c r="D178" s="2" t="s">
+        <v>583</v>
+      </c>
       <c r="E178" s="2" t="s">
-        <v>687</v>
+        <v>584</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>688</v>
+        <v>585</v>
       </c>
       <c r="G178" s="2"/>
       <c r="H178" s="2" t="s">
-        <v>33</v>
+        <v>526</v>
       </c>
       <c r="I178" s="3">
-        <v>42670164767</v>
+        <v>84691521069</v>
       </c>
       <c r="J178" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K178" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L178" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M178" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="179" spans="1:13">
       <c r="A179" s="1">
-        <v>38290738400012</v>
+        <v>13002271800014</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>689</v>
+        <v>586</v>
       </c>
       <c r="D179" s="2"/>
       <c r="E179" s="2" t="s">
-        <v>690</v>
+        <v>587</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>691</v>
+        <v>578</v>
       </c>
       <c r="G179" s="2"/>
       <c r="H179" s="2" t="s">
-        <v>650</v>
+        <v>526</v>
       </c>
       <c r="I179" s="3">
-        <v>72330218633</v>
+        <v>32590928359</v>
       </c>
       <c r="J179" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K179" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L179" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M179" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="180" spans="1:13">
       <c r="A180" s="1">
-        <v>38436936900010</v>
+        <v>13002280900011</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>692</v>
+        <v>588</v>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2" t="s">
-        <v>690</v>
+        <v>589</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>251</v>
+        <v>590</v>
       </c>
       <c r="G180" s="2"/>
       <c r="H180" s="2" t="s">
-        <v>33</v>
+        <v>526</v>
       </c>
       <c r="I180" s="3">
-        <v>72330402333</v>
+        <v>53351000435</v>
       </c>
       <c r="J180" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K180" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L180" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M180" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="181" spans="1:13">
       <c r="A181" s="1">
-        <v>38465538700023</v>
+        <v>13002286600011</v>
       </c>
       <c r="B181" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>693</v>
-[...1 lines deleted...]
-      <c r="D181" s="2"/>
+        <v>591</v>
+      </c>
+      <c r="D181" s="2" t="s">
+        <v>592</v>
+      </c>
       <c r="E181" s="2" t="s">
-        <v>694</v>
+        <v>593</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>695</v>
+        <v>594</v>
       </c>
       <c r="G181" s="2"/>
       <c r="H181" s="2" t="s">
-        <v>56</v>
+        <v>526</v>
       </c>
       <c r="I181" s="3">
-        <v>73820012182</v>
+        <v>84030359803</v>
       </c>
       <c r="J181" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K181" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L181" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M181" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="182" spans="1:13">
       <c r="A182" s="1">
-        <v>38489895300037</v>
+        <v>13002293200011</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>696</v>
-[...1 lines deleted...]
-      <c r="D182" s="2"/>
+        <v>595</v>
+      </c>
+      <c r="D182" s="2" t="s">
+        <v>596</v>
+      </c>
       <c r="E182" s="2" t="s">
-        <v>697</v>
+        <v>597</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>698</v>
+        <v>574</v>
       </c>
       <c r="G182" s="2"/>
       <c r="H182" s="2" t="s">
-        <v>33</v>
+        <v>526</v>
       </c>
       <c r="I182" s="3">
-        <v>11755192175</v>
+        <v>53290897729</v>
       </c>
       <c r="J182" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K182" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L182" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M182" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="183" spans="1:13">
       <c r="A183" s="1">
-        <v>38513207100049</v>
+        <v>13002293200060</v>
       </c>
       <c r="B183" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C183" s="2" t="s">
-        <v>699</v>
-[...1 lines deleted...]
-      <c r="D183" s="2"/>
+        <v>595</v>
+      </c>
+      <c r="D183" s="2" t="s">
+        <v>598</v>
+      </c>
       <c r="E183" s="2" t="s">
-        <v>700</v>
+        <v>599</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>701</v>
+        <v>578</v>
       </c>
       <c r="G183" s="2"/>
       <c r="H183" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I183" s="3">
-        <v>11930329693</v>
+        <v>53290897729</v>
       </c>
       <c r="J183" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K183" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L183" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M183" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="184" spans="1:13">
       <c r="A184" s="1">
-        <v>38747528800032</v>
+        <v>13002293200326</v>
       </c>
       <c r="B184" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C184" s="2" t="s">
-        <v>702</v>
-[...1 lines deleted...]
-      <c r="D184" s="2"/>
+        <v>595</v>
+      </c>
+      <c r="D184" s="2" t="s">
+        <v>600</v>
+      </c>
       <c r="E184" s="2" t="s">
-        <v>703</v>
+        <v>601</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>704</v>
-[...3 lines deleted...]
-      </c>
+        <v>578</v>
+      </c>
+      <c r="G184" s="2"/>
       <c r="H184" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I184" s="3">
-        <v>23760163076</v>
+        <v>53290897729</v>
       </c>
       <c r="J184" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K184" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L184" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M184" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="185" spans="1:13">
       <c r="A185" s="1">
-        <v>38756765400067</v>
+        <v>13002797200012</v>
       </c>
       <c r="B185" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>706</v>
+        <v>602</v>
       </c>
       <c r="D185" s="2"/>
       <c r="E185" s="2" t="s">
-        <v>707</v>
+        <v>603</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>708</v>
+        <v>147</v>
       </c>
       <c r="G185" s="2"/>
       <c r="H185" s="2" t="s">
-        <v>709</v>
+        <v>526</v>
       </c>
       <c r="I185" s="3">
-        <v>82380268038</v>
+        <v>11756120375</v>
       </c>
       <c r="J185" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K185" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L185" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M185" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="186" spans="1:13">
       <c r="A186" s="1">
-        <v>38767117500041</v>
+        <v>13002797200152</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>710</v>
-[...1 lines deleted...]
-      <c r="D186" s="2"/>
+        <v>602</v>
+      </c>
+      <c r="D186" s="2" t="s">
+        <v>604</v>
+      </c>
       <c r="E186" s="2" t="s">
-        <v>711</v>
+        <v>605</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>436</v>
+        <v>147</v>
       </c>
       <c r="G186" s="2"/>
       <c r="H186" s="2" t="s">
-        <v>33</v>
+        <v>526</v>
       </c>
       <c r="I186" s="3">
-        <v>91300095930</v>
+        <v>11756120375</v>
       </c>
       <c r="J186" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K186" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L186" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M186" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="187" spans="1:13">
       <c r="A187" s="1">
-        <v>38867252900012</v>
+        <v>18090001100016</v>
       </c>
       <c r="B187" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>712</v>
+        <v>606</v>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2" t="s">
-        <v>713</v>
+        <v>607</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>251</v>
+        <v>608</v>
       </c>
       <c r="G187" s="2"/>
       <c r="H187" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>526</v>
+      </c>
+      <c r="I187" s="3"/>
       <c r="J187" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K187" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L187" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M187" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="188" spans="1:13">
       <c r="A188" s="1">
-        <v>38935885400054</v>
+        <v>18150001800062</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>714</v>
-[...1 lines deleted...]
-      <c r="D188" s="2"/>
+        <v>609</v>
+      </c>
+      <c r="D188" s="2" t="s">
+        <v>610</v>
+      </c>
       <c r="E188" s="2" t="s">
-        <v>715</v>
+        <v>611</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>716</v>
+        <v>612</v>
       </c>
       <c r="G188" s="2"/>
       <c r="H188" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>11751937075</v>
+        <v>17</v>
+      </c>
+      <c r="I188" s="3" t="s">
+        <v>613</v>
       </c>
       <c r="J188" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K188" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L188" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M188" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="189" spans="1:13">
       <c r="A189" s="1">
-        <v>38971584800047</v>
+        <v>18210026300025</v>
       </c>
       <c r="B189" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C189" s="2" t="s">
-        <v>717</v>
-[...3 lines deleted...]
-      </c>
+        <v>614</v>
+      </c>
+      <c r="D189" s="2"/>
       <c r="E189" s="2" t="s">
-        <v>718</v>
+        <v>615</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>719</v>
-[...3 lines deleted...]
-      </c>
+        <v>616</v>
+      </c>
+      <c r="G189" s="2"/>
       <c r="H189" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I189" s="3">
-        <v>52440189244</v>
+        <v>26210350121</v>
       </c>
       <c r="J189" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K189" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L189" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M189" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="190" spans="1:13">
       <c r="A190" s="1">
-        <v>38980220800014</v>
+        <v>18220005500016</v>
       </c>
       <c r="B190" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C190" s="2" t="s">
-        <v>721</v>
+        <v>617</v>
       </c>
       <c r="D190" s="2"/>
       <c r="E190" s="2" t="s">
-        <v>722</v>
+        <v>618</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>723</v>
+        <v>619</v>
       </c>
       <c r="G190" s="2"/>
       <c r="H190" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>72470033047</v>
+        <v>526</v>
+      </c>
+      <c r="I190" s="3" t="s">
+        <v>620</v>
       </c>
       <c r="J190" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K190" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L190" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M190" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="191" spans="1:13">
       <c r="A191" s="1">
-        <v>39003205000010</v>
+        <v>18263001200041</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>724</v>
-[...1 lines deleted...]
-      <c r="D191" s="2"/>
+        <v>621</v>
+      </c>
+      <c r="D191" s="2" t="s">
+        <v>622</v>
+      </c>
       <c r="E191" s="2" t="s">
-        <v>725</v>
+        <v>623</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>726</v>
+        <v>624</v>
       </c>
       <c r="G191" s="2"/>
       <c r="H191" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>82380184838</v>
+        <v>526</v>
+      </c>
+      <c r="I191" s="3" t="s">
+        <v>625</v>
       </c>
       <c r="J191" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K191" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L191" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M191" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="192" spans="1:13">
       <c r="A192" s="1">
-        <v>39017462100339</v>
+        <v>18280001100047</v>
       </c>
       <c r="B192" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C192" s="2" t="s">
-        <v>727</v>
+        <v>626</v>
       </c>
       <c r="D192" s="2" t="s">
-        <v>728</v>
+        <v>627</v>
       </c>
       <c r="E192" s="2" t="s">
-        <v>729</v>
+        <v>628</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>730</v>
-[...3 lines deleted...]
-      </c>
+        <v>629</v>
+      </c>
+      <c r="G192" s="2"/>
       <c r="H192" s="2" t="s">
-        <v>613</v>
-[...2 lines deleted...]
-        <v>22020084902</v>
+        <v>17</v>
+      </c>
+      <c r="I192" s="3" t="s">
+        <v>630</v>
       </c>
       <c r="J192" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K192" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L192" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M192" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="193" spans="1:13">
       <c r="A193" s="1">
-        <v>39039183700031</v>
+        <v>18280001100104</v>
       </c>
       <c r="B193" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C193" s="2" t="s">
-        <v>732</v>
+        <v>626</v>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2" t="s">
-        <v>733</v>
+        <v>631</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>734</v>
+        <v>632</v>
       </c>
       <c r="G193" s="2"/>
       <c r="H193" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>11752021075</v>
+        <v>526</v>
+      </c>
+      <c r="I193" s="3" t="s">
+        <v>630</v>
       </c>
       <c r="J193" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K193" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L193" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M193" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="194" spans="1:13">
       <c r="A194" s="1">
-        <v>39075824100041</v>
+        <v>18360001400017</v>
       </c>
       <c r="B194" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C194" s="2" t="s">
-        <v>735</v>
+        <v>633</v>
       </c>
       <c r="D194" s="2"/>
       <c r="E194" s="2" t="s">
-        <v>736</v>
+        <v>634</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>737</v>
+        <v>608</v>
       </c>
       <c r="G194" s="2"/>
       <c r="H194" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>42670182967</v>
+        <v>526</v>
+      </c>
+      <c r="I194" s="3" t="s">
+        <v>635</v>
       </c>
       <c r="J194" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K194" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L194" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M194" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="195" spans="1:13">
       <c r="A195" s="1">
-        <v>39075824100108</v>
+        <v>18383001700236</v>
       </c>
       <c r="B195" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C195" s="2" t="s">
-        <v>735</v>
-[...1 lines deleted...]
-      <c r="D195" s="2"/>
+        <v>636</v>
+      </c>
+      <c r="D195" s="2" t="s">
+        <v>637</v>
+      </c>
       <c r="E195" s="2" t="s">
-        <v>738</v>
+        <v>638</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>739</v>
+        <v>639</v>
       </c>
       <c r="G195" s="2"/>
       <c r="H195" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>42670182967</v>
+        <v>37</v>
+      </c>
+      <c r="I195" s="3" t="s">
+        <v>640</v>
       </c>
       <c r="J195" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K195" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L195" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M195" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="196" spans="1:13">
       <c r="A196" s="1">
-        <v>39131533000053</v>
+        <v>18383002500015</v>
       </c>
       <c r="B196" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C196" s="2" t="s">
-        <v>740</v>
+        <v>641</v>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2" t="s">
-        <v>741</v>
+        <v>642</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>742</v>
+        <v>619</v>
       </c>
       <c r="G196" s="2"/>
       <c r="H196" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>22020039102</v>
+        <v>526</v>
+      </c>
+      <c r="I196" s="3" t="s">
+        <v>643</v>
       </c>
       <c r="J196" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K196" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L196" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M196" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="197" spans="1:13">
       <c r="A197" s="1">
-        <v>39163364100033</v>
+        <v>18383011600020</v>
       </c>
       <c r="B197" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C197" s="2" t="s">
-        <v>743</v>
+        <v>644</v>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2" t="s">
-        <v>744</v>
+        <v>645</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>745</v>
+        <v>312</v>
       </c>
       <c r="G197" s="2"/>
       <c r="H197" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>11752088975</v>
+        <v>37</v>
+      </c>
+      <c r="I197" s="3" t="s">
+        <v>646</v>
       </c>
       <c r="J197" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K197" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L197" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M197" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="198" spans="1:13">
       <c r="A198" s="1">
-        <v>39202837900049</v>
+        <v>18400002400010</v>
       </c>
       <c r="B198" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C198" s="2" t="s">
-        <v>746</v>
-[...3 lines deleted...]
-      </c>
+        <v>647</v>
+      </c>
+      <c r="D198" s="2"/>
       <c r="E198" s="2" t="s">
-        <v>748</v>
+        <v>648</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>749</v>
+        <v>619</v>
       </c>
       <c r="G198" s="2"/>
       <c r="H198" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>73810029981</v>
+        <v>526</v>
+      </c>
+      <c r="I198" s="3" t="s">
+        <v>649</v>
       </c>
       <c r="J198" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K198" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L198" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M198" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="199" spans="1:13">
       <c r="A199" s="1">
-        <v>39205023300023</v>
+        <v>18460001300017</v>
       </c>
       <c r="B199" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C199" s="2" t="s">
-        <v>750</v>
+        <v>650</v>
       </c>
       <c r="D199" s="2"/>
       <c r="E199" s="2" t="s">
-        <v>751</v>
+        <v>651</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>752</v>
+        <v>652</v>
       </c>
       <c r="G199" s="2"/>
       <c r="H199" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>526</v>
+      </c>
+      <c r="I199" s="3"/>
       <c r="J199" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K199" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L199" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M199" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="200" spans="1:13">
       <c r="A200" s="1">
-        <v>39296396300047</v>
+        <v>18510906300023</v>
       </c>
       <c r="B200" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C200" s="2" t="s">
-        <v>753</v>
+        <v>653</v>
       </c>
       <c r="D200" s="2"/>
       <c r="E200" s="2" t="s">
-        <v>754</v>
+        <v>654</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>755</v>
+        <v>655</v>
       </c>
       <c r="G200" s="2"/>
       <c r="H200" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>52440205944</v>
+        <v>17</v>
+      </c>
+      <c r="I200" s="3" t="s">
+        <v>656</v>
       </c>
       <c r="J200" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K200" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L200" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M200" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="201" spans="1:13">
       <c r="A201" s="1">
-        <v>39299898500056</v>
+        <v>18560005300010</v>
       </c>
       <c r="B201" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C201" s="2" t="s">
-        <v>756</v>
+        <v>657</v>
       </c>
       <c r="D201" s="2"/>
       <c r="E201" s="2" t="s">
-        <v>757</v>
+        <v>658</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>758</v>
+        <v>619</v>
       </c>
       <c r="G201" s="2"/>
       <c r="H201" s="2" t="s">
-        <v>613</v>
-[...2 lines deleted...]
-        <v>54860045986</v>
+        <v>526</v>
+      </c>
+      <c r="I201" s="3" t="s">
+        <v>659</v>
       </c>
       <c r="J201" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K201" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L201" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M201" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="202" spans="1:13">
       <c r="A202" s="1">
-        <v>39336786700024</v>
+        <v>18560005300234</v>
       </c>
       <c r="B202" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C202" s="2" t="s">
-        <v>759</v>
-[...1 lines deleted...]
-      <c r="D202" s="2"/>
+        <v>657</v>
+      </c>
+      <c r="D202" s="2" t="s">
+        <v>660</v>
+      </c>
       <c r="E202" s="2" t="s">
-        <v>760</v>
+        <v>658</v>
       </c>
       <c r="F202" s="2" t="s">
-        <v>761</v>
-[...3 lines deleted...]
-      </c>
+        <v>639</v>
+      </c>
+      <c r="G202" s="2"/>
       <c r="H202" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>11752175275</v>
+        <v>17</v>
+      </c>
+      <c r="I202" s="3" t="s">
+        <v>659</v>
       </c>
       <c r="J202" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K202" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L202" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M202" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="203" spans="1:13">
       <c r="A203" s="1">
-        <v>39504180900041</v>
+        <v>18572202200125</v>
       </c>
       <c r="B203" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C203" s="2" t="s">
-        <v>763</v>
-[...1 lines deleted...]
-      <c r="D203" s="2"/>
+        <v>661</v>
+      </c>
+      <c r="D203" s="2" t="s">
+        <v>662</v>
+      </c>
       <c r="E203" s="2" t="s">
-        <v>764</v>
+        <v>663</v>
       </c>
       <c r="F203" s="2" t="s">
-        <v>765</v>
-[...3 lines deleted...]
-      </c>
+        <v>422</v>
+      </c>
+      <c r="G203" s="2"/>
       <c r="H203" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>22020045002</v>
+        <v>17</v>
+      </c>
+      <c r="I203" s="3" t="s">
+        <v>664</v>
       </c>
       <c r="J203" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K203" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L203" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M203" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="204" spans="1:13">
       <c r="A204" s="1">
-        <v>39508641600058</v>
+        <v>18572204800138</v>
       </c>
       <c r="B204" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C204" s="2" t="s">
-        <v>767</v>
-[...3 lines deleted...]
-      </c>
+        <v>665</v>
+      </c>
+      <c r="D204" s="2"/>
       <c r="E204" s="2" t="s">
-        <v>769</v>
+        <v>666</v>
       </c>
       <c r="F204" s="2" t="s">
-        <v>770</v>
+        <v>667</v>
       </c>
       <c r="G204" s="2"/>
       <c r="H204" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>53560908256</v>
+        <v>526</v>
+      </c>
+      <c r="I204" s="3" t="s">
+        <v>668</v>
       </c>
       <c r="J204" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K204" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L204" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M204" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="205" spans="1:13">
       <c r="A205" s="1">
-        <v>39522847100029</v>
+        <v>18640005700078</v>
       </c>
       <c r="B205" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C205" s="2" t="s">
-        <v>771</v>
-[...1 lines deleted...]
-      <c r="D205" s="2"/>
+        <v>669</v>
+      </c>
+      <c r="D205" s="2" t="s">
+        <v>670</v>
+      </c>
       <c r="E205" s="2" t="s">
-        <v>772</v>
+        <v>671</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>773</v>
+        <v>672</v>
       </c>
       <c r="G205" s="2"/>
       <c r="H205" s="2" t="s">
-        <v>620</v>
-[...2 lines deleted...]
-        <v>93131389113</v>
+        <v>184</v>
+      </c>
+      <c r="I205" s="3" t="s">
+        <v>673</v>
       </c>
       <c r="J205" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K205" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L205" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M205" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="206" spans="1:13">
       <c r="A206" s="1">
-        <v>39826663500034</v>
+        <v>18720092800112</v>
       </c>
       <c r="B206" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C206" s="2" t="s">
-        <v>774</v>
-[...1 lines deleted...]
-      <c r="D206" s="2"/>
+        <v>674</v>
+      </c>
+      <c r="D206" s="2" t="s">
+        <v>675</v>
+      </c>
       <c r="E206" s="2" t="s">
-        <v>775</v>
+        <v>676</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>776</v>
-[...3 lines deleted...]
-      </c>
+        <v>578</v>
+      </c>
+      <c r="G206" s="2"/>
       <c r="H206" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I206" s="3">
-        <v>21080018108</v>
+        <v>52720101272</v>
       </c>
       <c r="J206" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K206" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L206" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M206" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="207" spans="1:13">
       <c r="A207" s="1">
-        <v>42478033600014</v>
+        <v>18743001200067</v>
       </c>
       <c r="B207" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C207" s="2" t="s">
-        <v>778</v>
+        <v>677</v>
       </c>
       <c r="D207" s="2"/>
       <c r="E207" s="2" t="s">
-        <v>779</v>
+        <v>678</v>
       </c>
       <c r="F207" s="2" t="s">
-        <v>780</v>
+        <v>679</v>
       </c>
       <c r="G207" s="2"/>
       <c r="H207" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>43700041070</v>
+        <v>526</v>
+      </c>
+      <c r="I207" s="3" t="s">
+        <v>680</v>
       </c>
       <c r="J207" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K207" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L207" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M207" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="208" spans="1:13">
       <c r="A208" s="1">
-        <v>42498372400032</v>
+        <v>18780913200041</v>
       </c>
       <c r="B208" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C208" s="2" t="s">
-        <v>781</v>
+        <v>681</v>
       </c>
       <c r="D208" s="2"/>
       <c r="E208" s="2" t="s">
-        <v>782</v>
+        <v>682</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>783</v>
-[...3 lines deleted...]
-      </c>
+        <v>683</v>
+      </c>
+      <c r="G208" s="2"/>
       <c r="H208" s="2" t="s">
-        <v>613</v>
-[...2 lines deleted...]
-        <v>73310331831</v>
+        <v>17</v>
+      </c>
+      <c r="I208" s="3" t="s">
+        <v>684</v>
       </c>
       <c r="J208" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K208" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L208" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M208" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="209" spans="1:13">
       <c r="A209" s="1">
-        <v>42871309300055</v>
+        <v>18840001400018</v>
       </c>
       <c r="B209" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C209" s="2" t="s">
-        <v>785</v>
+        <v>685</v>
       </c>
       <c r="D209" s="2"/>
       <c r="E209" s="2" t="s">
-        <v>786</v>
+        <v>686</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>787</v>
+        <v>619</v>
       </c>
       <c r="G209" s="2"/>
       <c r="H209" s="2" t="s">
-        <v>650</v>
-[...2 lines deleted...]
-        <v>11754286475</v>
+        <v>526</v>
+      </c>
+      <c r="I209" s="3" t="s">
+        <v>687</v>
       </c>
       <c r="J209" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K209" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L209" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M209" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="210" spans="1:13">
       <c r="A210" s="1">
-        <v>42883375000014</v>
+        <v>18850049000019</v>
       </c>
       <c r="B210" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C210" s="2" t="s">
-        <v>788</v>
+        <v>688</v>
       </c>
       <c r="D210" s="2"/>
       <c r="E210" s="2" t="s">
-        <v>789</v>
+        <v>689</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>790</v>
+        <v>619</v>
       </c>
       <c r="G210" s="2"/>
       <c r="H210" s="2" t="s">
-        <v>33</v>
+        <v>526</v>
       </c>
       <c r="I210" s="3">
-        <v>31590407659</v>
+        <v>52850109285</v>
       </c>
       <c r="J210" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K210" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L210" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M210" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="211" spans="1:13">
       <c r="A211" s="1">
-        <v>42941598700040</v>
+        <v>18860003500144</v>
       </c>
       <c r="B211" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C211" s="2" t="s">
-        <v>791</v>
+        <v>690</v>
       </c>
       <c r="D211" s="2"/>
       <c r="E211" s="2" t="s">
-        <v>792</v>
+        <v>691</v>
       </c>
       <c r="F211" s="2" t="s">
-        <v>793</v>
+        <v>692</v>
       </c>
       <c r="G211" s="2"/>
       <c r="H211" s="2" t="s">
-        <v>33</v>
+        <v>526</v>
       </c>
       <c r="I211" s="3">
-        <v>82420128942</v>
+        <v>54860109086</v>
       </c>
       <c r="J211" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K211" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L211" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M211" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="212" spans="1:13">
       <c r="A212" s="1">
-        <v>42954657500078</v>
+        <v>18860907700048</v>
       </c>
       <c r="B212" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C212" s="2" t="s">
-        <v>794</v>
+        <v>693</v>
       </c>
       <c r="D212" s="2"/>
       <c r="E212" s="2" t="s">
-        <v>795</v>
+        <v>694</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>796</v>
-[...1 lines deleted...]
-      <c r="G212" s="2"/>
+        <v>695</v>
+      </c>
+      <c r="G212" s="2" t="s">
+        <v>696</v>
+      </c>
       <c r="H212" s="2" t="s">
-        <v>613</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I212" s="3"/>
       <c r="J212" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K212" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L212" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M212" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="213" spans="1:13">
       <c r="A213" s="1">
-        <v>42998754800162</v>
+        <v>18870801000114</v>
       </c>
       <c r="B213" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C213" s="2" t="s">
-        <v>797</v>
-[...1 lines deleted...]
-      <c r="D213" s="2"/>
+        <v>697</v>
+      </c>
+      <c r="D213" s="2" t="s">
+        <v>698</v>
+      </c>
       <c r="E213" s="2" t="s">
-        <v>798</v>
+        <v>699</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>799</v>
+        <v>700</v>
       </c>
       <c r="G213" s="2"/>
       <c r="H213" s="2" t="s">
-        <v>800</v>
-[...2 lines deleted...]
-        <v>52440363444</v>
+        <v>17</v>
+      </c>
+      <c r="I213" s="3" t="s">
+        <v>701</v>
       </c>
       <c r="J213" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K213" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L213" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M213" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="214" spans="1:13">
       <c r="A214" s="1">
-        <v>43154926000070</v>
+        <v>18882211800017</v>
       </c>
       <c r="B214" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C214" s="2" t="s">
-        <v>801</v>
-[...3 lines deleted...]
-      </c>
+        <v>702</v>
+      </c>
+      <c r="D214" s="2"/>
       <c r="E214" s="2" t="s">
-        <v>802</v>
+        <v>703</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>803</v>
+        <v>704</v>
       </c>
       <c r="G214" s="2"/>
       <c r="H214" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>91300198330</v>
+        <v>526</v>
+      </c>
+      <c r="I214" s="3" t="s">
+        <v>705</v>
       </c>
       <c r="J214" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K214" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L214" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M214" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="215" spans="1:13">
       <c r="A215" s="1">
-        <v>43287506000019</v>
+        <v>18940910500013</v>
       </c>
       <c r="B215" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C215" s="2" t="s">
-        <v>804</v>
+        <v>706</v>
       </c>
       <c r="D215" s="2"/>
       <c r="E215" s="2" t="s">
-        <v>805</v>
+        <v>707</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>806</v>
-[...1 lines deleted...]
-      <c r="G215" s="2"/>
+        <v>708</v>
+      </c>
+      <c r="G215" s="2" t="s">
+        <v>709</v>
+      </c>
       <c r="H215" s="2" t="s">
-        <v>293</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I215" s="3"/>
       <c r="J215" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K215" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L215" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M215" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="216" spans="1:13">
       <c r="A216" s="1">
-        <v>43312495500033</v>
+        <v>18972002200210</v>
       </c>
       <c r="B216" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C216" s="2" t="s">
-        <v>807</v>
-[...1 lines deleted...]
-      <c r="D216" s="2"/>
+        <v>710</v>
+      </c>
+      <c r="D216" s="2" t="s">
+        <v>711</v>
+      </c>
       <c r="E216" s="2" t="s">
-        <v>808</v>
+        <v>712</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>809</v>
+        <v>713</v>
       </c>
       <c r="G216" s="2"/>
       <c r="H216" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>97970186197</v>
+        <v>17</v>
+      </c>
+      <c r="I216" s="3" t="s">
+        <v>714</v>
       </c>
       <c r="J216" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K216" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L216" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M216" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="217" spans="1:13">
       <c r="A217" s="1">
-        <v>43410211700018</v>
+        <v>19010016400028</v>
       </c>
       <c r="B217" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C217" s="2" t="s">
-        <v>810</v>
-[...1 lines deleted...]
-      <c r="D217" s="2"/>
+        <v>715</v>
+      </c>
+      <c r="D217" s="2" t="s">
+        <v>716</v>
+      </c>
       <c r="E217" s="2" t="s">
-        <v>811</v>
+        <v>717</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>458</v>
+        <v>718</v>
       </c>
       <c r="G217" s="2"/>
       <c r="H217" s="2" t="s">
-        <v>599</v>
-[...2 lines deleted...]
-        <v>24450197345</v>
+        <v>17</v>
+      </c>
+      <c r="I217" s="3" t="s">
+        <v>719</v>
       </c>
       <c r="J217" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K217" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L217" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M217" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="218" spans="1:13">
       <c r="A218" s="1">
-        <v>43413541400010</v>
+        <v>19030026900023</v>
       </c>
       <c r="B218" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C218" s="2" t="s">
-        <v>812</v>
+        <v>720</v>
       </c>
       <c r="D218" s="2" t="s">
-        <v>813</v>
+        <v>721</v>
       </c>
       <c r="E218" s="2" t="s">
-        <v>814</v>
+        <v>722</v>
       </c>
       <c r="F218" s="2" t="s">
-        <v>815</v>
+        <v>723</v>
       </c>
       <c r="G218" s="2"/>
       <c r="H218" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I218" s="3"/>
       <c r="J218" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K218" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L218" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M218" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="219" spans="1:13">
       <c r="A219" s="1">
-        <v>43436597900047</v>
+        <v>19060075900020</v>
       </c>
       <c r="B219" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C219" s="2" t="s">
-        <v>816</v>
-[...1 lines deleted...]
-      <c r="D219" s="2"/>
+        <v>724</v>
+      </c>
+      <c r="D219" s="2" t="s">
+        <v>725</v>
+      </c>
       <c r="E219" s="2" t="s">
-        <v>817</v>
+        <v>726</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>818</v>
-[...3 lines deleted...]
-      </c>
+        <v>727</v>
+      </c>
+      <c r="G219" s="2"/>
       <c r="H219" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>73310811931</v>
+        <v>17</v>
+      </c>
+      <c r="I219" s="3" t="s">
+        <v>728</v>
       </c>
       <c r="J219" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K219" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L219" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M219" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="220" spans="1:13">
       <c r="A220" s="1">
-        <v>43488451600031</v>
+        <v>19080008600026</v>
       </c>
       <c r="B220" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C220" s="2" t="s">
-        <v>819</v>
-[...1 lines deleted...]
-      <c r="D220" s="2"/>
+        <v>729</v>
+      </c>
+      <c r="D220" s="2" t="s">
+        <v>730</v>
+      </c>
       <c r="E220" s="2" t="s">
-        <v>820</v>
+        <v>731</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>821</v>
+        <v>718</v>
       </c>
       <c r="G220" s="2"/>
       <c r="H220" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>11950532095</v>
+        <v>17</v>
+      </c>
+      <c r="I220" s="3" t="s">
+        <v>732</v>
       </c>
       <c r="J220" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K220" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L220" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M220" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="221" spans="1:13">
       <c r="A221" s="1">
-        <v>43495354300023</v>
+        <v>19100025600039</v>
       </c>
       <c r="B221" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C221" s="2" t="s">
-        <v>822</v>
-[...1 lines deleted...]
-      <c r="D221" s="2"/>
+        <v>733</v>
+      </c>
+      <c r="D221" s="2" t="s">
+        <v>734</v>
+      </c>
       <c r="E221" s="2" t="s">
-        <v>823</v>
+        <v>735</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>824</v>
+        <v>718</v>
       </c>
       <c r="G221" s="2"/>
       <c r="H221" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>82010073801</v>
+        <v>17</v>
+      </c>
+      <c r="I221" s="3" t="s">
+        <v>736</v>
       </c>
       <c r="J221" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K221" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L221" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M221" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="222" spans="1:13">
       <c r="A222" s="1">
-        <v>43756105300053</v>
+        <v>19120024500022</v>
       </c>
       <c r="B222" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C222" s="2" t="s">
-        <v>825</v>
-[...1 lines deleted...]
-      <c r="D222" s="2"/>
+        <v>737</v>
+      </c>
+      <c r="D222" s="2" t="s">
+        <v>738</v>
+      </c>
       <c r="E222" s="2" t="s">
-        <v>826</v>
+        <v>739</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>827</v>
+        <v>740</v>
       </c>
       <c r="G222" s="2"/>
       <c r="H222" s="2" t="s">
-        <v>613</v>
-[...2 lines deleted...]
-        <v>98970259697</v>
+        <v>17</v>
+      </c>
+      <c r="I222" s="3" t="s">
+        <v>741</v>
       </c>
       <c r="J222" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K222" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L222" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M222" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="223" spans="1:13">
       <c r="A223" s="1">
-        <v>43809379100046</v>
+        <v>19130053200022</v>
       </c>
       <c r="B223" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C223" s="2" t="s">
-        <v>828</v>
-[...1 lines deleted...]
-      <c r="D223" s="2"/>
+        <v>742</v>
+      </c>
+      <c r="D223" s="2" t="s">
+        <v>743</v>
+      </c>
       <c r="E223" s="2" t="s">
-        <v>829</v>
+        <v>744</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>830</v>
+        <v>745</v>
       </c>
       <c r="G223" s="2"/>
       <c r="H223" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I223" s="3">
-        <v>11754461075</v>
+        <v>93131539413</v>
       </c>
       <c r="J223" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K223" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L223" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M223" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="224" spans="1:13">
       <c r="A224" s="1">
-        <v>43833301500040</v>
+        <v>19133206300020</v>
       </c>
       <c r="B224" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C224" s="2" t="s">
-        <v>831</v>
-[...1 lines deleted...]
-      <c r="D224" s="2"/>
+        <v>746</v>
+      </c>
+      <c r="D224" s="2" t="s">
+        <v>747</v>
+      </c>
       <c r="E224" s="2" t="s">
-        <v>832</v>
+        <v>748</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>833</v>
-[...3 lines deleted...]
-      </c>
+        <v>749</v>
+      </c>
+      <c r="G224" s="2"/>
       <c r="H224" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>23760343276</v>
+        <v>17</v>
+      </c>
+      <c r="I224" s="3" t="s">
+        <v>750</v>
       </c>
       <c r="J224" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K224" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L224" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M224" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="225" spans="1:13">
       <c r="A225" s="1">
-        <v>43886006600044</v>
+        <v>19133342600028</v>
       </c>
       <c r="B225" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C225" s="2" t="s">
-        <v>835</v>
+        <v>751</v>
       </c>
       <c r="D225" s="2"/>
       <c r="E225" s="2" t="s">
-        <v>836</v>
+        <v>752</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>837</v>
+        <v>276</v>
       </c>
       <c r="G225" s="2"/>
       <c r="H225" s="2" t="s">
-        <v>33</v>
+        <v>184</v>
       </c>
       <c r="I225" s="3">
-        <v>82010076301</v>
+        <v>93131274613</v>
       </c>
       <c r="J225" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K225" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L225" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M225" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="226" spans="1:13">
       <c r="A226" s="1">
-        <v>43891831000055</v>
+        <v>19150006500039</v>
       </c>
       <c r="B226" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C226" s="2" t="s">
-        <v>838</v>
-[...1 lines deleted...]
-      <c r="D226" s="2"/>
+        <v>753</v>
+      </c>
+      <c r="D226" s="2" t="s">
+        <v>754</v>
+      </c>
       <c r="E226" s="2" t="s">
-        <v>839</v>
+        <v>755</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>840</v>
-[...3 lines deleted...]
-      </c>
+        <v>422</v>
+      </c>
+      <c r="G226" s="2"/>
       <c r="H226" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I226" s="3"/>
       <c r="J226" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K226" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L226" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M226" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="227" spans="1:13">
       <c r="A227" s="1">
-        <v>43914353800049</v>
+        <v>19210018800031</v>
       </c>
       <c r="B227" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C227" s="2" t="s">
-        <v>842</v>
-[...1 lines deleted...]
-      <c r="D227" s="2"/>
+        <v>756</v>
+      </c>
+      <c r="D227" s="2" t="s">
+        <v>757</v>
+      </c>
       <c r="E227" s="2" t="s">
-        <v>843</v>
+        <v>758</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>65</v>
+        <v>345</v>
       </c>
       <c r="G227" s="2"/>
       <c r="H227" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I227" s="3">
-        <v>11910509891</v>
+        <v>26210247721</v>
       </c>
       <c r="J227" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K227" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L227" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M227" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="228" spans="1:13">
       <c r="A228" s="1">
-        <v>43930953500029</v>
+        <v>19220058200026</v>
       </c>
       <c r="B228" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C228" s="2" t="s">
-        <v>844</v>
-[...1 lines deleted...]
-      <c r="D228" s="2"/>
+        <v>759</v>
+      </c>
+      <c r="D228" s="2" t="s">
+        <v>760</v>
+      </c>
       <c r="E228" s="2" t="s">
-        <v>845</v>
+        <v>761</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>846</v>
-[...1 lines deleted...]
-      <c r="G228" s="2"/>
+        <v>762</v>
+      </c>
+      <c r="G228" s="2" t="s">
+        <v>763</v>
+      </c>
       <c r="H228" s="2" t="s">
-        <v>599</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I228" s="3"/>
       <c r="J228" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K228" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L228" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M228" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="229" spans="1:13">
       <c r="A229" s="1">
-        <v>43948904800033</v>
+        <v>19250011400025</v>
       </c>
       <c r="B229" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C229" s="2" t="s">
-        <v>847</v>
-[...1 lines deleted...]
-      <c r="D229" s="2"/>
+        <v>764</v>
+      </c>
+      <c r="D229" s="2" t="s">
+        <v>765</v>
+      </c>
       <c r="E229" s="2" t="s">
-        <v>848</v>
+        <v>766</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>849</v>
+        <v>767</v>
       </c>
       <c r="G229" s="2"/>
       <c r="H229" s="2" t="s">
-        <v>850</v>
-[...2 lines deleted...]
-        <v>11788060678</v>
+        <v>17</v>
+      </c>
+      <c r="I229" s="3" t="s">
+        <v>768</v>
       </c>
       <c r="J229" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K229" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L229" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M229" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="230" spans="1:13">
       <c r="A230" s="1">
-        <v>43976112300041</v>
+        <v>19250043700046</v>
       </c>
       <c r="B230" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C230" s="2" t="s">
-        <v>851</v>
-[...1 lines deleted...]
-      <c r="D230" s="2"/>
+        <v>769</v>
+      </c>
+      <c r="D230" s="2" t="s">
+        <v>770</v>
+      </c>
       <c r="E230" s="2" t="s">
-        <v>852</v>
+        <v>771</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>818</v>
+        <v>772</v>
       </c>
       <c r="G230" s="2"/>
       <c r="H230" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>72330586033</v>
+        <v>17</v>
+      </c>
+      <c r="I230" s="3" t="s">
+        <v>773</v>
       </c>
       <c r="J230" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K230" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L230" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M230" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="231" spans="1:13">
       <c r="A231" s="1">
-        <v>44000287100026</v>
+        <v>19270016900019</v>
       </c>
       <c r="B231" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C231" s="2" t="s">
-        <v>853</v>
+        <v>774</v>
       </c>
       <c r="D231" s="2"/>
       <c r="E231" s="2" t="s">
-        <v>854</v>
+        <v>775</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>855</v>
+        <v>619</v>
       </c>
       <c r="G231" s="2"/>
       <c r="H231" s="2" t="s">
-        <v>33</v>
+        <v>472</v>
       </c>
       <c r="I231" s="3">
-        <v>21100049910</v>
+        <v>28270198127</v>
       </c>
       <c r="J231" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K231" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L231" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M231" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="232" spans="1:13">
       <c r="A232" s="1">
-        <v>44064045600024</v>
+        <v>19270016900027</v>
       </c>
       <c r="B232" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C232" s="2" t="s">
-        <v>856</v>
-[...1 lines deleted...]
-      <c r="D232" s="2"/>
+        <v>774</v>
+      </c>
+      <c r="D232" s="2" t="s">
+        <v>776</v>
+      </c>
       <c r="E232" s="2" t="s">
-        <v>857</v>
+        <v>777</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>858</v>
+        <v>778</v>
       </c>
       <c r="G232" s="2"/>
       <c r="H232" s="2" t="s">
-        <v>859</v>
+        <v>17</v>
       </c>
       <c r="I232" s="3">
-        <v>96973029797</v>
+        <v>28270198127</v>
       </c>
       <c r="J232" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K232" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L232" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M232" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="233" spans="1:13">
       <c r="A233" s="1">
-        <v>44067143600085</v>
+        <v>19290071000026</v>
       </c>
       <c r="B233" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C233" s="2" t="s">
-        <v>860</v>
-[...1 lines deleted...]
-      <c r="D233" s="2"/>
+        <v>779</v>
+      </c>
+      <c r="D233" s="2" t="s">
+        <v>780</v>
+      </c>
       <c r="E233" s="2" t="s">
-        <v>861</v>
+        <v>781</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>862</v>
+        <v>718</v>
       </c>
       <c r="G233" s="2"/>
       <c r="H233" s="2" t="s">
-        <v>650</v>
-[...2 lines deleted...]
-        <v>11753637175</v>
+        <v>17</v>
+      </c>
+      <c r="I233" s="3" t="s">
+        <v>782</v>
       </c>
       <c r="J233" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K233" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L233" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M233" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="234" spans="1:13">
       <c r="A234" s="1">
-        <v>44090994300043</v>
+        <v>19300026200025</v>
       </c>
       <c r="B234" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C234" s="2" t="s">
-        <v>863</v>
-[...1 lines deleted...]
-      <c r="D234" s="2"/>
+        <v>783</v>
+      </c>
+      <c r="D234" s="2" t="s">
+        <v>784</v>
+      </c>
       <c r="E234" s="2" t="s">
-        <v>864</v>
+        <v>785</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>865</v>
+        <v>786</v>
       </c>
       <c r="G234" s="2"/>
       <c r="H234" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>22600208660</v>
+        <v>17</v>
+      </c>
+      <c r="I234" s="3" t="s">
+        <v>787</v>
       </c>
       <c r="J234" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K234" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L234" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M234" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="235" spans="1:13">
       <c r="A235" s="1">
-        <v>44100359700032</v>
+        <v>19310017900038</v>
       </c>
       <c r="B235" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C235" s="2" t="s">
-        <v>866</v>
+        <v>788</v>
       </c>
       <c r="D235" s="2" t="s">
-        <v>866</v>
+        <v>789</v>
       </c>
       <c r="E235" s="2" t="s">
-        <v>867</v>
+        <v>790</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>796</v>
-[...1 lines deleted...]
-      <c r="G235" s="2"/>
+        <v>791</v>
+      </c>
+      <c r="G235" s="2" t="s">
+        <v>792</v>
+      </c>
       <c r="H235" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I235" s="3"/>
       <c r="J235" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K235" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L235" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M235" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="236" spans="1:13">
       <c r="A236" s="1">
-        <v>44276468400027</v>
+        <v>19310044300020</v>
       </c>
       <c r="B236" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C236" s="2" t="s">
-        <v>868</v>
+        <v>793</v>
       </c>
       <c r="D236" s="2" t="s">
-        <v>868</v>
+        <v>794</v>
       </c>
       <c r="E236" s="2" t="s">
-        <v>869</v>
+        <v>795</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>870</v>
+        <v>796</v>
       </c>
       <c r="G236" s="2"/>
       <c r="H236" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>98970119897</v>
+        <v>17</v>
+      </c>
+      <c r="I236" s="3" t="s">
+        <v>797</v>
       </c>
       <c r="J236" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K236" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L236" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M236" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="237" spans="1:13">
       <c r="A237" s="1">
-        <v>44321186700025</v>
+        <v>19330023300031</v>
       </c>
       <c r="B237" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C237" s="2" t="s">
-        <v>871</v>
-[...1 lines deleted...]
-      <c r="D237" s="2"/>
+        <v>798</v>
+      </c>
+      <c r="D237" s="2" t="s">
+        <v>799</v>
+      </c>
       <c r="E237" s="2" t="s">
-        <v>872</v>
+        <v>800</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>873</v>
-[...3 lines deleted...]
-      </c>
+        <v>801</v>
+      </c>
+      <c r="G237" s="2"/>
       <c r="H237" s="2" t="s">
-        <v>875</v>
-[...2 lines deleted...]
-        <v>93060557706</v>
+        <v>17</v>
+      </c>
+      <c r="I237" s="3" t="s">
+        <v>802</v>
       </c>
       <c r="J237" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K237" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L237" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M237" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="238" spans="1:13">
       <c r="A238" s="1">
-        <v>44391934500035</v>
+        <v>19340042100023</v>
       </c>
       <c r="B238" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C238" s="2" t="s">
-        <v>876</v>
-[...1 lines deleted...]
-      <c r="D238" s="2"/>
+        <v>803</v>
+      </c>
+      <c r="D238" s="2" t="s">
+        <v>804</v>
+      </c>
       <c r="E238" s="2" t="s">
-        <v>877</v>
+        <v>805</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>79</v>
+        <v>806</v>
       </c>
       <c r="G238" s="2"/>
       <c r="H238" s="2" t="s">
-        <v>613</v>
-[...2 lines deleted...]
-        <v>82690769669</v>
+        <v>17</v>
+      </c>
+      <c r="I238" s="3" t="s">
+        <v>807</v>
       </c>
       <c r="J238" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K238" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L238" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M238" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="239" spans="1:13">
       <c r="A239" s="1">
-        <v>44492238900010</v>
+        <v>19340128800082</v>
       </c>
       <c r="B239" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C239" s="2" t="s">
-        <v>878</v>
-[...1 lines deleted...]
-      <c r="D239" s="2"/>
+        <v>808</v>
+      </c>
+      <c r="D239" s="2" t="s">
+        <v>809</v>
+      </c>
       <c r="E239" s="2" t="s">
-        <v>879</v>
+        <v>810</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>880</v>
+        <v>619</v>
       </c>
       <c r="G239" s="2"/>
       <c r="H239" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I239" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I239" s="3" t="s">
+        <v>811</v>
+      </c>
       <c r="J239" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K239" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L239" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M239" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="240" spans="1:13">
       <c r="A240" s="1">
-        <v>44499985800046</v>
+        <v>19350030300030</v>
       </c>
       <c r="B240" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C240" s="2" t="s">
-        <v>881</v>
-[...1 lines deleted...]
-      <c r="D240" s="2"/>
+        <v>812</v>
+      </c>
+      <c r="D240" s="2" t="s">
+        <v>813</v>
+      </c>
       <c r="E240" s="2" t="s">
-        <v>882</v>
+        <v>814</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>23</v>
+        <v>815</v>
       </c>
       <c r="G240" s="2"/>
       <c r="H240" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>83630360563</v>
+        <v>17</v>
+      </c>
+      <c r="I240" s="3" t="s">
+        <v>816</v>
       </c>
       <c r="J240" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K240" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L240" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M240" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="241" spans="1:13">
       <c r="A241" s="1">
-        <v>44520408400021</v>
+        <v>19360043400024</v>
       </c>
       <c r="B241" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C241" s="2" t="s">
-        <v>883</v>
-[...1 lines deleted...]
-      <c r="D241" s="2"/>
+        <v>817</v>
+      </c>
+      <c r="D241" s="2" t="s">
+        <v>818</v>
+      </c>
       <c r="E241" s="2" t="s">
-        <v>884</v>
+        <v>819</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>23</v>
+        <v>820</v>
       </c>
       <c r="G241" s="2"/>
       <c r="H241" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>91340530334</v>
+        <v>17</v>
+      </c>
+      <c r="I241" s="3" t="s">
+        <v>821</v>
       </c>
       <c r="J241" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K241" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L241" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M241" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="242" spans="1:13">
       <c r="A242" s="1">
-        <v>44524552500040</v>
+        <v>19370038200024</v>
       </c>
       <c r="B242" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C242" s="2" t="s">
-        <v>885</v>
-[...1 lines deleted...]
-      <c r="D242" s="2"/>
+        <v>822</v>
+      </c>
+      <c r="D242" s="2" t="s">
+        <v>823</v>
+      </c>
       <c r="E242" s="2" t="s">
-        <v>886</v>
+        <v>824</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>887</v>
-[...1 lines deleted...]
-      <c r="G242" s="2"/>
+        <v>820</v>
+      </c>
+      <c r="G242" s="2" t="s">
+        <v>825</v>
+      </c>
       <c r="H242" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I242" s="3"/>
       <c r="J242" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K242" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L242" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M242" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="243" spans="1:13">
       <c r="A243" s="1">
-        <v>44531243200021</v>
+        <v>19380033100020</v>
       </c>
       <c r="B243" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C243" s="2" t="s">
-        <v>888</v>
-[...1 lines deleted...]
-      <c r="D243" s="2"/>
+        <v>826</v>
+      </c>
+      <c r="D243" s="2" t="s">
+        <v>827</v>
+      </c>
       <c r="E243" s="2" t="s">
-        <v>889</v>
+        <v>828</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>890</v>
+        <v>718</v>
       </c>
       <c r="G243" s="2"/>
       <c r="H243" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>31590578459</v>
+        <v>17</v>
+      </c>
+      <c r="I243" s="3" t="s">
+        <v>829</v>
       </c>
       <c r="J243" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K243" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L243" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M243" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="244" spans="1:13">
       <c r="A244" s="1">
-        <v>44531243200104</v>
+        <v>19380081000031</v>
       </c>
       <c r="B244" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C244" s="2" t="s">
-        <v>888</v>
-[...1 lines deleted...]
-      <c r="D244" s="2"/>
+        <v>830</v>
+      </c>
+      <c r="D244" s="2" t="s">
+        <v>831</v>
+      </c>
       <c r="E244" s="2" t="s">
-        <v>891</v>
+        <v>832</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>892</v>
+        <v>833</v>
       </c>
       <c r="G244" s="2"/>
       <c r="H244" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>31590578459</v>
+        <v>17</v>
+      </c>
+      <c r="I244" s="3" t="s">
+        <v>834</v>
       </c>
       <c r="J244" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K244" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L244" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M244" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="245" spans="1:13">
       <c r="A245" s="1">
-        <v>44531243200112</v>
+        <v>19430020800031</v>
       </c>
       <c r="B245" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C245" s="2" t="s">
-        <v>888</v>
-[...1 lines deleted...]
-      <c r="D245" s="2"/>
+        <v>835</v>
+      </c>
+      <c r="D245" s="2" t="s">
+        <v>836</v>
+      </c>
       <c r="E245" s="2" t="s">
-        <v>893</v>
+        <v>837</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>60</v>
+        <v>838</v>
       </c>
       <c r="G245" s="2"/>
       <c r="H245" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I245" s="3"/>
       <c r="J245" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K245" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L245" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M245" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="246" spans="1:13">
       <c r="A246" s="1">
-        <v>44531243200120</v>
+        <v>19440029700025</v>
       </c>
       <c r="B246" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C246" s="2" t="s">
-        <v>888</v>
-[...1 lines deleted...]
-      <c r="D246" s="2"/>
+        <v>839</v>
+      </c>
+      <c r="D246" s="2" t="s">
+        <v>840</v>
+      </c>
       <c r="E246" s="2" t="s">
-        <v>894</v>
+        <v>841</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>60</v>
+        <v>718</v>
       </c>
       <c r="G246" s="2"/>
       <c r="H246" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I246" s="3">
-        <v>31590578459</v>
+        <v>52440417944</v>
       </c>
       <c r="J246" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K246" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L246" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M246" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="247" spans="1:13">
       <c r="A247" s="1">
-        <v>44531243200146</v>
+        <v>19450782800045</v>
       </c>
       <c r="B247" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C247" s="2" t="s">
-        <v>888</v>
-[...1 lines deleted...]
-      <c r="D247" s="2"/>
+        <v>842</v>
+      </c>
+      <c r="D247" s="2" t="s">
+        <v>843</v>
+      </c>
       <c r="E247" s="2" t="s">
-        <v>895</v>
+        <v>844</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>896</v>
+        <v>222</v>
       </c>
       <c r="G247" s="2"/>
       <c r="H247" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I247" s="3">
-        <v>31590578459</v>
+        <v>24450279845</v>
       </c>
       <c r="J247" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K247" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L247" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M247" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="248" spans="1:13">
       <c r="A248" s="1">
-        <v>44904121900014</v>
+        <v>19490003100023</v>
       </c>
       <c r="B248" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C248" s="2" t="s">
-        <v>897</v>
-[...1 lines deleted...]
-      <c r="D248" s="2"/>
+        <v>845</v>
+      </c>
+      <c r="D248" s="2" t="s">
+        <v>846</v>
+      </c>
       <c r="E248" s="2" t="s">
-        <v>898</v>
+        <v>847</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>899</v>
+        <v>345</v>
       </c>
       <c r="G248" s="2"/>
       <c r="H248" s="2" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="I248" s="3">
-        <v>52850112885</v>
+        <v>52490280149</v>
       </c>
       <c r="J248" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K248" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L248" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M248" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="249" spans="1:13">
       <c r="A249" s="1">
-        <v>44921506000012</v>
+        <v>19501219000029</v>
       </c>
       <c r="B249" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C249" s="2" t="s">
-        <v>900</v>
-[...1 lines deleted...]
-      <c r="D249" s="2"/>
+        <v>848</v>
+      </c>
+      <c r="D249" s="2" t="s">
+        <v>849</v>
+      </c>
       <c r="E249" s="2" t="s">
-        <v>901</v>
+        <v>850</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>902</v>
+        <v>851</v>
       </c>
       <c r="G249" s="2"/>
       <c r="H249" s="2" t="s">
-        <v>599</v>
-[...2 lines deleted...]
-        <v>93830464283</v>
+        <v>17</v>
+      </c>
+      <c r="I249" s="3" t="s">
+        <v>852</v>
       </c>
       <c r="J249" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K249" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L249" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M249" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="250" spans="1:13">
       <c r="A250" s="1">
-        <v>77694516400064</v>
+        <v>19510035900023</v>
       </c>
       <c r="B250" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C250" s="2" t="s">
-        <v>903</v>
-[...1 lines deleted...]
-      <c r="D250" s="2"/>
+        <v>853</v>
+      </c>
+      <c r="D250" s="2" t="s">
+        <v>854</v>
+      </c>
       <c r="E250" s="2" t="s">
-        <v>904</v>
+        <v>855</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>905</v>
+        <v>718</v>
       </c>
       <c r="G250" s="2"/>
       <c r="H250" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>73310006031</v>
+        <v>17</v>
+      </c>
+      <c r="I250" s="3" t="s">
+        <v>856</v>
       </c>
       <c r="J250" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K250" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L250" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M250" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="251" spans="1:13">
       <c r="A251" s="1">
-        <v>77792738500040</v>
+        <v>19560026700049</v>
       </c>
       <c r="B251" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C251" s="2" t="s">
-        <v>906</v>
-[...1 lines deleted...]
-      <c r="D251" s="2"/>
+        <v>857</v>
+      </c>
+      <c r="D251" s="2" t="s">
+        <v>858</v>
+      </c>
       <c r="E251" s="2" t="s">
-        <v>907</v>
+        <v>859</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>908</v>
+        <v>860</v>
       </c>
       <c r="G251" s="2"/>
       <c r="H251" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>74190000219</v>
+        <v>17</v>
+      </c>
+      <c r="I251" s="3" t="s">
+        <v>861</v>
       </c>
       <c r="J251" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K251" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L251" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M251" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="252" spans="1:13">
       <c r="A252" s="1">
-        <v>77833200700013</v>
+        <v>19570057000037</v>
       </c>
       <c r="B252" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C252" s="2" t="s">
-        <v>909</v>
-[...1 lines deleted...]
-      <c r="D252" s="2"/>
+        <v>862</v>
+      </c>
+      <c r="D252" s="2" t="s">
+        <v>863</v>
+      </c>
       <c r="E252" s="2" t="s">
-        <v>910</v>
+        <v>864</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>911</v>
+        <v>865</v>
       </c>
       <c r="G252" s="2"/>
       <c r="H252" s="2" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>43250169125</v>
+        <v>17</v>
+      </c>
+      <c r="I252" s="3" t="s">
+        <v>866</v>
       </c>
       <c r="J252" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K252" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L252" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M252" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="253" spans="1:13">
       <c r="A253" s="1">
-        <v>77931160400028</v>
+        <v>19570099200041</v>
       </c>
       <c r="B253" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C253" s="2" t="s">
-        <v>912</v>
-[...1 lines deleted...]
-      <c r="D253" s="2"/>
+        <v>867</v>
+      </c>
+      <c r="D253" s="2" t="s">
+        <v>868</v>
+      </c>
       <c r="E253" s="2" t="s">
-        <v>913</v>
+        <v>869</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>914</v>
-[...1 lines deleted...]
-      <c r="G253" s="2"/>
+        <v>865</v>
+      </c>
+      <c r="G253" s="2" t="s">
+        <v>870</v>
+      </c>
       <c r="H253" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I253" s="3"/>
       <c r="J253" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K253" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L253" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M253" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="254" spans="1:13">
       <c r="A254" s="1">
-        <v>77947268700036</v>
+        <v>19580050300037</v>
       </c>
       <c r="B254" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C254" s="2" t="s">
-        <v>915</v>
-[...1 lines deleted...]
-      <c r="D254" s="2"/>
+        <v>871</v>
+      </c>
+      <c r="D254" s="2" t="s">
+        <v>872</v>
+      </c>
       <c r="E254" s="2" t="s">
-        <v>916</v>
+        <v>873</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>917</v>
+        <v>874</v>
       </c>
       <c r="G254" s="2"/>
       <c r="H254" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>82070005607</v>
+        <v>17</v>
+      </c>
+      <c r="I254" s="3" t="s">
+        <v>875</v>
       </c>
       <c r="J254" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K254" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L254" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M254" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="255" spans="1:13">
       <c r="A255" s="1">
-        <v>78050734900048</v>
+        <v>19590065900028</v>
       </c>
       <c r="B255" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C255" s="2" t="s">
-        <v>918</v>
-[...1 lines deleted...]
-      <c r="D255" s="2"/>
+        <v>876</v>
+      </c>
+      <c r="D255" s="2" t="s">
+        <v>877</v>
+      </c>
       <c r="E255" s="2" t="s">
-        <v>919</v>
+        <v>878</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>920</v>
+        <v>879</v>
       </c>
       <c r="G255" s="2"/>
       <c r="H255" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>22600001660</v>
+        <v>17</v>
+      </c>
+      <c r="I255" s="3" t="s">
+        <v>880</v>
       </c>
       <c r="J255" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K255" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L255" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M255" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="256" spans="1:13">
       <c r="A256" s="1">
-        <v>78050734900097</v>
+        <v>19590258000065</v>
       </c>
       <c r="B256" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C256" s="2" t="s">
-        <v>918</v>
-[...1 lines deleted...]
-      <c r="D256" s="2"/>
+        <v>881</v>
+      </c>
+      <c r="D256" s="2" t="s">
+        <v>882</v>
+      </c>
       <c r="E256" s="2" t="s">
-        <v>741</v>
+        <v>883</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>484</v>
+        <v>884</v>
       </c>
       <c r="G256" s="2"/>
       <c r="H256" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I256" s="3">
-        <v>22600001660</v>
+        <v>31590895059</v>
       </c>
       <c r="J256" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K256" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L256" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M256" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="257" spans="1:13">
       <c r="A257" s="1">
-        <v>78050734900113</v>
+        <v>19600020200032</v>
       </c>
       <c r="B257" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C257" s="2" t="s">
-        <v>918</v>
-[...1 lines deleted...]
-      <c r="D257" s="2"/>
+        <v>885</v>
+      </c>
+      <c r="D257" s="2" t="s">
+        <v>886</v>
+      </c>
       <c r="E257" s="2" t="s">
-        <v>921</v>
+        <v>887</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>737</v>
+        <v>888</v>
       </c>
       <c r="G257" s="2"/>
       <c r="H257" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>22600001660</v>
+        <v>17</v>
+      </c>
+      <c r="I257" s="3" t="s">
+        <v>889</v>
       </c>
       <c r="J257" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K257" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L257" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M257" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="258" spans="1:13">
       <c r="A258" s="1">
-        <v>78050734900121</v>
+        <v>19620062000025</v>
       </c>
       <c r="B258" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C258" s="2" t="s">
-        <v>918</v>
-[...1 lines deleted...]
-      <c r="D258" s="2"/>
+        <v>890</v>
+      </c>
+      <c r="D258" s="2" t="s">
+        <v>891</v>
+      </c>
       <c r="E258" s="2" t="s">
-        <v>922</v>
+        <v>892</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>923</v>
+        <v>762</v>
       </c>
       <c r="G258" s="2"/>
       <c r="H258" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>22600001660</v>
+        <v>17</v>
+      </c>
+      <c r="I258" s="3" t="s">
+        <v>893</v>
       </c>
       <c r="J258" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K258" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L258" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M258" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="259" spans="1:13">
       <c r="A259" s="1">
-        <v>78050734900139</v>
+        <v>19623328200058</v>
       </c>
       <c r="B259" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C259" s="2" t="s">
-        <v>918</v>
-[...1 lines deleted...]
-      <c r="D259" s="2"/>
+        <v>894</v>
+      </c>
+      <c r="D259" s="2" t="s">
+        <v>895</v>
+      </c>
       <c r="E259" s="2" t="s">
-        <v>924</v>
+        <v>896</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>923</v>
+        <v>276</v>
       </c>
       <c r="G259" s="2"/>
       <c r="H259" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I259" s="3">
-        <v>22600001660</v>
+        <v>32620310762</v>
       </c>
       <c r="J259" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K259" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L259" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M259" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="260" spans="1:13">
       <c r="A260" s="1">
-        <v>78050734900147</v>
+        <v>19630021400042</v>
       </c>
       <c r="B260" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C260" s="2" t="s">
-        <v>918</v>
-[...1 lines deleted...]
-      <c r="D260" s="2"/>
+        <v>897</v>
+      </c>
+      <c r="D260" s="2" t="s">
+        <v>898</v>
+      </c>
       <c r="E260" s="2" t="s">
-        <v>925</v>
+        <v>899</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>923</v>
+        <v>900</v>
       </c>
       <c r="G260" s="2"/>
       <c r="H260" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>22600001660</v>
+        <v>17</v>
+      </c>
+      <c r="I260" s="3" t="s">
+        <v>901</v>
       </c>
       <c r="J260" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K260" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L260" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M260" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="261" spans="1:13">
       <c r="A261" s="1">
-        <v>78050734900154</v>
+        <v>19660014200059</v>
       </c>
       <c r="B261" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C261" s="2" t="s">
-        <v>918</v>
-[...1 lines deleted...]
-      <c r="D261" s="2"/>
+        <v>902</v>
+      </c>
+      <c r="D261" s="2" t="s">
+        <v>903</v>
+      </c>
       <c r="E261" s="2" t="s">
-        <v>926</v>
+        <v>904</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>923</v>
+        <v>438</v>
       </c>
       <c r="G261" s="2"/>
       <c r="H261" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>22600001660</v>
+        <v>17</v>
+      </c>
+      <c r="I261" s="3" t="s">
+        <v>905</v>
       </c>
       <c r="J261" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K261" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L261" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M261" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="262" spans="1:13">
       <c r="A262" s="1">
-        <v>78071405100031</v>
+        <v>19671509800055</v>
       </c>
       <c r="B262" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C262" s="2" t="s">
-        <v>927</v>
+        <v>906</v>
       </c>
       <c r="D262" s="2" t="s">
-        <v>927</v>
+        <v>907</v>
       </c>
       <c r="E262" s="2" t="s">
-        <v>928</v>
+        <v>908</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>929</v>
+        <v>909</v>
       </c>
       <c r="G262" s="2"/>
       <c r="H262" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>25140000514</v>
+        <v>17</v>
+      </c>
+      <c r="I262" s="3" t="s">
+        <v>910</v>
       </c>
       <c r="J262" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K262" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L262" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M262" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="263" spans="1:13">
       <c r="A263" s="1">
-        <v>78071405100080</v>
+        <v>19672198900040</v>
       </c>
       <c r="B263" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C263" s="2" t="s">
-        <v>927</v>
-[...1 lines deleted...]
-      <c r="D263" s="2"/>
+        <v>911</v>
+      </c>
+      <c r="D263" s="2" t="s">
+        <v>912</v>
+      </c>
       <c r="E263" s="2" t="s">
-        <v>930</v>
+        <v>913</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>931</v>
-[...3 lines deleted...]
-      </c>
+        <v>914</v>
+      </c>
+      <c r="G263" s="2"/>
       <c r="H263" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>25140000514</v>
+        <v>17</v>
+      </c>
+      <c r="I263" s="3" t="s">
+        <v>915</v>
       </c>
       <c r="J263" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K263" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L263" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M263" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="264" spans="1:13">
       <c r="A264" s="1">
-        <v>78071407700069</v>
+        <v>19680010600011</v>
       </c>
       <c r="B264" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C264" s="2" t="s">
-        <v>933</v>
+        <v>817</v>
       </c>
       <c r="D264" s="2"/>
       <c r="E264" s="2" t="s">
-        <v>879</v>
+        <v>916</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>934</v>
+        <v>619</v>
       </c>
       <c r="G264" s="2"/>
       <c r="H264" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I264" s="3"/>
+        <v>472</v>
+      </c>
+      <c r="I264" s="3" t="s">
+        <v>917</v>
+      </c>
       <c r="J264" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K264" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L264" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M264" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="265" spans="1:13">
       <c r="A265" s="1">
-        <v>78128367600018</v>
+        <v>19680010600037</v>
       </c>
       <c r="B265" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C265" s="2" t="s">
-        <v>935</v>
-[...1 lines deleted...]
-      <c r="D265" s="2"/>
+        <v>817</v>
+      </c>
+      <c r="D265" s="2" t="s">
+        <v>918</v>
+      </c>
       <c r="E265" s="2" t="s">
-        <v>936</v>
+        <v>916</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>911</v>
+        <v>919</v>
       </c>
       <c r="G265" s="2"/>
       <c r="H265" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>54170000117</v>
+        <v>17</v>
+      </c>
+      <c r="I265" s="3" t="s">
+        <v>917</v>
       </c>
       <c r="J265" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K265" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L265" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M265" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="266" spans="1:13">
       <c r="A266" s="1">
-        <v>78141384400015</v>
+        <v>19692866700027</v>
       </c>
       <c r="B266" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C266" s="2" t="s">
-        <v>937</v>
-[...1 lines deleted...]
-      <c r="D266" s="2"/>
+        <v>920</v>
+      </c>
+      <c r="D266" s="2" t="s">
+        <v>921</v>
+      </c>
       <c r="E266" s="2" t="s">
-        <v>938</v>
+        <v>922</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>911</v>
+        <v>718</v>
       </c>
       <c r="G266" s="2"/>
       <c r="H266" s="2" t="s">
-        <v>293</v>
-[...2 lines deleted...]
-        <v>54790007279</v>
+        <v>17</v>
+      </c>
+      <c r="I266" s="3" t="s">
+        <v>923</v>
       </c>
       <c r="J266" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K266" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L266" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M266" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="267" spans="1:13">
       <c r="A267" s="1">
-        <v>78173357100025</v>
+        <v>19700905300020</v>
       </c>
       <c r="B267" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C267" s="2" t="s">
-        <v>939</v>
-[...1 lines deleted...]
-      <c r="D267" s="2"/>
+        <v>924</v>
+      </c>
+      <c r="D267" s="2" t="s">
+        <v>925</v>
+      </c>
       <c r="E267" s="2" t="s">
-        <v>940</v>
+        <v>926</v>
       </c>
       <c r="F267" s="2" t="s">
-        <v>941</v>
-[...3 lines deleted...]
-      </c>
+        <v>478</v>
+      </c>
+      <c r="G267" s="2"/>
       <c r="H267" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>72240160524</v>
+        <v>17</v>
+      </c>
+      <c r="I267" s="3" t="s">
+        <v>927</v>
       </c>
       <c r="J267" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K267" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L267" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M267" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="268" spans="1:13">
       <c r="A268" s="1">
-        <v>78209967500020</v>
+        <v>19710012600048</v>
       </c>
       <c r="B268" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C268" s="2" t="s">
-        <v>943</v>
-[...1 lines deleted...]
-      <c r="D268" s="2"/>
+        <v>928</v>
+      </c>
+      <c r="D268" s="2" t="s">
+        <v>929</v>
+      </c>
       <c r="E268" s="2" t="s">
-        <v>944</v>
+        <v>930</v>
       </c>
       <c r="F268" s="2" t="s">
-        <v>945</v>
-[...1 lines deleted...]
-      <c r="G268" s="2"/>
+        <v>931</v>
+      </c>
+      <c r="G268" s="2" t="s">
+        <v>932</v>
+      </c>
       <c r="H268" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I268" s="3"/>
       <c r="J268" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K268" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L268" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M268" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="269" spans="1:13">
       <c r="A269" s="1">
-        <v>78235540800025</v>
+        <v>19720033000029</v>
       </c>
       <c r="B269" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C269" s="2" t="s">
-        <v>946</v>
-[...1 lines deleted...]
-      <c r="D269" s="2"/>
+        <v>933</v>
+      </c>
+      <c r="D269" s="2" t="s">
+        <v>934</v>
+      </c>
       <c r="E269" s="2" t="s">
-        <v>947</v>
+        <v>935</v>
       </c>
       <c r="F269" s="2" t="s">
-        <v>911</v>
-[...1 lines deleted...]
-      <c r="G269" s="2"/>
+        <v>345</v>
+      </c>
+      <c r="G269" s="2" t="s">
+        <v>286</v>
+      </c>
       <c r="H269" s="2" t="s">
-        <v>599</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I269" s="3"/>
       <c r="J269" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K269" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L269" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M269" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="270" spans="1:13">
       <c r="A270" s="1">
-        <v>78338177500023</v>
+        <v>19730016300049</v>
       </c>
       <c r="B270" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C270" s="2" t="s">
-        <v>948</v>
-[...1 lines deleted...]
-      <c r="D270" s="2"/>
+        <v>936</v>
+      </c>
+      <c r="D270" s="2" t="s">
+        <v>937</v>
+      </c>
       <c r="E270" s="2" t="s">
-        <v>949</v>
+        <v>938</v>
       </c>
       <c r="F270" s="2" t="s">
-        <v>911</v>
-[...1 lines deleted...]
-      <c r="G270" s="2"/>
+        <v>939</v>
+      </c>
+      <c r="G270" s="2" t="s">
+        <v>792</v>
+      </c>
       <c r="H270" s="2" t="s">
-        <v>599</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I270" s="3"/>
       <c r="J270" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K270" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L270" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M270" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="271" spans="1:13">
       <c r="A271" s="1">
-        <v>78360423400022</v>
+        <v>19740009600024</v>
       </c>
       <c r="B271" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C271" s="2" t="s">
-        <v>950</v>
-[...1 lines deleted...]
-      <c r="D271" s="2"/>
+        <v>940</v>
+      </c>
+      <c r="D271" s="2" t="s">
+        <v>941</v>
+      </c>
       <c r="E271" s="2" t="s">
-        <v>951</v>
+        <v>942</v>
       </c>
       <c r="F271" s="2" t="s">
-        <v>952</v>
-[...3 lines deleted...]
-      </c>
+        <v>718</v>
+      </c>
+      <c r="G271" s="2"/>
       <c r="H271" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>31590005759</v>
+        <v>17</v>
+      </c>
+      <c r="I271" s="3" t="s">
+        <v>943</v>
       </c>
       <c r="J271" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K271" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L271" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M271" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="272" spans="1:13">
       <c r="A272" s="1">
-        <v>78803676200037</v>
+        <v>19740013800032</v>
       </c>
       <c r="B272" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C272" s="2" t="s">
-        <v>954</v>
-[...1 lines deleted...]
-      <c r="D272" s="2"/>
+        <v>944</v>
+      </c>
+      <c r="D272" s="2" t="s">
+        <v>945</v>
+      </c>
       <c r="E272" s="2" t="s">
-        <v>955</v>
+        <v>946</v>
       </c>
       <c r="F272" s="2" t="s">
-        <v>956</v>
-[...1 lines deleted...]
-      <c r="G272" s="2"/>
+        <v>947</v>
+      </c>
+      <c r="G272" s="2" t="s">
+        <v>792</v>
+      </c>
       <c r="H272" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I272" s="3"/>
       <c r="J272" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K272" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L272" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M272" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="273" spans="1:13">
       <c r="A273" s="1">
-        <v>78835426400095</v>
+        <v>19750681900030</v>
       </c>
       <c r="B273" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C273" s="2" t="s">
-        <v>957</v>
-[...1 lines deleted...]
-      <c r="D273" s="2"/>
+        <v>948</v>
+      </c>
+      <c r="D273" s="2" t="s">
+        <v>949</v>
+      </c>
       <c r="E273" s="2" t="s">
-        <v>958</v>
+        <v>950</v>
       </c>
       <c r="F273" s="2" t="s">
-        <v>959</v>
+        <v>951</v>
       </c>
       <c r="G273" s="2"/>
       <c r="H273" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>52440004544</v>
+        <v>17</v>
+      </c>
+      <c r="I273" s="3" t="s">
+        <v>952</v>
       </c>
       <c r="J273" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K273" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L273" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M273" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="274" spans="1:13">
       <c r="A274" s="1">
-        <v>78875903300020</v>
+        <v>19750707200019</v>
       </c>
       <c r="B274" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C274" s="2" t="s">
-        <v>960</v>
+        <v>953</v>
       </c>
       <c r="D274" s="2"/>
       <c r="E274" s="2" t="s">
-        <v>961</v>
+        <v>954</v>
       </c>
       <c r="F274" s="2" t="s">
-        <v>962</v>
+        <v>619</v>
       </c>
       <c r="G274" s="2"/>
       <c r="H274" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>98970395997</v>
+        <v>37</v>
+      </c>
+      <c r="I274" s="3" t="s">
+        <v>955</v>
       </c>
       <c r="J274" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K274" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L274" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M274" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="275" spans="1:13">
       <c r="A275" s="1">
-        <v>78889151300020</v>
+        <v>19750707200027</v>
       </c>
       <c r="B275" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C275" s="2" t="s">
-        <v>963</v>
-[...1 lines deleted...]
-      <c r="D275" s="2"/>
+        <v>953</v>
+      </c>
+      <c r="D275" s="2" t="s">
+        <v>956</v>
+      </c>
       <c r="E275" s="2" t="s">
-        <v>964</v>
+        <v>954</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>965</v>
+        <v>957</v>
       </c>
       <c r="G275" s="2"/>
       <c r="H275" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>42670493867</v>
+        <v>17</v>
+      </c>
+      <c r="I275" s="3" t="s">
+        <v>955</v>
       </c>
       <c r="J275" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K275" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L275" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M275" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="276" spans="1:13">
       <c r="A276" s="1">
-        <v>78959578200044</v>
+        <v>19760096800022</v>
       </c>
       <c r="B276" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C276" s="2" t="s">
-        <v>966</v>
-[...1 lines deleted...]
-      <c r="D276" s="2"/>
+        <v>958</v>
+      </c>
+      <c r="D276" s="2" t="s">
+        <v>959</v>
+      </c>
       <c r="E276" s="2" t="s">
-        <v>967</v>
+        <v>960</v>
       </c>
       <c r="F276" s="2" t="s">
-        <v>55</v>
+        <v>961</v>
       </c>
       <c r="G276" s="2"/>
       <c r="H276" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>93131450013</v>
+        <v>17</v>
+      </c>
+      <c r="I276" s="3" t="s">
+        <v>962</v>
       </c>
       <c r="J276" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K276" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L276" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M276" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="277" spans="1:13">
       <c r="A277" s="1">
-        <v>78959578200051</v>
+        <v>19770922300204</v>
       </c>
       <c r="B277" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C277" s="2" t="s">
-        <v>966</v>
-[...1 lines deleted...]
-      <c r="D277" s="2"/>
+        <v>963</v>
+      </c>
+      <c r="D277" s="2" t="s">
+        <v>964</v>
+      </c>
       <c r="E277" s="2" t="s">
-        <v>968</v>
+        <v>965</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>969</v>
+        <v>81</v>
       </c>
       <c r="G277" s="2"/>
       <c r="H277" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I277" s="3">
-        <v>93131450013</v>
+        <v>11770634177</v>
       </c>
       <c r="J277" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K277" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L277" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M277" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="278" spans="1:13">
       <c r="A278" s="1">
-        <v>79010444200013</v>
+        <v>19770931400029</v>
       </c>
       <c r="B278" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C278" s="2" t="s">
-        <v>970</v>
-[...1 lines deleted...]
-      <c r="D278" s="2"/>
+        <v>966</v>
+      </c>
+      <c r="D278" s="2" t="s">
+        <v>967</v>
+      </c>
       <c r="E278" s="2" t="s">
-        <v>971</v>
+        <v>968</v>
       </c>
       <c r="F278" s="2" t="s">
-        <v>931</v>
-[...3 lines deleted...]
-      </c>
+        <v>969</v>
+      </c>
+      <c r="G278" s="2"/>
       <c r="H278" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I278" s="3"/>
       <c r="J278" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K278" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L278" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M278" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="279" spans="1:13">
       <c r="A279" s="1">
-        <v>79035905300028</v>
+        <v>19782587000052</v>
       </c>
       <c r="B279" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C279" s="2" t="s">
+        <v>970</v>
+      </c>
+      <c r="D279" s="2" t="s">
+        <v>971</v>
+      </c>
+      <c r="E279" s="2" t="s">
+        <v>972</v>
+      </c>
+      <c r="F279" s="2" t="s">
         <v>973</v>
       </c>
-      <c r="D279" s="2" t="s">
+      <c r="G279" s="2"/>
+      <c r="H279" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I279" s="3" t="s">
         <v>974</v>
       </c>
-      <c r="E279" s="2" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J279" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K279" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L279" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M279" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="280" spans="1:13">
       <c r="A280" s="1">
-        <v>79042484000011</v>
+        <v>19820021400049</v>
       </c>
       <c r="B280" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C280" s="2" t="s">
+        <v>975</v>
+      </c>
+      <c r="D280" s="2" t="s">
+        <v>976</v>
+      </c>
+      <c r="E280" s="2" t="s">
         <v>977</v>
       </c>
-      <c r="D280" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F280" s="2" t="s">
-        <v>979</v>
+        <v>540</v>
       </c>
       <c r="G280" s="2"/>
       <c r="H280" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>26710220471</v>
+        <v>17</v>
+      </c>
+      <c r="I280" s="3" t="s">
+        <v>978</v>
       </c>
       <c r="J280" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K280" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L280" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M280" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="281" spans="1:13">
       <c r="A281" s="1">
-        <v>79080053600043</v>
+        <v>19830923900038</v>
       </c>
       <c r="B281" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C281" s="2" t="s">
+        <v>979</v>
+      </c>
+      <c r="D281" s="2" t="s">
         <v>980</v>
       </c>
-      <c r="D281" s="2" t="s">
+      <c r="E281" s="2" t="s">
         <v>981</v>
       </c>
-      <c r="E281" s="2" t="s">
+      <c r="F281" s="2" t="s">
         <v>982</v>
-      </c>
-[...1 lines deleted...]
-        <v>983</v>
       </c>
       <c r="G281" s="2"/>
       <c r="H281" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>82420255242</v>
+        <v>17</v>
+      </c>
+      <c r="I281" s="3" t="s">
+        <v>983</v>
       </c>
       <c r="J281" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K281" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L281" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M281" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="282" spans="1:13">
       <c r="A282" s="1">
-        <v>79121316800010</v>
+        <v>19840005300023</v>
       </c>
       <c r="B282" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C282" s="2" t="s">
         <v>984</v>
       </c>
-      <c r="D282" s="2"/>
+      <c r="D282" s="2" t="s">
+        <v>985</v>
+      </c>
       <c r="E282" s="2" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="F282" s="2" t="s">
-        <v>986</v>
-[...1 lines deleted...]
-      <c r="G282" s="2" t="s">
         <v>987</v>
       </c>
+      <c r="G282" s="2"/>
       <c r="H282" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>82010150801</v>
+        <v>17</v>
+      </c>
+      <c r="I282" s="3" t="s">
+        <v>988</v>
       </c>
       <c r="J282" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K282" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L282" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M282" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="283" spans="1:13">
       <c r="A283" s="1">
-        <v>79140637400011</v>
+        <v>19860037100043</v>
       </c>
       <c r="B283" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C283" s="2" t="s">
-        <v>988</v>
-[...1 lines deleted...]
-      <c r="D283" s="2"/>
+        <v>989</v>
+      </c>
+      <c r="D283" s="2" t="s">
+        <v>990</v>
+      </c>
       <c r="E283" s="2" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>990</v>
+        <v>791</v>
       </c>
       <c r="G283" s="2"/>
       <c r="H283" s="2" t="s">
-        <v>613</v>
+        <v>17</v>
       </c>
       <c r="I283" s="3">
-        <v>93840339184</v>
+        <v>54860142086</v>
       </c>
       <c r="J283" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K283" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L283" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M283" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="284" spans="1:13">
       <c r="A284" s="1">
-        <v>79189732500027</v>
+        <v>19870056900041</v>
       </c>
       <c r="B284" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C284" s="2" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="D284" s="2" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="E284" s="2" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="F284" s="2" t="s">
-        <v>141</v>
+        <v>995</v>
       </c>
       <c r="G284" s="2"/>
       <c r="H284" s="2" t="s">
-        <v>599</v>
+        <v>17</v>
       </c>
       <c r="I284" s="3">
-        <v>42680234068</v>
+        <v>75870202087</v>
       </c>
       <c r="J284" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K284" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L284" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M284" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="285" spans="1:13">
       <c r="A285" s="1">
-        <v>79207386800038</v>
+        <v>19880153200047</v>
       </c>
       <c r="B285" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C285" s="2" t="s">
-        <v>994</v>
-[...1 lines deleted...]
-      <c r="D285" s="2"/>
+        <v>996</v>
+      </c>
+      <c r="D285" s="2" t="s">
+        <v>997</v>
+      </c>
       <c r="E285" s="2" t="s">
-        <v>995</v>
+        <v>998</v>
       </c>
       <c r="F285" s="2" t="s">
-        <v>431</v>
-[...3 lines deleted...]
-      </c>
+        <v>999</v>
+      </c>
+      <c r="G285" s="2"/>
       <c r="H285" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I285" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I285" s="3">
+        <v>44880137688</v>
+      </c>
       <c r="J285" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K285" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L285" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M285" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="286" spans="1:13">
       <c r="A286" s="1">
-        <v>79276787300021</v>
+        <v>19890005200020</v>
       </c>
       <c r="B286" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C286" s="2" t="s">
-        <v>997</v>
-[...1 lines deleted...]
-      <c r="D286" s="2"/>
+        <v>1000</v>
+      </c>
+      <c r="D286" s="2" t="s">
+        <v>1001</v>
+      </c>
       <c r="E286" s="2" t="s">
-        <v>998</v>
+        <v>1002</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>999</v>
-[...3 lines deleted...]
-      </c>
+        <v>767</v>
+      </c>
+      <c r="G286" s="2"/>
       <c r="H286" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>93060716006</v>
+        <v>17</v>
+      </c>
+      <c r="I286" s="3" t="s">
+        <v>1003</v>
       </c>
       <c r="J286" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K286" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L286" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M286" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="287" spans="1:13">
       <c r="A287" s="1">
-        <v>79333268500023</v>
+        <v>19910620400027</v>
       </c>
       <c r="B287" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C287" s="2" t="s">
-        <v>681</v>
+        <v>1004</v>
       </c>
       <c r="D287" s="2" t="s">
-        <v>682</v>
+        <v>1005</v>
       </c>
       <c r="E287" s="2" t="s">
-        <v>1000</v>
+        <v>1006</v>
       </c>
       <c r="F287" s="2" t="s">
-        <v>1001</v>
+        <v>995</v>
       </c>
       <c r="G287" s="2"/>
       <c r="H287" s="2" t="s">
-        <v>1002</v>
-[...2 lines deleted...]
-        <v>11756144875</v>
+        <v>17</v>
+      </c>
+      <c r="I287" s="3" t="s">
+        <v>1007</v>
       </c>
       <c r="J287" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K287" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L287" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M287" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="288" spans="1:13">
       <c r="A288" s="1">
-        <v>79354885000023</v>
+        <v>19920131000042</v>
       </c>
       <c r="B288" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C288" s="2" t="s">
-        <v>1003</v>
+        <v>1008</v>
       </c>
       <c r="D288" s="2" t="s">
-        <v>1004</v>
+        <v>1009</v>
       </c>
       <c r="E288" s="2" t="s">
-        <v>1005</v>
+        <v>1010</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>1006</v>
+        <v>578</v>
       </c>
       <c r="G288" s="2"/>
       <c r="H288" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>91340792534</v>
+        <v>17</v>
+      </c>
+      <c r="I288" s="3" t="s">
+        <v>1011</v>
       </c>
       <c r="J288" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K288" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L288" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M288" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="289" spans="1:13">
       <c r="A289" s="1">
-        <v>79365016900030</v>
+        <v>19931272900023</v>
       </c>
       <c r="B289" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C289" s="2" t="s">
-        <v>1007</v>
+        <v>1012</v>
       </c>
       <c r="D289" s="2" t="s">
-        <v>1008</v>
+        <v>1013</v>
       </c>
       <c r="E289" s="2" t="s">
-        <v>1009</v>
+        <v>1014</v>
       </c>
       <c r="F289" s="2" t="s">
-        <v>616</v>
+        <v>1015</v>
       </c>
       <c r="G289" s="2"/>
       <c r="H289" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>11950615295</v>
+        <v>17</v>
+      </c>
+      <c r="I289" s="3" t="s">
+        <v>1016</v>
       </c>
       <c r="J289" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K289" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L289" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M289" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="290" spans="1:13">
       <c r="A290" s="1">
-        <v>79455121800025</v>
+        <v>19940113400028</v>
       </c>
       <c r="B290" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C290" s="2" t="s">
-        <v>1010</v>
-[...1 lines deleted...]
-      <c r="D290" s="2"/>
+        <v>1017</v>
+      </c>
+      <c r="D290" s="2" t="s">
+        <v>1018</v>
+      </c>
       <c r="E290" s="2" t="s">
-        <v>1011</v>
+        <v>1019</v>
       </c>
       <c r="F290" s="2" t="s">
-        <v>1012</v>
+        <v>995</v>
       </c>
       <c r="G290" s="2"/>
       <c r="H290" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>11755067975</v>
+        <v>17</v>
+      </c>
+      <c r="I290" s="3" t="s">
+        <v>1020</v>
       </c>
       <c r="J290" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K290" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L290" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M290" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="291" spans="1:13">
       <c r="A291" s="1">
-        <v>79458237900028</v>
+        <v>19940126600044</v>
       </c>
       <c r="B291" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C291" s="2" t="s">
-        <v>1013</v>
-[...1 lines deleted...]
-      <c r="D291" s="2"/>
+        <v>1021</v>
+      </c>
+      <c r="D291" s="2" t="s">
+        <v>1022</v>
+      </c>
       <c r="E291" s="2" t="s">
-        <v>1014</v>
+        <v>1023</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>1015</v>
+        <v>1024</v>
       </c>
       <c r="G291" s="2"/>
       <c r="H291" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I291" s="3"/>
       <c r="J291" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K291" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L291" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M291" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="292" spans="1:13">
       <c r="A292" s="1">
-        <v>79478075900021</v>
+        <v>20004632400022</v>
       </c>
       <c r="B292" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C292" s="2" t="s">
-        <v>1016</v>
-[...1 lines deleted...]
-      <c r="D292" s="2"/>
+        <v>1025</v>
+      </c>
+      <c r="D292" s="2" t="s">
+        <v>1026</v>
+      </c>
       <c r="E292" s="2" t="s">
-        <v>1017</v>
+        <v>1027</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>1018</v>
-[...3 lines deleted...]
-      </c>
+        <v>1015</v>
+      </c>
+      <c r="G292" s="2"/>
       <c r="H292" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>72330913133</v>
+        <v>17</v>
+      </c>
+      <c r="I292" s="3" t="s">
+        <v>1028</v>
       </c>
       <c r="J292" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K292" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L292" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M292" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="293" spans="1:13">
       <c r="A293" s="1">
-        <v>79489077200013</v>
+        <v>20006116600050</v>
       </c>
       <c r="B293" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C293" s="2" t="s">
-        <v>1019</v>
-[...1 lines deleted...]
-      <c r="D293" s="2"/>
+        <v>1029</v>
+      </c>
+      <c r="D293" s="2" t="s">
+        <v>1030</v>
+      </c>
       <c r="E293" s="2" t="s">
-        <v>1020</v>
+        <v>1031</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>1021</v>
+        <v>578</v>
       </c>
       <c r="G293" s="2"/>
       <c r="H293" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I293" s="3">
-        <v>42670522267</v>
+        <v>11950602195</v>
       </c>
       <c r="J293" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K293" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L293" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M293" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="294" spans="1:13">
       <c r="A294" s="1">
-        <v>79504509500010</v>
+        <v>20006635500013</v>
       </c>
       <c r="B294" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C294" s="2" t="s">
-        <v>1022</v>
+        <v>1032</v>
       </c>
       <c r="D294" s="2"/>
       <c r="E294" s="2" t="s">
-        <v>1023</v>
+        <v>1033</v>
       </c>
       <c r="F294" s="2" t="s">
-        <v>1024</v>
-[...3 lines deleted...]
-      </c>
+        <v>578</v>
+      </c>
+      <c r="G294" s="2"/>
       <c r="H294" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I294" s="3"/>
+        <v>1034</v>
+      </c>
+      <c r="I294" s="3">
+        <v>76340976434</v>
+      </c>
       <c r="J294" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K294" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L294" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M294" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="295" spans="1:13">
       <c r="A295" s="1">
-        <v>45235951600021</v>
+        <v>30269561400354</v>
       </c>
       <c r="B295" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C295" s="2" t="s">
-        <v>1025</v>
+        <v>1035</v>
       </c>
       <c r="D295" s="2"/>
       <c r="E295" s="2" t="s">
-        <v>1026</v>
+        <v>1036</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>1027</v>
+        <v>1037</v>
       </c>
       <c r="G295" s="2"/>
       <c r="H295" s="2" t="s">
-        <v>33</v>
+        <v>1038</v>
       </c>
       <c r="I295" s="3">
-        <v>11910566091</v>
+        <v>11780301778</v>
       </c>
       <c r="J295" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K295" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L295" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M295" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="296" spans="1:13">
       <c r="A296" s="1">
-        <v>45244430000043</v>
+        <v>30335618200012</v>
       </c>
       <c r="B296" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C296" s="2" t="s">
-        <v>1028</v>
+        <v>1039</v>
       </c>
       <c r="D296" s="2"/>
       <c r="E296" s="2" t="s">
-        <v>1029</v>
+        <v>1040</v>
       </c>
       <c r="F296" s="2" t="s">
-        <v>803</v>
+        <v>1041</v>
       </c>
       <c r="G296" s="2"/>
       <c r="H296" s="2" t="s">
-        <v>1030</v>
+        <v>1042</v>
       </c>
       <c r="I296" s="3">
-        <v>41540231154</v>
+        <v>73310045031</v>
       </c>
       <c r="J296" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K296" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L296" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M296" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="297" spans="1:13">
       <c r="A297" s="1">
-        <v>45361713600024</v>
+        <v>30340844700033</v>
       </c>
       <c r="B297" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C297" s="2" t="s">
-        <v>1031</v>
+        <v>1043</v>
       </c>
       <c r="D297" s="2"/>
       <c r="E297" s="2" t="s">
-        <v>1032</v>
+        <v>1044</v>
       </c>
       <c r="F297" s="2" t="s">
-        <v>1033</v>
+        <v>1045</v>
       </c>
       <c r="G297" s="2"/>
       <c r="H297" s="2" t="s">
-        <v>599</v>
+        <v>37</v>
       </c>
       <c r="I297" s="3">
-        <v>97970192097</v>
+        <v>22800001380</v>
       </c>
       <c r="J297" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K297" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L297" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M297" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="298" spans="1:13">
       <c r="A298" s="1">
-        <v>45406806500027</v>
+        <v>49478184200047</v>
       </c>
       <c r="B298" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C298" s="2" t="s">
-        <v>1034</v>
+        <v>1046</v>
       </c>
       <c r="D298" s="2"/>
       <c r="E298" s="2" t="s">
-        <v>1035</v>
+        <v>1047</v>
       </c>
       <c r="F298" s="2" t="s">
-        <v>472</v>
+        <v>1048</v>
       </c>
       <c r="G298" s="2"/>
       <c r="H298" s="2" t="s">
-        <v>33</v>
+        <v>184</v>
       </c>
       <c r="I298" s="3">
-        <v>11930513693</v>
+        <v>32590934059</v>
       </c>
       <c r="J298" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K298" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L298" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M298" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="299" spans="1:13">
       <c r="A299" s="1">
-        <v>47774275300031</v>
+        <v>49508991400057</v>
       </c>
       <c r="B299" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C299" s="2" t="s">
-        <v>1036</v>
-[...1 lines deleted...]
-      <c r="D299" s="2"/>
+        <v>1049</v>
+      </c>
+      <c r="D299" s="2" t="s">
+        <v>1050</v>
+      </c>
       <c r="E299" s="2" t="s">
-        <v>1037</v>
+        <v>1051</v>
       </c>
       <c r="F299" s="2" t="s">
-        <v>1038</v>
-[...3 lines deleted...]
-      </c>
+        <v>498</v>
+      </c>
+      <c r="G299" s="2"/>
       <c r="H299" s="2" t="s">
-        <v>599</v>
+        <v>17</v>
       </c>
       <c r="I299" s="3">
-        <v>11753905175</v>
+        <v>72640269164</v>
       </c>
       <c r="J299" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K299" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L299" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M299" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="300" spans="1:13">
       <c r="A300" s="1">
-        <v>47842520000035</v>
+        <v>49525093800034</v>
       </c>
       <c r="B300" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C300" s="2" t="s">
-        <v>1040</v>
-[...1 lines deleted...]
-      <c r="D300" s="2"/>
+        <v>1052</v>
+      </c>
+      <c r="D300" s="2" t="s">
+        <v>1053</v>
+      </c>
       <c r="E300" s="2" t="s">
-        <v>1041</v>
+        <v>1054</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>1042</v>
+        <v>1055</v>
       </c>
       <c r="G300" s="2"/>
       <c r="H300" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I300" s="3">
-        <v>23760375476</v>
+        <v>23760496776</v>
       </c>
       <c r="J300" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K300" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L300" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M300" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="301" spans="1:13">
       <c r="A301" s="1">
-        <v>47890019400026</v>
+        <v>49829500500033</v>
       </c>
       <c r="B301" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C301" s="2" t="s">
-        <v>1043</v>
+        <v>1056</v>
       </c>
       <c r="D301" s="2"/>
       <c r="E301" s="2" t="s">
-        <v>1044</v>
+        <v>1057</v>
       </c>
       <c r="F301" s="2" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="G301" s="2"/>
       <c r="H301" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I301" s="3">
-        <v>72640242164</v>
+        <v>82690977169</v>
       </c>
       <c r="J301" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K301" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L301" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M301" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="302" spans="1:13">
       <c r="A302" s="1">
-        <v>47920353100013</v>
+        <v>49868549400037</v>
       </c>
       <c r="B302" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C302" s="2" t="s">
-        <v>1045</v>
+        <v>1058</v>
       </c>
       <c r="D302" s="2"/>
       <c r="E302" s="2" t="s">
-        <v>1046</v>
+        <v>1059</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>1047</v>
-[...1 lines deleted...]
-      <c r="G302" s="2"/>
+        <v>1060</v>
+      </c>
+      <c r="G302" s="2" t="s">
+        <v>1061</v>
+      </c>
       <c r="H302" s="2" t="s">
-        <v>650</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I302" s="3"/>
       <c r="J302" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K302" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L302" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M302" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="303" spans="1:13">
       <c r="A303" s="1">
-        <v>47946661700020</v>
+        <v>49868549400052</v>
       </c>
       <c r="B303" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C303" s="2" t="s">
-        <v>1048</v>
+        <v>1058</v>
       </c>
       <c r="D303" s="2"/>
       <c r="E303" s="2" t="s">
-        <v>1049</v>
+        <v>1062</v>
       </c>
       <c r="F303" s="2" t="s">
-        <v>1050</v>
-[...1 lines deleted...]
-      <c r="G303" s="2"/>
+        <v>1063</v>
+      </c>
+      <c r="G303" s="2" t="s">
+        <v>1064</v>
+      </c>
       <c r="H303" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I303" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I303" s="3"/>
       <c r="J303" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K303" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L303" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M303" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="304" spans="1:13">
       <c r="A304" s="1">
-        <v>47960778000026</v>
+        <v>49899407800042</v>
       </c>
       <c r="B304" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C304" s="2" t="s">
-        <v>1051</v>
+        <v>1065</v>
       </c>
       <c r="D304" s="2"/>
       <c r="E304" s="2" t="s">
-        <v>1052</v>
+        <v>1066</v>
       </c>
       <c r="F304" s="2" t="s">
-        <v>833</v>
-[...3 lines deleted...]
-      </c>
+        <v>1067</v>
+      </c>
+      <c r="G304" s="2"/>
       <c r="H304" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I304" s="3">
-        <v>24370223537</v>
+        <v>11754945175</v>
       </c>
       <c r="J304" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K304" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L304" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M304" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="305" spans="1:13">
       <c r="A305" s="1">
-        <v>47991356800024</v>
+        <v>49987496400046</v>
       </c>
       <c r="B305" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C305" s="2" t="s">
-        <v>1054</v>
+        <v>1068</v>
       </c>
       <c r="D305" s="2"/>
       <c r="E305" s="2" t="s">
-        <v>1055</v>
+        <v>1069</v>
       </c>
       <c r="F305" s="2" t="s">
-        <v>1056</v>
-[...1 lines deleted...]
-      <c r="G305" s="2"/>
+        <v>425</v>
+      </c>
+      <c r="G305" s="2" t="s">
+        <v>1070</v>
+      </c>
       <c r="H305" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I305" s="3"/>
       <c r="J305" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K305" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L305" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M305" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="306" spans="1:13">
       <c r="A306" s="1">
-        <v>47999589600020</v>
+        <v>50068661300018</v>
       </c>
       <c r="B306" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C306" s="2" t="s">
-        <v>1057</v>
+        <v>1071</v>
       </c>
       <c r="D306" s="2"/>
       <c r="E306" s="2" t="s">
-        <v>1058</v>
+        <v>1072</v>
       </c>
       <c r="F306" s="2" t="s">
-        <v>1059</v>
-[...3 lines deleted...]
-      </c>
+        <v>1073</v>
+      </c>
+      <c r="G306" s="2"/>
       <c r="H306" s="2" t="s">
-        <v>613</v>
+        <v>33</v>
       </c>
       <c r="I306" s="3">
-        <v>91300262130</v>
+        <v>43390081239</v>
       </c>
       <c r="J306" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K306" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L306" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M306" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="307" spans="1:13">
       <c r="A307" s="1">
-        <v>48013520100030</v>
+        <v>50089302900024</v>
       </c>
       <c r="B307" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C307" s="2" t="s">
-        <v>1061</v>
+        <v>1074</v>
       </c>
       <c r="D307" s="2"/>
       <c r="E307" s="2" t="s">
-        <v>1062</v>
+        <v>1075</v>
       </c>
       <c r="F307" s="2" t="s">
-        <v>148</v>
+        <v>1076</v>
       </c>
       <c r="G307" s="2"/>
       <c r="H307" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I307" s="3">
-        <v>97970132497</v>
+        <v>11754265075</v>
       </c>
       <c r="J307" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K307" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L307" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M307" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="308" spans="1:13">
       <c r="A308" s="1">
-        <v>48051919800026</v>
+        <v>50096702100030</v>
       </c>
       <c r="B308" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C308" s="2" t="s">
-        <v>1063</v>
+        <v>1077</v>
       </c>
       <c r="D308" s="2"/>
       <c r="E308" s="2" t="s">
-        <v>1064</v>
+        <v>1078</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>1065</v>
-[...1 lines deleted...]
-      <c r="G308" s="2"/>
+        <v>1079</v>
+      </c>
+      <c r="G308" s="2" t="s">
+        <v>709</v>
+      </c>
       <c r="H308" s="2" t="s">
-        <v>613</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I308" s="3"/>
       <c r="J308" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K308" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L308" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M308" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="309" spans="1:13">
       <c r="A309" s="1">
-        <v>48085771300048</v>
+        <v>50103320300032</v>
       </c>
       <c r="B309" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C309" s="2" t="s">
-        <v>1066</v>
+        <v>1080</v>
       </c>
       <c r="D309" s="2"/>
       <c r="E309" s="2" t="s">
-        <v>1067</v>
+        <v>1081</v>
       </c>
       <c r="F309" s="2" t="s">
-        <v>1068</v>
-[...1 lines deleted...]
-      <c r="G309" s="2"/>
+        <v>1082</v>
+      </c>
+      <c r="G309" s="2" t="s">
+        <v>1083</v>
+      </c>
       <c r="H309" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I309" s="3"/>
       <c r="J309" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K309" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L309" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M309" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="310" spans="1:13">
       <c r="A310" s="1">
-        <v>48121600000044</v>
+        <v>50103360900014</v>
       </c>
       <c r="B310" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C310" s="2" t="s">
-        <v>1069</v>
-[...3 lines deleted...]
-      </c>
+        <v>1084</v>
+      </c>
+      <c r="D310" s="2"/>
       <c r="E310" s="2" t="s">
-        <v>1071</v>
+        <v>1085</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>502</v>
-[...1 lines deleted...]
-      <c r="G310" s="2"/>
+        <v>1086</v>
+      </c>
+      <c r="G310" s="2" t="s">
+        <v>1087</v>
+      </c>
       <c r="H310" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I310" s="3"/>
       <c r="J310" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K310" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L310" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M310" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="311" spans="1:13">
       <c r="A311" s="1">
-        <v>48180466400011</v>
+        <v>50172666500018</v>
       </c>
       <c r="B311" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C311" s="2" t="s">
-        <v>1072</v>
+        <v>1088</v>
       </c>
       <c r="D311" s="2"/>
       <c r="E311" s="2" t="s">
-        <v>1073</v>
+        <v>1089</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>1074</v>
-[...3 lines deleted...]
-      </c>
+        <v>345</v>
+      </c>
+      <c r="G311" s="2"/>
       <c r="H311" s="2" t="s">
-        <v>33</v>
+        <v>1090</v>
       </c>
       <c r="I311" s="3">
-        <v>53220797422</v>
+        <v>31620238062</v>
       </c>
       <c r="J311" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K311" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L311" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M311" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="312" spans="1:13">
       <c r="A312" s="1">
-        <v>48267357100022</v>
+        <v>50172804200042</v>
       </c>
       <c r="B312" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C312" s="2" t="s">
-        <v>1076</v>
+        <v>1091</v>
       </c>
       <c r="D312" s="2"/>
       <c r="E312" s="2" t="s">
-        <v>1077</v>
+        <v>1092</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>1078</v>
-[...1 lines deleted...]
-      <c r="G312" s="2"/>
+        <v>1093</v>
+      </c>
+      <c r="G312" s="2" t="s">
+        <v>1094</v>
+      </c>
       <c r="H312" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I312" s="3"/>
       <c r="J312" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K312" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L312" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M312" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="313" spans="1:13">
       <c r="A313" s="1">
-        <v>48276116000019</v>
+        <v>50262126100028</v>
       </c>
       <c r="B313" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C313" s="2" t="s">
-        <v>1079</v>
+        <v>1095</v>
       </c>
       <c r="D313" s="2"/>
       <c r="E313" s="2" t="s">
-        <v>1080</v>
+        <v>1096</v>
       </c>
       <c r="F313" s="2" t="s">
-        <v>1081</v>
+        <v>1097</v>
       </c>
       <c r="G313" s="2"/>
       <c r="H313" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I313" s="3">
-        <v>11921529392</v>
+        <v>52440549844</v>
       </c>
       <c r="J313" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K313" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L313" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M313" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="314" spans="1:13">
       <c r="A314" s="1">
-        <v>48283258100011</v>
+        <v>50290321400026</v>
       </c>
       <c r="B314" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C314" s="2" t="s">
-        <v>1082</v>
-[...1 lines deleted...]
-      <c r="D314" s="2"/>
+        <v>1098</v>
+      </c>
+      <c r="D314" s="2" t="s">
+        <v>1098</v>
+      </c>
       <c r="E314" s="2" t="s">
-        <v>1083</v>
+        <v>1099</v>
       </c>
       <c r="F314" s="2" t="s">
-        <v>1084</v>
+        <v>778</v>
       </c>
       <c r="G314" s="2"/>
       <c r="H314" s="2" t="s">
-        <v>709</v>
+        <v>17</v>
       </c>
       <c r="I314" s="3">
-        <v>54160055716</v>
+        <v>73310510531</v>
       </c>
       <c r="J314" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K314" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L314" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M314" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="315" spans="1:13">
       <c r="A315" s="1">
-        <v>48335590500058</v>
+        <v>50327982000016</v>
       </c>
       <c r="B315" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C315" s="2" t="s">
-        <v>1085</v>
+        <v>1100</v>
       </c>
       <c r="D315" s="2"/>
       <c r="E315" s="2" t="s">
-        <v>1086</v>
+        <v>1101</v>
       </c>
       <c r="F315" s="2" t="s">
-        <v>1087</v>
+        <v>1102</v>
       </c>
       <c r="G315" s="2"/>
       <c r="H315" s="2" t="s">
-        <v>33</v>
+        <v>69</v>
       </c>
       <c r="I315" s="3">
-        <v>52440470044</v>
+        <v>43250236425</v>
       </c>
       <c r="J315" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K315" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L315" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M315" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="316" spans="1:13">
       <c r="A316" s="1">
-        <v>48346393100038</v>
+        <v>50376213000014</v>
       </c>
       <c r="B316" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C316" s="2" t="s">
-        <v>1088</v>
+        <v>1103</v>
       </c>
       <c r="D316" s="2" t="s">
-        <v>1089</v>
+        <v>1104</v>
       </c>
       <c r="E316" s="2" t="s">
-        <v>1090</v>
+        <v>1105</v>
       </c>
       <c r="F316" s="2" t="s">
-        <v>1091</v>
-[...1 lines deleted...]
-      <c r="G316" s="2"/>
+        <v>1106</v>
+      </c>
+      <c r="G316" s="2" t="s">
+        <v>1107</v>
+      </c>
       <c r="H316" s="2" t="s">
-        <v>599</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I316" s="3"/>
       <c r="J316" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K316" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L316" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M316" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="317" spans="1:13">
       <c r="A317" s="1">
-        <v>48384107800031</v>
+        <v>50401118000032</v>
       </c>
       <c r="B317" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C317" s="2" t="s">
-        <v>1092</v>
+        <v>1108</v>
       </c>
       <c r="D317" s="2"/>
       <c r="E317" s="2" t="s">
-        <v>1093</v>
+        <v>1109</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>1094</v>
+        <v>1110</v>
       </c>
       <c r="G317" s="2"/>
       <c r="H317" s="2" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="I317" s="3">
-        <v>26210309421</v>
+        <v>23760434976</v>
       </c>
       <c r="J317" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K317" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L317" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M317" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="318" spans="1:13">
       <c r="A318" s="1">
-        <v>48469606700012</v>
+        <v>50401118000040</v>
       </c>
       <c r="B318" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C318" s="2" t="s">
-        <v>1095</v>
+        <v>1108</v>
       </c>
       <c r="D318" s="2"/>
       <c r="E318" s="2" t="s">
-        <v>1096</v>
+        <v>1111</v>
       </c>
       <c r="F318" s="2" t="s">
-        <v>1097</v>
-[...3 lines deleted...]
-      </c>
+        <v>1112</v>
+      </c>
+      <c r="G318" s="2"/>
       <c r="H318" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I318" s="3"/>
+        <v>69</v>
+      </c>
+      <c r="I318" s="3">
+        <v>23760434976</v>
+      </c>
       <c r="J318" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K318" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L318" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M318" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="319" spans="1:13">
       <c r="A319" s="1">
-        <v>48505061100014</v>
+        <v>50419763300028</v>
       </c>
       <c r="B319" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C319" s="2" t="s">
-        <v>1099</v>
-[...3 lines deleted...]
-      </c>
+        <v>1113</v>
+      </c>
+      <c r="D319" s="2"/>
       <c r="E319" s="2" t="s">
-        <v>1100</v>
+        <v>1114</v>
       </c>
       <c r="F319" s="2" t="s">
-        <v>1101</v>
-[...1 lines deleted...]
-      <c r="G319" s="2"/>
+        <v>1115</v>
+      </c>
+      <c r="G319" s="2" t="s">
+        <v>68</v>
+      </c>
       <c r="H319" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I319" s="3"/>
       <c r="J319" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K319" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L319" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M319" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="320" spans="1:13">
       <c r="A320" s="1">
-        <v>48523485000017</v>
+        <v>50419763300036</v>
       </c>
       <c r="B320" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C320" s="2" t="s">
-        <v>1102</v>
+        <v>1113</v>
       </c>
       <c r="D320" s="2"/>
       <c r="E320" s="2" t="s">
-        <v>1103</v>
+        <v>1116</v>
       </c>
       <c r="F320" s="2" t="s">
-        <v>1104</v>
+        <v>1117</v>
       </c>
       <c r="G320" s="2"/>
       <c r="H320" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I320" s="3">
-        <v>25140202614</v>
+        <v>11754411675</v>
       </c>
       <c r="J320" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K320" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L320" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M320" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="321" spans="1:13">
       <c r="A321" s="1">
-        <v>48819452300053</v>
+        <v>50491282500032</v>
       </c>
       <c r="B321" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C321" s="2" t="s">
-        <v>1105</v>
-[...1 lines deleted...]
-      <c r="D321" s="2"/>
+        <v>1118</v>
+      </c>
+      <c r="D321" s="2" t="s">
+        <v>1119</v>
+      </c>
       <c r="E321" s="2" t="s">
-        <v>1106</v>
+        <v>1120</v>
       </c>
       <c r="F321" s="2" t="s">
-        <v>1107</v>
+        <v>431</v>
       </c>
       <c r="G321" s="2" t="s">
-        <v>1108</v>
+        <v>1121</v>
       </c>
       <c r="H321" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I321" s="3"/>
       <c r="J321" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K321" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L321" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M321" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="322" spans="1:13">
       <c r="A322" s="1">
-        <v>48820391000028</v>
+        <v>50510207900033</v>
       </c>
       <c r="B322" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C322" s="2" t="s">
-        <v>1109</v>
+        <v>1122</v>
       </c>
       <c r="D322" s="2"/>
       <c r="E322" s="2" t="s">
-        <v>1110</v>
+        <v>1123</v>
       </c>
       <c r="F322" s="2" t="s">
-        <v>1111</v>
+        <v>1124</v>
       </c>
       <c r="G322" s="2"/>
       <c r="H322" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I322" s="3">
-        <v>91110095411</v>
+        <v>52720125372</v>
       </c>
       <c r="J322" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K322" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L322" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M322" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="323" spans="1:13">
       <c r="A323" s="1">
-        <v>48822486600043</v>
+        <v>50522848600047</v>
       </c>
       <c r="B323" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C323" s="2" t="s">
-        <v>1112</v>
-[...3 lines deleted...]
-      </c>
+        <v>1125</v>
+      </c>
+      <c r="D323" s="2"/>
       <c r="E323" s="2" t="s">
-        <v>1113</v>
+        <v>1126</v>
       </c>
       <c r="F323" s="2" t="s">
-        <v>1114</v>
+        <v>1127</v>
       </c>
       <c r="G323" s="2"/>
       <c r="H323" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I323" s="3">
-        <v>93840297384</v>
+        <v>93131305613</v>
       </c>
       <c r="J323" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K323" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L323" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M323" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="324" spans="1:13">
       <c r="A324" s="1">
-        <v>48834661000030</v>
+        <v>50758326800010</v>
       </c>
       <c r="B324" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C324" s="2" t="s">
-        <v>1115</v>
+        <v>1128</v>
       </c>
       <c r="D324" s="2"/>
       <c r="E324" s="2" t="s">
-        <v>1116</v>
+        <v>1129</v>
       </c>
       <c r="F324" s="2" t="s">
-        <v>484</v>
+        <v>1130</v>
       </c>
       <c r="G324" s="2"/>
       <c r="H324" s="2" t="s">
-        <v>33</v>
+        <v>1042</v>
       </c>
       <c r="I324" s="3">
-        <v>24450236145</v>
+        <v>11754834175</v>
       </c>
       <c r="J324" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K324" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L324" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M324" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="325" spans="1:13">
       <c r="A325" s="1">
-        <v>48848184700025</v>
+        <v>50857207000037</v>
       </c>
       <c r="B325" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C325" s="2" t="s">
-        <v>1117</v>
-[...1 lines deleted...]
-      <c r="D325" s="2"/>
+        <v>1131</v>
+      </c>
+      <c r="D325" s="2" t="s">
+        <v>1132</v>
+      </c>
       <c r="E325" s="2" t="s">
-        <v>1118</v>
+        <v>1133</v>
       </c>
       <c r="F325" s="2" t="s">
-        <v>1119</v>
+        <v>1134</v>
       </c>
       <c r="G325" s="2"/>
       <c r="H325" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I325" s="3">
-        <v>11754085375</v>
+        <v>11788129378</v>
       </c>
       <c r="J325" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K325" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L325" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M325" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="326" spans="1:13">
       <c r="A326" s="1">
-        <v>48852440600045</v>
+        <v>50953679300011</v>
       </c>
       <c r="B326" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C326" s="2" t="s">
-        <v>1120</v>
+        <v>1135</v>
       </c>
       <c r="D326" s="2"/>
       <c r="E326" s="2" t="s">
-        <v>1121</v>
+        <v>1136</v>
       </c>
       <c r="F326" s="2" t="s">
-        <v>1122</v>
+        <v>1137</v>
       </c>
       <c r="G326" s="2" t="s">
-        <v>1123</v>
+        <v>1138</v>
       </c>
       <c r="H326" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I326" s="3"/>
       <c r="J326" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K326" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L326" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M326" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="327" spans="1:13">
       <c r="A327" s="1">
-        <v>48868235200031</v>
+        <v>50980848100014</v>
       </c>
       <c r="B327" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C327" s="2" t="s">
-        <v>1124</v>
-[...3 lines deleted...]
-      </c>
+        <v>1139</v>
+      </c>
+      <c r="D327" s="2"/>
       <c r="E327" s="2" t="s">
-        <v>1126</v>
+        <v>1140</v>
       </c>
       <c r="F327" s="2" t="s">
-        <v>1127</v>
+        <v>1141</v>
       </c>
       <c r="G327" s="2"/>
       <c r="H327" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I327" s="3"/>
       <c r="J327" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K327" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L327" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M327" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="328" spans="1:13">
       <c r="A328" s="1">
-        <v>48879238300025</v>
+        <v>50992744800027</v>
       </c>
       <c r="B328" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C328" s="2" t="s">
-        <v>1128</v>
+        <v>1142</v>
       </c>
       <c r="D328" s="2" t="s">
-        <v>1129</v>
+        <v>1143</v>
       </c>
       <c r="E328" s="2" t="s">
-        <v>1130</v>
+        <v>1144</v>
       </c>
       <c r="F328" s="2" t="s">
-        <v>1131</v>
-[...3 lines deleted...]
-      </c>
+        <v>1145</v>
+      </c>
+      <c r="G328" s="2"/>
       <c r="H328" s="2" t="s">
-        <v>33</v>
+        <v>69</v>
       </c>
       <c r="I328" s="3">
-        <v>41570247357</v>
+        <v>31620213962</v>
       </c>
       <c r="J328" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K328" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L328" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M328" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="329" spans="1:13">
       <c r="A329" s="1">
-        <v>48889694500034</v>
+        <v>51009723100052</v>
       </c>
       <c r="B329" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C329" s="2" t="s">
-        <v>1133</v>
+        <v>1146</v>
       </c>
       <c r="D329" s="2"/>
       <c r="E329" s="2" t="s">
-        <v>1134</v>
+        <v>1147</v>
       </c>
       <c r="F329" s="2" t="s">
-        <v>1135</v>
-[...1 lines deleted...]
-      <c r="G329" s="2"/>
+        <v>1148</v>
+      </c>
+      <c r="G329" s="2" t="s">
+        <v>1149</v>
+      </c>
       <c r="H329" s="2" t="s">
-        <v>599</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I329" s="3"/>
       <c r="J329" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K329" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L329" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M329" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="330" spans="1:13">
       <c r="A330" s="1">
-        <v>48941833500027</v>
+        <v>51080923900021</v>
       </c>
       <c r="B330" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C330" s="2" t="s">
-        <v>1136</v>
+        <v>1150</v>
       </c>
       <c r="D330" s="2"/>
       <c r="E330" s="2" t="s">
-        <v>1137</v>
+        <v>1151</v>
       </c>
       <c r="F330" s="2" t="s">
-        <v>1138</v>
+        <v>225</v>
       </c>
       <c r="G330" s="2"/>
       <c r="H330" s="2" t="s">
-        <v>1139</v>
+        <v>29</v>
       </c>
       <c r="I330" s="3">
-        <v>23270139127</v>
+        <v>94202108020</v>
       </c>
       <c r="J330" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K330" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L330" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M330" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="331" spans="1:13">
       <c r="A331" s="1">
-        <v>48996707500016</v>
+        <v>51141946700028</v>
       </c>
       <c r="B331" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C331" s="2" t="s">
-        <v>1140</v>
+        <v>1152</v>
       </c>
       <c r="D331" s="2"/>
       <c r="E331" s="2" t="s">
-        <v>1141</v>
+        <v>173</v>
       </c>
       <c r="F331" s="2" t="s">
-        <v>1142</v>
+        <v>1153</v>
       </c>
       <c r="G331" s="2"/>
       <c r="H331" s="2" t="s">
-        <v>599</v>
+        <v>17</v>
       </c>
       <c r="I331" s="3">
-        <v>98973069997</v>
+        <v>82691049769</v>
       </c>
       <c r="J331" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K331" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L331" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M331" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="332" spans="1:13">
       <c r="A332" s="1">
-        <v>49012025000041</v>
+        <v>51147273000023</v>
       </c>
       <c r="B332" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C332" s="2" t="s">
-        <v>1143</v>
-[...1 lines deleted...]
-      <c r="D332" s="2"/>
+        <v>1154</v>
+      </c>
+      <c r="D332" s="2" t="s">
+        <v>1154</v>
+      </c>
       <c r="E332" s="2" t="s">
-        <v>1144</v>
+        <v>1155</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>1145</v>
+        <v>1156</v>
       </c>
       <c r="G332" s="2"/>
       <c r="H332" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>1146</v>
+        <v>17</v>
+      </c>
+      <c r="I332" s="3">
+        <v>82691049569</v>
       </c>
       <c r="J332" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K332" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L332" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M332" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="333" spans="1:13">
       <c r="A333" s="1">
-        <v>49035455200021</v>
+        <v>51176260100017</v>
       </c>
       <c r="B333" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C333" s="2" t="s">
-        <v>1147</v>
-[...3 lines deleted...]
-      </c>
+        <v>1157</v>
+      </c>
+      <c r="D333" s="2"/>
       <c r="E333" s="2" t="s">
-        <v>1149</v>
+        <v>1158</v>
       </c>
       <c r="F333" s="2" t="s">
-        <v>1150</v>
+        <v>1159</v>
       </c>
       <c r="G333" s="2"/>
       <c r="H333" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I333" s="3">
-        <v>73460032046</v>
+        <v>54170132917</v>
       </c>
       <c r="J333" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K333" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L333" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M333" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="334" spans="1:13">
       <c r="A334" s="1">
-        <v>49098556100011</v>
+        <v>51224502800059</v>
       </c>
       <c r="B334" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C334" s="2" t="s">
-        <v>1151</v>
-[...1 lines deleted...]
-      <c r="D334" s="2"/>
+        <v>1160</v>
+      </c>
+      <c r="D334" s="2" t="s">
+        <v>1161</v>
+      </c>
       <c r="E334" s="2" t="s">
-        <v>1152</v>
+        <v>1162</v>
       </c>
       <c r="F334" s="2" t="s">
-        <v>1153</v>
+        <v>1163</v>
       </c>
       <c r="G334" s="2"/>
       <c r="H334" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I334" s="3">
-        <v>54860098786</v>
+        <v>73310540631</v>
       </c>
       <c r="J334" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K334" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L334" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M334" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="335" spans="1:13">
       <c r="A335" s="1">
-        <v>49115673300033</v>
+        <v>51351620300025</v>
       </c>
       <c r="B335" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C335" s="2" t="s">
-        <v>1154</v>
+        <v>1164</v>
       </c>
       <c r="D335" s="2"/>
       <c r="E335" s="2" t="s">
-        <v>1155</v>
+        <v>1165</v>
       </c>
       <c r="F335" s="2" t="s">
-        <v>1156</v>
+        <v>1166</v>
       </c>
       <c r="G335" s="2"/>
       <c r="H335" s="2" t="s">
-        <v>33</v>
+        <v>1090</v>
       </c>
       <c r="I335" s="3">
-        <v>23270140627</v>
+        <v>31590708359</v>
       </c>
       <c r="J335" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K335" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L335" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M335" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="336" spans="1:13">
       <c r="A336" s="1">
-        <v>49117331600051</v>
+        <v>51353065900020</v>
       </c>
       <c r="B336" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C336" s="2" t="s">
-        <v>1157</v>
+        <v>1167</v>
       </c>
       <c r="D336" s="2"/>
       <c r="E336" s="2" t="s">
-        <v>1158</v>
+        <v>1168</v>
       </c>
       <c r="F336" s="2" t="s">
-        <v>749</v>
+        <v>1169</v>
       </c>
       <c r="G336" s="2"/>
       <c r="H336" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I336" s="3">
-        <v>32600328160</v>
+        <v>93840306184</v>
       </c>
       <c r="J336" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K336" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L336" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M336" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="337" spans="1:13">
       <c r="A337" s="1">
-        <v>49126800900017</v>
+        <v>51472059800036</v>
       </c>
       <c r="B337" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C337" s="2" t="s">
-        <v>1159</v>
-[...3 lines deleted...]
-      </c>
+        <v>1170</v>
+      </c>
+      <c r="D337" s="2"/>
       <c r="E337" s="2" t="s">
-        <v>1161</v>
+        <v>1171</v>
       </c>
       <c r="F337" s="2" t="s">
-        <v>1131</v>
+        <v>111</v>
       </c>
       <c r="G337" s="2"/>
       <c r="H337" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I337" s="3">
-        <v>82730116073</v>
+        <v>95970122297</v>
       </c>
       <c r="J337" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K337" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L337" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M337" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="338" spans="1:13">
       <c r="A338" s="1">
-        <v>49134717500037</v>
+        <v>51490360800016</v>
       </c>
       <c r="B338" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C338" s="2" t="s">
-        <v>1162</v>
+        <v>1172</v>
       </c>
       <c r="D338" s="2"/>
       <c r="E338" s="2" t="s">
-        <v>1163</v>
+        <v>1173</v>
       </c>
       <c r="F338" s="2" t="s">
-        <v>1164</v>
+        <v>1174</v>
       </c>
       <c r="G338" s="2"/>
       <c r="H338" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I338" s="3">
-        <v>11754440975</v>
+        <v>82010121101</v>
       </c>
       <c r="J338" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K338" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L338" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M338" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="339" spans="1:13">
       <c r="A339" s="1">
-        <v>49154650300013</v>
+        <v>51750217500048</v>
       </c>
       <c r="B339" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C339" s="2" t="s">
-        <v>1165</v>
+        <v>1175</v>
       </c>
       <c r="D339" s="2"/>
       <c r="E339" s="2" t="s">
-        <v>1166</v>
+        <v>1176</v>
       </c>
       <c r="F339" s="2" t="s">
-        <v>678</v>
-[...3 lines deleted...]
-      </c>
+        <v>1177</v>
+      </c>
+      <c r="G339" s="2"/>
       <c r="H339" s="2" t="s">
-        <v>599</v>
+        <v>100</v>
       </c>
       <c r="I339" s="3">
-        <v>95970138897</v>
+        <v>93830461883</v>
       </c>
       <c r="J339" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K339" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L339" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M339" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="340" spans="1:13">
       <c r="A340" s="1">
-        <v>49182027000057</v>
+        <v>51760378300047</v>
       </c>
       <c r="B340" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C340" s="2" t="s">
-        <v>1168</v>
+        <v>1178</v>
       </c>
       <c r="D340" s="2"/>
       <c r="E340" s="2" t="s">
-        <v>1169</v>
+        <v>1179</v>
       </c>
       <c r="F340" s="2" t="s">
-        <v>1170</v>
+        <v>171</v>
       </c>
       <c r="G340" s="2"/>
       <c r="H340" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I340" s="3">
-        <v>93131240513</v>
+        <v>73310551631</v>
       </c>
       <c r="J340" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K340" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L340" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M340" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="341" spans="1:13">
       <c r="A341" s="1">
-        <v>49198798800038</v>
+        <v>51842343900034</v>
       </c>
       <c r="B341" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C341" s="2" t="s">
-        <v>1171</v>
-[...3 lines deleted...]
-      </c>
+        <v>1180</v>
+      </c>
+      <c r="D341" s="2"/>
       <c r="E341" s="2" t="s">
-        <v>1172</v>
+        <v>1181</v>
       </c>
       <c r="F341" s="2" t="s">
-        <v>1173</v>
-[...3 lines deleted...]
-      </c>
+        <v>578</v>
+      </c>
+      <c r="G341" s="2"/>
       <c r="H341" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I341" s="3">
-        <v>11754117075</v>
+        <v>93131482013</v>
       </c>
       <c r="J341" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K341" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L341" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M341" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="342" spans="1:13">
       <c r="A342" s="1">
-        <v>49200285200043</v>
+        <v>51861596800030</v>
       </c>
       <c r="B342" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C342" s="2" t="s">
-        <v>1175</v>
+        <v>1182</v>
       </c>
       <c r="D342" s="2"/>
       <c r="E342" s="2" t="s">
-        <v>1176</v>
+        <v>1183</v>
       </c>
       <c r="F342" s="2" t="s">
-        <v>1177</v>
+        <v>312</v>
       </c>
       <c r="G342" s="2"/>
       <c r="H342" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I342" s="3">
-        <v>11930593193</v>
+        <v>53350510635</v>
       </c>
       <c r="J342" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K342" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L342" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M342" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="343" spans="1:13">
       <c r="A343" s="1">
-        <v>49261048000021</v>
+        <v>51861596800048</v>
       </c>
       <c r="B343" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C343" s="2" t="s">
-        <v>1178</v>
+        <v>1182</v>
       </c>
       <c r="D343" s="2"/>
       <c r="E343" s="2" t="s">
-        <v>1179</v>
+        <v>1184</v>
       </c>
       <c r="F343" s="2" t="s">
-        <v>1180</v>
+        <v>1185</v>
       </c>
       <c r="G343" s="2"/>
       <c r="H343" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I343" s="3">
-        <v>93060625906</v>
+        <v>53350510635</v>
       </c>
       <c r="J343" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K343" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L343" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M343" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="344" spans="1:13">
       <c r="A344" s="1">
-        <v>49265917200026</v>
+        <v>51861596800055</v>
       </c>
       <c r="B344" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C344" s="2" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="D344" s="2"/>
       <c r="E344" s="2" t="s">
-        <v>1182</v>
+        <v>1186</v>
       </c>
       <c r="F344" s="2" t="s">
-        <v>1183</v>
-[...1 lines deleted...]
-      <c r="G344" s="2"/>
+        <v>475</v>
+      </c>
+      <c r="G344" s="2" t="s">
+        <v>1187</v>
+      </c>
       <c r="H344" s="2" t="s">
-        <v>1184</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I344" s="3"/>
       <c r="J344" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K344" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L344" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M344" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="345" spans="1:13">
       <c r="A345" s="1">
-        <v>49358822200080</v>
+        <v>51861596800063</v>
       </c>
       <c r="B345" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C345" s="2" t="s">
-        <v>1185</v>
+        <v>1182</v>
       </c>
       <c r="D345" s="2"/>
       <c r="E345" s="2" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="F345" s="2" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="G345" s="2"/>
+        <v>475</v>
+      </c>
+      <c r="G345" s="2" t="s">
+        <v>1189</v>
+      </c>
       <c r="H345" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I345" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I345" s="3"/>
       <c r="J345" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K345" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L345" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M345" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="346" spans="1:13">
       <c r="A346" s="1">
-        <v>49365427100029</v>
+        <v>51870186700021</v>
       </c>
       <c r="B346" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C346" s="2" t="s">
-        <v>1187</v>
+        <v>1190</v>
       </c>
       <c r="D346" s="2"/>
       <c r="E346" s="2" t="s">
-        <v>1188</v>
+        <v>1191</v>
       </c>
       <c r="F346" s="2" t="s">
-        <v>1189</v>
-[...1 lines deleted...]
-      <c r="G346" s="2"/>
+        <v>1192</v>
+      </c>
+      <c r="G346" s="2" t="s">
+        <v>1193</v>
+      </c>
       <c r="H346" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I346" s="3"/>
       <c r="J346" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K346" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L346" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M346" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="347" spans="1:13">
       <c r="A347" s="1">
-        <v>49371927200038</v>
+        <v>51890309100024</v>
       </c>
       <c r="B347" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C347" s="2" t="s">
-        <v>1190</v>
+        <v>1194</v>
       </c>
       <c r="D347" s="2"/>
       <c r="E347" s="2" t="s">
-        <v>1191</v>
+        <v>1195</v>
       </c>
       <c r="F347" s="2" t="s">
-        <v>1192</v>
+        <v>115</v>
       </c>
       <c r="G347" s="2"/>
       <c r="H347" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I347" s="3">
-        <v>31590662459</v>
+        <v>72400089740</v>
       </c>
       <c r="J347" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K347" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L347" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M347" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="348" spans="1:13">
       <c r="A348" s="1">
-        <v>49397289700018</v>
+        <v>51894767600020</v>
       </c>
       <c r="B348" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C348" s="2" t="s">
-        <v>1193</v>
+        <v>1196</v>
       </c>
       <c r="D348" s="2"/>
       <c r="E348" s="2" t="s">
-        <v>1194</v>
+        <v>1197</v>
       </c>
       <c r="F348" s="2" t="s">
-        <v>1195</v>
-[...3 lines deleted...]
-      </c>
+        <v>1198</v>
+      </c>
+      <c r="G348" s="2"/>
       <c r="H348" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I348" s="3">
-        <v>91300271330</v>
+        <v>95973070297</v>
       </c>
       <c r="J348" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K348" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L348" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M348" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="349" spans="1:13">
       <c r="A349" s="1">
-        <v>49829500500033</v>
+        <v>51935563000012</v>
       </c>
       <c r="B349" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C349" s="2" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
       <c r="D349" s="2"/>
       <c r="E349" s="2" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
       <c r="F349" s="2" t="s">
-        <v>1199</v>
+        <v>312</v>
       </c>
       <c r="G349" s="2"/>
       <c r="H349" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I349" s="3">
-        <v>82690977169</v>
+        <v>11756190175</v>
       </c>
       <c r="J349" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K349" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L349" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M349" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="350" spans="1:13">
       <c r="A350" s="1">
-        <v>49868549400037</v>
+        <v>51940814000092</v>
       </c>
       <c r="B350" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C350" s="2" t="s">
-        <v>1200</v>
-[...1 lines deleted...]
-      <c r="D350" s="2"/>
+        <v>1201</v>
+      </c>
+      <c r="D350" s="2" t="s">
+        <v>1201</v>
+      </c>
       <c r="E350" s="2" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="F350" s="2" t="s">
-        <v>1202</v>
-[...1 lines deleted...]
-      <c r="G350" s="2" t="s">
         <v>1203</v>
       </c>
+      <c r="G350" s="2"/>
       <c r="H350" s="2" t="s">
-        <v>33</v>
+        <v>1204</v>
       </c>
       <c r="I350" s="3">
-        <v>11921615692</v>
+        <v>54790095179</v>
       </c>
       <c r="J350" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K350" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L350" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M350" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="351" spans="1:13">
       <c r="A351" s="1">
-        <v>49868549400052</v>
+        <v>51956015500011</v>
       </c>
       <c r="B351" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C351" s="2" t="s">
-        <v>1200</v>
+        <v>1205</v>
       </c>
       <c r="D351" s="2"/>
       <c r="E351" s="2" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="F351" s="2" t="s">
-        <v>1205</v>
-[...1 lines deleted...]
-      <c r="G351" s="2"/>
+        <v>1207</v>
+      </c>
+      <c r="G351" s="2" t="s">
+        <v>1208</v>
+      </c>
       <c r="H351" s="2" t="s">
-        <v>613</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I351" s="3"/>
       <c r="J351" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K351" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L351" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M351" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="352" spans="1:13">
       <c r="A352" s="1">
-        <v>49899407800042</v>
+        <v>51959927800073</v>
       </c>
       <c r="B352" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C352" s="2" t="s">
-        <v>1206</v>
+        <v>1209</v>
       </c>
       <c r="D352" s="2"/>
       <c r="E352" s="2" t="s">
-        <v>1207</v>
+        <v>1210</v>
       </c>
       <c r="F352" s="2" t="s">
-        <v>1208</v>
-[...1 lines deleted...]
-      <c r="G352" s="2"/>
+        <v>1211</v>
+      </c>
+      <c r="G352" s="2" t="s">
+        <v>1212</v>
+      </c>
       <c r="H352" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>1213</v>
+      </c>
+      <c r="I352" s="3"/>
       <c r="J352" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K352" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L352" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M352" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="353" spans="1:13">
       <c r="A353" s="1">
-        <v>49987496400046</v>
+        <v>51963136000038</v>
       </c>
       <c r="B353" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C353" s="2" t="s">
-        <v>1209</v>
+        <v>1214</v>
       </c>
       <c r="D353" s="2"/>
       <c r="E353" s="2" t="s">
-        <v>1210</v>
+        <v>1215</v>
       </c>
       <c r="F353" s="2" t="s">
-        <v>1211</v>
-[...3 lines deleted...]
-      </c>
+        <v>1216</v>
+      </c>
+      <c r="G353" s="2"/>
       <c r="H353" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I353" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I353" s="3">
+        <v>93830410283</v>
+      </c>
       <c r="J353" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K353" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L353" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M353" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="354" spans="1:13">
       <c r="A354" s="1">
-        <v>50068661300018</v>
+        <v>52003700300016</v>
       </c>
       <c r="B354" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C354" s="2" t="s">
-        <v>1213</v>
-[...1 lines deleted...]
-      <c r="D354" s="2"/>
+        <v>1217</v>
+      </c>
+      <c r="D354" s="2" t="s">
+        <v>1217</v>
+      </c>
       <c r="E354" s="2" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="F354" s="2" t="s">
-        <v>1215</v>
+        <v>312</v>
       </c>
       <c r="G354" s="2"/>
       <c r="H354" s="2" t="s">
-        <v>613</v>
+        <v>17</v>
       </c>
       <c r="I354" s="3">
-        <v>43390081239</v>
+        <v>42680208868</v>
       </c>
       <c r="J354" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K354" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L354" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M354" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="355" spans="1:13">
       <c r="A355" s="1">
-        <v>50089302900024</v>
+        <v>44276468400027</v>
       </c>
       <c r="B355" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C355" s="2" t="s">
-        <v>1216</v>
-[...1 lines deleted...]
-      <c r="D355" s="2"/>
+        <v>1219</v>
+      </c>
+      <c r="D355" s="2" t="s">
+        <v>1219</v>
+      </c>
       <c r="E355" s="2" t="s">
-        <v>1217</v>
+        <v>1220</v>
       </c>
       <c r="F355" s="2" t="s">
-        <v>1218</v>
+        <v>1221</v>
       </c>
       <c r="G355" s="2"/>
       <c r="H355" s="2" t="s">
-        <v>613</v>
+        <v>17</v>
       </c>
       <c r="I355" s="3">
-        <v>11754265075</v>
+        <v>98970119897</v>
       </c>
       <c r="J355" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K355" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L355" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M355" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="356" spans="1:13">
       <c r="A356" s="1">
-        <v>50096702100030</v>
+        <v>44321186700025</v>
       </c>
       <c r="B356" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C356" s="2" t="s">
-        <v>1219</v>
+        <v>1222</v>
       </c>
       <c r="D356" s="2"/>
       <c r="E356" s="2" t="s">
-        <v>1220</v>
+        <v>1223</v>
       </c>
       <c r="F356" s="2" t="s">
-        <v>1221</v>
+        <v>1224</v>
       </c>
       <c r="G356" s="2" t="s">
-        <v>214</v>
+        <v>1225</v>
       </c>
       <c r="H356" s="2" t="s">
-        <v>599</v>
-[...3 lines deleted...]
-      </c>
+        <v>1204</v>
+      </c>
+      <c r="I356" s="3"/>
       <c r="J356" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K356" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L356" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M356" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="357" spans="1:13">
       <c r="A357" s="1">
-        <v>50103320300032</v>
+        <v>44391934500035</v>
       </c>
       <c r="B357" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C357" s="2" t="s">
-        <v>1222</v>
+        <v>1226</v>
       </c>
       <c r="D357" s="2"/>
       <c r="E357" s="2" t="s">
-        <v>1223</v>
+        <v>1227</v>
       </c>
       <c r="F357" s="2" t="s">
-        <v>1224</v>
-[...3 lines deleted...]
-      </c>
+        <v>578</v>
+      </c>
+      <c r="G357" s="2"/>
       <c r="H357" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I357" s="3">
-        <v>11950571995</v>
+        <v>82690769669</v>
       </c>
       <c r="J357" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K357" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L357" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M357" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="358" spans="1:13">
       <c r="A358" s="1">
-        <v>50103360900014</v>
+        <v>44492238900010</v>
       </c>
       <c r="B358" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C358" s="2" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="D358" s="2"/>
       <c r="E358" s="2" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
       <c r="F358" s="2" t="s">
-        <v>1228</v>
+        <v>1230</v>
       </c>
       <c r="G358" s="2"/>
       <c r="H358" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I358" s="3"/>
       <c r="J358" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K358" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L358" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M358" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="359" spans="1:13">
       <c r="A359" s="1">
-        <v>50172666500018</v>
+        <v>44499985800046</v>
       </c>
       <c r="B359" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C359" s="2" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="D359" s="2"/>
       <c r="E359" s="2" t="s">
-        <v>1230</v>
+        <v>1232</v>
       </c>
       <c r="F359" s="2" t="s">
-        <v>23</v>
+        <v>345</v>
       </c>
       <c r="G359" s="2"/>
       <c r="H359" s="2" t="s">
-        <v>1231</v>
+        <v>17</v>
       </c>
       <c r="I359" s="3">
-        <v>31620238062</v>
+        <v>83630360563</v>
       </c>
       <c r="J359" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K359" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L359" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M359" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="360" spans="1:13">
       <c r="A360" s="1">
-        <v>50172804200042</v>
+        <v>44520408400021</v>
       </c>
       <c r="B360" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C360" s="2" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="D360" s="2"/>
       <c r="E360" s="2" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="F360" s="2" t="s">
-        <v>1234</v>
-[...3 lines deleted...]
-      </c>
+        <v>345</v>
+      </c>
+      <c r="G360" s="2"/>
       <c r="H360" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I360" s="3">
-        <v>22800135080</v>
+        <v>91340530334</v>
       </c>
       <c r="J360" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K360" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L360" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M360" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="361" spans="1:13">
       <c r="A361" s="1">
-        <v>50262126100028</v>
+        <v>44524552500040</v>
       </c>
       <c r="B361" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C361" s="2" t="s">
-        <v>1236</v>
+        <v>1235</v>
       </c>
       <c r="D361" s="2"/>
       <c r="E361" s="2" t="s">
+        <v>1236</v>
+      </c>
+      <c r="F361" s="2" t="s">
         <v>1237</v>
-      </c>
-[...1 lines deleted...]
-        <v>1238</v>
       </c>
       <c r="G361" s="2"/>
       <c r="H361" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I361" s="3">
-        <v>52440549844</v>
+        <v>43700047270</v>
       </c>
       <c r="J361" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K361" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L361" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M361" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="362" spans="1:13">
       <c r="A362" s="1">
-        <v>50290321400026</v>
+        <v>44531243200021</v>
       </c>
       <c r="B362" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C362" s="2" t="s">
+        <v>1238</v>
+      </c>
+      <c r="D362" s="2"/>
+      <c r="E362" s="2" t="s">
         <v>1239</v>
       </c>
-      <c r="D362" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E362" s="2" t="s">
+      <c r="F362" s="2" t="s">
         <v>1240</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
       <c r="G362" s="2"/>
       <c r="H362" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I362" s="3">
-        <v>73310510531</v>
+        <v>31590578459</v>
       </c>
       <c r="J362" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K362" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L362" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M362" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="363" spans="1:13">
       <c r="A363" s="1">
-        <v>50327982000016</v>
+        <v>44531243200104</v>
       </c>
       <c r="B363" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C363" s="2" t="s">
-        <v>1241</v>
+        <v>1238</v>
       </c>
       <c r="D363" s="2"/>
       <c r="E363" s="2" t="s">
+        <v>1241</v>
+      </c>
+      <c r="F363" s="2" t="s">
         <v>1242</v>
-      </c>
-[...1 lines deleted...]
-        <v>1243</v>
       </c>
       <c r="G363" s="2"/>
       <c r="H363" s="2" t="s">
-        <v>650</v>
+        <v>17</v>
       </c>
       <c r="I363" s="3">
-        <v>43250236425</v>
+        <v>31590578459</v>
       </c>
       <c r="J363" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K363" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L363" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M363" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="364" spans="1:13">
       <c r="A364" s="1">
-        <v>50376213000014</v>
+        <v>44531243200112</v>
       </c>
       <c r="B364" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C364" s="2" t="s">
-        <v>1244</v>
-[...3 lines deleted...]
-      </c>
+        <v>1238</v>
+      </c>
+      <c r="D364" s="2"/>
       <c r="E364" s="2" t="s">
-        <v>1246</v>
+        <v>1243</v>
       </c>
       <c r="F364" s="2" t="s">
-        <v>1247</v>
-[...3 lines deleted...]
-      </c>
+        <v>561</v>
+      </c>
+      <c r="G364" s="2"/>
       <c r="H364" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I364" s="3">
-        <v>97970151997</v>
+        <v>31590578459</v>
       </c>
       <c r="J364" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K364" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L364" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M364" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="365" spans="1:13">
       <c r="A365" s="1">
-        <v>50401118000032</v>
+        <v>44531243200120</v>
       </c>
       <c r="B365" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C365" s="2" t="s">
-        <v>1249</v>
+        <v>1238</v>
       </c>
       <c r="D365" s="2"/>
       <c r="E365" s="2" t="s">
-        <v>1250</v>
+        <v>1244</v>
       </c>
       <c r="F365" s="2" t="s">
-        <v>1251</v>
+        <v>561</v>
       </c>
       <c r="G365" s="2"/>
       <c r="H365" s="2" t="s">
-        <v>800</v>
+        <v>17</v>
       </c>
       <c r="I365" s="3">
-        <v>23760434976</v>
+        <v>31590578459</v>
       </c>
       <c r="J365" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K365" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L365" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M365" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="366" spans="1:13">
       <c r="A366" s="1">
-        <v>50401118000040</v>
+        <v>44531243200146</v>
       </c>
       <c r="B366" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C366" s="2" t="s">
-        <v>1249</v>
+        <v>1238</v>
       </c>
       <c r="D366" s="2"/>
       <c r="E366" s="2" t="s">
-        <v>1252</v>
+        <v>1245</v>
       </c>
       <c r="F366" s="2" t="s">
-        <v>1253</v>
+        <v>1246</v>
       </c>
       <c r="G366" s="2"/>
       <c r="H366" s="2" t="s">
-        <v>650</v>
+        <v>17</v>
       </c>
       <c r="I366" s="3">
-        <v>23760434976</v>
+        <v>31590578459</v>
       </c>
       <c r="J366" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K366" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L366" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M366" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="367" spans="1:13">
       <c r="A367" s="1">
-        <v>50419763300028</v>
+        <v>44904121900014</v>
       </c>
       <c r="B367" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C367" s="2" t="s">
-        <v>1254</v>
+        <v>1247</v>
       </c>
       <c r="D367" s="2"/>
       <c r="E367" s="2" t="s">
-        <v>1255</v>
+        <v>1248</v>
       </c>
       <c r="F367" s="2" t="s">
-        <v>1256</v>
-[...3 lines deleted...]
-      </c>
+        <v>1249</v>
+      </c>
+      <c r="G367" s="2"/>
       <c r="H367" s="2" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I367" s="3">
-        <v>11754411675</v>
+        <v>52850112885</v>
       </c>
       <c r="J367" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K367" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L367" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M367" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="368" spans="1:13">
       <c r="A368" s="1">
-        <v>50419763300036</v>
+        <v>44921506000012</v>
       </c>
       <c r="B368" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C368" s="2" t="s">
-        <v>1254</v>
+        <v>1250</v>
       </c>
       <c r="D368" s="2"/>
       <c r="E368" s="2" t="s">
-        <v>1258</v>
+        <v>1251</v>
       </c>
       <c r="F368" s="2" t="s">
-        <v>1259</v>
+        <v>1252</v>
       </c>
       <c r="G368" s="2"/>
       <c r="H368" s="2" t="s">
-        <v>599</v>
+        <v>29</v>
       </c>
       <c r="I368" s="3">
-        <v>11754411675</v>
+        <v>93830464283</v>
       </c>
       <c r="J368" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K368" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L368" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M368" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="369" spans="1:13">
       <c r="A369" s="1">
-        <v>50491282500032</v>
+        <v>45143381700025</v>
       </c>
       <c r="B369" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C369" s="2" t="s">
-        <v>1260</v>
-[...3 lines deleted...]
-      </c>
+        <v>1253</v>
+      </c>
+      <c r="D369" s="2"/>
       <c r="E369" s="2" t="s">
-        <v>1262</v>
+        <v>1254</v>
       </c>
       <c r="F369" s="2" t="s">
-        <v>1263</v>
-[...3 lines deleted...]
-      </c>
+        <v>1255</v>
+      </c>
+      <c r="G369" s="2"/>
       <c r="H369" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I369" s="3">
-        <v>84691934469</v>
+        <v>43250195025</v>
       </c>
       <c r="J369" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K369" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L369" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M369" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="370" spans="1:13">
       <c r="A370" s="1">
-        <v>50510207900033</v>
+        <v>45169029100013</v>
       </c>
       <c r="B370" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C370" s="2" t="s">
-        <v>1265</v>
+        <v>1256</v>
       </c>
       <c r="D370" s="2"/>
       <c r="E370" s="2" t="s">
-        <v>1266</v>
+        <v>1257</v>
       </c>
       <c r="F370" s="2" t="s">
-        <v>1267</v>
-[...1 lines deleted...]
-      <c r="G370" s="2"/>
+        <v>1258</v>
+      </c>
+      <c r="G370" s="2" t="s">
+        <v>1259</v>
+      </c>
       <c r="H370" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I370" s="3"/>
       <c r="J370" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K370" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L370" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M370" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="371" spans="1:13">
       <c r="A371" s="1">
-        <v>50522848600047</v>
+        <v>45181113700020</v>
       </c>
       <c r="B371" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C371" s="2" t="s">
-        <v>1268</v>
+        <v>1260</v>
       </c>
       <c r="D371" s="2"/>
       <c r="E371" s="2" t="s">
-        <v>1269</v>
+        <v>1261</v>
       </c>
       <c r="F371" s="2" t="s">
-        <v>1270</v>
+        <v>1262</v>
       </c>
       <c r="G371" s="2"/>
       <c r="H371" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I371" s="3">
-        <v>93131305613</v>
+        <v>11753839375</v>
       </c>
       <c r="J371" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K371" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L371" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M371" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="372" spans="1:13">
       <c r="A372" s="1">
-        <v>50758326800010</v>
+        <v>45211949800023</v>
       </c>
       <c r="B372" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C372" s="2" t="s">
-        <v>1271</v>
+        <v>1263</v>
       </c>
       <c r="D372" s="2"/>
       <c r="E372" s="2" t="s">
-        <v>1272</v>
+        <v>1264</v>
       </c>
       <c r="F372" s="2" t="s">
-        <v>1273</v>
+        <v>1265</v>
       </c>
       <c r="G372" s="2"/>
       <c r="H372" s="2" t="s">
-        <v>859</v>
+        <v>17</v>
       </c>
       <c r="I372" s="3">
-        <v>11754834175</v>
+        <v>11930518993</v>
       </c>
       <c r="J372" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K372" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L372" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M372" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="373" spans="1:13">
       <c r="A373" s="1">
-        <v>50857207000037</v>
+        <v>45215527800032</v>
       </c>
       <c r="B373" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C373" s="2" t="s">
-        <v>1274</v>
-[...3 lines deleted...]
-      </c>
+        <v>1266</v>
+      </c>
+      <c r="D373" s="2"/>
       <c r="E373" s="2" t="s">
-        <v>1276</v>
+        <v>1267</v>
       </c>
       <c r="F373" s="2" t="s">
-        <v>1277</v>
+        <v>1268</v>
       </c>
       <c r="G373" s="2"/>
       <c r="H373" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I373" s="3">
-        <v>11788129378</v>
+        <v>23760361976</v>
       </c>
       <c r="J373" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K373" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L373" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M373" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="374" spans="1:13">
       <c r="A374" s="1">
-        <v>50953679300011</v>
+        <v>45224614300013</v>
       </c>
       <c r="B374" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C374" s="2" t="s">
-        <v>1278</v>
+        <v>1269</v>
       </c>
       <c r="D374" s="2"/>
       <c r="E374" s="2" t="s">
-        <v>1279</v>
+        <v>1270</v>
       </c>
       <c r="F374" s="2" t="s">
-        <v>1280</v>
+        <v>1255</v>
       </c>
       <c r="G374" s="2" t="s">
-        <v>1281</v>
+        <v>1271</v>
       </c>
       <c r="H374" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I374" s="3"/>
       <c r="J374" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K374" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L374" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M374" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="375" spans="1:13">
       <c r="A375" s="1">
-        <v>50980848100014</v>
+        <v>45235951600021</v>
       </c>
       <c r="B375" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C375" s="2" t="s">
-        <v>1282</v>
+        <v>1272</v>
       </c>
       <c r="D375" s="2"/>
       <c r="E375" s="2" t="s">
-        <v>1283</v>
+        <v>1273</v>
       </c>
       <c r="F375" s="2" t="s">
-        <v>1284</v>
+        <v>1274</v>
       </c>
       <c r="G375" s="2"/>
       <c r="H375" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I375" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I375" s="3">
+        <v>11910566091</v>
+      </c>
       <c r="J375" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K375" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L375" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M375" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="376" spans="1:13">
       <c r="A376" s="1">
-        <v>50992744800027</v>
+        <v>45244430000043</v>
       </c>
       <c r="B376" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C376" s="2" t="s">
-        <v>1285</v>
-[...3 lines deleted...]
-      </c>
+        <v>1275</v>
+      </c>
+      <c r="D376" s="2"/>
       <c r="E376" s="2" t="s">
-        <v>1287</v>
+        <v>1276</v>
       </c>
       <c r="F376" s="2" t="s">
-        <v>1288</v>
+        <v>468</v>
       </c>
       <c r="G376" s="2"/>
       <c r="H376" s="2" t="s">
-        <v>650</v>
+        <v>1277</v>
       </c>
       <c r="I376" s="3">
-        <v>31620213962</v>
+        <v>41540231154</v>
       </c>
       <c r="J376" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K376" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L376" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M376" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="377" spans="1:13">
       <c r="A377" s="1">
-        <v>51009723100052</v>
+        <v>45361713600024</v>
       </c>
       <c r="B377" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C377" s="2" t="s">
-        <v>1289</v>
+        <v>1278</v>
       </c>
       <c r="D377" s="2"/>
       <c r="E377" s="2" t="s">
-        <v>1290</v>
+        <v>1279</v>
       </c>
       <c r="F377" s="2" t="s">
-        <v>1291</v>
-[...3 lines deleted...]
-      </c>
+        <v>1280</v>
+      </c>
+      <c r="G377" s="2"/>
       <c r="H377" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I377" s="3">
-        <v>11754783975</v>
+        <v>97970192097</v>
       </c>
       <c r="J377" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K377" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L377" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M377" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="378" spans="1:13">
       <c r="A378" s="1">
-        <v>51080923900021</v>
+        <v>45406806500027</v>
       </c>
       <c r="B378" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C378" s="2" t="s">
-        <v>1292</v>
+        <v>1281</v>
       </c>
       <c r="D378" s="2"/>
       <c r="E378" s="2" t="s">
-        <v>1293</v>
+        <v>1282</v>
       </c>
       <c r="F378" s="2" t="s">
-        <v>1294</v>
+        <v>939</v>
       </c>
       <c r="G378" s="2"/>
       <c r="H378" s="2" t="s">
-        <v>599</v>
+        <v>17</v>
       </c>
       <c r="I378" s="3">
-        <v>94202108020</v>
+        <v>11930513693</v>
       </c>
       <c r="J378" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K378" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L378" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M378" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="379" spans="1:13">
       <c r="A379" s="1">
-        <v>51141946700028</v>
+        <v>47774275300031</v>
       </c>
       <c r="B379" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C379" s="2" t="s">
-        <v>1295</v>
+        <v>1283</v>
       </c>
       <c r="D379" s="2"/>
       <c r="E379" s="2" t="s">
-        <v>1296</v>
+        <v>1284</v>
       </c>
       <c r="F379" s="2" t="s">
-        <v>1297</v>
-[...1 lines deleted...]
-      <c r="G379" s="2"/>
+        <v>315</v>
+      </c>
+      <c r="G379" s="2" t="s">
+        <v>1285</v>
+      </c>
       <c r="H379" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I379" s="3"/>
       <c r="J379" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K379" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L379" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M379" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="380" spans="1:13">
       <c r="A380" s="1">
-        <v>51147273000023</v>
+        <v>47842520000035</v>
       </c>
       <c r="B380" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C380" s="2" t="s">
-        <v>1298</v>
-[...3 lines deleted...]
-      </c>
+        <v>1286</v>
+      </c>
+      <c r="D380" s="2"/>
       <c r="E380" s="2" t="s">
-        <v>1299</v>
+        <v>1287</v>
       </c>
       <c r="F380" s="2" t="s">
-        <v>1018</v>
+        <v>1288</v>
       </c>
       <c r="G380" s="2"/>
       <c r="H380" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I380" s="3">
-        <v>82691049569</v>
+        <v>23760375476</v>
       </c>
       <c r="J380" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K380" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L380" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M380" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="381" spans="1:13">
       <c r="A381" s="1">
-        <v>51176260100017</v>
+        <v>47890019400026</v>
       </c>
       <c r="B381" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C381" s="2" t="s">
-        <v>1300</v>
+        <v>1289</v>
       </c>
       <c r="D381" s="2"/>
       <c r="E381" s="2" t="s">
-        <v>1301</v>
+        <v>1290</v>
       </c>
       <c r="F381" s="2" t="s">
-        <v>1302</v>
+        <v>276</v>
       </c>
       <c r="G381" s="2"/>
       <c r="H381" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I381" s="3">
-        <v>54170132917</v>
+        <v>72640242164</v>
       </c>
       <c r="J381" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K381" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L381" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M381" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="382" spans="1:13">
       <c r="A382" s="1">
-        <v>51198006200042</v>
+        <v>47920353100013</v>
       </c>
       <c r="B382" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C382" s="2" t="s">
-        <v>1303</v>
+        <v>1291</v>
       </c>
       <c r="D382" s="2"/>
       <c r="E382" s="2" t="s">
-        <v>1304</v>
+        <v>1292</v>
       </c>
       <c r="F382" s="2" t="s">
-        <v>1305</v>
-[...3 lines deleted...]
-      </c>
+        <v>1293</v>
+      </c>
+      <c r="G382" s="2"/>
       <c r="H382" s="2" t="s">
-        <v>613</v>
+        <v>69</v>
       </c>
       <c r="I382" s="3">
-        <v>41540274054</v>
+        <v>91340570434</v>
       </c>
       <c r="J382" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K382" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L382" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M382" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="383" spans="1:13">
       <c r="A383" s="1">
-        <v>51224502800059</v>
+        <v>47946661700020</v>
       </c>
       <c r="B383" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C383" s="2" t="s">
-        <v>1307</v>
-[...3 lines deleted...]
-      </c>
+        <v>1294</v>
+      </c>
+      <c r="D383" s="2"/>
       <c r="E383" s="2" t="s">
-        <v>1309</v>
+        <v>1295</v>
       </c>
       <c r="F383" s="2" t="s">
-        <v>1310</v>
+        <v>1296</v>
       </c>
       <c r="G383" s="2"/>
       <c r="H383" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I383" s="3">
-        <v>73310540631</v>
+        <v>11753829375</v>
       </c>
       <c r="J383" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K383" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L383" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M383" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="384" spans="1:13">
       <c r="A384" s="1">
-        <v>51351620300025</v>
+        <v>47960778000026</v>
       </c>
       <c r="B384" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C384" s="2" t="s">
-        <v>1311</v>
+        <v>1297</v>
       </c>
       <c r="D384" s="2"/>
       <c r="E384" s="2" t="s">
-        <v>1312</v>
+        <v>1298</v>
       </c>
       <c r="F384" s="2" t="s">
-        <v>701</v>
-[...1 lines deleted...]
-      <c r="G384" s="2"/>
+        <v>501</v>
+      </c>
+      <c r="G384" s="2" t="s">
+        <v>1299</v>
+      </c>
       <c r="H384" s="2" t="s">
-        <v>1231</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I384" s="3"/>
       <c r="J384" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K384" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L384" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M384" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="385" spans="1:13">
       <c r="A385" s="1">
-        <v>51353065900020</v>
+        <v>47991356800024</v>
       </c>
       <c r="B385" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C385" s="2" t="s">
-        <v>1313</v>
+        <v>1300</v>
       </c>
       <c r="D385" s="2"/>
       <c r="E385" s="2" t="s">
-        <v>1314</v>
+        <v>1301</v>
       </c>
       <c r="F385" s="2" t="s">
-        <v>1315</v>
+        <v>1302</v>
       </c>
       <c r="G385" s="2"/>
       <c r="H385" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I385" s="3">
-        <v>93840306184</v>
+        <v>73820050682</v>
       </c>
       <c r="J385" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K385" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L385" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M385" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="386" spans="1:13">
       <c r="A386" s="1">
-        <v>53269516000020</v>
+        <v>47999589600020</v>
       </c>
       <c r="B386" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C386" s="2" t="s">
-        <v>1316</v>
+        <v>1303</v>
       </c>
       <c r="D386" s="2"/>
       <c r="E386" s="2" t="s">
-        <v>1317</v>
+        <v>1304</v>
       </c>
       <c r="F386" s="2" t="s">
-        <v>1318</v>
-[...1 lines deleted...]
-      <c r="G386" s="2"/>
+        <v>1305</v>
+      </c>
+      <c r="G386" s="2" t="s">
+        <v>1306</v>
+      </c>
       <c r="H386" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I386" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I386" s="3"/>
       <c r="J386" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K386" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L386" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M386" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="387" spans="1:13">
       <c r="A387" s="1">
-        <v>53314727800030</v>
+        <v>48013520100030</v>
       </c>
       <c r="B387" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C387" s="2" t="s">
-        <v>1319</v>
+        <v>1307</v>
       </c>
       <c r="D387" s="2"/>
       <c r="E387" s="2" t="s">
-        <v>1320</v>
+        <v>1308</v>
       </c>
       <c r="F387" s="2" t="s">
-        <v>1321</v>
+        <v>312</v>
       </c>
       <c r="G387" s="2"/>
       <c r="H387" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I387" s="3">
-        <v>82420237642</v>
+        <v>97970132497</v>
       </c>
       <c r="J387" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K387" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L387" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M387" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="388" spans="1:13">
       <c r="A388" s="1">
-        <v>53327130000014</v>
+        <v>48051919800026</v>
       </c>
       <c r="B388" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C388" s="2" t="s">
-        <v>1322</v>
+        <v>1309</v>
       </c>
       <c r="D388" s="2"/>
       <c r="E388" s="2" t="s">
-        <v>1323</v>
+        <v>1310</v>
       </c>
       <c r="F388" s="2" t="s">
-        <v>830</v>
-[...3 lines deleted...]
-      </c>
+        <v>1311</v>
+      </c>
+      <c r="G388" s="2"/>
       <c r="H388" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I388" s="3">
-        <v>11950515495</v>
+        <v>83630370563</v>
       </c>
       <c r="J388" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K388" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L388" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M388" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="389" spans="1:13">
       <c r="A389" s="1">
-        <v>53342177200021</v>
+        <v>48085771300048</v>
       </c>
       <c r="B389" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C389" s="2" t="s">
-        <v>1325</v>
+        <v>1312</v>
       </c>
       <c r="D389" s="2"/>
       <c r="E389" s="2" t="s">
-        <v>1326</v>
+        <v>1313</v>
       </c>
       <c r="F389" s="2" t="s">
-        <v>1327</v>
+        <v>1314</v>
       </c>
       <c r="G389" s="2"/>
       <c r="H389" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I389" s="3">
-        <v>72640341764</v>
+        <v>91340859434</v>
       </c>
       <c r="J389" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K389" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L389" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M389" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="390" spans="1:13">
       <c r="A390" s="1">
-        <v>53371967000028</v>
+        <v>48121600000044</v>
       </c>
       <c r="B390" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C390" s="2" t="s">
-        <v>1328</v>
-[...1 lines deleted...]
-      <c r="D390" s="2"/>
+        <v>1315</v>
+      </c>
+      <c r="D390" s="2" t="s">
+        <v>1316</v>
+      </c>
       <c r="E390" s="2" t="s">
-        <v>1329</v>
+        <v>1317</v>
       </c>
       <c r="F390" s="2" t="s">
-        <v>730</v>
+        <v>81</v>
       </c>
       <c r="G390" s="2"/>
       <c r="H390" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I390" s="3">
-        <v>11940810494</v>
+        <v>42670351367</v>
       </c>
       <c r="J390" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K390" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L390" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M390" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="391" spans="1:13">
       <c r="A391" s="1">
-        <v>53389308700031</v>
+        <v>48180466400011</v>
       </c>
       <c r="B391" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C391" s="2" t="s">
-        <v>1330</v>
+        <v>1318</v>
       </c>
       <c r="D391" s="2"/>
       <c r="E391" s="2" t="s">
-        <v>1331</v>
+        <v>1319</v>
       </c>
       <c r="F391" s="2" t="s">
-        <v>1332</v>
-[...1 lines deleted...]
-      <c r="G391" s="2"/>
+        <v>1320</v>
+      </c>
+      <c r="G391" s="2" t="s">
+        <v>1321</v>
+      </c>
       <c r="H391" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I391" s="3"/>
       <c r="J391" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K391" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L391" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M391" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="392" spans="1:13">
       <c r="A392" s="1">
-        <v>53410337900028</v>
+        <v>48267357100022</v>
       </c>
       <c r="B392" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C392" s="2" t="s">
-        <v>1333</v>
+        <v>1322</v>
       </c>
       <c r="D392" s="2"/>
       <c r="E392" s="2" t="s">
-        <v>1334</v>
+        <v>1323</v>
       </c>
       <c r="F392" s="2" t="s">
-        <v>837</v>
+        <v>1324</v>
       </c>
       <c r="G392" s="2"/>
       <c r="H392" s="2" t="s">
-        <v>650</v>
+        <v>17</v>
       </c>
       <c r="I392" s="3">
-        <v>73310628231</v>
+        <v>93840291284</v>
       </c>
       <c r="J392" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K392" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L392" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M392" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="393" spans="1:13">
       <c r="A393" s="1">
-        <v>53431595700017</v>
+        <v>48276116000019</v>
       </c>
       <c r="B393" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C393" s="2" t="s">
-        <v>1335</v>
+        <v>1325</v>
       </c>
       <c r="D393" s="2"/>
       <c r="E393" s="2" t="s">
-        <v>1336</v>
+        <v>1326</v>
       </c>
       <c r="F393" s="2" t="s">
-        <v>783</v>
+        <v>1327</v>
       </c>
       <c r="G393" s="2"/>
       <c r="H393" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I393" s="3">
-        <v>11754737175</v>
+        <v>11921529392</v>
       </c>
       <c r="J393" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K393" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L393" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M393" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="394" spans="1:13">
       <c r="A394" s="1">
-        <v>53446839200012</v>
+        <v>48283258100011</v>
       </c>
       <c r="B394" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C394" s="2" t="s">
-        <v>1337</v>
-[...3 lines deleted...]
-      </c>
+        <v>1328</v>
+      </c>
+      <c r="D394" s="2"/>
       <c r="E394" s="2" t="s">
-        <v>1339</v>
+        <v>1329</v>
       </c>
       <c r="F394" s="2" t="s">
-        <v>783</v>
+        <v>1330</v>
       </c>
       <c r="G394" s="2"/>
       <c r="H394" s="2" t="s">
-        <v>33</v>
+        <v>210</v>
       </c>
       <c r="I394" s="3">
-        <v>72330845233</v>
+        <v>54160055716</v>
       </c>
       <c r="J394" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K394" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L394" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M394" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="395" spans="1:13">
       <c r="A395" s="1">
-        <v>53478225500010</v>
+        <v>48335590500058</v>
       </c>
       <c r="B395" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C395" s="2" t="s">
-        <v>1340</v>
+        <v>1331</v>
       </c>
       <c r="D395" s="2"/>
       <c r="E395" s="2" t="s">
-        <v>1341</v>
+        <v>1332</v>
       </c>
       <c r="F395" s="2" t="s">
-        <v>1342</v>
+        <v>1333</v>
       </c>
       <c r="G395" s="2"/>
       <c r="H395" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I395" s="3">
-        <v>11930632993</v>
+        <v>52440470044</v>
       </c>
       <c r="J395" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K395" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L395" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M395" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="396" spans="1:13">
       <c r="A396" s="1">
-        <v>53502561300022</v>
+        <v>48346393100038</v>
       </c>
       <c r="B396" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C396" s="2" t="s">
-        <v>1343</v>
-[...1 lines deleted...]
-      <c r="D396" s="2"/>
+        <v>1334</v>
+      </c>
+      <c r="D396" s="2" t="s">
+        <v>1335</v>
+      </c>
       <c r="E396" s="2" t="s">
-        <v>1344</v>
+        <v>1336</v>
       </c>
       <c r="F396" s="2" t="s">
-        <v>27</v>
+        <v>1337</v>
       </c>
       <c r="G396" s="2"/>
       <c r="H396" s="2" t="s">
-        <v>875</v>
+        <v>29</v>
       </c>
       <c r="I396" s="3">
-        <v>42670540867</v>
+        <v>54170158617</v>
       </c>
       <c r="J396" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K396" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L396" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M396" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="397" spans="1:13">
       <c r="A397" s="1">
-        <v>53504175000022</v>
+        <v>48384107800031</v>
       </c>
       <c r="B397" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C397" s="2" t="s">
-        <v>1345</v>
-[...3 lines deleted...]
-      </c>
+        <v>1338</v>
+      </c>
+      <c r="D397" s="2"/>
       <c r="E397" s="2" t="s">
-        <v>1346</v>
+        <v>1339</v>
       </c>
       <c r="F397" s="2" t="s">
-        <v>976</v>
+        <v>1340</v>
       </c>
       <c r="G397" s="2"/>
       <c r="H397" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I397" s="3">
-        <v>93131423113</v>
+        <v>26210309421</v>
       </c>
       <c r="J397" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K397" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L397" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M397" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="398" spans="1:13">
       <c r="A398" s="1">
-        <v>53540833000053</v>
+        <v>48469606700012</v>
       </c>
       <c r="B398" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C398" s="2" t="s">
-        <v>1347</v>
+        <v>1341</v>
       </c>
       <c r="D398" s="2"/>
       <c r="E398" s="2" t="s">
-        <v>1348</v>
+        <v>1342</v>
       </c>
       <c r="F398" s="2" t="s">
-        <v>1349</v>
-[...1 lines deleted...]
-      <c r="G398" s="2"/>
+        <v>1343</v>
+      </c>
+      <c r="G398" s="2" t="s">
+        <v>1344</v>
+      </c>
       <c r="H398" s="2" t="s">
-        <v>875</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I398" s="3"/>
       <c r="J398" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K398" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L398" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M398" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="399" spans="1:13">
       <c r="A399" s="1">
-        <v>53830929500029</v>
+        <v>48505061100014</v>
       </c>
       <c r="B399" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C399" s="2" t="s">
-        <v>1350</v>
+        <v>1345</v>
       </c>
       <c r="D399" s="2" t="s">
-        <v>1350</v>
+        <v>1345</v>
       </c>
       <c r="E399" s="2" t="s">
-        <v>1351</v>
+        <v>1346</v>
       </c>
       <c r="F399" s="2" t="s">
-        <v>1352</v>
+        <v>1347</v>
       </c>
       <c r="G399" s="2"/>
       <c r="H399" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I399" s="3">
-        <v>41570305857</v>
+        <v>23760375276</v>
       </c>
       <c r="J399" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K399" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L399" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M399" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="400" spans="1:13">
       <c r="A400" s="1">
-        <v>53880952600030</v>
+        <v>48523485000017</v>
       </c>
       <c r="B400" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C400" s="2" t="s">
-        <v>1353</v>
+        <v>1348</v>
       </c>
       <c r="D400" s="2"/>
       <c r="E400" s="2" t="s">
-        <v>1354</v>
+        <v>1349</v>
       </c>
       <c r="F400" s="2" t="s">
-        <v>1263</v>
-[...3 lines deleted...]
-      </c>
+        <v>1350</v>
+      </c>
+      <c r="G400" s="2"/>
       <c r="H400" s="2" t="s">
-        <v>650</v>
+        <v>17</v>
       </c>
       <c r="I400" s="3">
-        <v>23760518176</v>
+        <v>25140202614</v>
       </c>
       <c r="J400" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K400" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L400" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M400" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="401" spans="1:13">
       <c r="A401" s="1">
-        <v>53909770900023</v>
+        <v>48819452300053</v>
       </c>
       <c r="B401" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C401" s="2" t="s">
-        <v>1355</v>
+        <v>1351</v>
       </c>
       <c r="D401" s="2"/>
       <c r="E401" s="2" t="s">
-        <v>1356</v>
+        <v>1352</v>
       </c>
       <c r="F401" s="2" t="s">
-        <v>1357</v>
+        <v>1353</v>
       </c>
       <c r="G401" s="2" t="s">
-        <v>1358</v>
+        <v>1354</v>
       </c>
       <c r="H401" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I401" s="3"/>
       <c r="J401" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K401" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L401" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M401" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="402" spans="1:13">
       <c r="A402" s="1">
-        <v>55202467100091</v>
+        <v>48820391000028</v>
       </c>
       <c r="B402" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C402" s="2" t="s">
-        <v>1359</v>
+        <v>1355</v>
       </c>
       <c r="D402" s="2"/>
       <c r="E402" s="2" t="s">
-        <v>1360</v>
+        <v>1356</v>
       </c>
       <c r="F402" s="2" t="s">
-        <v>1361</v>
+        <v>1357</v>
       </c>
       <c r="G402" s="2"/>
       <c r="H402" s="2" t="s">
-        <v>613</v>
+        <v>17</v>
       </c>
       <c r="I402" s="3">
-        <v>11920012692</v>
+        <v>91110095411</v>
       </c>
       <c r="J402" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K402" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L402" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M402" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="403" spans="1:13">
       <c r="A403" s="1">
-        <v>55202467100117</v>
+        <v>48822486600043</v>
       </c>
       <c r="B403" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C403" s="2" t="s">
+        <v>1358</v>
+      </c>
+      <c r="D403" s="2" t="s">
+        <v>1358</v>
+      </c>
+      <c r="E403" s="2" t="s">
         <v>1359</v>
       </c>
-      <c r="D403" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F403" s="2" t="s">
-        <v>1363</v>
+        <v>1360</v>
       </c>
       <c r="G403" s="2"/>
       <c r="H403" s="2" t="s">
-        <v>613</v>
+        <v>17</v>
       </c>
       <c r="I403" s="3">
-        <v>11920012692</v>
+        <v>93840297384</v>
       </c>
       <c r="J403" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K403" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L403" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M403" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="404" spans="1:13">
       <c r="A404" s="1">
-        <v>72203027700247</v>
+        <v>48834661000030</v>
       </c>
       <c r="B404" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C404" s="2" t="s">
-        <v>1364</v>
+        <v>1361</v>
       </c>
       <c r="D404" s="2"/>
       <c r="E404" s="2" t="s">
-        <v>1365</v>
+        <v>1362</v>
       </c>
       <c r="F404" s="2" t="s">
-        <v>1366</v>
-[...3 lines deleted...]
-      </c>
+        <v>951</v>
+      </c>
+      <c r="G404" s="2"/>
       <c r="H404" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I404" s="3">
-        <v>11922106192</v>
+        <v>24450236145</v>
       </c>
       <c r="J404" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K404" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L404" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M404" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="405" spans="1:13">
       <c r="A405" s="1">
-        <v>74992016100058</v>
+        <v>48848184700025</v>
       </c>
       <c r="B405" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C405" s="2" t="s">
-        <v>1368</v>
+        <v>1363</v>
       </c>
       <c r="D405" s="2"/>
       <c r="E405" s="2" t="s">
-        <v>1369</v>
+        <v>1364</v>
       </c>
       <c r="F405" s="2" t="s">
-        <v>1370</v>
-[...3 lines deleted...]
-      </c>
+        <v>1365</v>
+      </c>
+      <c r="G405" s="2"/>
       <c r="H405" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I405" s="3">
-        <v>11921869592</v>
+        <v>11754085375</v>
       </c>
       <c r="J405" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K405" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L405" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M405" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="406" spans="1:13">
       <c r="A406" s="1">
-        <v>74996630500015</v>
+        <v>48852440600045</v>
       </c>
       <c r="B406" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C406" s="2" t="s">
-        <v>1372</v>
-[...3 lines deleted...]
-      </c>
+        <v>1366</v>
+      </c>
+      <c r="D406" s="2"/>
       <c r="E406" s="2" t="s">
-        <v>1374</v>
+        <v>1367</v>
       </c>
       <c r="F406" s="2" t="s">
-        <v>1375</v>
-[...1 lines deleted...]
-      <c r="G406" s="2"/>
+        <v>1368</v>
+      </c>
+      <c r="G406" s="2" t="s">
+        <v>1369</v>
+      </c>
       <c r="H406" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I406" s="3"/>
       <c r="J406" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K406" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L406" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M406" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="407" spans="1:13">
       <c r="A407" s="1">
-        <v>75112355500011</v>
+        <v>48868235200031</v>
       </c>
       <c r="B407" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C407" s="2" t="s">
-        <v>1376</v>
-[...1 lines deleted...]
-      <c r="D407" s="2"/>
+        <v>1370</v>
+      </c>
+      <c r="D407" s="2" t="s">
+        <v>1371</v>
+      </c>
       <c r="E407" s="2" t="s">
-        <v>1377</v>
+        <v>1372</v>
       </c>
       <c r="F407" s="2" t="s">
-        <v>1378</v>
+        <v>1373</v>
       </c>
       <c r="G407" s="2"/>
       <c r="H407" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I407" s="3">
-        <v>93131735613</v>
+        <v>25140208414</v>
       </c>
       <c r="J407" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K407" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L407" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M407" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="408" spans="1:13">
       <c r="A408" s="1">
-        <v>75210085900012</v>
+        <v>48879238300025</v>
       </c>
       <c r="B408" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C408" s="2" t="s">
-        <v>1379</v>
-[...1 lines deleted...]
-      <c r="D408" s="2"/>
+        <v>1374</v>
+      </c>
+      <c r="D408" s="2" t="s">
+        <v>1375</v>
+      </c>
       <c r="E408" s="2" t="s">
-        <v>1380</v>
+        <v>1376</v>
       </c>
       <c r="F408" s="2" t="s">
-        <v>1381</v>
-[...1 lines deleted...]
-      <c r="G408" s="2"/>
+        <v>401</v>
+      </c>
+      <c r="G408" s="2" t="s">
+        <v>1377</v>
+      </c>
       <c r="H408" s="2" t="s">
-        <v>650</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I408" s="3"/>
       <c r="J408" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K408" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L408" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M408" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="409" spans="1:13">
       <c r="A409" s="1">
-        <v>75245848900040</v>
+        <v>48889694500034</v>
       </c>
       <c r="B409" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C409" s="2" t="s">
-        <v>1382</v>
+        <v>1378</v>
       </c>
       <c r="D409" s="2"/>
       <c r="E409" s="2" t="s">
-        <v>1383</v>
+        <v>1379</v>
       </c>
       <c r="F409" s="2" t="s">
-        <v>1384</v>
+        <v>1380</v>
       </c>
       <c r="G409" s="2"/>
       <c r="H409" s="2" t="s">
-        <v>800</v>
+        <v>29</v>
       </c>
       <c r="I409" s="3">
-        <v>53350924035</v>
+        <v>11921686792</v>
       </c>
       <c r="J409" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K409" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L409" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M409" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="410" spans="1:13">
       <c r="A410" s="1">
-        <v>75283444000014</v>
+        <v>48941833500027</v>
       </c>
       <c r="B410" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C410" s="2" t="s">
-        <v>1385</v>
+        <v>1381</v>
       </c>
       <c r="D410" s="2"/>
       <c r="E410" s="2" t="s">
-        <v>1386</v>
+        <v>1382</v>
       </c>
       <c r="F410" s="2" t="s">
-        <v>1387</v>
+        <v>1383</v>
       </c>
       <c r="G410" s="2" t="s">
-        <v>1388</v>
+        <v>1384</v>
       </c>
       <c r="H410" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>1385</v>
+      </c>
+      <c r="I410" s="3"/>
       <c r="J410" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K410" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L410" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M410" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="411" spans="1:13">
       <c r="A411" s="1">
-        <v>75301474500016</v>
+        <v>48996707500016</v>
       </c>
       <c r="B411" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C411" s="2" t="s">
-        <v>1389</v>
+        <v>1386</v>
       </c>
       <c r="D411" s="2"/>
       <c r="E411" s="2" t="s">
-        <v>1390</v>
+        <v>1387</v>
       </c>
       <c r="F411" s="2" t="s">
-        <v>1391</v>
-[...3 lines deleted...]
-      </c>
+        <v>1388</v>
+      </c>
+      <c r="G411" s="2"/>
       <c r="H411" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I411" s="3">
-        <v>24370303337</v>
+        <v>98973069997</v>
       </c>
       <c r="J411" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K411" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L411" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M411" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="412" spans="1:13">
       <c r="A412" s="1">
-        <v>75312739800026</v>
+        <v>49012025000041</v>
       </c>
       <c r="B412" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C412" s="2" t="s">
-        <v>1392</v>
+        <v>1389</v>
       </c>
       <c r="D412" s="2"/>
       <c r="E412" s="2" t="s">
-        <v>1393</v>
+        <v>1390</v>
       </c>
       <c r="F412" s="2" t="s">
-        <v>749</v>
+        <v>1391</v>
       </c>
       <c r="G412" s="2"/>
       <c r="H412" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>72240158724</v>
+        <v>17</v>
+      </c>
+      <c r="I412" s="3" t="s">
+        <v>1392</v>
       </c>
       <c r="J412" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K412" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L412" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M412" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="413" spans="1:13">
       <c r="A413" s="1">
-        <v>75362014500049</v>
+        <v>49035455200021</v>
       </c>
       <c r="B413" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C413" s="2" t="s">
+        <v>1393</v>
+      </c>
+      <c r="D413" s="2" t="s">
         <v>1394</v>
       </c>
-      <c r="D413" s="2" t="s">
+      <c r="E413" s="2" t="s">
         <v>1395</v>
       </c>
-      <c r="E413" s="2" t="s">
+      <c r="F413" s="2" t="s">
         <v>1396</v>
       </c>
-      <c r="F413" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G413" s="2"/>
       <c r="H413" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I413" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I413" s="3">
+        <v>73460032046</v>
+      </c>
       <c r="J413" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K413" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L413" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M413" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="414" spans="1:13">
       <c r="A414" s="1">
-        <v>75381404500039</v>
+        <v>49098556100011</v>
       </c>
       <c r="B414" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C414" s="2" t="s">
-        <v>1399</v>
+        <v>1397</v>
       </c>
       <c r="D414" s="2"/>
       <c r="E414" s="2" t="s">
-        <v>1400</v>
+        <v>1398</v>
       </c>
       <c r="F414" s="2" t="s">
-        <v>896</v>
+        <v>1399</v>
       </c>
       <c r="G414" s="2"/>
       <c r="H414" s="2" t="s">
-        <v>650</v>
+        <v>17</v>
       </c>
       <c r="I414" s="3">
-        <v>22600268360</v>
+        <v>54860098786</v>
       </c>
       <c r="J414" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K414" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L414" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M414" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="415" spans="1:13">
       <c r="A415" s="1">
-        <v>75404191100027</v>
+        <v>49115673300033</v>
       </c>
       <c r="B415" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C415" s="2" t="s">
-        <v>1401</v>
+        <v>1400</v>
       </c>
       <c r="D415" s="2"/>
       <c r="E415" s="2" t="s">
+        <v>1401</v>
+      </c>
+      <c r="F415" s="2" t="s">
         <v>1402</v>
-      </c>
-[...1 lines deleted...]
-        <v>1403</v>
       </c>
       <c r="G415" s="2"/>
       <c r="H415" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I415" s="3">
-        <v>93830506783</v>
+        <v>23270140627</v>
       </c>
       <c r="J415" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K415" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L415" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M415" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="416" spans="1:13">
       <c r="A416" s="1">
-        <v>77565445200033</v>
+        <v>49117331600051</v>
       </c>
       <c r="B416" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C416" s="2" t="s">
-        <v>1404</v>
+        <v>1403</v>
       </c>
       <c r="D416" s="2"/>
       <c r="E416" s="2" t="s">
+        <v>1404</v>
+      </c>
+      <c r="F416" s="2" t="s">
         <v>1405</v>
-      </c>
-[...1 lines deleted...]
-        <v>911</v>
       </c>
       <c r="G416" s="2"/>
       <c r="H416" s="2" t="s">
-        <v>599</v>
+        <v>17</v>
       </c>
       <c r="I416" s="3">
-        <v>82740000174</v>
+        <v>32600328160</v>
       </c>
       <c r="J416" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K416" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L416" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M416" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="417" spans="1:13">
       <c r="A417" s="1">
-        <v>51750217500048</v>
+        <v>49126800900017</v>
       </c>
       <c r="B417" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C417" s="2" t="s">
         <v>1406</v>
       </c>
-      <c r="D417" s="2"/>
+      <c r="D417" s="2" t="s">
+        <v>1407</v>
+      </c>
       <c r="E417" s="2" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="F417" s="2" t="s">
-        <v>1408</v>
+        <v>401</v>
       </c>
       <c r="G417" s="2"/>
       <c r="H417" s="2" t="s">
-        <v>800</v>
+        <v>17</v>
       </c>
       <c r="I417" s="3">
-        <v>93830461883</v>
+        <v>82730116073</v>
       </c>
       <c r="J417" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K417" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L417" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M417" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="418" spans="1:13">
       <c r="A418" s="1">
-        <v>51760378300047</v>
+        <v>49134717500037</v>
       </c>
       <c r="B418" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C418" s="2" t="s">
         <v>1409</v>
       </c>
       <c r="D418" s="2"/>
       <c r="E418" s="2" t="s">
         <v>1410</v>
       </c>
       <c r="F418" s="2" t="s">
         <v>1411</v>
       </c>
       <c r="G418" s="2"/>
       <c r="H418" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I418" s="3">
-        <v>73310551631</v>
+        <v>11754440975</v>
       </c>
       <c r="J418" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K418" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L418" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M418" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="419" spans="1:13">
       <c r="A419" s="1">
-        <v>51842343900034</v>
+        <v>49154650300013</v>
       </c>
       <c r="B419" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C419" s="2" t="s">
         <v>1412</v>
       </c>
       <c r="D419" s="2"/>
       <c r="E419" s="2" t="s">
         <v>1413</v>
       </c>
       <c r="F419" s="2" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="G419" s="2"/>
+        <v>1414</v>
+      </c>
+      <c r="G419" s="2" t="s">
+        <v>1415</v>
+      </c>
       <c r="H419" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I419" s="3"/>
       <c r="J419" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K419" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L419" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M419" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="420" spans="1:13">
       <c r="A420" s="1">
-        <v>51861596800030</v>
+        <v>49182027000057</v>
       </c>
       <c r="B420" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C420" s="2" t="s">
-        <v>1414</v>
+        <v>1416</v>
       </c>
       <c r="D420" s="2"/>
       <c r="E420" s="2" t="s">
-        <v>1415</v>
+        <v>1417</v>
       </c>
       <c r="F420" s="2" t="s">
-        <v>148</v>
+        <v>1418</v>
       </c>
       <c r="G420" s="2"/>
       <c r="H420" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I420" s="3">
-        <v>53350510635</v>
+        <v>93131240513</v>
       </c>
       <c r="J420" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K420" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L420" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M420" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="421" spans="1:13">
       <c r="A421" s="1">
-        <v>51861596800048</v>
+        <v>49198798800038</v>
       </c>
       <c r="B421" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C421" s="2" t="s">
-        <v>1414</v>
-[...1 lines deleted...]
-      <c r="D421" s="2"/>
+        <v>1419</v>
+      </c>
+      <c r="D421" s="2" t="s">
+        <v>1419</v>
+      </c>
       <c r="E421" s="2" t="s">
-        <v>1416</v>
+        <v>1420</v>
       </c>
       <c r="F421" s="2" t="s">
-        <v>1417</v>
-[...1 lines deleted...]
-      <c r="G421" s="2"/>
+        <v>1421</v>
+      </c>
+      <c r="G421" s="2" t="s">
+        <v>1422</v>
+      </c>
       <c r="H421" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I421" s="3"/>
       <c r="J421" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K421" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L421" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M421" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="422" spans="1:13">
       <c r="A422" s="1">
-        <v>51861596800055</v>
+        <v>49200285200043</v>
       </c>
       <c r="B422" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C422" s="2" t="s">
-        <v>1414</v>
+        <v>1423</v>
       </c>
       <c r="D422" s="2"/>
       <c r="E422" s="2" t="s">
-        <v>1418</v>
+        <v>1424</v>
       </c>
       <c r="F422" s="2" t="s">
-        <v>809</v>
-[...3 lines deleted...]
-      </c>
+        <v>1425</v>
+      </c>
+      <c r="G422" s="2"/>
       <c r="H422" s="2" t="s">
-        <v>599</v>
+        <v>17</v>
       </c>
       <c r="I422" s="3">
-        <v>53350510635</v>
+        <v>11930593193</v>
       </c>
       <c r="J422" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K422" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L422" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M422" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="423" spans="1:13">
       <c r="A423" s="1">
-        <v>51861596800063</v>
+        <v>49261048000021</v>
       </c>
       <c r="B423" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C423" s="2" t="s">
-        <v>1414</v>
+        <v>1426</v>
       </c>
       <c r="D423" s="2"/>
       <c r="E423" s="2" t="s">
-        <v>1420</v>
+        <v>1427</v>
       </c>
       <c r="F423" s="2" t="s">
-        <v>809</v>
-[...3 lines deleted...]
-      </c>
+        <v>1428</v>
+      </c>
+      <c r="G423" s="2"/>
       <c r="H423" s="2" t="s">
-        <v>613</v>
+        <v>17</v>
       </c>
       <c r="I423" s="3">
-        <v>53350510635</v>
+        <v>93060625906</v>
       </c>
       <c r="J423" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K423" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L423" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M423" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="424" spans="1:13">
       <c r="A424" s="1">
-        <v>51870186700021</v>
+        <v>49265917200026</v>
       </c>
       <c r="B424" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C424" s="2" t="s">
-        <v>1421</v>
+        <v>1429</v>
       </c>
       <c r="D424" s="2"/>
       <c r="E424" s="2" t="s">
-        <v>1422</v>
+        <v>1430</v>
       </c>
       <c r="F424" s="2" t="s">
-        <v>1423</v>
-[...3 lines deleted...]
-      </c>
+        <v>1431</v>
+      </c>
+      <c r="G424" s="2"/>
       <c r="H424" s="2" t="s">
-        <v>33</v>
+        <v>1432</v>
       </c>
       <c r="I424" s="3">
-        <v>11770489777</v>
+        <v>11921842992</v>
       </c>
       <c r="J424" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K424" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L424" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M424" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="425" spans="1:13">
       <c r="A425" s="1">
-        <v>51890309100024</v>
+        <v>52221813000022</v>
       </c>
       <c r="B425" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C425" s="2" t="s">
-        <v>1425</v>
-[...1 lines deleted...]
-      <c r="D425" s="2"/>
+        <v>1433</v>
+      </c>
+      <c r="D425" s="2" t="s">
+        <v>1433</v>
+      </c>
       <c r="E425" s="2" t="s">
-        <v>1426</v>
+        <v>1434</v>
       </c>
       <c r="F425" s="2" t="s">
-        <v>1427</v>
+        <v>1435</v>
       </c>
       <c r="G425" s="2"/>
       <c r="H425" s="2" t="s">
-        <v>33</v>
+        <v>184</v>
       </c>
       <c r="I425" s="3">
-        <v>72400089740</v>
+        <v>11922086592</v>
       </c>
       <c r="J425" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K425" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L425" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M425" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="426" spans="1:13">
       <c r="A426" s="1">
-        <v>51894767600020</v>
+        <v>52232922600032</v>
       </c>
       <c r="B426" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C426" s="2" t="s">
-        <v>1428</v>
-[...1 lines deleted...]
-      <c r="D426" s="2"/>
+        <v>1436</v>
+      </c>
+      <c r="D426" s="2" t="s">
+        <v>1436</v>
+      </c>
       <c r="E426" s="2" t="s">
-        <v>1429</v>
+        <v>1437</v>
       </c>
       <c r="F426" s="2" t="s">
-        <v>1430</v>
+        <v>431</v>
       </c>
       <c r="G426" s="2"/>
       <c r="H426" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I426" s="3">
-        <v>95973070297</v>
+        <v>96973042297</v>
       </c>
       <c r="J426" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K426" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L426" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M426" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="427" spans="1:13">
       <c r="A427" s="1">
-        <v>51935563000012</v>
+        <v>52238449400038</v>
       </c>
       <c r="B427" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C427" s="2" t="s">
-        <v>1431</v>
+        <v>1438</v>
       </c>
       <c r="D427" s="2"/>
       <c r="E427" s="2" t="s">
-        <v>1432</v>
+        <v>1439</v>
       </c>
       <c r="F427" s="2" t="s">
-        <v>148</v>
+        <v>1440</v>
       </c>
       <c r="G427" s="2"/>
       <c r="H427" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I427" s="3">
-        <v>11756190175</v>
+        <v>11940878094</v>
       </c>
       <c r="J427" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K427" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L427" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M427" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="428" spans="1:13">
       <c r="A428" s="1">
-        <v>51940814000092</v>
+        <v>52457787100014</v>
       </c>
       <c r="B428" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C428" s="2" t="s">
-        <v>1433</v>
-[...3 lines deleted...]
-      </c>
+        <v>1441</v>
+      </c>
+      <c r="D428" s="2"/>
       <c r="E428" s="2" t="s">
-        <v>1434</v>
+        <v>1442</v>
       </c>
       <c r="F428" s="2" t="s">
-        <v>770</v>
+        <v>1124</v>
       </c>
       <c r="G428" s="2"/>
       <c r="H428" s="2" t="s">
-        <v>875</v>
+        <v>298</v>
       </c>
       <c r="I428" s="3">
-        <v>54790095179</v>
+        <v>82010128001</v>
       </c>
       <c r="J428" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K428" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L428" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M428" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="429" spans="1:13">
       <c r="A429" s="1">
-        <v>51956015500011</v>
+        <v>52490594000010</v>
       </c>
       <c r="B429" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C429" s="2" t="s">
-        <v>1435</v>
+        <v>1443</v>
       </c>
       <c r="D429" s="2"/>
       <c r="E429" s="2" t="s">
-        <v>1436</v>
+        <v>1444</v>
       </c>
       <c r="F429" s="2" t="s">
-        <v>1437</v>
-[...3 lines deleted...]
-      </c>
+        <v>1445</v>
+      </c>
+      <c r="G429" s="2"/>
       <c r="H429" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I429" s="3">
-        <v>24450269645</v>
+        <v>31590742559</v>
       </c>
       <c r="J429" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K429" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L429" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M429" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="430" spans="1:13">
       <c r="A430" s="1">
-        <v>51959927800073</v>
+        <v>52528061600034</v>
       </c>
       <c r="B430" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C430" s="2" t="s">
-        <v>1439</v>
+        <v>1446</v>
       </c>
       <c r="D430" s="2"/>
       <c r="E430" s="2" t="s">
-        <v>1440</v>
+        <v>1447</v>
       </c>
       <c r="F430" s="2" t="s">
-        <v>1441</v>
-[...3 lines deleted...]
-      </c>
+        <v>1448</v>
+      </c>
+      <c r="G430" s="2"/>
       <c r="H430" s="2" t="s">
-        <v>1443</v>
-[...3 lines deleted...]
-      </c>
+        <v>1449</v>
+      </c>
+      <c r="I430" s="3"/>
       <c r="J430" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K430" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L430" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M430" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="431" spans="1:13">
       <c r="A431" s="1">
-        <v>51963136000038</v>
+        <v>52528778500022</v>
       </c>
       <c r="B431" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C431" s="2" t="s">
-        <v>1444</v>
+        <v>1450</v>
       </c>
       <c r="D431" s="2"/>
       <c r="E431" s="2" t="s">
-        <v>1445</v>
+        <v>1451</v>
       </c>
       <c r="F431" s="2" t="s">
-        <v>1446</v>
-[...1 lines deleted...]
-      <c r="G431" s="2"/>
+        <v>1452</v>
+      </c>
+      <c r="G431" s="2" t="s">
+        <v>1453</v>
+      </c>
       <c r="H431" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I431" s="3"/>
       <c r="J431" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K431" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L431" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M431" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="432" spans="1:13">
       <c r="A432" s="1">
-        <v>52003700300016</v>
+        <v>52528778500030</v>
       </c>
       <c r="B432" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C432" s="2" t="s">
-        <v>1447</v>
-[...3 lines deleted...]
-      </c>
+        <v>1450</v>
+      </c>
+      <c r="D432" s="2"/>
       <c r="E432" s="2" t="s">
-        <v>1448</v>
+        <v>1454</v>
       </c>
       <c r="F432" s="2" t="s">
-        <v>148</v>
+        <v>1055</v>
       </c>
       <c r="G432" s="2"/>
       <c r="H432" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I432" s="3">
-        <v>42680208868</v>
+        <v>11921855892</v>
       </c>
       <c r="J432" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K432" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L432" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M432" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="433" spans="1:13">
       <c r="A433" s="1">
-        <v>52038890100065</v>
+        <v>52528778500048</v>
       </c>
       <c r="B433" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C433" s="2" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="D433" s="2"/>
       <c r="E433" s="2" t="s">
-        <v>1450</v>
+        <v>1455</v>
       </c>
       <c r="F433" s="2" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="G433" s="2"/>
+        <v>1453</v>
+      </c>
+      <c r="G433" s="2" t="s">
+        <v>1456</v>
+      </c>
       <c r="H433" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I433" s="3"/>
       <c r="J433" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K433" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L433" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M433" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="434" spans="1:13">
       <c r="A434" s="1">
-        <v>52076297200039</v>
+        <v>52903647700030</v>
       </c>
       <c r="B434" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C434" s="2" t="s">
-        <v>1451</v>
+        <v>1457</v>
       </c>
       <c r="D434" s="2"/>
       <c r="E434" s="2" t="s">
-        <v>1452</v>
+        <v>1458</v>
       </c>
       <c r="F434" s="2" t="s">
-        <v>1453</v>
+        <v>32</v>
       </c>
       <c r="G434" s="2"/>
       <c r="H434" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I434" s="3">
-        <v>11754612175</v>
+        <v>93131378813</v>
       </c>
       <c r="J434" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K434" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L434" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M434" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="435" spans="1:13">
       <c r="A435" s="1">
-        <v>52174134800028</v>
+        <v>52914981700023</v>
       </c>
       <c r="B435" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C435" s="2" t="s">
-        <v>1454</v>
+        <v>1459</v>
       </c>
       <c r="D435" s="2"/>
       <c r="E435" s="2" t="s">
-        <v>1455</v>
+        <v>1460</v>
       </c>
       <c r="F435" s="2" t="s">
-        <v>1456</v>
+        <v>404</v>
       </c>
       <c r="G435" s="2"/>
       <c r="H435" s="2" t="s">
-        <v>650</v>
+        <v>17</v>
       </c>
       <c r="I435" s="3">
-        <v>11940901294</v>
+        <v>25140191214</v>
       </c>
       <c r="J435" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K435" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L435" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M435" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="436" spans="1:13">
       <c r="A436" s="1">
-        <v>52221813000022</v>
+        <v>52946895100015</v>
       </c>
       <c r="B436" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C436" s="2" t="s">
-        <v>1457</v>
+        <v>1461</v>
       </c>
       <c r="D436" s="2" t="s">
-        <v>1457</v>
+        <v>1461</v>
       </c>
       <c r="E436" s="2" t="s">
-        <v>1458</v>
+        <v>1462</v>
       </c>
       <c r="F436" s="2" t="s">
-        <v>1459</v>
-[...1 lines deleted...]
-      <c r="G436" s="2"/>
+        <v>540</v>
+      </c>
+      <c r="G436" s="2" t="s">
+        <v>1463</v>
+      </c>
       <c r="H436" s="2" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="I436" s="3"/>
       <c r="J436" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K436" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L436" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M436" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="437" spans="1:13">
       <c r="A437" s="1">
-        <v>52232922600032</v>
+        <v>53014903800032</v>
       </c>
       <c r="B437" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C437" s="2" t="s">
-        <v>1460</v>
-[...3 lines deleted...]
-      </c>
+        <v>1464</v>
+      </c>
+      <c r="D437" s="2"/>
       <c r="E437" s="2" t="s">
-        <v>1461</v>
+        <v>1465</v>
       </c>
       <c r="F437" s="2" t="s">
-        <v>1263</v>
-[...1 lines deleted...]
-      <c r="G437" s="2"/>
+        <v>25</v>
+      </c>
+      <c r="G437" s="2" t="s">
+        <v>1087</v>
+      </c>
       <c r="H437" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I437" s="3"/>
       <c r="J437" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K437" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L437" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M437" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="438" spans="1:13">
       <c r="A438" s="1">
-        <v>52238449400038</v>
+        <v>53060076600022</v>
       </c>
       <c r="B438" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C438" s="2" t="s">
-        <v>1462</v>
+        <v>1466</v>
       </c>
       <c r="D438" s="2"/>
       <c r="E438" s="2" t="s">
-        <v>1463</v>
+        <v>1467</v>
       </c>
       <c r="F438" s="2" t="s">
-        <v>1464</v>
+        <v>1468</v>
       </c>
       <c r="G438" s="2"/>
       <c r="H438" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I438" s="3">
-        <v>11940878094</v>
+        <v>91300315630</v>
       </c>
       <c r="J438" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K438" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L438" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M438" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="439" spans="1:13">
       <c r="A439" s="1">
-        <v>52457787100014</v>
+        <v>53161648000038</v>
       </c>
       <c r="B439" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C439" s="2" t="s">
-        <v>1465</v>
+        <v>1469</v>
       </c>
       <c r="D439" s="2"/>
       <c r="E439" s="2" t="s">
-        <v>1466</v>
+        <v>1470</v>
       </c>
       <c r="F439" s="2" t="s">
-        <v>1267</v>
-[...1 lines deleted...]
-      <c r="G439" s="2"/>
+        <v>1471</v>
+      </c>
+      <c r="G439" s="2" t="s">
+        <v>1472</v>
+      </c>
       <c r="H439" s="2" t="s">
-        <v>1467</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I439" s="3"/>
       <c r="J439" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K439" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L439" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M439" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="440" spans="1:13">
       <c r="A440" s="1">
-        <v>52490594000010</v>
+        <v>53210772900024</v>
       </c>
       <c r="B440" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C440" s="2" t="s">
-        <v>1468</v>
-[...1 lines deleted...]
-      <c r="D440" s="2"/>
+        <v>1473</v>
+      </c>
+      <c r="D440" s="2" t="s">
+        <v>1474</v>
+      </c>
       <c r="E440" s="2" t="s">
-        <v>1469</v>
+        <v>1475</v>
       </c>
       <c r="F440" s="2" t="s">
-        <v>1470</v>
+        <v>1476</v>
       </c>
       <c r="G440" s="2"/>
       <c r="H440" s="2" t="s">
-        <v>613</v>
+        <v>17</v>
       </c>
       <c r="I440" s="3">
-        <v>31590742559</v>
+        <v>72640319964</v>
       </c>
       <c r="J440" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K440" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L440" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M440" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="441" spans="1:13">
       <c r="A441" s="1">
-        <v>52528061600034</v>
+        <v>53262762700047</v>
       </c>
       <c r="B441" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C441" s="2" t="s">
-        <v>1471</v>
+        <v>1477</v>
       </c>
       <c r="D441" s="2"/>
       <c r="E441" s="2" t="s">
-        <v>1472</v>
+        <v>1478</v>
       </c>
       <c r="F441" s="2" t="s">
-        <v>1366</v>
-[...1 lines deleted...]
-      <c r="G441" s="2"/>
+        <v>1479</v>
+      </c>
+      <c r="G441" s="2" t="s">
+        <v>1480</v>
+      </c>
       <c r="H441" s="2" t="s">
-        <v>1473</v>
+        <v>17</v>
       </c>
       <c r="I441" s="3"/>
       <c r="J441" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K441" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L441" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M441" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="442" spans="1:13">
       <c r="A442" s="1">
-        <v>52528778500022</v>
+        <v>53269516000020</v>
       </c>
       <c r="B442" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C442" s="2" t="s">
-        <v>1474</v>
+        <v>1481</v>
       </c>
       <c r="D442" s="2"/>
       <c r="E442" s="2" t="s">
-        <v>1475</v>
+        <v>1482</v>
       </c>
       <c r="F442" s="2" t="s">
-        <v>1476</v>
-[...3 lines deleted...]
-      </c>
+        <v>1483</v>
+      </c>
+      <c r="G442" s="2"/>
       <c r="H442" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I442" s="3">
-        <v>11921855892</v>
+        <v>98970370397</v>
       </c>
       <c r="J442" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K442" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L442" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M442" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="443" spans="1:13">
       <c r="A443" s="1">
-        <v>52528778500030</v>
+        <v>53314727800030</v>
       </c>
       <c r="B443" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C443" s="2" t="s">
-        <v>1474</v>
+        <v>1484</v>
       </c>
       <c r="D443" s="2"/>
       <c r="E443" s="2" t="s">
-        <v>1478</v>
+        <v>1485</v>
       </c>
       <c r="F443" s="2" t="s">
-        <v>1357</v>
+        <v>1486</v>
       </c>
       <c r="G443" s="2"/>
       <c r="H443" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I443" s="3">
-        <v>11921855892</v>
+        <v>82420237642</v>
       </c>
       <c r="J443" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K443" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L443" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M443" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="444" spans="1:13">
       <c r="A444" s="1">
-        <v>52528778500048</v>
+        <v>53327130000014</v>
       </c>
       <c r="B444" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C444" s="2" t="s">
-        <v>1474</v>
+        <v>1487</v>
       </c>
       <c r="D444" s="2"/>
       <c r="E444" s="2" t="s">
-        <v>1479</v>
+        <v>1488</v>
       </c>
       <c r="F444" s="2" t="s">
-        <v>1477</v>
+        <v>498</v>
       </c>
       <c r="G444" s="2" t="s">
-        <v>705</v>
+        <v>1489</v>
       </c>
       <c r="H444" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I444" s="3"/>
       <c r="J444" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K444" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L444" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M444" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="445" spans="1:13">
       <c r="A445" s="1">
-        <v>52903647700030</v>
+        <v>53342177200021</v>
       </c>
       <c r="B445" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C445" s="2" t="s">
-        <v>1480</v>
+        <v>1490</v>
       </c>
       <c r="D445" s="2"/>
       <c r="E445" s="2" t="s">
-        <v>1481</v>
+        <v>1491</v>
       </c>
       <c r="F445" s="2" t="s">
-        <v>1482</v>
+        <v>1492</v>
       </c>
       <c r="G445" s="2"/>
       <c r="H445" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I445" s="3">
-        <v>93131378813</v>
+        <v>72640341764</v>
       </c>
       <c r="J445" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K445" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L445" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M445" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="446" spans="1:13">
       <c r="A446" s="1">
-        <v>52914981700023</v>
+        <v>53371967000028</v>
       </c>
       <c r="B446" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C446" s="2" t="s">
-        <v>1483</v>
+        <v>1493</v>
       </c>
       <c r="D446" s="2"/>
       <c r="E446" s="2" t="s">
-        <v>1484</v>
+        <v>1494</v>
       </c>
       <c r="F446" s="2" t="s">
-        <v>837</v>
+        <v>330</v>
       </c>
       <c r="G446" s="2"/>
       <c r="H446" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I446" s="3">
-        <v>25140191214</v>
+        <v>11940810494</v>
       </c>
       <c r="J446" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K446" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L446" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M446" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="447" spans="1:13">
       <c r="A447" s="1">
-        <v>52946895100015</v>
+        <v>53389308700031</v>
       </c>
       <c r="B447" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C447" s="2" t="s">
-        <v>1485</v>
-[...3 lines deleted...]
-      </c>
+        <v>1495</v>
+      </c>
+      <c r="D447" s="2"/>
       <c r="E447" s="2" t="s">
-        <v>1486</v>
+        <v>1496</v>
       </c>
       <c r="F447" s="2" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>1497</v>
+      </c>
+      <c r="G447" s="2"/>
       <c r="H447" s="2" t="s">
-        <v>650</v>
+        <v>17</v>
       </c>
       <c r="I447" s="3">
-        <v>82420228642</v>
+        <v>11754750675</v>
       </c>
       <c r="J447" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K447" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L447" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M447" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="448" spans="1:13">
       <c r="A448" s="1">
-        <v>53014903800032</v>
+        <v>53410337900028</v>
       </c>
       <c r="B448" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C448" s="2" t="s">
-        <v>1487</v>
+        <v>1498</v>
       </c>
       <c r="D448" s="2"/>
       <c r="E448" s="2" t="s">
-        <v>1488</v>
+        <v>1499</v>
       </c>
       <c r="F448" s="2" t="s">
-        <v>1489</v>
-[...3 lines deleted...]
-      </c>
+        <v>404</v>
+      </c>
+      <c r="G448" s="2"/>
       <c r="H448" s="2" t="s">
-        <v>33</v>
+        <v>69</v>
       </c>
       <c r="I448" s="3">
-        <v>11754723775</v>
+        <v>73310628231</v>
       </c>
       <c r="J448" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K448" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L448" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M448" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="449" spans="1:13">
       <c r="A449" s="1">
-        <v>53060076600022</v>
+        <v>53431595700017</v>
       </c>
       <c r="B449" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C449" s="2" t="s">
-        <v>1491</v>
+        <v>1500</v>
       </c>
       <c r="D449" s="2"/>
       <c r="E449" s="2" t="s">
-        <v>1492</v>
+        <v>1501</v>
       </c>
       <c r="F449" s="2" t="s">
-        <v>1493</v>
+        <v>448</v>
       </c>
       <c r="G449" s="2"/>
       <c r="H449" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I449" s="3">
-        <v>91300315630</v>
+        <v>11754737175</v>
       </c>
       <c r="J449" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K449" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L449" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M449" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="450" spans="1:13">
       <c r="A450" s="1">
-        <v>30269561400354</v>
+        <v>53446839200012</v>
       </c>
       <c r="B450" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C450" s="2" t="s">
-        <v>1494</v>
-[...1 lines deleted...]
-      <c r="D450" s="2"/>
+        <v>1502</v>
+      </c>
+      <c r="D450" s="2" t="s">
+        <v>1503</v>
+      </c>
       <c r="E450" s="2" t="s">
-        <v>1495</v>
+        <v>1504</v>
       </c>
       <c r="F450" s="2" t="s">
-        <v>1496</v>
+        <v>448</v>
       </c>
       <c r="G450" s="2"/>
       <c r="H450" s="2" t="s">
-        <v>1497</v>
+        <v>17</v>
       </c>
       <c r="I450" s="3">
-        <v>11780301778</v>
+        <v>72330845233</v>
       </c>
       <c r="J450" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K450" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L450" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M450" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="451" spans="1:13">
       <c r="A451" s="1">
-        <v>30335618200012</v>
+        <v>53478225500010</v>
       </c>
       <c r="B451" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C451" s="2" t="s">
-        <v>1498</v>
+        <v>1505</v>
       </c>
       <c r="D451" s="2"/>
       <c r="E451" s="2" t="s">
-        <v>1499</v>
+        <v>1506</v>
       </c>
       <c r="F451" s="2" t="s">
-        <v>911</v>
+        <v>1507</v>
       </c>
       <c r="G451" s="2"/>
       <c r="H451" s="2" t="s">
-        <v>859</v>
+        <v>17</v>
       </c>
       <c r="I451" s="3">
-        <v>73310045031</v>
+        <v>11930632993</v>
       </c>
       <c r="J451" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K451" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L451" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M451" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="452" spans="1:13">
       <c r="A452" s="1">
-        <v>30340844700033</v>
+        <v>53502561300022</v>
       </c>
       <c r="B452" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C452" s="2" t="s">
-        <v>1500</v>
+        <v>1508</v>
       </c>
       <c r="D452" s="2"/>
       <c r="E452" s="2" t="s">
-        <v>1501</v>
+        <v>1509</v>
       </c>
       <c r="F452" s="2" t="s">
-        <v>1502</v>
+        <v>64</v>
       </c>
       <c r="G452" s="2"/>
       <c r="H452" s="2" t="s">
-        <v>61</v>
+        <v>1204</v>
       </c>
       <c r="I452" s="3">
-        <v>22800001380</v>
+        <v>42670540867</v>
       </c>
       <c r="J452" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K452" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L452" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M452" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="453" spans="1:13">
       <c r="A453" s="1">
-        <v>30824995200083</v>
+        <v>53504175000022</v>
       </c>
       <c r="B453" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C453" s="2" t="s">
-        <v>1503</v>
-[...1 lines deleted...]
-      <c r="D453" s="2"/>
+        <v>1510</v>
+      </c>
+      <c r="D453" s="2" t="s">
+        <v>1510</v>
+      </c>
       <c r="E453" s="2" t="s">
-        <v>1504</v>
+        <v>1511</v>
       </c>
       <c r="F453" s="2" t="s">
-        <v>1505</v>
+        <v>1512</v>
       </c>
       <c r="G453" s="2"/>
       <c r="H453" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I453" s="3">
-        <v>53350007835</v>
+        <v>93131423113</v>
       </c>
       <c r="J453" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K453" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L453" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M453" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="454" spans="1:13">
       <c r="A454" s="1">
-        <v>30869728300072</v>
+        <v>53540833000053</v>
       </c>
       <c r="B454" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C454" s="2" t="s">
-        <v>1506</v>
-[...3 lines deleted...]
-      </c>
+        <v>1513</v>
+      </c>
+      <c r="D454" s="2"/>
       <c r="E454" s="2" t="s">
-        <v>1507</v>
+        <v>1514</v>
       </c>
       <c r="F454" s="2" t="s">
-        <v>1508</v>
-[...3 lines deleted...]
-      </c>
+        <v>1515</v>
+      </c>
+      <c r="G454" s="2"/>
       <c r="H454" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I454" s="3"/>
+        <v>1204</v>
+      </c>
+      <c r="I454" s="3">
+        <v>11756094375</v>
+      </c>
       <c r="J454" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K454" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L454" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M454" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="455" spans="1:13">
       <c r="A455" s="1">
-        <v>31550339100221</v>
+        <v>53830929500029</v>
       </c>
       <c r="B455" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C455" s="2" t="s">
-        <v>1510</v>
-[...1 lines deleted...]
-      <c r="D455" s="2"/>
+        <v>1516</v>
+      </c>
+      <c r="D455" s="2" t="s">
+        <v>1516</v>
+      </c>
       <c r="E455" s="2" t="s">
-        <v>1511</v>
+        <v>257</v>
       </c>
       <c r="F455" s="2" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>1517</v>
+      </c>
+      <c r="G455" s="2"/>
       <c r="H455" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I455" s="3">
-        <v>91340000934</v>
+        <v>41570305857</v>
       </c>
       <c r="J455" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K455" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L455" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M455" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="456" spans="1:13">
       <c r="A456" s="1">
-        <v>31550339100429</v>
+        <v>53880952600030</v>
       </c>
       <c r="B456" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C456" s="2" t="s">
-        <v>1510</v>
+        <v>1518</v>
       </c>
       <c r="D456" s="2"/>
       <c r="E456" s="2" t="s">
-        <v>1513</v>
+        <v>1519</v>
       </c>
       <c r="F456" s="2" t="s">
-        <v>1514</v>
+        <v>431</v>
       </c>
       <c r="G456" s="2" t="s">
-        <v>1515</v>
+        <v>508</v>
       </c>
       <c r="H456" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="I456" s="3"/>
       <c r="J456" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K456" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L456" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M456" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="457" spans="1:13">
       <c r="A457" s="1">
-        <v>31754202500042</v>
+        <v>53909770900023</v>
       </c>
       <c r="B457" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C457" s="2" t="s">
-        <v>1516</v>
+        <v>1520</v>
       </c>
       <c r="D457" s="2"/>
       <c r="E457" s="2" t="s">
-        <v>1517</v>
+        <v>1521</v>
       </c>
       <c r="F457" s="2" t="s">
-        <v>1518</v>
-[...1 lines deleted...]
-      <c r="G457" s="2"/>
+        <v>1055</v>
+      </c>
+      <c r="G457" s="2" t="s">
+        <v>1522</v>
+      </c>
       <c r="H457" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I457" s="3"/>
       <c r="J457" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K457" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L457" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M457" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="458" spans="1:13">
       <c r="A458" s="1">
-        <v>32031520300036</v>
+        <v>55202467100091</v>
       </c>
       <c r="B458" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C458" s="2" t="s">
-        <v>1519</v>
+        <v>1523</v>
       </c>
       <c r="D458" s="2"/>
       <c r="E458" s="2" t="s">
-        <v>1520</v>
+        <v>1524</v>
       </c>
       <c r="F458" s="2" t="s">
-        <v>1521</v>
+        <v>1525</v>
       </c>
       <c r="G458" s="2"/>
       <c r="H458" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I458" s="3"/>
+      <c r="I458" s="3">
+        <v>11920012692</v>
+      </c>
       <c r="J458" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K458" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L458" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M458" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="459" spans="1:13">
       <c r="A459" s="1">
-        <v>32137608900033</v>
+        <v>55202467100117</v>
       </c>
       <c r="B459" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C459" s="2" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="D459" s="2"/>
       <c r="E459" s="2" t="s">
-        <v>1523</v>
+        <v>1526</v>
       </c>
       <c r="F459" s="2" t="s">
-        <v>1524</v>
+        <v>1527</v>
       </c>
       <c r="G459" s="2"/>
       <c r="H459" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I459" s="3">
-        <v>82690935569</v>
+        <v>11920012692</v>
       </c>
       <c r="J459" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K459" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L459" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M459" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="460" spans="1:13">
       <c r="A460" s="1">
-        <v>32159164600328</v>
+        <v>72203027700247</v>
       </c>
       <c r="B460" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C460" s="2" t="s">
-        <v>1525</v>
-[...3 lines deleted...]
-      </c>
+        <v>1528</v>
+      </c>
+      <c r="D460" s="2"/>
       <c r="E460" s="2" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
       <c r="F460" s="2" t="s">
-        <v>890</v>
-[...1 lines deleted...]
-      <c r="G460" s="2"/>
+        <v>1448</v>
+      </c>
+      <c r="G460" s="2" t="s">
+        <v>232</v>
+      </c>
       <c r="H460" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I460" s="3"/>
       <c r="J460" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K460" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L460" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M460" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="461" spans="1:13">
       <c r="A461" s="1">
-        <v>32159164600377</v>
+        <v>74992016100058</v>
       </c>
       <c r="B461" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C461" s="2" t="s">
-        <v>1525</v>
+        <v>1530</v>
       </c>
       <c r="D461" s="2"/>
       <c r="E461" s="2" t="s">
-        <v>1528</v>
+        <v>1531</v>
       </c>
       <c r="F461" s="2" t="s">
-        <v>1529</v>
-[...1 lines deleted...]
-      <c r="G461" s="2"/>
+        <v>1532</v>
+      </c>
+      <c r="G461" s="2" t="s">
+        <v>1533</v>
+      </c>
       <c r="H461" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I461" s="3"/>
       <c r="J461" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K461" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L461" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M461" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="462" spans="1:13">
       <c r="A462" s="1">
-        <v>32204350600052</v>
+        <v>74996630500015</v>
       </c>
       <c r="B462" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C462" s="2" t="s">
-        <v>1530</v>
-[...1 lines deleted...]
-      <c r="D462" s="2"/>
+        <v>1534</v>
+      </c>
+      <c r="D462" s="2" t="s">
+        <v>1535</v>
+      </c>
       <c r="E462" s="2" t="s">
-        <v>1531</v>
+        <v>1536</v>
       </c>
       <c r="F462" s="2" t="s">
-        <v>1532</v>
+        <v>1537</v>
       </c>
       <c r="G462" s="2"/>
       <c r="H462" s="2" t="s">
-        <v>620</v>
+        <v>17</v>
       </c>
       <c r="I462" s="3">
-        <v>26210114921</v>
+        <v>42670472367</v>
       </c>
       <c r="J462" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K462" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L462" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M462" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="463" spans="1:13">
       <c r="A463" s="1">
-        <v>32262302600034</v>
+        <v>75112355500011</v>
       </c>
       <c r="B463" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C463" s="2" t="s">
-        <v>1533</v>
+        <v>1538</v>
       </c>
       <c r="D463" s="2"/>
       <c r="E463" s="2" t="s">
-        <v>1534</v>
+        <v>1539</v>
       </c>
       <c r="F463" s="2" t="s">
-        <v>1535</v>
+        <v>308</v>
       </c>
       <c r="G463" s="2"/>
       <c r="H463" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I463" s="3">
-        <v>52490017649</v>
+        <v>93131735613</v>
       </c>
       <c r="J463" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K463" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L463" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M463" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="464" spans="1:13">
       <c r="A464" s="1">
-        <v>32396166400121</v>
+        <v>75210085900012</v>
       </c>
       <c r="B464" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C464" s="2" t="s">
-        <v>1536</v>
+        <v>1540</v>
       </c>
       <c r="D464" s="2"/>
       <c r="E464" s="2" t="s">
-        <v>1537</v>
+        <v>1541</v>
       </c>
       <c r="F464" s="2" t="s">
-        <v>1538</v>
+        <v>1542</v>
       </c>
       <c r="G464" s="2"/>
       <c r="H464" s="2" t="s">
-        <v>599</v>
+        <v>69</v>
       </c>
       <c r="I464" s="3">
-        <v>83630030163</v>
+        <v>11754864275</v>
       </c>
       <c r="J464" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K464" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L464" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M464" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="465" spans="1:13">
       <c r="A465" s="1">
-        <v>32396166400162</v>
+        <v>75245848900040</v>
       </c>
       <c r="B465" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C465" s="2" t="s">
-        <v>1536</v>
+        <v>1543</v>
       </c>
       <c r="D465" s="2"/>
       <c r="E465" s="2" t="s">
-        <v>1539</v>
+        <v>1544</v>
       </c>
       <c r="F465" s="2" t="s">
-        <v>1305</v>
+        <v>1545</v>
       </c>
       <c r="G465" s="2"/>
       <c r="H465" s="2" t="s">
-        <v>599</v>
+        <v>100</v>
       </c>
       <c r="I465" s="3">
-        <v>83630030163</v>
+        <v>53350924035</v>
       </c>
       <c r="J465" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K465" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L465" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M465" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="466" spans="1:13">
       <c r="A466" s="1">
-        <v>32396166400170</v>
+        <v>75283444000014</v>
       </c>
       <c r="B466" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C466" s="2" t="s">
-        <v>1536</v>
+        <v>1546</v>
       </c>
       <c r="D466" s="2"/>
       <c r="E466" s="2" t="s">
-        <v>1540</v>
+        <v>1547</v>
       </c>
       <c r="F466" s="2" t="s">
-        <v>1263</v>
-[...1 lines deleted...]
-      <c r="G466" s="2"/>
+        <v>1548</v>
+      </c>
+      <c r="G466" s="2" t="s">
+        <v>1549</v>
+      </c>
       <c r="H466" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I466" s="3"/>
       <c r="J466" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K466" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L466" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M466" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="467" spans="1:13">
       <c r="A467" s="1">
-        <v>32396166400220</v>
+        <v>79810137400014</v>
       </c>
       <c r="B467" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C467" s="2" t="s">
-        <v>1536</v>
+        <v>1550</v>
       </c>
       <c r="D467" s="2"/>
       <c r="E467" s="2" t="s">
-        <v>1541</v>
+        <v>1551</v>
       </c>
       <c r="F467" s="2" t="s">
-        <v>749</v>
-[...3 lines deleted...]
-      </c>
+        <v>909</v>
+      </c>
+      <c r="G467" s="2"/>
       <c r="H467" s="2" t="s">
-        <v>599</v>
+        <v>17</v>
       </c>
       <c r="I467" s="3">
-        <v>83630030163</v>
+        <v>52440697944</v>
       </c>
       <c r="J467" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K467" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L467" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M467" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="468" spans="1:13">
       <c r="A468" s="1">
-        <v>32396166400238</v>
+        <v>79858120300022</v>
       </c>
       <c r="B468" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C468" s="2" t="s">
-        <v>1536</v>
+        <v>1552</v>
       </c>
       <c r="D468" s="2"/>
       <c r="E468" s="2" t="s">
-        <v>1542</v>
+        <v>1553</v>
       </c>
       <c r="F468" s="2" t="s">
-        <v>1543</v>
-[...3 lines deleted...]
-      </c>
+        <v>590</v>
+      </c>
+      <c r="G468" s="2"/>
       <c r="H468" s="2" t="s">
-        <v>599</v>
+        <v>29</v>
       </c>
       <c r="I468" s="3">
-        <v>83630030163</v>
+        <v>43250277425</v>
       </c>
       <c r="J468" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K468" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L468" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M468" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="469" spans="1:13">
       <c r="A469" s="1">
-        <v>32396166400246</v>
+        <v>79870472200023</v>
       </c>
       <c r="B469" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C469" s="2" t="s">
-        <v>1536</v>
+        <v>1554</v>
       </c>
       <c r="D469" s="2"/>
       <c r="E469" s="2" t="s">
-        <v>1545</v>
+        <v>1555</v>
       </c>
       <c r="F469" s="2" t="s">
-        <v>1546</v>
+        <v>1556</v>
       </c>
       <c r="G469" s="2"/>
       <c r="H469" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I469" s="3">
-        <v>83630030163</v>
+        <v>93830467183</v>
       </c>
       <c r="J469" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K469" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L469" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M469" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="470" spans="1:13">
       <c r="A470" s="1">
-        <v>32420576400016</v>
+        <v>79937020000021</v>
       </c>
       <c r="B470" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C470" s="2" t="s">
-        <v>1547</v>
+        <v>1557</v>
       </c>
       <c r="D470" s="2"/>
       <c r="E470" s="2" t="s">
-        <v>1548</v>
+        <v>1558</v>
       </c>
       <c r="F470" s="2" t="s">
-        <v>1549</v>
+        <v>1559</v>
       </c>
       <c r="G470" s="2"/>
       <c r="H470" s="2" t="s">
-        <v>599</v>
+        <v>1560</v>
       </c>
       <c r="I470" s="3">
-        <v>11750686975</v>
+        <v>28270197627</v>
       </c>
       <c r="J470" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K470" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L470" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M470" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="471" spans="1:13">
       <c r="A471" s="1">
-        <v>32434542000040</v>
+        <v>79937020000039</v>
       </c>
       <c r="B471" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C471" s="2" t="s">
-        <v>1550</v>
+        <v>1557</v>
       </c>
       <c r="D471" s="2"/>
       <c r="E471" s="2" t="s">
-        <v>1551</v>
+        <v>1561</v>
       </c>
       <c r="F471" s="2" t="s">
-        <v>1552</v>
+        <v>1562</v>
       </c>
       <c r="G471" s="2"/>
       <c r="H471" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I471" s="3">
-        <v>73310029931</v>
+        <v>28270197627</v>
       </c>
       <c r="J471" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K471" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L471" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M471" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="472" spans="1:13">
       <c r="A472" s="1">
-        <v>32439762900118</v>
+        <v>79975732300040</v>
       </c>
       <c r="B472" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C472" s="2" t="s">
-        <v>1553</v>
-[...1 lines deleted...]
-      <c r="D472" s="2"/>
+        <v>1563</v>
+      </c>
+      <c r="D472" s="2" t="s">
+        <v>1564</v>
+      </c>
       <c r="E472" s="2" t="s">
-        <v>1554</v>
+        <v>1565</v>
       </c>
       <c r="F472" s="2" t="s">
-        <v>1555</v>
+        <v>1566</v>
       </c>
       <c r="G472" s="2"/>
       <c r="H472" s="2" t="s">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="I472" s="3">
-        <v>52440210544</v>
+        <v>52440827344</v>
       </c>
       <c r="J472" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K472" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L472" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M472" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="473" spans="1:13">
       <c r="A473" s="1">
-        <v>32439762900183</v>
+        <v>80007600200016</v>
       </c>
       <c r="B473" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C473" s="2" t="s">
-        <v>1553</v>
+        <v>1567</v>
       </c>
       <c r="D473" s="2"/>
       <c r="E473" s="2" t="s">
-        <v>1556</v>
+        <v>1568</v>
       </c>
       <c r="F473" s="2" t="s">
-        <v>1263</v>
-[...3 lines deleted...]
-      </c>
+        <v>1082</v>
+      </c>
+      <c r="G473" s="2"/>
       <c r="H473" s="2" t="s">
-        <v>56</v>
+        <v>1560</v>
       </c>
       <c r="I473" s="3">
-        <v>52440210544</v>
+        <v>83630455063</v>
       </c>
       <c r="J473" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K473" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L473" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M473" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="474" spans="1:13">
       <c r="A474" s="1">
-        <v>32441928200383</v>
+        <v>80019756800028</v>
       </c>
       <c r="B474" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C474" s="2" t="s">
-        <v>1557</v>
-[...1 lines deleted...]
-      <c r="D474" s="2"/>
+        <v>1569</v>
+      </c>
+      <c r="D474" s="2" t="s">
+        <v>1569</v>
+      </c>
       <c r="E474" s="2" t="s">
-        <v>1558</v>
+        <v>1570</v>
       </c>
       <c r="F474" s="2" t="s">
-        <v>1518</v>
-[...1 lines deleted...]
-      <c r="G474" s="2"/>
+        <v>1571</v>
+      </c>
+      <c r="G474" s="2" t="s">
+        <v>1572</v>
+      </c>
       <c r="H474" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I474" s="3"/>
       <c r="J474" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K474" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L474" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M474" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="475" spans="1:13">
       <c r="A475" s="1">
-        <v>32441928200409</v>
+        <v>80060011600019</v>
       </c>
       <c r="B475" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C475" s="2" t="s">
-        <v>1557</v>
+        <v>1573</v>
       </c>
       <c r="D475" s="2"/>
       <c r="E475" s="2" t="s">
-        <v>1559</v>
+        <v>1574</v>
       </c>
       <c r="F475" s="2" t="s">
-        <v>233</v>
+        <v>1575</v>
       </c>
       <c r="G475" s="2" t="s">
-        <v>1509</v>
+        <v>1576</v>
       </c>
       <c r="H475" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I475" s="3"/>
       <c r="J475" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K475" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L475" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M475" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="476" spans="1:13">
       <c r="A476" s="1">
-        <v>32441928200680</v>
+        <v>80080468400028</v>
       </c>
       <c r="B476" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C476" s="2" t="s">
-        <v>1557</v>
+        <v>1577</v>
       </c>
       <c r="D476" s="2"/>
       <c r="E476" s="2" t="s">
-        <v>1560</v>
+        <v>1578</v>
       </c>
       <c r="F476" s="2" t="s">
-        <v>1561</v>
+        <v>1579</v>
       </c>
       <c r="G476" s="2"/>
       <c r="H476" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I476" s="3">
-        <v>11753781075</v>
+        <v>42670525367</v>
       </c>
       <c r="J476" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K476" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L476" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M476" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="477" spans="1:13">
       <c r="A477" s="1">
-        <v>32441928200789</v>
+        <v>80105052700010</v>
       </c>
       <c r="B477" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C477" s="2" t="s">
-        <v>1557</v>
+        <v>1580</v>
       </c>
       <c r="D477" s="2"/>
       <c r="E477" s="2" t="s">
-        <v>1562</v>
+        <v>1581</v>
       </c>
       <c r="F477" s="2" t="s">
-        <v>1563</v>
+        <v>1582</v>
       </c>
       <c r="G477" s="2"/>
       <c r="H477" s="2" t="s">
-        <v>33</v>
+        <v>69</v>
       </c>
       <c r="I477" s="3">
-        <v>11753781075</v>
+        <v>42680243468</v>
       </c>
       <c r="J477" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K477" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L477" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M477" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="478" spans="1:13">
       <c r="A478" s="1">
-        <v>32441928200854</v>
+        <v>80106424700027</v>
       </c>
       <c r="B478" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C478" s="2" t="s">
-        <v>1557</v>
+        <v>1583</v>
       </c>
       <c r="D478" s="2"/>
       <c r="E478" s="2" t="s">
-        <v>1564</v>
+        <v>1584</v>
       </c>
       <c r="F478" s="2" t="s">
-        <v>1565</v>
+        <v>1585</v>
       </c>
       <c r="G478" s="2"/>
       <c r="H478" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I478" s="3">
-        <v>11753781075</v>
+        <v>76340908834</v>
       </c>
       <c r="J478" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K478" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L478" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M478" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="479" spans="1:13">
       <c r="A479" s="1">
-        <v>32441928200896</v>
+        <v>80106424700035</v>
       </c>
       <c r="B479" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C479" s="2" t="s">
-        <v>1557</v>
+        <v>1583</v>
       </c>
       <c r="D479" s="2"/>
       <c r="E479" s="2" t="s">
-        <v>1566</v>
+        <v>1586</v>
       </c>
       <c r="F479" s="2" t="s">
-        <v>1567</v>
-[...3 lines deleted...]
-      </c>
+        <v>1587</v>
+      </c>
+      <c r="G479" s="2"/>
       <c r="H479" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I479" s="3">
-        <v>11753781075</v>
+        <v>76340908834</v>
       </c>
       <c r="J479" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K479" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L479" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M479" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="480" spans="1:13">
       <c r="A480" s="1">
-        <v>32441928200920</v>
+        <v>80149414700011</v>
       </c>
       <c r="B480" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C480" s="2" t="s">
-        <v>1557</v>
+        <v>1588</v>
       </c>
       <c r="D480" s="2"/>
       <c r="E480" s="2" t="s">
-        <v>1569</v>
+        <v>1589</v>
       </c>
       <c r="F480" s="2" t="s">
-        <v>458</v>
+        <v>1590</v>
       </c>
       <c r="G480" s="2"/>
       <c r="H480" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I480" s="3">
-        <v>11753781075</v>
+        <v>11930684493</v>
       </c>
       <c r="J480" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K480" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L480" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M480" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="481" spans="1:13">
       <c r="A481" s="1">
-        <v>32441928200953</v>
+        <v>80235447200044</v>
       </c>
       <c r="B481" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C481" s="2" t="s">
-        <v>1557</v>
-[...3 lines deleted...]
-      </c>
+        <v>1591</v>
+      </c>
+      <c r="D481" s="2"/>
       <c r="E481" s="2" t="s">
-        <v>1571</v>
+        <v>1592</v>
       </c>
       <c r="F481" s="2" t="s">
-        <v>1572</v>
+        <v>1593</v>
       </c>
       <c r="G481" s="2"/>
       <c r="H481" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I481" s="3"/>
       <c r="J481" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K481" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L481" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M481" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="482" spans="1:13">
       <c r="A482" s="1">
-        <v>32441928200961</v>
+        <v>80261105300017</v>
       </c>
       <c r="B482" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C482" s="2" t="s">
-        <v>1557</v>
-[...1 lines deleted...]
-      <c r="D482" s="2"/>
+        <v>1594</v>
+      </c>
+      <c r="D482" s="2" t="s">
+        <v>1595</v>
+      </c>
       <c r="E482" s="2" t="s">
-        <v>1573</v>
+        <v>1596</v>
       </c>
       <c r="F482" s="2" t="s">
-        <v>1574</v>
+        <v>1597</v>
       </c>
       <c r="G482" s="2" t="s">
-        <v>1575</v>
+        <v>1598</v>
       </c>
       <c r="H482" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I482" s="3"/>
       <c r="J482" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K482" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L482" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M482" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="483" spans="1:13">
       <c r="A483" s="1">
-        <v>32441928201100</v>
+        <v>80296375100028</v>
       </c>
       <c r="B483" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C483" s="2" t="s">
-        <v>1557</v>
+        <v>1599</v>
       </c>
       <c r="D483" s="2"/>
       <c r="E483" s="2" t="s">
-        <v>1576</v>
+        <v>1600</v>
       </c>
       <c r="F483" s="2" t="s">
-        <v>1538</v>
+        <v>1221</v>
       </c>
       <c r="G483" s="2"/>
       <c r="H483" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I483" s="3">
-        <v>11753781075</v>
+        <v>82380442138</v>
       </c>
       <c r="J483" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K483" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L483" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M483" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="484" spans="1:13">
       <c r="A484" s="1">
-        <v>32441928201142</v>
+        <v>80334912500028</v>
       </c>
       <c r="B484" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C484" s="2" t="s">
-        <v>1557</v>
-[...3 lines deleted...]
-      </c>
+        <v>1601</v>
+      </c>
+      <c r="D484" s="2"/>
       <c r="E484" s="2" t="s">
-        <v>1578</v>
+        <v>1602</v>
       </c>
       <c r="F484" s="2" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="G484" s="2"/>
       <c r="H484" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I484" s="3">
-        <v>11753781075</v>
+        <v>95970191297</v>
       </c>
       <c r="J484" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K484" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L484" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M484" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="485" spans="1:13">
       <c r="A485" s="1">
-        <v>32441928201159</v>
+        <v>80342775600025</v>
       </c>
       <c r="B485" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C485" s="2" t="s">
-        <v>1557</v>
+        <v>1603</v>
       </c>
       <c r="D485" s="2"/>
       <c r="E485" s="2" t="s">
-        <v>1579</v>
+        <v>1604</v>
       </c>
       <c r="F485" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="G485" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G485" s="2"/>
       <c r="H485" s="2" t="s">
-        <v>33</v>
+        <v>184</v>
       </c>
       <c r="I485" s="3">
-        <v>11753781075</v>
+        <v>97970203497</v>
       </c>
       <c r="J485" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K485" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L485" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M485" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="486" spans="1:13">
       <c r="A486" s="1">
-        <v>32441928201175</v>
+        <v>80438597900013</v>
       </c>
       <c r="B486" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C486" s="2" t="s">
-        <v>1557</v>
-[...1 lines deleted...]
-      <c r="D486" s="2"/>
+        <v>1605</v>
+      </c>
+      <c r="D486" s="2" t="s">
+        <v>1606</v>
+      </c>
       <c r="E486" s="2" t="s">
-        <v>1581</v>
+        <v>1607</v>
       </c>
       <c r="F486" s="2" t="s">
-        <v>1582</v>
-[...3 lines deleted...]
-      </c>
+        <v>1608</v>
+      </c>
+      <c r="G486" s="2"/>
       <c r="H486" s="2" t="s">
-        <v>33</v>
+        <v>210</v>
       </c>
       <c r="I486" s="3">
-        <v>11753781075</v>
+        <v>91340840634</v>
       </c>
       <c r="J486" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K486" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L486" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M486" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="487" spans="1:13">
       <c r="A487" s="1">
-        <v>32441928201209</v>
+        <v>80458814300011</v>
       </c>
       <c r="B487" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C487" s="2" t="s">
-        <v>1557</v>
-[...3 lines deleted...]
-      </c>
+        <v>1609</v>
+      </c>
+      <c r="D487" s="2"/>
       <c r="E487" s="2" t="s">
-        <v>1583</v>
+        <v>1610</v>
       </c>
       <c r="F487" s="2" t="s">
-        <v>1584</v>
+        <v>1611</v>
       </c>
       <c r="G487" s="2"/>
       <c r="H487" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I487" s="3">
-        <v>11753781075</v>
+        <v>91340838034</v>
       </c>
       <c r="J487" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K487" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L487" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M487" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="488" spans="1:13">
       <c r="A488" s="1">
-        <v>32441928201233</v>
+        <v>80481193300014</v>
       </c>
       <c r="B488" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C488" s="2" t="s">
-        <v>1557</v>
+        <v>1612</v>
       </c>
       <c r="D488" s="2" t="s">
-        <v>1570</v>
+        <v>1612</v>
       </c>
       <c r="E488" s="2" t="s">
-        <v>1585</v>
+        <v>1613</v>
       </c>
       <c r="F488" s="2" t="s">
-        <v>1586</v>
+        <v>1614</v>
       </c>
       <c r="G488" s="2"/>
       <c r="H488" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I488" s="3">
-        <v>11753781075</v>
+        <v>26890124489</v>
       </c>
       <c r="J488" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K488" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L488" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M488" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="489" spans="1:13">
       <c r="A489" s="1">
-        <v>32441928201274</v>
+        <v>80521953200027</v>
       </c>
       <c r="B489" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C489" s="2" t="s">
-        <v>1557</v>
+        <v>1615</v>
       </c>
       <c r="D489" s="2" t="s">
-        <v>1570</v>
+        <v>1616</v>
       </c>
       <c r="E489" s="2" t="s">
-        <v>1587</v>
+        <v>1617</v>
       </c>
       <c r="F489" s="2" t="s">
-        <v>1588</v>
+        <v>52</v>
       </c>
       <c r="G489" s="2"/>
       <c r="H489" s="2" t="s">
-        <v>33</v>
+        <v>1618</v>
       </c>
       <c r="I489" s="3">
-        <v>11753781075</v>
+        <v>54170186217</v>
       </c>
       <c r="J489" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K489" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L489" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M489" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="490" spans="1:13">
       <c r="A490" s="1">
-        <v>32441928201316</v>
+        <v>80538677800023</v>
       </c>
       <c r="B490" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C490" s="2" t="s">
-        <v>1557</v>
+        <v>1619</v>
       </c>
       <c r="D490" s="2"/>
       <c r="E490" s="2" t="s">
-        <v>1589</v>
+        <v>1620</v>
       </c>
       <c r="F490" s="2" t="s">
-        <v>730</v>
-[...1 lines deleted...]
-      <c r="G490" s="2"/>
+        <v>1177</v>
+      </c>
+      <c r="G490" s="2" t="s">
+        <v>1621</v>
+      </c>
       <c r="H490" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="I490" s="3"/>
       <c r="J490" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K490" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L490" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M490" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="491" spans="1:13">
       <c r="A491" s="1">
-        <v>32441928201324</v>
+        <v>80815473600025</v>
       </c>
       <c r="B491" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C491" s="2" t="s">
-        <v>1557</v>
+        <v>1622</v>
       </c>
       <c r="D491" s="2"/>
       <c r="E491" s="2" t="s">
-        <v>1590</v>
+        <v>1623</v>
       </c>
       <c r="F491" s="2" t="s">
-        <v>609</v>
+        <v>1624</v>
       </c>
       <c r="G491" s="2"/>
       <c r="H491" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I491" s="3">
-        <v>11753781075</v>
+        <v>84730290073</v>
       </c>
       <c r="J491" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K491" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L491" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M491" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="492" spans="1:13">
       <c r="A492" s="1">
-        <v>32441928201340</v>
+        <v>80832639100030</v>
       </c>
       <c r="B492" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C492" s="2" t="s">
-        <v>1557</v>
+        <v>1625</v>
       </c>
       <c r="D492" s="2"/>
       <c r="E492" s="2" t="s">
-        <v>1591</v>
+        <v>1626</v>
       </c>
       <c r="F492" s="2" t="s">
-        <v>1411</v>
+        <v>276</v>
       </c>
       <c r="G492" s="2"/>
       <c r="H492" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I492" s="3"/>
       <c r="J492" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K492" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L492" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M492" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="493" spans="1:13">
       <c r="A493" s="1">
-        <v>32548695900035</v>
+        <v>80875076400025</v>
       </c>
       <c r="B493" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C493" s="2" t="s">
-        <v>1592</v>
-[...1 lines deleted...]
-      <c r="D493" s="2"/>
+        <v>1627</v>
+      </c>
+      <c r="D493" s="2" t="s">
+        <v>1628</v>
+      </c>
       <c r="E493" s="2" t="s">
-        <v>1593</v>
+        <v>1629</v>
       </c>
       <c r="F493" s="2" t="s">
-        <v>1594</v>
+        <v>1630</v>
       </c>
       <c r="G493" s="2"/>
       <c r="H493" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="I493" s="3"/>
       <c r="J493" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K493" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L493" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M493" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="494" spans="1:13">
       <c r="A494" s="1">
-        <v>32629834600015</v>
+        <v>80982366900019</v>
       </c>
       <c r="B494" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C494" s="2" t="s">
-        <v>1595</v>
+        <v>1631</v>
       </c>
       <c r="D494" s="2"/>
       <c r="E494" s="2" t="s">
-        <v>1596</v>
+        <v>1632</v>
       </c>
       <c r="F494" s="2" t="s">
-        <v>1597</v>
+        <v>1633</v>
       </c>
       <c r="G494" s="2"/>
       <c r="H494" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I494" s="3">
-        <v>53290088929</v>
+        <v>52440747344</v>
       </c>
       <c r="J494" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K494" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L494" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M494" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="495" spans="1:13">
       <c r="A495" s="1">
-        <v>32629834600049</v>
+        <v>81031690100034</v>
       </c>
       <c r="B495" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C495" s="2" t="s">
-        <v>1595</v>
-[...3 lines deleted...]
-      </c>
+        <v>1634</v>
+      </c>
+      <c r="D495" s="2"/>
       <c r="E495" s="2" t="s">
-        <v>1598</v>
+        <v>1635</v>
       </c>
       <c r="F495" s="2" t="s">
-        <v>1599</v>
-[...3 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="G495" s="2"/>
       <c r="H495" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I495" s="3">
-        <v>53290088929</v>
+        <v>25140282614</v>
       </c>
       <c r="J495" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K495" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L495" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M495" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="496" spans="1:13">
       <c r="A496" s="1">
-        <v>32629834600056</v>
+        <v>81131965600013</v>
       </c>
       <c r="B496" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C496" s="2" t="s">
-        <v>1595</v>
-[...1 lines deleted...]
-      <c r="D496" s="2"/>
+        <v>1636</v>
+      </c>
+      <c r="D496" s="2" t="s">
+        <v>1637</v>
+      </c>
       <c r="E496" s="2" t="s">
-        <v>1601</v>
+        <v>1638</v>
       </c>
       <c r="F496" s="2" t="s">
-        <v>308</v>
-[...1 lines deleted...]
-      <c r="G496" s="2"/>
+        <v>1639</v>
+      </c>
+      <c r="G496" s="2" t="s">
+        <v>1640</v>
+      </c>
       <c r="H496" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I496" s="3"/>
       <c r="J496" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K496" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L496" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M496" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="497" spans="1:13">
       <c r="A497" s="1">
-        <v>33039528600033</v>
+        <v>81163631500046</v>
       </c>
       <c r="B497" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C497" s="2" t="s">
-        <v>1602</v>
-[...3 lines deleted...]
-      </c>
+        <v>1641</v>
+      </c>
+      <c r="D497" s="2"/>
       <c r="E497" s="2" t="s">
-        <v>1603</v>
+        <v>1642</v>
       </c>
       <c r="F497" s="2" t="s">
-        <v>1604</v>
-[...1 lines deleted...]
-      <c r="G497" s="2"/>
+        <v>1643</v>
+      </c>
+      <c r="G497" s="2" t="s">
+        <v>1644</v>
+      </c>
       <c r="H497" s="2" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I497" s="3"/>
       <c r="J497" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K497" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L497" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M497" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="498" spans="1:13">
       <c r="A498" s="1">
-        <v>33173739500037</v>
+        <v>81164055600015</v>
       </c>
       <c r="B498" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C498" s="2" t="s">
-        <v>1605</v>
+        <v>1645</v>
       </c>
       <c r="D498" s="2"/>
       <c r="E498" s="2" t="s">
-        <v>1606</v>
+        <v>1646</v>
       </c>
       <c r="F498" s="2" t="s">
-        <v>1607</v>
+        <v>1647</v>
       </c>
       <c r="G498" s="2"/>
       <c r="H498" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I498" s="3">
-        <v>11910064691</v>
+        <v>41570348557</v>
       </c>
       <c r="J498" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K498" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L498" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M498" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="499" spans="1:13">
       <c r="A499" s="1">
-        <v>33213727200024</v>
+        <v>81229926100014</v>
       </c>
       <c r="B499" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C499" s="2" t="s">
-        <v>1608</v>
-[...1 lines deleted...]
-      <c r="D499" s="2"/>
+        <v>1648</v>
+      </c>
+      <c r="D499" s="2" t="s">
+        <v>1649</v>
+      </c>
       <c r="E499" s="2" t="s">
-        <v>1609</v>
+        <v>1650</v>
       </c>
       <c r="F499" s="2" t="s">
-        <v>1610</v>
+        <v>1055</v>
       </c>
       <c r="G499" s="2"/>
       <c r="H499" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I499" s="3">
-        <v>11750969075</v>
+        <v>98970001397</v>
       </c>
       <c r="J499" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K499" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L499" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M499" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="500" spans="1:13">
       <c r="A500" s="1">
-        <v>33264146300119</v>
+        <v>81328921200066</v>
       </c>
       <c r="B500" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C500" s="2" t="s">
-        <v>1611</v>
+        <v>1651</v>
       </c>
       <c r="D500" s="2"/>
       <c r="E500" s="2" t="s">
-        <v>1612</v>
+        <v>1652</v>
       </c>
       <c r="F500" s="2" t="s">
-        <v>60</v>
+        <v>1653</v>
       </c>
       <c r="G500" s="2"/>
       <c r="H500" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I500" s="3">
-        <v>11752052275</v>
+        <v>11755488175</v>
       </c>
       <c r="J500" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K500" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L500" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M500" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="501" spans="1:13">
       <c r="A501" s="1">
-        <v>33354415300344</v>
+        <v>81328921200074</v>
       </c>
       <c r="B501" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C501" s="2" t="s">
-        <v>1613</v>
+        <v>1651</v>
       </c>
       <c r="D501" s="2"/>
       <c r="E501" s="2" t="s">
-        <v>1614</v>
+        <v>1654</v>
       </c>
       <c r="F501" s="2" t="s">
-        <v>1615</v>
-[...3 lines deleted...]
-      </c>
+        <v>1655</v>
+      </c>
+      <c r="G501" s="2"/>
       <c r="H501" s="2" t="s">
-        <v>599</v>
+        <v>17</v>
       </c>
       <c r="I501" s="3">
-        <v>11751042775</v>
+        <v>11755488175</v>
       </c>
       <c r="J501" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K501" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L501" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M501" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="502" spans="1:13">
       <c r="A502" s="1">
-        <v>33392819000045</v>
+        <v>81426685400011</v>
       </c>
       <c r="B502" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C502" s="2" t="s">
-        <v>1616</v>
+        <v>1656</v>
       </c>
       <c r="D502" s="2"/>
       <c r="E502" s="2" t="s">
-        <v>1617</v>
+        <v>1657</v>
       </c>
       <c r="F502" s="2" t="s">
-        <v>1618</v>
+        <v>1360</v>
       </c>
       <c r="G502" s="2"/>
       <c r="H502" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I502" s="3">
-        <v>11921438392</v>
+        <v>84260247326</v>
       </c>
       <c r="J502" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K502" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L502" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M502" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="503" spans="1:13">
       <c r="A503" s="1">
-        <v>33392819000102</v>
+        <v>81441466000013</v>
       </c>
       <c r="B503" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C503" s="2" t="s">
-        <v>1616</v>
-[...1 lines deleted...]
-      <c r="D503" s="2"/>
+        <v>1658</v>
+      </c>
+      <c r="D503" s="2" t="s">
+        <v>1658</v>
+      </c>
       <c r="E503" s="2" t="s">
-        <v>1619</v>
+        <v>1659</v>
       </c>
       <c r="F503" s="2" t="s">
-        <v>1620</v>
+        <v>1660</v>
       </c>
       <c r="G503" s="2"/>
       <c r="H503" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I503" s="3">
-        <v>11921438392</v>
+        <v>42670564767</v>
       </c>
       <c r="J503" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K503" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L503" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M503" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="504" spans="1:13">
       <c r="A504" s="1">
-        <v>33392819000110</v>
+        <v>81454189200018</v>
       </c>
       <c r="B504" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C504" s="2" t="s">
-        <v>1616</v>
-[...3 lines deleted...]
-      </c>
+        <v>1661</v>
+      </c>
+      <c r="D504" s="2"/>
       <c r="E504" s="2" t="s">
-        <v>1622</v>
+        <v>1662</v>
       </c>
       <c r="F504" s="2" t="s">
-        <v>1623</v>
+        <v>1663</v>
       </c>
       <c r="G504" s="2"/>
       <c r="H504" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I504" s="3"/>
       <c r="J504" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K504" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L504" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M504" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="505" spans="1:13">
       <c r="A505" s="1">
-        <v>33392819000128</v>
+        <v>81460944200011</v>
       </c>
       <c r="B505" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C505" s="2" t="s">
-        <v>1616</v>
-[...3 lines deleted...]
-      </c>
+        <v>1664</v>
+      </c>
+      <c r="D505" s="2"/>
       <c r="E505" s="2" t="s">
-        <v>1624</v>
+        <v>1665</v>
       </c>
       <c r="F505" s="2" t="s">
-        <v>1625</v>
+        <v>1666</v>
       </c>
       <c r="G505" s="2"/>
       <c r="H505" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I505" s="3">
-        <v>11921438392</v>
+        <v>53560907156</v>
       </c>
       <c r="J505" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K505" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L505" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M505" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="506" spans="1:13">
       <c r="A506" s="1">
-        <v>33392819000136</v>
+        <v>81473972800024</v>
       </c>
       <c r="B506" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C506" s="2" t="s">
-        <v>1616</v>
-[...3 lines deleted...]
-      </c>
+        <v>1667</v>
+      </c>
+      <c r="D506" s="2"/>
       <c r="E506" s="2" t="s">
-        <v>1626</v>
+        <v>1668</v>
       </c>
       <c r="F506" s="2" t="s">
-        <v>1627</v>
+        <v>1669</v>
       </c>
       <c r="G506" s="2"/>
       <c r="H506" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I506" s="3">
-        <v>11921438392</v>
+        <v>11950590895</v>
       </c>
       <c r="J506" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K506" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L506" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M506" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="507" spans="1:13">
       <c r="A507" s="1">
-        <v>33392819000144</v>
+        <v>81490319100033</v>
       </c>
       <c r="B507" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C507" s="2" t="s">
-        <v>1616</v>
-[...3 lines deleted...]
-      </c>
+        <v>1670</v>
+      </c>
+      <c r="D507" s="2"/>
       <c r="E507" s="2" t="s">
-        <v>1628</v>
+        <v>1671</v>
       </c>
       <c r="F507" s="2" t="s">
-        <v>1629</v>
-[...1 lines deleted...]
-      <c r="G507" s="2"/>
+        <v>1672</v>
+      </c>
+      <c r="G507" s="2" t="s">
+        <v>1673</v>
+      </c>
       <c r="H507" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I507" s="3"/>
       <c r="J507" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K507" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L507" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M507" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="508" spans="1:13">
       <c r="A508" s="1">
-        <v>33392819000169</v>
+        <v>77565445200033</v>
       </c>
       <c r="B508" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C508" s="2" t="s">
-        <v>1616</v>
+        <v>1674</v>
       </c>
       <c r="D508" s="2"/>
       <c r="E508" s="2" t="s">
-        <v>1630</v>
+        <v>1675</v>
       </c>
       <c r="F508" s="2" t="s">
-        <v>1631</v>
+        <v>1041</v>
       </c>
       <c r="G508" s="2"/>
       <c r="H508" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I508" s="3">
-        <v>11921438392</v>
+        <v>82740000174</v>
       </c>
       <c r="J508" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K508" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L508" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M508" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="509" spans="1:13">
       <c r="A509" s="1">
-        <v>33392819000177</v>
+        <v>77694516400064</v>
       </c>
       <c r="B509" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C509" s="2" t="s">
-        <v>1616</v>
+        <v>1676</v>
       </c>
       <c r="D509" s="2"/>
       <c r="E509" s="2" t="s">
-        <v>1632</v>
+        <v>1677</v>
       </c>
       <c r="F509" s="2" t="s">
-        <v>1633</v>
+        <v>1678</v>
       </c>
       <c r="G509" s="2"/>
       <c r="H509" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I509" s="3">
-        <v>11921438392</v>
+        <v>73310006031</v>
       </c>
       <c r="J509" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K509" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L509" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M509" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="510" spans="1:13">
       <c r="A510" s="1">
-        <v>33392819000185</v>
+        <v>77792738500040</v>
       </c>
       <c r="B510" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C510" s="2" t="s">
-        <v>1616</v>
+        <v>1679</v>
       </c>
       <c r="D510" s="2"/>
       <c r="E510" s="2" t="s">
-        <v>1634</v>
+        <v>1680</v>
       </c>
       <c r="F510" s="2" t="s">
-        <v>840</v>
-[...3 lines deleted...]
-      </c>
+        <v>99</v>
+      </c>
+      <c r="G510" s="2"/>
       <c r="H510" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I510" s="3">
-        <v>11921438392</v>
+        <v>74190000219</v>
       </c>
       <c r="J510" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K510" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L510" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M510" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="511" spans="1:13">
       <c r="A511" s="1">
-        <v>33392819000201</v>
+        <v>77833200700013</v>
       </c>
       <c r="B511" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C511" s="2" t="s">
-        <v>1616</v>
+        <v>1681</v>
       </c>
       <c r="D511" s="2"/>
       <c r="E511" s="2" t="s">
-        <v>1636</v>
+        <v>1682</v>
       </c>
       <c r="F511" s="2" t="s">
-        <v>1637</v>
+        <v>1041</v>
       </c>
       <c r="G511" s="2"/>
       <c r="H511" s="2" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I511" s="3">
-        <v>11921438392</v>
+        <v>43250169125</v>
       </c>
       <c r="J511" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K511" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L511" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M511" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="512" spans="1:13">
       <c r="A512" s="1">
-        <v>33392819000219</v>
+        <v>77931160400028</v>
       </c>
       <c r="B512" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C512" s="2" t="s">
-        <v>1616</v>
+        <v>1683</v>
       </c>
       <c r="D512" s="2"/>
       <c r="E512" s="2" t="s">
-        <v>1638</v>
+        <v>1684</v>
       </c>
       <c r="F512" s="2" t="s">
-        <v>1639</v>
+        <v>1685</v>
       </c>
       <c r="G512" s="2"/>
       <c r="H512" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I512" s="3">
-        <v>11921438392</v>
+        <v>82010001901</v>
       </c>
       <c r="J512" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K512" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L512" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M512" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="513" spans="1:13">
       <c r="A513" s="1">
-        <v>33398516600029</v>
+        <v>77947268700036</v>
       </c>
       <c r="B513" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C513" s="2" t="s">
-        <v>1640</v>
+        <v>1686</v>
       </c>
       <c r="D513" s="2"/>
       <c r="E513" s="2" t="s">
-        <v>1641</v>
+        <v>1687</v>
       </c>
       <c r="F513" s="2" t="s">
-        <v>1642</v>
+        <v>1688</v>
       </c>
       <c r="G513" s="2"/>
       <c r="H513" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I513" s="3">
-        <v>73310064131</v>
+        <v>82070005607</v>
       </c>
       <c r="J513" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K513" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L513" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M513" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="514" spans="1:13">
       <c r="A514" s="1">
-        <v>33751741100019</v>
+        <v>78050734900048</v>
       </c>
       <c r="B514" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C514" s="2" t="s">
-        <v>1643</v>
+        <v>1689</v>
       </c>
       <c r="D514" s="2"/>
       <c r="E514" s="2" t="s">
-        <v>1644</v>
+        <v>1690</v>
       </c>
       <c r="F514" s="2" t="s">
-        <v>1645</v>
+        <v>1691</v>
       </c>
       <c r="G514" s="2"/>
       <c r="H514" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I514" s="3">
-        <v>11751059475</v>
+        <v>22600001660</v>
       </c>
       <c r="J514" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K514" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L514" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M514" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="515" spans="1:13">
       <c r="A515" s="1">
-        <v>33825742100028</v>
+        <v>78050734900097</v>
       </c>
       <c r="B515" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C515" s="2" t="s">
-        <v>1646</v>
+        <v>1689</v>
       </c>
       <c r="D515" s="2"/>
       <c r="E515" s="2" t="s">
-        <v>1647</v>
+        <v>1692</v>
       </c>
       <c r="F515" s="2" t="s">
-        <v>1648</v>
+        <v>951</v>
       </c>
       <c r="G515" s="2"/>
       <c r="H515" s="2" t="s">
-        <v>1649</v>
+        <v>17</v>
       </c>
       <c r="I515" s="3">
-        <v>11751068775</v>
+        <v>22600001660</v>
       </c>
       <c r="J515" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K515" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L515" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M515" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="516" spans="1:13">
       <c r="A516" s="1">
-        <v>40227696800110</v>
+        <v>78050734900113</v>
       </c>
       <c r="B516" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C516" s="2" t="s">
-        <v>1650</v>
-[...3 lines deleted...]
-      </c>
+        <v>1689</v>
+      </c>
+      <c r="D516" s="2"/>
       <c r="E516" s="2" t="s">
-        <v>1651</v>
+        <v>1693</v>
       </c>
       <c r="F516" s="2" t="s">
-        <v>1378</v>
+        <v>1694</v>
       </c>
       <c r="G516" s="2"/>
       <c r="H516" s="2" t="s">
-        <v>1652</v>
+        <v>17</v>
       </c>
       <c r="I516" s="3">
-        <v>52440417344</v>
+        <v>22600001660</v>
       </c>
       <c r="J516" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K516" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L516" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M516" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="517" spans="1:13">
       <c r="A517" s="1">
-        <v>40291262000182</v>
+        <v>78050734900121</v>
       </c>
       <c r="B517" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C517" s="2" t="s">
-        <v>1653</v>
+        <v>1689</v>
       </c>
       <c r="D517" s="2"/>
       <c r="E517" s="2" t="s">
-        <v>1654</v>
+        <v>1695</v>
       </c>
       <c r="F517" s="2" t="s">
-        <v>148</v>
+        <v>1696</v>
       </c>
       <c r="G517" s="2"/>
       <c r="H517" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I517" s="3">
-        <v>52440249544</v>
+        <v>22600001660</v>
       </c>
       <c r="J517" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K517" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L517" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M517" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="518" spans="1:13">
       <c r="A518" s="1">
-        <v>40410264200034</v>
+        <v>78050734900139</v>
       </c>
       <c r="B518" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C518" s="2" t="s">
-        <v>681</v>
-[...3 lines deleted...]
-      </c>
+        <v>1689</v>
+      </c>
+      <c r="D518" s="2"/>
       <c r="E518" s="2" t="s">
-        <v>1655</v>
+        <v>1697</v>
       </c>
       <c r="F518" s="2" t="s">
-        <v>1038</v>
-[...3 lines deleted...]
-      </c>
+        <v>1696</v>
+      </c>
+      <c r="G518" s="2"/>
       <c r="H518" s="2" t="s">
-        <v>599</v>
+        <v>17</v>
       </c>
       <c r="I518" s="3">
-        <v>75160087916</v>
+        <v>22600001660</v>
       </c>
       <c r="J518" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K518" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L518" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M518" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="519" spans="1:13">
       <c r="A519" s="1">
-        <v>40410930800027</v>
+        <v>78050734900147</v>
       </c>
       <c r="B519" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C519" s="2" t="s">
-        <v>1657</v>
+        <v>1689</v>
       </c>
       <c r="D519" s="2"/>
       <c r="E519" s="2" t="s">
-        <v>1658</v>
+        <v>1698</v>
       </c>
       <c r="F519" s="2" t="s">
-        <v>1659</v>
+        <v>1696</v>
       </c>
       <c r="G519" s="2"/>
       <c r="H519" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I519" s="3">
-        <v>31590376559</v>
+        <v>22600001660</v>
       </c>
       <c r="J519" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K519" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L519" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M519" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="520" spans="1:13">
       <c r="A520" s="1">
-        <v>40420798700045</v>
+        <v>78050734900154</v>
       </c>
       <c r="B520" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C520" s="2" t="s">
-        <v>1660</v>
+        <v>1689</v>
       </c>
       <c r="D520" s="2"/>
       <c r="E520" s="2" t="s">
-        <v>1661</v>
+        <v>1699</v>
       </c>
       <c r="F520" s="2" t="s">
-        <v>1662</v>
-[...3 lines deleted...]
-      </c>
+        <v>1696</v>
+      </c>
+      <c r="G520" s="2"/>
       <c r="H520" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I520" s="3">
-        <v>82690921769</v>
+        <v>22600001660</v>
       </c>
       <c r="J520" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K520" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L520" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M520" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="521" spans="1:13">
       <c r="A521" s="1">
-        <v>40421916400039</v>
+        <v>78071405100031</v>
       </c>
       <c r="B521" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C521" s="2" t="s">
-        <v>1664</v>
+        <v>1700</v>
       </c>
       <c r="D521" s="2" t="s">
-        <v>1665</v>
+        <v>1700</v>
       </c>
       <c r="E521" s="2" t="s">
-        <v>1666</v>
+        <v>1701</v>
       </c>
       <c r="F521" s="2" t="s">
-        <v>1667</v>
+        <v>1702</v>
       </c>
       <c r="G521" s="2"/>
       <c r="H521" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I521" s="3">
-        <v>24280075128</v>
+        <v>25140000514</v>
       </c>
       <c r="J521" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K521" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L521" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M521" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="522" spans="1:13">
       <c r="A522" s="1">
-        <v>40442948200049</v>
+        <v>78071405100080</v>
       </c>
       <c r="B522" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C522" s="2" t="s">
-        <v>1668</v>
+        <v>1700</v>
       </c>
       <c r="D522" s="2"/>
       <c r="E522" s="2" t="s">
-        <v>1669</v>
+        <v>1703</v>
       </c>
       <c r="F522" s="2" t="s">
-        <v>730</v>
-[...1 lines deleted...]
-      <c r="G522" s="2"/>
+        <v>1704</v>
+      </c>
+      <c r="G522" s="2" t="s">
+        <v>1705</v>
+      </c>
       <c r="H522" s="2" t="s">
-        <v>650</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I522" s="3"/>
       <c r="J522" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K522" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L522" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M522" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="523" spans="1:13">
       <c r="A523" s="1">
-        <v>40530550900029</v>
+        <v>78071407700069</v>
       </c>
       <c r="B523" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C523" s="2" t="s">
-        <v>1670</v>
+        <v>1706</v>
       </c>
       <c r="D523" s="2"/>
       <c r="E523" s="2" t="s">
-        <v>1671</v>
+        <v>1229</v>
       </c>
       <c r="F523" s="2" t="s">
-        <v>1672</v>
+        <v>1707</v>
       </c>
       <c r="G523" s="2"/>
       <c r="H523" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I523" s="3"/>
       <c r="J523" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K523" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L523" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M523" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="524" spans="1:13">
       <c r="A524" s="1">
-        <v>40538900800047</v>
+        <v>78128367600018</v>
       </c>
       <c r="B524" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C524" s="2" t="s">
-        <v>1673</v>
+        <v>1708</v>
       </c>
       <c r="D524" s="2"/>
       <c r="E524" s="2" t="s">
-        <v>1674</v>
+        <v>1709</v>
       </c>
       <c r="F524" s="2" t="s">
-        <v>1675</v>
-[...3 lines deleted...]
-      </c>
+        <v>1041</v>
+      </c>
+      <c r="G524" s="2"/>
       <c r="H524" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I524" s="3">
-        <v>52490128249</v>
+        <v>54170000117</v>
       </c>
       <c r="J524" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K524" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L524" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M524" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="525" spans="1:13">
       <c r="A525" s="1">
-        <v>40753430400024</v>
+        <v>78141384400015</v>
       </c>
       <c r="B525" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C525" s="2" t="s">
-        <v>1677</v>
+        <v>1710</v>
       </c>
       <c r="D525" s="2"/>
       <c r="E525" s="2" t="s">
-        <v>1678</v>
+        <v>1711</v>
       </c>
       <c r="F525" s="2" t="s">
-        <v>1679</v>
+        <v>1041</v>
       </c>
       <c r="G525" s="2"/>
       <c r="H525" s="2" t="s">
-        <v>599</v>
+        <v>472</v>
       </c>
       <c r="I525" s="3">
-        <v>93840158884</v>
+        <v>54790007279</v>
       </c>
       <c r="J525" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K525" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L525" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M525" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="526" spans="1:13">
       <c r="A526" s="1">
-        <v>40789624000055</v>
+        <v>78173357100025</v>
       </c>
       <c r="B526" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C526" s="2" t="s">
-        <v>1680</v>
+        <v>1712</v>
       </c>
       <c r="D526" s="2"/>
       <c r="E526" s="2" t="s">
-        <v>1681</v>
+        <v>1713</v>
       </c>
       <c r="F526" s="2" t="s">
-        <v>1682</v>
-[...1 lines deleted...]
-      <c r="G526" s="2"/>
+        <v>1714</v>
+      </c>
+      <c r="G526" s="2" t="s">
+        <v>1715</v>
+      </c>
       <c r="H526" s="2" t="s">
-        <v>650</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I526" s="3"/>
       <c r="J526" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K526" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L526" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M526" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="527" spans="1:13">
       <c r="A527" s="1">
-        <v>40801292000034</v>
+        <v>78209967500020</v>
       </c>
       <c r="B527" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C527" s="2" t="s">
-        <v>1683</v>
+        <v>1716</v>
       </c>
       <c r="D527" s="2"/>
       <c r="E527" s="2" t="s">
-        <v>1684</v>
+        <v>1717</v>
       </c>
       <c r="F527" s="2" t="s">
-        <v>23</v>
+        <v>1718</v>
       </c>
       <c r="G527" s="2"/>
       <c r="H527" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I527" s="3">
-        <v>11770227477</v>
+        <v>72400000340</v>
       </c>
       <c r="J527" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K527" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L527" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M527" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="528" spans="1:13">
       <c r="A528" s="1">
-        <v>40818282200051</v>
+        <v>78235540800025</v>
       </c>
       <c r="B528" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C528" s="2" t="s">
-        <v>1685</v>
-[...3 lines deleted...]
-      </c>
+        <v>1719</v>
+      </c>
+      <c r="D528" s="2"/>
       <c r="E528" s="2" t="s">
-        <v>1686</v>
+        <v>1720</v>
       </c>
       <c r="F528" s="2" t="s">
-        <v>1687</v>
+        <v>1041</v>
       </c>
       <c r="G528" s="2"/>
       <c r="H528" s="2" t="s">
-        <v>709</v>
+        <v>29</v>
       </c>
       <c r="I528" s="3">
-        <v>84740366874</v>
+        <v>72640000764</v>
       </c>
       <c r="J528" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K528" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L528" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M528" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="529" spans="1:13">
       <c r="A529" s="1">
-        <v>40980167700025</v>
+        <v>78338177500023</v>
       </c>
       <c r="B529" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C529" s="2" t="s">
-        <v>1688</v>
+        <v>1721</v>
       </c>
       <c r="D529" s="2"/>
       <c r="E529" s="2" t="s">
-        <v>1689</v>
+        <v>1722</v>
       </c>
       <c r="F529" s="2" t="s">
-        <v>1690</v>
-[...3 lines deleted...]
-      </c>
+        <v>1041</v>
+      </c>
+      <c r="G529" s="2"/>
       <c r="H529" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I529" s="3"/>
+        <v>29</v>
+      </c>
+      <c r="I529" s="3">
+        <v>41550000155</v>
+      </c>
       <c r="J529" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K529" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L529" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M529" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="530" spans="1:13">
       <c r="A530" s="1">
-        <v>41009852900044</v>
+        <v>78360423400022</v>
       </c>
       <c r="B530" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C530" s="2" t="s">
-        <v>1692</v>
+        <v>1723</v>
       </c>
       <c r="D530" s="2"/>
       <c r="E530" s="2" t="s">
-        <v>1693</v>
+        <v>1724</v>
       </c>
       <c r="F530" s="2" t="s">
-        <v>1694</v>
+        <v>1725</v>
       </c>
       <c r="G530" s="2" t="s">
-        <v>1695</v>
+        <v>1149</v>
       </c>
       <c r="H530" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I530" s="3"/>
       <c r="J530" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K530" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L530" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M530" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="531" spans="1:13">
       <c r="A531" s="1">
-        <v>41058110200010</v>
+        <v>78803676200037</v>
       </c>
       <c r="B531" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C531" s="2" t="s">
-        <v>1696</v>
+        <v>1726</v>
       </c>
       <c r="D531" s="2"/>
       <c r="E531" s="2" t="s">
-        <v>1697</v>
+        <v>1727</v>
       </c>
       <c r="F531" s="2" t="s">
-        <v>1690</v>
+        <v>1728</v>
       </c>
       <c r="G531" s="2"/>
       <c r="H531" s="2" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="I531" s="3">
-        <v>72330424333</v>
+        <v>73320039232</v>
       </c>
       <c r="J531" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K531" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L531" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M531" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="532" spans="1:13">
       <c r="A532" s="1">
-        <v>41059169700033</v>
+        <v>78835426400095</v>
       </c>
       <c r="B532" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C532" s="2" t="s">
-        <v>1698</v>
+        <v>1729</v>
       </c>
       <c r="D532" s="2"/>
       <c r="E532" s="2" t="s">
-        <v>1699</v>
+        <v>1730</v>
       </c>
       <c r="F532" s="2" t="s">
-        <v>1700</v>
+        <v>1731</v>
       </c>
       <c r="G532" s="2"/>
       <c r="H532" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I532" s="3">
-        <v>21510083251</v>
+        <v>52440004544</v>
       </c>
       <c r="J532" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K532" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L532" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M532" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="533" spans="1:13">
       <c r="A533" s="1">
-        <v>41087543900045</v>
+        <v>78875903300020</v>
       </c>
       <c r="B533" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C533" s="2" t="s">
-        <v>1701</v>
+        <v>1732</v>
       </c>
       <c r="D533" s="2"/>
       <c r="E533" s="2" t="s">
-        <v>1702</v>
+        <v>1733</v>
       </c>
       <c r="F533" s="2" t="s">
-        <v>1703</v>
+        <v>1734</v>
       </c>
       <c r="G533" s="2"/>
       <c r="H533" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I533" s="3">
-        <v>11752861675</v>
+        <v>98970395997</v>
       </c>
       <c r="J533" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K533" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L533" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M533" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="534" spans="1:13">
       <c r="A534" s="1">
-        <v>41104042100025</v>
+        <v>78889151300020</v>
       </c>
       <c r="B534" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C534" s="2" t="s">
-        <v>1704</v>
+        <v>1735</v>
       </c>
       <c r="D534" s="2"/>
       <c r="E534" s="2" t="s">
-        <v>1705</v>
+        <v>1736</v>
       </c>
       <c r="F534" s="2" t="s">
-        <v>1706</v>
+        <v>1737</v>
       </c>
       <c r="G534" s="2"/>
       <c r="H534" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I534" s="3">
-        <v>93840170184</v>
+        <v>42670493867</v>
       </c>
       <c r="J534" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K534" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L534" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M534" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="535" spans="1:13">
       <c r="A535" s="1">
-        <v>41146353200043</v>
+        <v>78959578200044</v>
       </c>
       <c r="B535" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C535" s="2" t="s">
-        <v>1707</v>
+        <v>1738</v>
       </c>
       <c r="D535" s="2"/>
       <c r="E535" s="2" t="s">
-        <v>1708</v>
+        <v>1739</v>
       </c>
       <c r="F535" s="2" t="s">
-        <v>1709</v>
+        <v>276</v>
       </c>
       <c r="G535" s="2"/>
       <c r="H535" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I535" s="3">
-        <v>53290548129</v>
+        <v>93131450013</v>
       </c>
       <c r="J535" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K535" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L535" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M535" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="536" spans="1:13">
       <c r="A536" s="1">
-        <v>41159185200073</v>
+        <v>78959578200051</v>
       </c>
       <c r="B536" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C536" s="2" t="s">
-        <v>1710</v>
+        <v>1738</v>
       </c>
       <c r="D536" s="2"/>
       <c r="E536" s="2" t="s">
-        <v>1711</v>
+        <v>1740</v>
       </c>
       <c r="F536" s="2" t="s">
-        <v>1712</v>
+        <v>1741</v>
       </c>
       <c r="G536" s="2"/>
       <c r="H536" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I536" s="3">
-        <v>96973018697</v>
+        <v>93131450013</v>
       </c>
       <c r="J536" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K536" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L536" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M536" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="537" spans="1:13">
       <c r="A537" s="1">
-        <v>41166957500010</v>
+        <v>79010444200013</v>
       </c>
       <c r="B537" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C537" s="2" t="s">
-        <v>1713</v>
+        <v>1742</v>
       </c>
       <c r="D537" s="2"/>
       <c r="E537" s="2" t="s">
-        <v>1714</v>
+        <v>1743</v>
       </c>
       <c r="F537" s="2" t="s">
-        <v>1715</v>
-[...1 lines deleted...]
-      <c r="G537" s="2"/>
+        <v>1704</v>
+      </c>
+      <c r="G537" s="2" t="s">
+        <v>1744</v>
+      </c>
       <c r="H537" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I537" s="3"/>
       <c r="J537" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K537" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L537" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M537" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="538" spans="1:13">
       <c r="A538" s="1">
-        <v>41272386800029</v>
+        <v>79035905300028</v>
       </c>
       <c r="B538" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C538" s="2" t="s">
-        <v>1716</v>
-[...1 lines deleted...]
-      <c r="D538" s="2"/>
+        <v>1745</v>
+      </c>
+      <c r="D538" s="2" t="s">
+        <v>1746</v>
+      </c>
       <c r="E538" s="2" t="s">
-        <v>1717</v>
+        <v>1747</v>
       </c>
       <c r="F538" s="2" t="s">
-        <v>592</v>
-[...1 lines deleted...]
-      <c r="G538" s="2"/>
+        <v>1512</v>
+      </c>
+      <c r="G538" s="2" t="s">
+        <v>486</v>
+      </c>
       <c r="H538" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I538" s="3"/>
       <c r="J538" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K538" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L538" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M538" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="539" spans="1:13">
       <c r="A539" s="1">
-        <v>41308016900035</v>
+        <v>79042484000011</v>
       </c>
       <c r="B539" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C539" s="2" t="s">
-        <v>1718</v>
+        <v>1748</v>
       </c>
       <c r="D539" s="2"/>
       <c r="E539" s="2" t="s">
-        <v>1719</v>
+        <v>1749</v>
       </c>
       <c r="F539" s="2" t="s">
-        <v>1720</v>
+        <v>1750</v>
       </c>
       <c r="G539" s="2"/>
       <c r="H539" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I539" s="3">
-        <v>41540112954</v>
+        <v>26710220471</v>
       </c>
       <c r="J539" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K539" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L539" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M539" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="540" spans="1:13">
       <c r="A540" s="1">
-        <v>41436247500025</v>
+        <v>79080053600043</v>
       </c>
       <c r="B540" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C540" s="2" t="s">
-        <v>1721</v>
-[...1 lines deleted...]
-      <c r="D540" s="2"/>
+        <v>1751</v>
+      </c>
+      <c r="D540" s="2" t="s">
+        <v>1752</v>
+      </c>
       <c r="E540" s="2" t="s">
-        <v>1722</v>
+        <v>284</v>
       </c>
       <c r="F540" s="2" t="s">
-        <v>1723</v>
-[...1 lines deleted...]
-      <c r="G540" s="2"/>
+        <v>1753</v>
+      </c>
+      <c r="G540" s="2" t="s">
+        <v>286</v>
+      </c>
       <c r="H540" s="2" t="s">
-        <v>599</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I540" s="3"/>
       <c r="J540" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K540" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L540" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M540" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="541" spans="1:13">
       <c r="A541" s="1">
-        <v>41504991500044</v>
+        <v>79121316800010</v>
       </c>
       <c r="B541" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C541" s="2" t="s">
-        <v>1724</v>
+        <v>1754</v>
       </c>
       <c r="D541" s="2"/>
       <c r="E541" s="2" t="s">
-        <v>1725</v>
+        <v>1755</v>
       </c>
       <c r="F541" s="2" t="s">
-        <v>1726</v>
-[...1 lines deleted...]
-      <c r="G541" s="2"/>
+        <v>1756</v>
+      </c>
+      <c r="G541" s="2" t="s">
+        <v>132</v>
+      </c>
       <c r="H541" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I541" s="3"/>
       <c r="J541" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K541" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L541" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M541" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="542" spans="1:13">
       <c r="A542" s="1">
-        <v>41514983000010</v>
+        <v>79140637400011</v>
       </c>
       <c r="B542" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C542" s="2" t="s">
-        <v>1727</v>
+        <v>1757</v>
       </c>
       <c r="D542" s="2"/>
       <c r="E542" s="2" t="s">
-        <v>1728</v>
+        <v>1758</v>
       </c>
       <c r="F542" s="2" t="s">
-        <v>1729</v>
+        <v>1759</v>
       </c>
       <c r="G542" s="2"/>
       <c r="H542" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I542" s="3">
-        <v>11921036292</v>
+        <v>93840339184</v>
       </c>
       <c r="J542" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K542" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L542" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M542" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="543" spans="1:13">
       <c r="A543" s="1">
-        <v>41809994100035</v>
+        <v>79189732500027</v>
       </c>
       <c r="B543" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C543" s="2" t="s">
-        <v>1730</v>
-[...1 lines deleted...]
-      <c r="D543" s="2"/>
+        <v>1760</v>
+      </c>
+      <c r="D543" s="2" t="s">
+        <v>1761</v>
+      </c>
       <c r="E543" s="2" t="s">
-        <v>1731</v>
+        <v>1762</v>
       </c>
       <c r="F543" s="2" t="s">
-        <v>623</v>
+        <v>639</v>
       </c>
       <c r="G543" s="2"/>
       <c r="H543" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I543" s="3">
-        <v>42670258267</v>
+        <v>42680234068</v>
       </c>
       <c r="J543" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K543" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L543" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M543" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="544" spans="1:13">
       <c r="A544" s="1">
-        <v>41819990700027</v>
+        <v>79207386800038</v>
       </c>
       <c r="B544" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C544" s="2" t="s">
-        <v>1732</v>
+        <v>1763</v>
       </c>
       <c r="D544" s="2"/>
       <c r="E544" s="2" t="s">
-        <v>1733</v>
+        <v>1764</v>
       </c>
       <c r="F544" s="2" t="s">
-        <v>1734</v>
-[...1 lines deleted...]
-      <c r="G544" s="2"/>
+        <v>438</v>
+      </c>
+      <c r="G544" s="2" t="s">
+        <v>1640</v>
+      </c>
       <c r="H544" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I544" s="3"/>
       <c r="J544" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K544" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L544" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M544" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="545" spans="1:13">
       <c r="A545" s="1">
-        <v>41877587000029</v>
+        <v>79276787300021</v>
       </c>
       <c r="B545" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C545" s="2" t="s">
-        <v>1185</v>
+        <v>1765</v>
       </c>
       <c r="D545" s="2"/>
       <c r="E545" s="2" t="s">
-        <v>1735</v>
+        <v>1766</v>
       </c>
       <c r="F545" s="2" t="s">
-        <v>1736</v>
-[...1 lines deleted...]
-      <c r="G545" s="2"/>
+        <v>1767</v>
+      </c>
+      <c r="G545" s="2" t="s">
+        <v>502</v>
+      </c>
       <c r="H545" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I545" s="3"/>
       <c r="J545" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K545" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L545" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M545" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="546" spans="1:13">
       <c r="A546" s="1">
-        <v>41877587000060</v>
+        <v>79333268500023</v>
       </c>
       <c r="B546" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C546" s="2" t="s">
-        <v>1185</v>
-[...1 lines deleted...]
-      <c r="D546" s="2"/>
+        <v>313</v>
+      </c>
+      <c r="D546" s="2" t="s">
+        <v>313</v>
+      </c>
       <c r="E546" s="2" t="s">
-        <v>1737</v>
+        <v>1768</v>
       </c>
       <c r="F546" s="2" t="s">
-        <v>1131</v>
+        <v>1769</v>
       </c>
       <c r="G546" s="2"/>
       <c r="H546" s="2" t="s">
-        <v>33</v>
+        <v>1770</v>
       </c>
       <c r="I546" s="3">
-        <v>24450170145</v>
+        <v>11756144875</v>
       </c>
       <c r="J546" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K546" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L546" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M546" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="547" spans="1:13">
       <c r="A547" s="1">
-        <v>41877587000078</v>
+        <v>79354885000023</v>
       </c>
       <c r="B547" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C547" s="2" t="s">
-        <v>1185</v>
-[...1 lines deleted...]
-      <c r="D547" s="2"/>
+        <v>1771</v>
+      </c>
+      <c r="D547" s="2" t="s">
+        <v>1772</v>
+      </c>
       <c r="E547" s="2" t="s">
-        <v>1738</v>
+        <v>1773</v>
       </c>
       <c r="F547" s="2" t="s">
-        <v>837</v>
+        <v>1774</v>
       </c>
       <c r="G547" s="2"/>
       <c r="H547" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I547" s="3">
-        <v>24450170145</v>
+        <v>91340792534</v>
       </c>
       <c r="J547" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K547" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L547" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M547" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="548" spans="1:13">
       <c r="A548" s="1">
-        <v>41877587000086</v>
+        <v>79365016900022</v>
       </c>
       <c r="B548" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C548" s="2" t="s">
-        <v>1185</v>
-[...1 lines deleted...]
-      <c r="D548" s="2"/>
+        <v>1775</v>
+      </c>
+      <c r="D548" s="2" t="s">
+        <v>1776</v>
+      </c>
       <c r="E548" s="2" t="s">
-        <v>1739</v>
+        <v>1777</v>
       </c>
       <c r="F548" s="2" t="s">
-        <v>1740</v>
-[...1 lines deleted...]
-      <c r="G548" s="2"/>
+        <v>231</v>
+      </c>
+      <c r="G548" s="2" t="s">
+        <v>1778</v>
+      </c>
       <c r="H548" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I548" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I548" s="3"/>
       <c r="J548" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K548" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L548" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M548" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="549" spans="1:13">
       <c r="A549" s="1">
-        <v>41877587000102</v>
+        <v>79365016900030</v>
       </c>
       <c r="B549" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C549" s="2" t="s">
-        <v>1185</v>
-[...1 lines deleted...]
-      <c r="D549" s="2"/>
+        <v>1775</v>
+      </c>
+      <c r="D549" s="2" t="s">
+        <v>1779</v>
+      </c>
       <c r="E549" s="2" t="s">
-        <v>1741</v>
+        <v>1780</v>
       </c>
       <c r="F549" s="2" t="s">
-        <v>1742</v>
+        <v>1781</v>
       </c>
       <c r="G549" s="2"/>
       <c r="H549" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I549" s="3">
-        <v>24450170145</v>
+        <v>11950615295</v>
       </c>
       <c r="J549" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K549" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L549" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M549" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="550" spans="1:13">
       <c r="A550" s="1">
-        <v>41904518200013</v>
+        <v>79455121800025</v>
       </c>
       <c r="B550" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C550" s="2" t="s">
-        <v>1743</v>
+        <v>1782</v>
       </c>
       <c r="D550" s="2"/>
       <c r="E550" s="2" t="s">
-        <v>1744</v>
+        <v>1783</v>
       </c>
       <c r="F550" s="2" t="s">
-        <v>1745</v>
+        <v>258</v>
       </c>
       <c r="G550" s="2"/>
       <c r="H550" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I550" s="3">
-        <v>11940499794</v>
+        <v>11755067975</v>
       </c>
       <c r="J550" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K550" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L550" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M550" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="551" spans="1:13">
       <c r="A551" s="1">
-        <v>41904518200021</v>
+        <v>79458237900028</v>
       </c>
       <c r="B551" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C551" s="2" t="s">
-        <v>1743</v>
+        <v>1784</v>
       </c>
       <c r="D551" s="2"/>
       <c r="E551" s="2" t="s">
-        <v>1746</v>
+        <v>1785</v>
       </c>
       <c r="F551" s="2" t="s">
-        <v>1747</v>
+        <v>1786</v>
       </c>
       <c r="G551" s="2"/>
       <c r="H551" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I551" s="3">
-        <v>11940499794</v>
+        <v>11755158475</v>
       </c>
       <c r="J551" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K551" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L551" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M551" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="552" spans="1:13">
       <c r="A552" s="1">
-        <v>41953732900015</v>
+        <v>79478075900021</v>
       </c>
       <c r="B552" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C552" s="2" t="s">
-        <v>1748</v>
+        <v>1787</v>
       </c>
       <c r="D552" s="2"/>
       <c r="E552" s="2" t="s">
-        <v>1749</v>
+        <v>1788</v>
       </c>
       <c r="F552" s="2" t="s">
-        <v>1750</v>
-[...1 lines deleted...]
-      <c r="G552" s="2"/>
+        <v>1156</v>
+      </c>
+      <c r="G552" s="2" t="s">
+        <v>1640</v>
+      </c>
       <c r="H552" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I552" s="3"/>
       <c r="J552" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K552" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L552" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M552" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="553" spans="1:13">
       <c r="A553" s="1">
-        <v>41993558000029</v>
+        <v>30824995200083</v>
       </c>
       <c r="B553" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C553" s="2" t="s">
-        <v>1751</v>
+        <v>1789</v>
       </c>
       <c r="D553" s="2"/>
       <c r="E553" s="2" t="s">
-        <v>1752</v>
+        <v>1790</v>
       </c>
       <c r="F553" s="2" t="s">
-        <v>1753</v>
+        <v>1791</v>
       </c>
       <c r="G553" s="2"/>
       <c r="H553" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I553" s="3">
-        <v>11754156375</v>
+        <v>53350007835</v>
       </c>
       <c r="J553" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K553" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L553" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M553" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="554" spans="1:13">
       <c r="A554" s="1">
-        <v>42150847400010</v>
+        <v>30869728300072</v>
       </c>
       <c r="B554" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C554" s="2" t="s">
-        <v>1754</v>
-[...1 lines deleted...]
-      <c r="D554" s="2"/>
+        <v>1792</v>
+      </c>
+      <c r="D554" s="2" t="s">
+        <v>1792</v>
+      </c>
       <c r="E554" s="2" t="s">
-        <v>1755</v>
+        <v>1793</v>
       </c>
       <c r="F554" s="2" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="G554" s="2"/>
+        <v>1794</v>
+      </c>
+      <c r="G554" s="2" t="s">
+        <v>1795</v>
+      </c>
       <c r="H554" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I554" s="3"/>
       <c r="J554" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K554" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L554" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M554" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="555" spans="1:13">
       <c r="A555" s="1">
-        <v>42190965600041</v>
+        <v>31550339100221</v>
       </c>
       <c r="B555" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C555" s="2" t="s">
-        <v>1756</v>
+        <v>1796</v>
       </c>
       <c r="D555" s="2"/>
       <c r="E555" s="2" t="s">
-        <v>1757</v>
+        <v>1797</v>
       </c>
       <c r="F555" s="2" t="s">
-        <v>1211</v>
+        <v>561</v>
       </c>
       <c r="G555" s="2" t="s">
-        <v>1257</v>
+        <v>1798</v>
       </c>
       <c r="H555" s="2" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I555" s="3"/>
       <c r="J555" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K555" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L555" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M555" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="556" spans="1:13">
       <c r="A556" s="1">
-        <v>42219375500150</v>
+        <v>31550339100429</v>
       </c>
       <c r="B556" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C556" s="2" t="s">
-        <v>1758</v>
+        <v>1796</v>
       </c>
       <c r="D556" s="2"/>
       <c r="E556" s="2" t="s">
-        <v>1759</v>
+        <v>1799</v>
       </c>
       <c r="F556" s="2" t="s">
-        <v>1760</v>
-[...1 lines deleted...]
-      <c r="G556" s="2"/>
+        <v>1800</v>
+      </c>
+      <c r="G556" s="2" t="s">
+        <v>1801</v>
+      </c>
       <c r="H556" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I556" s="3"/>
       <c r="J556" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K556" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L556" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M556" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="557" spans="1:13">
       <c r="A557" s="1">
-        <v>42219375500259</v>
+        <v>31754202500042</v>
       </c>
       <c r="B557" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C557" s="2" t="s">
-        <v>1758</v>
+        <v>1802</v>
       </c>
       <c r="D557" s="2"/>
       <c r="E557" s="2" t="s">
-        <v>1761</v>
+        <v>1803</v>
       </c>
       <c r="F557" s="2" t="s">
-        <v>1760</v>
+        <v>1804</v>
       </c>
       <c r="G557" s="2"/>
       <c r="H557" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I557" s="3">
-        <v>11753582375</v>
+        <v>72330032933</v>
       </c>
       <c r="J557" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K557" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L557" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M557" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="558" spans="1:13">
       <c r="A558" s="1">
-        <v>42219375500549</v>
+        <v>32031520300036</v>
       </c>
       <c r="B558" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C558" s="2" t="s">
-        <v>1758</v>
+        <v>1805</v>
       </c>
       <c r="D558" s="2"/>
       <c r="E558" s="2" t="s">
-        <v>1762</v>
+        <v>1806</v>
       </c>
       <c r="F558" s="2" t="s">
-        <v>1263</v>
+        <v>1807</v>
       </c>
       <c r="G558" s="2"/>
       <c r="H558" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I558" s="3"/>
       <c r="J558" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K558" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L558" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M558" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="559" spans="1:13">
       <c r="A559" s="1">
-        <v>42219375500564</v>
+        <v>32137608900033</v>
       </c>
       <c r="B559" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C559" s="2" t="s">
-        <v>1758</v>
+        <v>1808</v>
       </c>
       <c r="D559" s="2"/>
       <c r="E559" s="2" t="s">
-        <v>1763</v>
+        <v>1809</v>
       </c>
       <c r="F559" s="2" t="s">
-        <v>1764</v>
-[...3 lines deleted...]
-      </c>
+        <v>1810</v>
+      </c>
+      <c r="G559" s="2"/>
       <c r="H559" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I559" s="3">
-        <v>11753582375</v>
+        <v>82690935569</v>
       </c>
       <c r="J559" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K559" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L559" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M559" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="560" spans="1:13">
       <c r="A560" s="1">
-        <v>42219375500622</v>
+        <v>32159164600328</v>
       </c>
       <c r="B560" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C560" s="2" t="s">
-        <v>1758</v>
+        <v>1811</v>
       </c>
       <c r="D560" s="2" t="s">
-        <v>1766</v>
+        <v>1812</v>
       </c>
       <c r="E560" s="2" t="s">
-        <v>1767</v>
+        <v>1813</v>
       </c>
       <c r="F560" s="2" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      </c>
+        <v>1240</v>
+      </c>
+      <c r="G560" s="2"/>
       <c r="H560" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I560" s="3">
-        <v>11753582375</v>
+        <v>53350111635</v>
       </c>
       <c r="J560" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K560" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L560" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M560" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="561" spans="1:13">
       <c r="A561" s="1">
-        <v>42219375500655</v>
+        <v>32159164600377</v>
       </c>
       <c r="B561" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C561" s="2" t="s">
-        <v>1758</v>
-[...3 lines deleted...]
-      </c>
+        <v>1811</v>
+      </c>
+      <c r="D561" s="2"/>
       <c r="E561" s="2" t="s">
-        <v>1768</v>
+        <v>1814</v>
       </c>
       <c r="F561" s="2" t="s">
-        <v>431</v>
+        <v>1815</v>
       </c>
       <c r="G561" s="2"/>
       <c r="H561" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I561" s="3">
-        <v>11753582375</v>
+        <v>53350111635</v>
       </c>
       <c r="J561" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K561" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L561" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M561" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="562" spans="1:13">
       <c r="A562" s="1">
-        <v>42219375500705</v>
+        <v>32204350600052</v>
       </c>
       <c r="B562" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C562" s="2" t="s">
-        <v>1758</v>
+        <v>1816</v>
       </c>
       <c r="D562" s="2"/>
       <c r="E562" s="2" t="s">
-        <v>1769</v>
+        <v>1817</v>
       </c>
       <c r="F562" s="2" t="s">
-        <v>1770</v>
+        <v>1818</v>
       </c>
       <c r="G562" s="2"/>
       <c r="H562" s="2" t="s">
-        <v>33</v>
+        <v>1819</v>
       </c>
       <c r="I562" s="3">
-        <v>11753582375</v>
+        <v>26210114921</v>
       </c>
       <c r="J562" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K562" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L562" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M562" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="563" spans="1:13">
       <c r="A563" s="1">
-        <v>42243262500032</v>
+        <v>32262302600034</v>
       </c>
       <c r="B563" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C563" s="2" t="s">
-        <v>1771</v>
+        <v>1820</v>
       </c>
       <c r="D563" s="2"/>
       <c r="E563" s="2" t="s">
-        <v>1772</v>
+        <v>1821</v>
       </c>
       <c r="F563" s="2" t="s">
-        <v>1667</v>
+        <v>1822</v>
       </c>
       <c r="G563" s="2"/>
       <c r="H563" s="2" t="s">
-        <v>613</v>
+        <v>17</v>
       </c>
       <c r="I563" s="3">
-        <v>52850096585</v>
+        <v>52490017649</v>
       </c>
       <c r="J563" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K563" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L563" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M563" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="564" spans="1:13">
       <c r="A564" s="1">
-        <v>53161648000038</v>
+        <v>32396166400121</v>
       </c>
       <c r="B564" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C564" s="2" t="s">
-        <v>1773</v>
+        <v>1823</v>
       </c>
       <c r="D564" s="2"/>
       <c r="E564" s="2" t="s">
-        <v>1774</v>
+        <v>1824</v>
       </c>
       <c r="F564" s="2" t="s">
-        <v>1775</v>
-[...3 lines deleted...]
-      </c>
+        <v>1174</v>
+      </c>
+      <c r="G564" s="2"/>
       <c r="H564" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I564" s="3">
-        <v>25140242014</v>
+        <v>83630030163</v>
       </c>
       <c r="J564" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K564" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L564" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M564" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="565" spans="1:13">
       <c r="A565" s="1">
-        <v>53210772900024</v>
+        <v>32396166400162</v>
       </c>
       <c r="B565" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C565" s="2" t="s">
-        <v>1777</v>
-[...3 lines deleted...]
-      </c>
+        <v>1823</v>
+      </c>
+      <c r="D565" s="2"/>
       <c r="E565" s="2" t="s">
-        <v>1779</v>
+        <v>1825</v>
       </c>
       <c r="F565" s="2" t="s">
-        <v>1780</v>
+        <v>1826</v>
       </c>
       <c r="G565" s="2"/>
       <c r="H565" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I565" s="3">
-        <v>72640319964</v>
+        <v>83630030163</v>
       </c>
       <c r="J565" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K565" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L565" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M565" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="566" spans="1:13">
       <c r="A566" s="1">
-        <v>53262762700047</v>
+        <v>32396166400170</v>
       </c>
       <c r="B566" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C566" s="2" t="s">
-        <v>1781</v>
+        <v>1823</v>
       </c>
       <c r="D566" s="2"/>
       <c r="E566" s="2" t="s">
-        <v>1782</v>
+        <v>1827</v>
       </c>
       <c r="F566" s="2" t="s">
-        <v>1783</v>
-[...3 lines deleted...]
-      </c>
+        <v>431</v>
+      </c>
+      <c r="G566" s="2"/>
       <c r="H566" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I566" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I566" s="3">
+        <v>83630030163</v>
+      </c>
       <c r="J566" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K566" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L566" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M566" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="567" spans="1:13">
       <c r="A567" s="1">
-        <v>33960698000060</v>
+        <v>32396166400220</v>
       </c>
       <c r="B567" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C567" s="2" t="s">
-        <v>1785</v>
-[...3 lines deleted...]
-      </c>
+        <v>1823</v>
+      </c>
+      <c r="D567" s="2"/>
       <c r="E567" s="2" t="s">
-        <v>1786</v>
+        <v>1828</v>
       </c>
       <c r="F567" s="2" t="s">
-        <v>1787</v>
-[...1 lines deleted...]
-      <c r="G567" s="2"/>
+        <v>1405</v>
+      </c>
+      <c r="G567" s="2" t="s">
+        <v>1795</v>
+      </c>
       <c r="H567" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I567" s="3"/>
       <c r="J567" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K567" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L567" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M567" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="568" spans="1:13">
       <c r="A568" s="1">
-        <v>33960698000110</v>
+        <v>32396166400238</v>
       </c>
       <c r="B568" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C568" s="2" t="s">
-        <v>1785</v>
+        <v>1823</v>
       </c>
       <c r="D568" s="2"/>
       <c r="E568" s="2" t="s">
-        <v>1788</v>
+        <v>1829</v>
       </c>
       <c r="F568" s="2" t="s">
-        <v>148</v>
-[...1 lines deleted...]
-      <c r="G568" s="2"/>
+        <v>1830</v>
+      </c>
+      <c r="G568" s="2" t="s">
+        <v>1831</v>
+      </c>
       <c r="H568" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I568" s="3"/>
       <c r="J568" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K568" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L568" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M568" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="569" spans="1:13">
       <c r="A569" s="1">
-        <v>33973910400059</v>
+        <v>32396166400246</v>
       </c>
       <c r="B569" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C569" s="2" t="s">
-        <v>1789</v>
+        <v>1823</v>
       </c>
       <c r="D569" s="2"/>
       <c r="E569" s="2" t="s">
-        <v>1790</v>
+        <v>1832</v>
       </c>
       <c r="F569" s="2" t="s">
-        <v>1791</v>
+        <v>1833</v>
       </c>
       <c r="G569" s="2"/>
       <c r="H569" s="2" t="s">
-        <v>613</v>
+        <v>17</v>
       </c>
       <c r="I569" s="3">
-        <v>11751147675</v>
+        <v>83630030163</v>
       </c>
       <c r="J569" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K569" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L569" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M569" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="570" spans="1:13">
       <c r="A570" s="1">
-        <v>34029140000018</v>
+        <v>32420576400016</v>
       </c>
       <c r="B570" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C570" s="2" t="s">
-        <v>1792</v>
+        <v>1834</v>
       </c>
       <c r="D570" s="2"/>
       <c r="E570" s="2" t="s">
-        <v>1793</v>
+        <v>1835</v>
       </c>
       <c r="F570" s="2" t="s">
-        <v>1648</v>
+        <v>1836</v>
       </c>
       <c r="G570" s="2"/>
       <c r="H570" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I570" s="3">
-        <v>24370027737</v>
+        <v>11750686975</v>
       </c>
       <c r="J570" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K570" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L570" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M570" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="571" spans="1:13">
       <c r="A571" s="1">
-        <v>34175422400028</v>
+        <v>32434542000040</v>
       </c>
       <c r="B571" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C571" s="2" t="s">
-        <v>1794</v>
-[...3 lines deleted...]
-      </c>
+        <v>1837</v>
+      </c>
+      <c r="D571" s="2"/>
       <c r="E571" s="2" t="s">
-        <v>1795</v>
+        <v>1838</v>
       </c>
       <c r="F571" s="2" t="s">
-        <v>1796</v>
-[...3 lines deleted...]
-      </c>
+        <v>1839</v>
+      </c>
+      <c r="G571" s="2"/>
       <c r="H571" s="2" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="I571" s="3">
-        <v>31620036662</v>
+        <v>73310029931</v>
       </c>
       <c r="J571" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K571" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L571" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M571" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="572" spans="1:13">
       <c r="A572" s="1">
-        <v>34195770200036</v>
+        <v>32439762900118</v>
       </c>
       <c r="B572" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C572" s="2" t="s">
-        <v>1798</v>
+        <v>1840</v>
       </c>
       <c r="D572" s="2"/>
       <c r="E572" s="2" t="s">
-        <v>1799</v>
+        <v>1841</v>
       </c>
       <c r="F572" s="2" t="s">
-        <v>1800</v>
+        <v>1842</v>
       </c>
       <c r="G572" s="2"/>
       <c r="H572" s="2" t="s">
-        <v>33</v>
+        <v>184</v>
       </c>
       <c r="I572" s="3">
-        <v>22600042860</v>
+        <v>52440210544</v>
       </c>
       <c r="J572" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K572" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L572" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M572" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="573" spans="1:13">
       <c r="A573" s="1">
-        <v>49417753800027</v>
+        <v>32439762900183</v>
       </c>
       <c r="B573" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C573" s="2" t="s">
-        <v>1801</v>
+        <v>1840</v>
       </c>
       <c r="D573" s="2"/>
       <c r="E573" s="2" t="s">
-        <v>1802</v>
+        <v>1843</v>
       </c>
       <c r="F573" s="2" t="s">
-        <v>1803</v>
-[...1 lines deleted...]
-      <c r="G573" s="2"/>
+        <v>431</v>
+      </c>
+      <c r="G573" s="2" t="s">
+        <v>1801</v>
+      </c>
       <c r="H573" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="I573" s="3"/>
       <c r="J573" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K573" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L573" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M573" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="574" spans="1:13">
       <c r="A574" s="1">
-        <v>49434936800022</v>
+        <v>32441928200383</v>
       </c>
       <c r="B574" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C574" s="2" t="s">
-        <v>1804</v>
+        <v>1844</v>
       </c>
       <c r="D574" s="2"/>
       <c r="E574" s="2" t="s">
-        <v>1805</v>
+        <v>1845</v>
       </c>
       <c r="F574" s="2" t="s">
-        <v>1806</v>
+        <v>1804</v>
       </c>
       <c r="G574" s="2"/>
       <c r="H574" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I574" s="3">
-        <v>52490236149</v>
+        <v>11753781075</v>
       </c>
       <c r="J574" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K574" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L574" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M574" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="575" spans="1:13">
       <c r="A575" s="1">
-        <v>49449841300041</v>
+        <v>32441928200409</v>
       </c>
       <c r="B575" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C575" s="2" t="s">
-        <v>1807</v>
+        <v>1844</v>
       </c>
       <c r="D575" s="2"/>
       <c r="E575" s="2" t="s">
-        <v>1158</v>
+        <v>1846</v>
       </c>
       <c r="F575" s="2" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="G575" s="2"/>
+        <v>727</v>
+      </c>
+      <c r="G575" s="2" t="s">
+        <v>1795</v>
+      </c>
       <c r="H575" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I575" s="3"/>
       <c r="J575" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K575" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L575" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M575" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="576" spans="1:13">
       <c r="A576" s="1">
-        <v>49478184200047</v>
+        <v>32441928200680</v>
       </c>
       <c r="B576" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C576" s="2" t="s">
-        <v>1808</v>
+        <v>1844</v>
       </c>
       <c r="D576" s="2"/>
       <c r="E576" s="2" t="s">
-        <v>1809</v>
+        <v>1847</v>
       </c>
       <c r="F576" s="2" t="s">
-        <v>1810</v>
+        <v>1848</v>
       </c>
       <c r="G576" s="2"/>
       <c r="H576" s="2" t="s">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="I576" s="3">
-        <v>32590934059</v>
+        <v>11753781075</v>
       </c>
       <c r="J576" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K576" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L576" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M576" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="577" spans="1:13">
       <c r="A577" s="1">
-        <v>49508991400057</v>
+        <v>32441928200789</v>
       </c>
       <c r="B577" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C577" s="2" t="s">
-        <v>1811</v>
-[...3 lines deleted...]
-      </c>
+        <v>1844</v>
+      </c>
+      <c r="D577" s="2"/>
       <c r="E577" s="2" t="s">
-        <v>1813</v>
+        <v>1849</v>
       </c>
       <c r="F577" s="2" t="s">
-        <v>830</v>
+        <v>1850</v>
       </c>
       <c r="G577" s="2"/>
       <c r="H577" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I577" s="3">
-        <v>72640269164</v>
+        <v>11753781075</v>
       </c>
       <c r="J577" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K577" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L577" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M577" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="578" spans="1:13">
       <c r="A578" s="1">
-        <v>49525093800034</v>
+        <v>32441928200854</v>
       </c>
       <c r="B578" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C578" s="2" t="s">
-        <v>1814</v>
-[...3 lines deleted...]
-      </c>
+        <v>1844</v>
+      </c>
+      <c r="D578" s="2"/>
       <c r="E578" s="2" t="s">
-        <v>1816</v>
+        <v>1851</v>
       </c>
       <c r="F578" s="2" t="s">
-        <v>1357</v>
+        <v>1852</v>
       </c>
       <c r="G578" s="2"/>
       <c r="H578" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I578" s="3">
-        <v>23760496776</v>
+        <v>11753781075</v>
       </c>
       <c r="J578" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K578" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L578" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M578" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="579" spans="1:13">
       <c r="A579" s="1">
-        <v>51472059800036</v>
+        <v>32441928200896</v>
       </c>
       <c r="B579" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C579" s="2" t="s">
-        <v>1817</v>
+        <v>1844</v>
       </c>
       <c r="D579" s="2"/>
       <c r="E579" s="2" t="s">
-        <v>1818</v>
+        <v>1853</v>
       </c>
       <c r="F579" s="2" t="s">
-        <v>1819</v>
-[...1 lines deleted...]
-      <c r="G579" s="2"/>
+        <v>1854</v>
+      </c>
+      <c r="G579" s="2" t="s">
+        <v>1855</v>
+      </c>
       <c r="H579" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I579" s="3"/>
       <c r="J579" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K579" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L579" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M579" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="580" spans="1:13">
       <c r="A580" s="1">
-        <v>51490360800016</v>
+        <v>32441928200920</v>
       </c>
       <c r="B580" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C580" s="2" t="s">
-        <v>1820</v>
+        <v>1844</v>
       </c>
       <c r="D580" s="2"/>
       <c r="E580" s="2" t="s">
-        <v>1821</v>
+        <v>1856</v>
       </c>
       <c r="F580" s="2" t="s">
-        <v>1538</v>
+        <v>478</v>
       </c>
       <c r="G580" s="2"/>
       <c r="H580" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I580" s="3">
-        <v>82010121101</v>
+        <v>11753781075</v>
       </c>
       <c r="J580" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K580" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L580" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M580" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="581" spans="1:13">
       <c r="A581" s="1">
-        <v>81328921200066</v>
+        <v>32441928200953</v>
       </c>
       <c r="B581" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C581" s="2" t="s">
-        <v>1822</v>
-[...1 lines deleted...]
-      <c r="D581" s="2"/>
+        <v>1844</v>
+      </c>
+      <c r="D581" s="2" t="s">
+        <v>1857</v>
+      </c>
       <c r="E581" s="2" t="s">
-        <v>1823</v>
+        <v>1858</v>
       </c>
       <c r="F581" s="2" t="s">
-        <v>609</v>
+        <v>1859</v>
       </c>
       <c r="G581" s="2"/>
       <c r="H581" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I581" s="3">
-        <v>11755488175</v>
+        <v>11753781075</v>
       </c>
       <c r="J581" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K581" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L581" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M581" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="582" spans="1:13">
       <c r="A582" s="1">
-        <v>81328921200074</v>
+        <v>32441928200961</v>
       </c>
       <c r="B582" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C582" s="2" t="s">
-        <v>1822</v>
+        <v>1844</v>
       </c>
       <c r="D582" s="2"/>
       <c r="E582" s="2" t="s">
-        <v>1824</v>
+        <v>1860</v>
       </c>
       <c r="F582" s="2" t="s">
-        <v>1825</v>
-[...1 lines deleted...]
-      <c r="G582" s="2"/>
+        <v>1861</v>
+      </c>
+      <c r="G582" s="2" t="s">
+        <v>1862</v>
+      </c>
       <c r="H582" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I582" s="3"/>
       <c r="J582" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K582" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L582" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M582" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="583" spans="1:13">
       <c r="A583" s="1">
-        <v>82521171700012</v>
+        <v>32441928201100</v>
       </c>
       <c r="B583" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C583" s="2" t="s">
-        <v>1826</v>
+        <v>1844</v>
       </c>
       <c r="D583" s="2"/>
       <c r="E583" s="2" t="s">
-        <v>1827</v>
+        <v>1863</v>
       </c>
       <c r="F583" s="2" t="s">
-        <v>1828</v>
-[...3 lines deleted...]
-      </c>
+        <v>1174</v>
+      </c>
+      <c r="G583" s="2"/>
       <c r="H583" s="2" t="s">
-        <v>650</v>
+        <v>17</v>
       </c>
       <c r="I583" s="3">
-        <v>76810156181</v>
+        <v>11753781075</v>
       </c>
       <c r="J583" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K583" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L583" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M583" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="584" spans="1:13">
       <c r="A584" s="1">
-        <v>84124789300024</v>
+        <v>32441928201142</v>
       </c>
       <c r="B584" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C584" s="2" t="s">
-        <v>1829</v>
-[...1 lines deleted...]
-      <c r="D584" s="2"/>
+        <v>1844</v>
+      </c>
+      <c r="D584" s="2" t="s">
+        <v>1864</v>
+      </c>
       <c r="E584" s="2" t="s">
-        <v>1830</v>
+        <v>1865</v>
       </c>
       <c r="F584" s="2" t="s">
-        <v>1831</v>
-[...3 lines deleted...]
-      </c>
+        <v>540</v>
+      </c>
+      <c r="G584" s="2"/>
       <c r="H584" s="2" t="s">
-        <v>613</v>
+        <v>17</v>
       </c>
       <c r="I584" s="3">
-        <v>53351032135</v>
+        <v>11753781075</v>
       </c>
       <c r="J584" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K584" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L584" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M584" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="585" spans="1:13">
       <c r="A585" s="1">
-        <v>84129288100015</v>
+        <v>32441928201159</v>
       </c>
       <c r="B585" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C585" s="2" t="s">
-        <v>1833</v>
+        <v>1844</v>
       </c>
       <c r="D585" s="2"/>
       <c r="E585" s="2" t="s">
-        <v>1834</v>
+        <v>1866</v>
       </c>
       <c r="F585" s="2" t="s">
-        <v>1835</v>
-[...1 lines deleted...]
-      <c r="G585" s="2"/>
+        <v>540</v>
+      </c>
+      <c r="G585" s="2" t="s">
+        <v>1867</v>
+      </c>
       <c r="H585" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I585" s="3"/>
       <c r="J585" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K585" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L585" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M585" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="586" spans="1:13">
       <c r="A586" s="1">
-        <v>84137812800026</v>
+        <v>32441928201175</v>
       </c>
       <c r="B586" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C586" s="2" t="s">
-        <v>1836</v>
+        <v>1844</v>
       </c>
       <c r="D586" s="2"/>
       <c r="E586" s="2" t="s">
-        <v>1837</v>
+        <v>1868</v>
       </c>
       <c r="F586" s="2" t="s">
-        <v>1838</v>
-[...1 lines deleted...]
-      <c r="G586" s="2"/>
+        <v>1869</v>
+      </c>
+      <c r="G586" s="2" t="s">
+        <v>486</v>
+      </c>
       <c r="H586" s="2" t="s">
-        <v>800</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I586" s="3"/>
       <c r="J586" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K586" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L586" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M586" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="587" spans="1:13">
       <c r="A587" s="1">
-        <v>39839792700102</v>
+        <v>32441928201209</v>
       </c>
       <c r="B587" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C587" s="2" t="s">
-        <v>1839</v>
-[...1 lines deleted...]
-      <c r="D587" s="2"/>
+        <v>1844</v>
+      </c>
+      <c r="D587" s="2" t="s">
+        <v>1857</v>
+      </c>
       <c r="E587" s="2" t="s">
-        <v>1840</v>
+        <v>1870</v>
       </c>
       <c r="F587" s="2" t="s">
-        <v>1841</v>
+        <v>1871</v>
       </c>
       <c r="G587" s="2"/>
       <c r="H587" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I587" s="3">
-        <v>52720055472</v>
+        <v>11753781075</v>
       </c>
       <c r="J587" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K587" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L587" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M587" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="588" spans="1:13">
       <c r="A588" s="1">
-        <v>39870494000038</v>
+        <v>32441928201233</v>
       </c>
       <c r="B588" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C588" s="2" t="s">
-        <v>1842</v>
-[...1 lines deleted...]
-      <c r="D588" s="2"/>
+        <v>1844</v>
+      </c>
+      <c r="D588" s="2" t="s">
+        <v>1857</v>
+      </c>
       <c r="E588" s="2" t="s">
-        <v>1843</v>
+        <v>1872</v>
       </c>
       <c r="F588" s="2" t="s">
-        <v>890</v>
-[...3 lines deleted...]
-      </c>
+        <v>1873</v>
+      </c>
+      <c r="G588" s="2"/>
       <c r="H588" s="2" t="s">
-        <v>613</v>
+        <v>17</v>
       </c>
       <c r="I588" s="3">
-        <v>73310217431</v>
+        <v>11753781075</v>
       </c>
       <c r="J588" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K588" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L588" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M588" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="589" spans="1:13">
       <c r="A589" s="1">
-        <v>39917881300016</v>
+        <v>32441928201274</v>
       </c>
       <c r="B589" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C589" s="2" t="s">
-        <v>1845</v>
+        <v>1844</v>
       </c>
       <c r="D589" s="2" t="s">
-        <v>1846</v>
+        <v>1857</v>
       </c>
       <c r="E589" s="2" t="s">
-        <v>1847</v>
+        <v>1874</v>
       </c>
       <c r="F589" s="2" t="s">
-        <v>1848</v>
+        <v>84</v>
       </c>
       <c r="G589" s="2"/>
       <c r="H589" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I589" s="3">
-        <v>21100030510</v>
+        <v>11753781075</v>
       </c>
       <c r="J589" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K589" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L589" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M589" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="590" spans="1:13">
       <c r="A590" s="1">
-        <v>39945394300058</v>
+        <v>32441928201316</v>
       </c>
       <c r="B590" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C590" s="2" t="s">
-        <v>1849</v>
+        <v>1844</v>
       </c>
       <c r="D590" s="2"/>
       <c r="E590" s="2" t="s">
-        <v>1850</v>
+        <v>1875</v>
       </c>
       <c r="F590" s="2" t="s">
-        <v>1851</v>
-[...3 lines deleted...]
-      </c>
+        <v>330</v>
+      </c>
+      <c r="G590" s="2"/>
       <c r="H590" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I590" s="3">
-        <v>93060290006</v>
+        <v>11753781075</v>
       </c>
       <c r="J590" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K590" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L590" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M590" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="591" spans="1:13">
       <c r="A591" s="1">
-        <v>39976040400042</v>
+        <v>32441928201324</v>
       </c>
       <c r="B591" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C591" s="2" t="s">
-        <v>1853</v>
+        <v>1844</v>
       </c>
       <c r="D591" s="2"/>
       <c r="E591" s="2" t="s">
-        <v>1854</v>
+        <v>1876</v>
       </c>
       <c r="F591" s="2" t="s">
-        <v>296</v>
-[...3 lines deleted...]
-      </c>
+        <v>1653</v>
+      </c>
+      <c r="G591" s="2"/>
       <c r="H591" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I591" s="3">
-        <v>52490155549</v>
+        <v>11753781075</v>
       </c>
       <c r="J591" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K591" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L591" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M591" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="592" spans="1:13">
       <c r="A592" s="1">
-        <v>40019882600028</v>
+        <v>32441928201340</v>
       </c>
       <c r="B592" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C592" s="2" t="s">
-        <v>1856</v>
+        <v>1844</v>
       </c>
       <c r="D592" s="2"/>
       <c r="E592" s="2" t="s">
-        <v>1857</v>
+        <v>1877</v>
       </c>
       <c r="F592" s="2" t="s">
-        <v>1858</v>
+        <v>171</v>
       </c>
       <c r="G592" s="2"/>
       <c r="H592" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I592" s="3">
-        <v>82690698669</v>
+        <v>11753781075</v>
       </c>
       <c r="J592" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K592" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L592" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M592" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="593" spans="1:13">
       <c r="A593" s="1">
-        <v>40122792100038</v>
+        <v>32548695900035</v>
       </c>
       <c r="B593" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C593" s="2" t="s">
-        <v>1859</v>
+        <v>1878</v>
       </c>
       <c r="D593" s="2"/>
       <c r="E593" s="2" t="s">
-        <v>1860</v>
+        <v>1879</v>
       </c>
       <c r="F593" s="2" t="s">
-        <v>1861</v>
-[...3 lines deleted...]
-      </c>
+        <v>1880</v>
+      </c>
+      <c r="G593" s="2"/>
       <c r="H593" s="2" t="s">
-        <v>613</v>
+        <v>17</v>
       </c>
       <c r="I593" s="3">
-        <v>91340385534</v>
+        <v>52850001385</v>
       </c>
       <c r="J593" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K593" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L593" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M593" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="594" spans="1:13">
       <c r="A594" s="1">
-        <v>40171009000010</v>
+        <v>32629834600015</v>
       </c>
       <c r="B594" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C594" s="2" t="s">
-        <v>1862</v>
+        <v>1881</v>
       </c>
       <c r="D594" s="2"/>
       <c r="E594" s="2" t="s">
-        <v>1863</v>
+        <v>1882</v>
       </c>
       <c r="F594" s="2" t="s">
-        <v>1864</v>
+        <v>1883</v>
       </c>
       <c r="G594" s="2"/>
       <c r="H594" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I594" s="3">
-        <v>82260067726</v>
+        <v>53290088929</v>
       </c>
       <c r="J594" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K594" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L594" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M594" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="595" spans="1:13">
       <c r="A595" s="1">
-        <v>45143381700025</v>
+        <v>32629834600049</v>
       </c>
       <c r="B595" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C595" s="2" t="s">
-        <v>1865</v>
-[...1 lines deleted...]
-      <c r="D595" s="2"/>
+        <v>1881</v>
+      </c>
+      <c r="D595" s="2" t="s">
+        <v>1881</v>
+      </c>
       <c r="E595" s="2" t="s">
-        <v>1866</v>
+        <v>1884</v>
       </c>
       <c r="F595" s="2" t="s">
-        <v>1867</v>
-[...1 lines deleted...]
-      <c r="G595" s="2"/>
+        <v>1885</v>
+      </c>
+      <c r="G595" s="2" t="s">
+        <v>1598</v>
+      </c>
       <c r="H595" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I595" s="3"/>
       <c r="J595" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K595" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L595" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M595" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="596" spans="1:13">
       <c r="A596" s="1">
-        <v>45169029100013</v>
+        <v>32629834600056</v>
       </c>
       <c r="B596" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C596" s="2" t="s">
-        <v>1868</v>
+        <v>1881</v>
       </c>
       <c r="D596" s="2"/>
       <c r="E596" s="2" t="s">
-        <v>1869</v>
+        <v>1886</v>
       </c>
       <c r="F596" s="2" t="s">
-        <v>1870</v>
+        <v>791</v>
       </c>
       <c r="G596" s="2" t="s">
-        <v>1871</v>
+        <v>1064</v>
       </c>
       <c r="H596" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I596" s="3"/>
       <c r="J596" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K596" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L596" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M596" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="597" spans="1:13">
       <c r="A597" s="1">
-        <v>45181113700020</v>
+        <v>33039528600033</v>
       </c>
       <c r="B597" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C597" s="2" t="s">
-        <v>1872</v>
-[...1 lines deleted...]
-      <c r="D597" s="2"/>
+        <v>1887</v>
+      </c>
+      <c r="D597" s="2" t="s">
+        <v>1887</v>
+      </c>
       <c r="E597" s="2" t="s">
-        <v>1873</v>
+        <v>1888</v>
       </c>
       <c r="F597" s="2" t="s">
-        <v>1874</v>
+        <v>1889</v>
       </c>
       <c r="G597" s="2"/>
       <c r="H597" s="2" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I597" s="3">
-        <v>11753839375</v>
+        <v>11752154875</v>
       </c>
       <c r="J597" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K597" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L597" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M597" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="598" spans="1:13">
       <c r="A598" s="1">
-        <v>45211949800023</v>
+        <v>33173739500037</v>
       </c>
       <c r="B598" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C598" s="2" t="s">
-        <v>1875</v>
+        <v>1890</v>
       </c>
       <c r="D598" s="2"/>
       <c r="E598" s="2" t="s">
-        <v>1876</v>
+        <v>1891</v>
       </c>
       <c r="F598" s="2" t="s">
-        <v>1877</v>
+        <v>1892</v>
       </c>
       <c r="G598" s="2"/>
       <c r="H598" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I598" s="3">
-        <v>11930518993</v>
+        <v>11910064691</v>
       </c>
       <c r="J598" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K598" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L598" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M598" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="599" spans="1:13">
       <c r="A599" s="1">
-        <v>45215527800032</v>
+        <v>33213727200024</v>
       </c>
       <c r="B599" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C599" s="2" t="s">
-        <v>1878</v>
+        <v>1893</v>
       </c>
       <c r="D599" s="2"/>
       <c r="E599" s="2" t="s">
-        <v>1879</v>
+        <v>1894</v>
       </c>
       <c r="F599" s="2" t="s">
-        <v>1880</v>
+        <v>1895</v>
       </c>
       <c r="G599" s="2"/>
       <c r="H599" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I599" s="3">
-        <v>23760361976</v>
+        <v>11750969075</v>
       </c>
       <c r="J599" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K599" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L599" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M599" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="600" spans="1:13">
       <c r="A600" s="1">
-        <v>45224614300013</v>
+        <v>33264146300119</v>
       </c>
       <c r="B600" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C600" s="2" t="s">
-        <v>1881</v>
+        <v>1896</v>
       </c>
       <c r="D600" s="2"/>
       <c r="E600" s="2" t="s">
-        <v>1882</v>
+        <v>1897</v>
       </c>
       <c r="F600" s="2" t="s">
-        <v>1867</v>
-[...3 lines deleted...]
-      </c>
+        <v>561</v>
+      </c>
+      <c r="G600" s="2"/>
       <c r="H600" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I600" s="3">
-        <v>11940740494</v>
+        <v>11752052275</v>
       </c>
       <c r="J600" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K600" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L600" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M600" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="601" spans="1:13">
       <c r="A601" s="1">
-        <v>79810137400014</v>
+        <v>33354415300344</v>
       </c>
       <c r="B601" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C601" s="2" t="s">
-        <v>1884</v>
+        <v>1898</v>
       </c>
       <c r="D601" s="2"/>
       <c r="E601" s="2" t="s">
-        <v>1885</v>
+        <v>1899</v>
       </c>
       <c r="F601" s="2" t="s">
-        <v>436</v>
-[...1 lines deleted...]
-      <c r="G601" s="2"/>
+        <v>1900</v>
+      </c>
+      <c r="G601" s="2" t="s">
+        <v>486</v>
+      </c>
       <c r="H601" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I601" s="3"/>
       <c r="J601" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K601" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L601" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M601" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="602" spans="1:13">
       <c r="A602" s="1">
-        <v>79858120300022</v>
+        <v>33392819000045</v>
       </c>
       <c r="B602" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C602" s="2" t="s">
-        <v>1886</v>
+        <v>1901</v>
       </c>
       <c r="D602" s="2"/>
       <c r="E602" s="2" t="s">
-        <v>1887</v>
+        <v>1902</v>
       </c>
       <c r="F602" s="2" t="s">
-        <v>91</v>
+        <v>1903</v>
       </c>
       <c r="G602" s="2"/>
       <c r="H602" s="2" t="s">
-        <v>599</v>
+        <v>17</v>
       </c>
       <c r="I602" s="3">
-        <v>43250277425</v>
+        <v>11921438392</v>
       </c>
       <c r="J602" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K602" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L602" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M602" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="603" spans="1:13">
       <c r="A603" s="1">
-        <v>79870472200023</v>
+        <v>33392819000102</v>
       </c>
       <c r="B603" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C603" s="2" t="s">
-        <v>1888</v>
+        <v>1901</v>
       </c>
       <c r="D603" s="2"/>
       <c r="E603" s="2" t="s">
-        <v>1889</v>
+        <v>1904</v>
       </c>
       <c r="F603" s="2" t="s">
-        <v>1890</v>
+        <v>1905</v>
       </c>
       <c r="G603" s="2"/>
       <c r="H603" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I603" s="3">
-        <v>93830467183</v>
+        <v>11921438392</v>
       </c>
       <c r="J603" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K603" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L603" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M603" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="604" spans="1:13">
       <c r="A604" s="1">
-        <v>79937020000021</v>
+        <v>33392819000110</v>
       </c>
       <c r="B604" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C604" s="2" t="s">
-        <v>1891</v>
-[...1 lines deleted...]
-      <c r="D604" s="2"/>
+        <v>1901</v>
+      </c>
+      <c r="D604" s="2" t="s">
+        <v>1906</v>
+      </c>
       <c r="E604" s="2" t="s">
-        <v>1892</v>
+        <v>1907</v>
       </c>
       <c r="F604" s="2" t="s">
-        <v>1893</v>
+        <v>1908</v>
       </c>
       <c r="G604" s="2"/>
       <c r="H604" s="2" t="s">
-        <v>1894</v>
+        <v>17</v>
       </c>
       <c r="I604" s="3">
-        <v>28270197627</v>
+        <v>11921438392</v>
       </c>
       <c r="J604" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K604" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L604" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M604" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="605" spans="1:13">
       <c r="A605" s="1">
-        <v>79937020000039</v>
+        <v>33392819000128</v>
       </c>
       <c r="B605" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C605" s="2" t="s">
-        <v>1891</v>
-[...1 lines deleted...]
-      <c r="D605" s="2"/>
+        <v>1901</v>
+      </c>
+      <c r="D605" s="2" t="s">
+        <v>1901</v>
+      </c>
       <c r="E605" s="2" t="s">
-        <v>1895</v>
+        <v>1909</v>
       </c>
       <c r="F605" s="2" t="s">
-        <v>1896</v>
+        <v>1910</v>
       </c>
       <c r="G605" s="2"/>
       <c r="H605" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I605" s="3">
-        <v>28270197627</v>
+        <v>11921438392</v>
       </c>
       <c r="J605" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K605" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L605" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M605" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="606" spans="1:13">
       <c r="A606" s="1">
-        <v>79954538900030</v>
+        <v>33392819000136</v>
       </c>
       <c r="B606" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C606" s="2" t="s">
-        <v>1897</v>
+        <v>1901</v>
       </c>
       <c r="D606" s="2" t="s">
-        <v>1897</v>
+        <v>1901</v>
       </c>
       <c r="E606" s="2" t="s">
-        <v>1898</v>
+        <v>1911</v>
       </c>
       <c r="F606" s="2" t="s">
-        <v>1899</v>
-[...3 lines deleted...]
-      </c>
+        <v>1912</v>
+      </c>
+      <c r="G606" s="2"/>
       <c r="H606" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I606" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I606" s="3">
+        <v>11921438392</v>
+      </c>
       <c r="J606" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K606" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L606" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M606" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="607" spans="1:13">
       <c r="A607" s="1">
-        <v>79975732300040</v>
+        <v>33392819000144</v>
       </c>
       <c r="B607" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C607" s="2" t="s">
         <v>1901</v>
       </c>
       <c r="D607" s="2" t="s">
-        <v>1902</v>
+        <v>1901</v>
       </c>
       <c r="E607" s="2" t="s">
-        <v>1903</v>
+        <v>1913</v>
       </c>
       <c r="F607" s="2" t="s">
-        <v>642</v>
+        <v>1914</v>
       </c>
       <c r="G607" s="2"/>
       <c r="H607" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I607" s="3">
-        <v>52440827344</v>
+        <v>11921438392</v>
       </c>
       <c r="J607" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K607" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L607" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M607" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="608" spans="1:13">
       <c r="A608" s="1">
-        <v>80007600200016</v>
+        <v>33392819000169</v>
       </c>
       <c r="B608" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C608" s="2" t="s">
-        <v>1904</v>
+        <v>1901</v>
       </c>
       <c r="D608" s="2"/>
       <c r="E608" s="2" t="s">
-        <v>1905</v>
+        <v>1915</v>
       </c>
       <c r="F608" s="2" t="s">
-        <v>1224</v>
+        <v>1916</v>
       </c>
       <c r="G608" s="2"/>
       <c r="H608" s="2" t="s">
-        <v>1894</v>
+        <v>17</v>
       </c>
       <c r="I608" s="3">
-        <v>83630455063</v>
+        <v>11921438392</v>
       </c>
       <c r="J608" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K608" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L608" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M608" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="609" spans="1:13">
       <c r="A609" s="1">
-        <v>80019756800028</v>
+        <v>33392819000177</v>
       </c>
       <c r="B609" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C609" s="2" t="s">
-        <v>1906</v>
-[...3 lines deleted...]
-      </c>
+        <v>1901</v>
+      </c>
+      <c r="D609" s="2"/>
       <c r="E609" s="2" t="s">
-        <v>1907</v>
+        <v>1917</v>
       </c>
       <c r="F609" s="2" t="s">
-        <v>1908</v>
-[...3 lines deleted...]
-      </c>
+        <v>1918</v>
+      </c>
+      <c r="G609" s="2"/>
       <c r="H609" s="2" t="s">
-        <v>599</v>
+        <v>17</v>
       </c>
       <c r="I609" s="3">
-        <v>82010158301</v>
+        <v>11921438392</v>
       </c>
       <c r="J609" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K609" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L609" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M609" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="610" spans="1:13">
       <c r="A610" s="1">
-        <v>80060011600019</v>
+        <v>33392819000185</v>
       </c>
       <c r="B610" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C610" s="2" t="s">
-        <v>1910</v>
+        <v>1901</v>
       </c>
       <c r="D610" s="2"/>
       <c r="E610" s="2" t="s">
-        <v>1911</v>
+        <v>1919</v>
       </c>
       <c r="F610" s="2" t="s">
-        <v>1912</v>
+        <v>507</v>
       </c>
       <c r="G610" s="2" t="s">
-        <v>1913</v>
+        <v>1920</v>
       </c>
       <c r="H610" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I610" s="3"/>
       <c r="J610" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K610" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L610" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M610" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="611" spans="1:13">
       <c r="A611" s="1">
-        <v>80080468400028</v>
+        <v>33392819000201</v>
       </c>
       <c r="B611" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C611" s="2" t="s">
-        <v>1914</v>
+        <v>1901</v>
       </c>
       <c r="D611" s="2"/>
       <c r="E611" s="2" t="s">
-        <v>1915</v>
+        <v>1921</v>
       </c>
       <c r="F611" s="2" t="s">
-        <v>1916</v>
+        <v>1922</v>
       </c>
       <c r="G611" s="2"/>
       <c r="H611" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I611" s="3">
-        <v>42670525367</v>
+        <v>11921438392</v>
       </c>
       <c r="J611" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K611" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L611" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M611" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="612" spans="1:13">
       <c r="A612" s="1">
-        <v>80105052700010</v>
+        <v>33392819000219</v>
       </c>
       <c r="B612" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C612" s="2" t="s">
-        <v>1917</v>
+        <v>1901</v>
       </c>
       <c r="D612" s="2"/>
       <c r="E612" s="2" t="s">
-        <v>1918</v>
+        <v>1923</v>
       </c>
       <c r="F612" s="2" t="s">
-        <v>1919</v>
+        <v>1924</v>
       </c>
       <c r="G612" s="2"/>
       <c r="H612" s="2" t="s">
-        <v>650</v>
+        <v>17</v>
       </c>
       <c r="I612" s="3">
-        <v>42680243468</v>
+        <v>11921438392</v>
       </c>
       <c r="J612" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K612" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L612" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M612" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="613" spans="1:13">
       <c r="A613" s="1">
-        <v>80106424700027</v>
+        <v>33398516600029</v>
       </c>
       <c r="B613" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C613" s="2" t="s">
-        <v>1920</v>
+        <v>1925</v>
       </c>
       <c r="D613" s="2"/>
       <c r="E613" s="2" t="s">
-        <v>1921</v>
+        <v>1926</v>
       </c>
       <c r="F613" s="2" t="s">
-        <v>1922</v>
+        <v>1927</v>
       </c>
       <c r="G613" s="2"/>
       <c r="H613" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I613" s="3">
-        <v>76340908834</v>
+        <v>73310064131</v>
       </c>
       <c r="J613" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K613" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L613" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M613" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="614" spans="1:13">
       <c r="A614" s="1">
-        <v>80106424700035</v>
+        <v>33751741100019</v>
       </c>
       <c r="B614" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C614" s="2" t="s">
-        <v>1920</v>
+        <v>1928</v>
       </c>
       <c r="D614" s="2"/>
       <c r="E614" s="2" t="s">
-        <v>1923</v>
+        <v>1929</v>
       </c>
       <c r="F614" s="2" t="s">
-        <v>1924</v>
+        <v>1930</v>
       </c>
       <c r="G614" s="2"/>
       <c r="H614" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>76340908834</v>
+        <v>17</v>
+      </c>
+      <c r="I614" s="3" t="s">
+        <v>1931</v>
       </c>
       <c r="J614" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K614" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L614" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M614" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="615" spans="1:13">
       <c r="A615" s="1">
-        <v>80149414700011</v>
+        <v>33825742100028</v>
       </c>
       <c r="B615" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C615" s="2" t="s">
-        <v>1925</v>
+        <v>1932</v>
       </c>
       <c r="D615" s="2"/>
       <c r="E615" s="2" t="s">
-        <v>1926</v>
+        <v>1933</v>
       </c>
       <c r="F615" s="2" t="s">
-        <v>1927</v>
+        <v>1934</v>
       </c>
       <c r="G615" s="2"/>
       <c r="H615" s="2" t="s">
-        <v>33</v>
+        <v>1935</v>
       </c>
       <c r="I615" s="3">
-        <v>11930684493</v>
+        <v>11751068775</v>
       </c>
       <c r="J615" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K615" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L615" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M615" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="616" spans="1:13">
       <c r="A616" s="1">
-        <v>80235447200044</v>
+        <v>33960698000060</v>
       </c>
       <c r="B616" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C616" s="2" t="s">
-        <v>1928</v>
-[...1 lines deleted...]
-      <c r="D616" s="2"/>
+        <v>1936</v>
+      </c>
+      <c r="D616" s="2" t="s">
+        <v>1936</v>
+      </c>
       <c r="E616" s="2" t="s">
-        <v>1929</v>
+        <v>1937</v>
       </c>
       <c r="F616" s="2" t="s">
-        <v>1930</v>
-[...1 lines deleted...]
-      <c r="G616" s="2"/>
+        <v>1938</v>
+      </c>
+      <c r="G616" s="2" t="s">
+        <v>1384</v>
+      </c>
       <c r="H616" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I616" s="3"/>
       <c r="J616" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K616" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L616" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M616" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="617" spans="1:13">
       <c r="A617" s="1">
-        <v>80261105300017</v>
+        <v>33960698000110</v>
       </c>
       <c r="B617" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C617" s="2" t="s">
-        <v>1931</v>
-[...3 lines deleted...]
-      </c>
+        <v>1936</v>
+      </c>
+      <c r="D617" s="2"/>
       <c r="E617" s="2" t="s">
-        <v>1933</v>
+        <v>1939</v>
       </c>
       <c r="F617" s="2" t="s">
-        <v>1934</v>
+        <v>312</v>
       </c>
       <c r="G617" s="2" t="s">
-        <v>1600</v>
+        <v>1384</v>
       </c>
       <c r="H617" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I617" s="3"/>
       <c r="J617" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K617" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L617" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M617" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="618" spans="1:13">
       <c r="A618" s="1">
-        <v>80296375100028</v>
+        <v>33973910400059</v>
       </c>
       <c r="B618" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C618" s="2" t="s">
-        <v>1935</v>
+        <v>1940</v>
       </c>
       <c r="D618" s="2"/>
       <c r="E618" s="2" t="s">
-        <v>1936</v>
+        <v>1941</v>
       </c>
       <c r="F618" s="2" t="s">
-        <v>870</v>
+        <v>1942</v>
       </c>
       <c r="G618" s="2"/>
       <c r="H618" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I618" s="3">
-        <v>82380442138</v>
+        <v>11751147675</v>
       </c>
       <c r="J618" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K618" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L618" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M618" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="619" spans="1:13">
       <c r="A619" s="1">
-        <v>80334912500028</v>
+        <v>34029140000018</v>
       </c>
       <c r="B619" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C619" s="2" t="s">
-        <v>1937</v>
+        <v>1943</v>
       </c>
       <c r="D619" s="2"/>
       <c r="E619" s="2" t="s">
-        <v>1938</v>
+        <v>1944</v>
       </c>
       <c r="F619" s="2" t="s">
-        <v>1939</v>
+        <v>1934</v>
       </c>
       <c r="G619" s="2"/>
       <c r="H619" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I619" s="3">
-        <v>95970191297</v>
+        <v>24370027737</v>
       </c>
       <c r="J619" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K619" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L619" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M619" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="620" spans="1:13">
       <c r="A620" s="1">
-        <v>80342775600025</v>
+        <v>34175422400028</v>
       </c>
       <c r="B620" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C620" s="2" t="s">
-        <v>1940</v>
-[...1 lines deleted...]
-      <c r="D620" s="2"/>
+        <v>1945</v>
+      </c>
+      <c r="D620" s="2" t="s">
+        <v>1945</v>
+      </c>
       <c r="E620" s="2" t="s">
-        <v>1941</v>
+        <v>1946</v>
       </c>
       <c r="F620" s="2" t="s">
-        <v>1942</v>
-[...1 lines deleted...]
-      <c r="G620" s="2"/>
+        <v>1947</v>
+      </c>
+      <c r="G620" s="2" t="s">
+        <v>1948</v>
+      </c>
       <c r="H620" s="2" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="I620" s="3"/>
       <c r="J620" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K620" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L620" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M620" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="621" spans="1:13">
       <c r="A621" s="1">
-        <v>80438597900013</v>
+        <v>34195770200036</v>
       </c>
       <c r="B621" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C621" s="2" t="s">
-        <v>1943</v>
-[...3 lines deleted...]
-      </c>
+        <v>1949</v>
+      </c>
+      <c r="D621" s="2"/>
       <c r="E621" s="2" t="s">
-        <v>1945</v>
+        <v>1950</v>
       </c>
       <c r="F621" s="2" t="s">
-        <v>1946</v>
-[...1 lines deleted...]
-      <c r="G621" s="2"/>
+        <v>1951</v>
+      </c>
+      <c r="G621" s="2" t="s">
+        <v>286</v>
+      </c>
       <c r="H621" s="2" t="s">
-        <v>709</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I621" s="3"/>
       <c r="J621" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K621" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L621" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M621" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="622" spans="1:13">
       <c r="A622" s="1">
-        <v>80458814300011</v>
+        <v>34238331200010</v>
       </c>
       <c r="B622" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C622" s="2" t="s">
-        <v>1947</v>
+        <v>1952</v>
       </c>
       <c r="D622" s="2"/>
       <c r="E622" s="2" t="s">
-        <v>1948</v>
+        <v>1953</v>
       </c>
       <c r="F622" s="2" t="s">
-        <v>1949</v>
+        <v>1954</v>
       </c>
       <c r="G622" s="2"/>
       <c r="H622" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I622" s="3">
-        <v>91340838034</v>
+        <v>54170022717</v>
       </c>
       <c r="J622" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K622" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L622" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M622" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="623" spans="1:13">
       <c r="A623" s="1">
-        <v>80481193300014</v>
+        <v>34300986600496</v>
       </c>
       <c r="B623" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C623" s="2" t="s">
-        <v>1950</v>
+        <v>1955</v>
       </c>
       <c r="D623" s="2" t="s">
-        <v>1950</v>
+        <v>1955</v>
       </c>
       <c r="E623" s="2" t="s">
-        <v>1951</v>
+        <v>1956</v>
       </c>
       <c r="F623" s="2" t="s">
-        <v>1952</v>
+        <v>1957</v>
       </c>
       <c r="G623" s="2"/>
       <c r="H623" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I623" s="3">
-        <v>26890124489</v>
+        <v>82691197969</v>
       </c>
       <c r="J623" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K623" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L623" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M623" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="624" spans="1:13">
       <c r="A624" s="1">
-        <v>80521953200027</v>
+        <v>34300986600611</v>
       </c>
       <c r="B624" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C624" s="2" t="s">
-        <v>1953</v>
+        <v>1955</v>
       </c>
       <c r="D624" s="2" t="s">
-        <v>1954</v>
+        <v>1955</v>
       </c>
       <c r="E624" s="2" t="s">
-        <v>1955</v>
+        <v>1958</v>
       </c>
       <c r="F624" s="2" t="s">
-        <v>1956</v>
+        <v>1959</v>
       </c>
       <c r="G624" s="2"/>
       <c r="H624" s="2" t="s">
-        <v>1957</v>
+        <v>17</v>
       </c>
       <c r="I624" s="3">
-        <v>54170186217</v>
+        <v>82691197969</v>
       </c>
       <c r="J624" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K624" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L624" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M624" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="625" spans="1:13">
       <c r="A625" s="1">
-        <v>80538677800023</v>
+        <v>34323106400068</v>
       </c>
       <c r="B625" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C625" s="2" t="s">
-        <v>1958</v>
+        <v>1960</v>
       </c>
       <c r="D625" s="2"/>
       <c r="E625" s="2" t="s">
-        <v>1959</v>
+        <v>1961</v>
       </c>
       <c r="F625" s="2" t="s">
-        <v>1408</v>
-[...3 lines deleted...]
-      </c>
+        <v>1962</v>
+      </c>
+      <c r="G625" s="2"/>
       <c r="H625" s="2" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="I625" s="3">
-        <v>75331220633</v>
+        <v>31590153659</v>
       </c>
       <c r="J625" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K625" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L625" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M625" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="626" spans="1:13">
       <c r="A626" s="1">
-        <v>80815473600025</v>
+        <v>34358867900021</v>
       </c>
       <c r="B626" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C626" s="2" t="s">
-        <v>1961</v>
+        <v>1963</v>
       </c>
       <c r="D626" s="2"/>
       <c r="E626" s="2" t="s">
-        <v>1962</v>
+        <v>1964</v>
       </c>
       <c r="F626" s="2" t="s">
-        <v>1963</v>
+        <v>1965</v>
       </c>
       <c r="G626" s="2"/>
       <c r="H626" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I626" s="3">
-        <v>84730290073</v>
+        <v>31620039262</v>
       </c>
       <c r="J626" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K626" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L626" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M626" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="627" spans="1:13">
       <c r="A627" s="1">
-        <v>80832639100030</v>
+        <v>34539593300046</v>
       </c>
       <c r="B627" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C627" s="2" t="s">
-        <v>1964</v>
-[...1 lines deleted...]
-      <c r="D627" s="2"/>
+        <v>1966</v>
+      </c>
+      <c r="D627" s="2" t="s">
+        <v>1967</v>
+      </c>
       <c r="E627" s="2" t="s">
-        <v>1965</v>
+        <v>1968</v>
       </c>
       <c r="F627" s="2" t="s">
-        <v>55</v>
+        <v>378</v>
       </c>
       <c r="G627" s="2"/>
       <c r="H627" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I627" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I627" s="3">
+        <v>93060554806</v>
+      </c>
       <c r="J627" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K627" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L627" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M627" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="628" spans="1:13">
       <c r="A628" s="1">
-        <v>80875076400025</v>
+        <v>34774502800022</v>
       </c>
       <c r="B628" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C628" s="2" t="s">
-        <v>1966</v>
-[...3 lines deleted...]
-      </c>
+        <v>1969</v>
+      </c>
+      <c r="D628" s="2"/>
       <c r="E628" s="2" t="s">
-        <v>1968</v>
+        <v>1970</v>
       </c>
       <c r="F628" s="2" t="s">
-        <v>1969</v>
+        <v>1971</v>
       </c>
       <c r="G628" s="2"/>
       <c r="H628" s="2" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="I628" s="3"/>
+        <v>29</v>
+      </c>
+      <c r="I628" s="3">
+        <v>82260030326</v>
+      </c>
       <c r="J628" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K628" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L628" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M628" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="629" spans="1:13">
       <c r="A629" s="1">
-        <v>80982366900019</v>
+        <v>34779594000043</v>
       </c>
       <c r="B629" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C629" s="2" t="s">
-        <v>1970</v>
+        <v>1972</v>
       </c>
       <c r="D629" s="2"/>
       <c r="E629" s="2" t="s">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="F629" s="2" t="s">
-        <v>1972</v>
+        <v>1974</v>
       </c>
       <c r="G629" s="2"/>
       <c r="H629" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I629" s="3">
-        <v>52440747344</v>
+        <v>11751349275</v>
       </c>
       <c r="J629" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K629" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L629" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M629" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="630" spans="1:13">
       <c r="A630" s="1">
-        <v>81031690100034</v>
+        <v>34812741600058</v>
       </c>
       <c r="B630" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C630" s="2" t="s">
-        <v>1973</v>
+        <v>1975</v>
       </c>
       <c r="D630" s="2"/>
       <c r="E630" s="2" t="s">
-        <v>1974</v>
+        <v>1976</v>
       </c>
       <c r="F630" s="2" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="G630" s="2"/>
+        <v>1977</v>
+      </c>
+      <c r="G630" s="2" t="s">
+        <v>1978</v>
+      </c>
       <c r="H630" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I630" s="3"/>
       <c r="J630" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K630" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L630" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M630" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="631" spans="1:13">
       <c r="A631" s="1">
-        <v>81131965600013</v>
+        <v>34867875600068</v>
       </c>
       <c r="B631" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C631" s="2" t="s">
-        <v>1975</v>
-[...3 lines deleted...]
-      </c>
+        <v>1979</v>
+      </c>
+      <c r="D631" s="2"/>
       <c r="E631" s="2" t="s">
-        <v>1977</v>
+        <v>1980</v>
       </c>
       <c r="F631" s="2" t="s">
-        <v>1978</v>
-[...3 lines deleted...]
-      </c>
+        <v>1653</v>
+      </c>
+      <c r="G631" s="2"/>
       <c r="H631" s="2" t="s">
-        <v>599</v>
+        <v>17</v>
       </c>
       <c r="I631" s="3">
-        <v>52490315249</v>
+        <v>22600084260</v>
       </c>
       <c r="J631" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K631" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L631" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M631" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="632" spans="1:13">
       <c r="A632" s="1">
-        <v>81163631500046</v>
+        <v>34921756200058</v>
       </c>
       <c r="B632" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C632" s="2" t="s">
-        <v>1979</v>
+        <v>1981</v>
       </c>
       <c r="D632" s="2"/>
       <c r="E632" s="2" t="s">
-        <v>1980</v>
+        <v>1982</v>
       </c>
       <c r="F632" s="2" t="s">
-        <v>1981</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="G632" s="2"/>
       <c r="H632" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I632" s="3">
-        <v>93830497983</v>
+        <v>91110027111</v>
       </c>
       <c r="J632" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K632" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L632" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M632" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="633" spans="1:13">
       <c r="A633" s="1">
-        <v>81164055600015</v>
+        <v>34964000300100</v>
       </c>
       <c r="B633" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C633" s="2" t="s">
         <v>1983</v>
       </c>
       <c r="D633" s="2"/>
       <c r="E633" s="2" t="s">
         <v>1984</v>
       </c>
       <c r="F633" s="2" t="s">
-        <v>1985</v>
+        <v>1781</v>
       </c>
       <c r="G633" s="2"/>
       <c r="H633" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I633" s="3"/>
       <c r="J633" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K633" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L633" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M633" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="634" spans="1:13">
       <c r="A634" s="1">
-        <v>81229926100014</v>
+        <v>35054222100022</v>
       </c>
       <c r="B634" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C634" s="2" t="s">
+        <v>1985</v>
+      </c>
+      <c r="D634" s="2"/>
+      <c r="E634" s="2" t="s">
         <v>1986</v>
       </c>
-      <c r="D634" s="2" t="s">
+      <c r="F634" s="2" t="s">
         <v>1987</v>
-      </c>
-[...4 lines deleted...]
-        <v>1357</v>
       </c>
       <c r="G634" s="2"/>
       <c r="H634" s="2" t="s">
-        <v>33</v>
+        <v>1819</v>
       </c>
       <c r="I634" s="3">
-        <v>98970001397</v>
+        <v>54860033986</v>
       </c>
       <c r="J634" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K634" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L634" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M634" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="635" spans="1:13">
       <c r="A635" s="1">
-        <v>81426685400011</v>
+        <v>35063664300040</v>
       </c>
       <c r="B635" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C635" s="2" t="s">
-        <v>1989</v>
+        <v>1988</v>
       </c>
       <c r="D635" s="2"/>
       <c r="E635" s="2" t="s">
-        <v>1990</v>
+        <v>1989</v>
       </c>
       <c r="F635" s="2" t="s">
-        <v>1114</v>
+        <v>393</v>
       </c>
       <c r="G635" s="2"/>
       <c r="H635" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I635" s="3">
-        <v>84260247326</v>
+        <v>83630126563</v>
       </c>
       <c r="J635" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K635" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L635" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M635" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="636" spans="1:13">
       <c r="A636" s="1">
-        <v>81441466000013</v>
+        <v>35119111900160</v>
       </c>
       <c r="B636" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C636" s="2" t="s">
-        <v>1991</v>
+        <v>1990</v>
       </c>
       <c r="D636" s="2" t="s">
         <v>1991</v>
       </c>
       <c r="E636" s="2" t="s">
         <v>1992</v>
       </c>
       <c r="F636" s="2" t="s">
         <v>1993</v>
       </c>
       <c r="G636" s="2"/>
       <c r="H636" s="2" t="s">
-        <v>599</v>
+        <v>17</v>
       </c>
       <c r="I636" s="3">
-        <v>42670564767</v>
+        <v>53350248835</v>
       </c>
       <c r="J636" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K636" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L636" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M636" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="637" spans="1:13">
       <c r="A637" s="1">
-        <v>81454189200018</v>
+        <v>35119111900236</v>
       </c>
       <c r="B637" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C637" s="2" t="s">
-        <v>1994</v>
+        <v>1990</v>
       </c>
       <c r="D637" s="2"/>
       <c r="E637" s="2" t="s">
+        <v>1994</v>
+      </c>
+      <c r="F637" s="2" t="s">
         <v>1995</v>
       </c>
-      <c r="F637" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G637" s="2"/>
+      <c r="G637" s="2" t="s">
+        <v>1189</v>
+      </c>
       <c r="H637" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I637" s="3"/>
       <c r="J637" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K637" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L637" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M637" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="638" spans="1:13">
       <c r="A638" s="1">
-        <v>81460944200011</v>
+        <v>35119111900285</v>
       </c>
       <c r="B638" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C638" s="2" t="s">
+        <v>1990</v>
+      </c>
+      <c r="D638" s="2" t="s">
+        <v>1996</v>
+      </c>
+      <c r="E638" s="2" t="s">
         <v>1997</v>
       </c>
-      <c r="D638" s="2"/>
-      <c r="E638" s="2" t="s">
+      <c r="F638" s="2" t="s">
         <v>1998</v>
       </c>
-      <c r="F638" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G638" s="2"/>
+      <c r="G638" s="2" t="s">
+        <v>1978</v>
+      </c>
       <c r="H638" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I638" s="3"/>
       <c r="J638" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K638" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L638" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M638" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="639" spans="1:13">
       <c r="A639" s="1">
-        <v>81473972800024</v>
+        <v>35119111900301</v>
       </c>
       <c r="B639" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C639" s="2" t="s">
+        <v>1990</v>
+      </c>
+      <c r="D639" s="2" t="s">
+        <v>1999</v>
+      </c>
+      <c r="E639" s="2" t="s">
         <v>2000</v>
       </c>
-      <c r="D639" s="2"/>
-      <c r="E639" s="2" t="s">
+      <c r="F639" s="2" t="s">
         <v>2001</v>
-      </c>
-[...1 lines deleted...]
-        <v>2002</v>
       </c>
       <c r="G639" s="2"/>
       <c r="H639" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I639" s="3">
-        <v>11950590895</v>
+        <v>53350248835</v>
       </c>
       <c r="J639" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K639" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L639" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M639" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="640" spans="1:13">
       <c r="A640" s="1">
-        <v>81490319100033</v>
+        <v>35199409000030</v>
       </c>
       <c r="B640" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C640" s="2" t="s">
-        <v>2003</v>
+        <v>2002</v>
       </c>
       <c r="D640" s="2"/>
       <c r="E640" s="2" t="s">
+        <v>2003</v>
+      </c>
+      <c r="F640" s="2" t="s">
         <v>2004</v>
-      </c>
-[...1 lines deleted...]
-        <v>2005</v>
       </c>
       <c r="G640" s="2"/>
       <c r="H640" s="2" t="s">
-        <v>599</v>
+        <v>1819</v>
       </c>
       <c r="I640" s="3">
-        <v>82260240926</v>
+        <v>11755398875</v>
       </c>
       <c r="J640" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K640" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L640" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M640" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="641" spans="1:13">
       <c r="A641" s="1">
-        <v>81540490000020</v>
+        <v>35199650900037</v>
       </c>
       <c r="B641" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C641" s="2" t="s">
+        <v>2005</v>
+      </c>
+      <c r="D641" s="2"/>
+      <c r="E641" s="2" t="s">
         <v>2006</v>
       </c>
-      <c r="D641" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E641" s="2" t="s">
+      <c r="F641" s="2" t="s">
+        <v>1566</v>
+      </c>
+      <c r="G641" s="2" t="s">
         <v>2007</v>
       </c>
-      <c r="F641" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G641" s="2"/>
       <c r="H641" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I641" s="3"/>
       <c r="J641" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K641" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L641" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M641" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="642" spans="1:13">
       <c r="A642" s="1">
-        <v>81540720000022</v>
+        <v>35208713400065</v>
       </c>
       <c r="B642" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C642" s="2" t="s">
         <v>2008</v>
       </c>
       <c r="D642" s="2"/>
       <c r="E642" s="2" t="s">
         <v>2009</v>
       </c>
       <c r="F642" s="2" t="s">
-        <v>55</v>
+        <v>2010</v>
       </c>
       <c r="G642" s="2"/>
       <c r="H642" s="2" t="s">
-        <v>599</v>
+        <v>29</v>
       </c>
       <c r="I642" s="3">
-        <v>93131640213</v>
+        <v>53290304729</v>
       </c>
       <c r="J642" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K642" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L642" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M642" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="643" spans="1:13">
       <c r="A643" s="1">
-        <v>81772788600019</v>
+        <v>35386190900391</v>
       </c>
       <c r="B643" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C643" s="2" t="s">
-        <v>681</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="D643" s="2"/>
       <c r="E643" s="2" t="s">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="F643" s="2" t="s">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="G643" s="2"/>
+        <v>2013</v>
+      </c>
+      <c r="G643" s="2" t="s">
+        <v>2014</v>
+      </c>
       <c r="H643" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="I643" s="3"/>
       <c r="J643" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K643" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L643" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M643" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="644" spans="1:13">
       <c r="A644" s="1">
-        <v>81786764100026</v>
+        <v>37761090200233</v>
       </c>
       <c r="B644" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C644" s="2" t="s">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="D644" s="2"/>
       <c r="E644" s="2" t="s">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="F644" s="2" t="s">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="G644" s="2"/>
+        <v>2017</v>
+      </c>
+      <c r="G644" s="2" t="s">
+        <v>239</v>
+      </c>
       <c r="H644" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I644" s="3"/>
       <c r="J644" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K644" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L644" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M644" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="645" spans="1:13">
       <c r="A645" s="1">
-        <v>81804864700023</v>
+        <v>37841608500033</v>
       </c>
       <c r="B645" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C645" s="2" t="s">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="D645" s="2"/>
       <c r="E645" s="2" t="s">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="F645" s="2" t="s">
-        <v>2017</v>
+        <v>16</v>
       </c>
       <c r="G645" s="2"/>
       <c r="H645" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I645" s="3"/>
       <c r="J645" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K645" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L645" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M645" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="646" spans="1:13">
       <c r="A646" s="1">
-        <v>81904676400018</v>
+        <v>37865526000040</v>
       </c>
       <c r="B646" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C646" s="2" t="s">
-        <v>679</v>
+        <v>2020</v>
       </c>
       <c r="D646" s="2"/>
       <c r="E646" s="2" t="s">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="F646" s="2" t="s">
-        <v>65</v>
+        <v>2022</v>
       </c>
       <c r="G646" s="2"/>
       <c r="H646" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I646" s="3">
-        <v>43250187225</v>
+        <v>23760063776</v>
       </c>
       <c r="J646" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K646" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L646" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M646" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="647" spans="1:13">
       <c r="A647" s="1">
-        <v>81997258900017</v>
+        <v>37888992700042</v>
       </c>
       <c r="B647" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C647" s="2" t="s">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="D647" s="2"/>
       <c r="E647" s="2" t="s">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="F647" s="2" t="s">
-        <v>612</v>
+        <v>2025</v>
       </c>
       <c r="G647" s="2"/>
       <c r="H647" s="2" t="s">
-        <v>33</v>
+        <v>2026</v>
       </c>
       <c r="I647" s="3">
-        <v>52490322749</v>
+        <v>82690329769</v>
       </c>
       <c r="J647" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K647" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L647" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M647" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="648" spans="1:13">
       <c r="A648" s="1">
-        <v>81999622400013</v>
+        <v>37897406700035</v>
       </c>
       <c r="B648" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C648" s="2" t="s">
-        <v>2021</v>
+        <v>2027</v>
       </c>
       <c r="D648" s="2"/>
       <c r="E648" s="2" t="s">
-        <v>2022</v>
+        <v>2028</v>
       </c>
       <c r="F648" s="2" t="s">
-        <v>1489</v>
+        <v>2029</v>
       </c>
       <c r="G648" s="2"/>
       <c r="H648" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I648" s="3">
-        <v>27390108539</v>
+        <v>24450045745</v>
       </c>
       <c r="J648" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K648" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L648" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M648" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="649" spans="1:13">
       <c r="A649" s="1">
-        <v>82027612900021</v>
+        <v>37934355100030</v>
       </c>
       <c r="B649" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C649" s="2" t="s">
-        <v>2023</v>
+        <v>2030</v>
       </c>
       <c r="D649" s="2"/>
       <c r="E649" s="2" t="s">
-        <v>2024</v>
+        <v>2031</v>
       </c>
       <c r="F649" s="2" t="s">
-        <v>1939</v>
+        <v>2032</v>
       </c>
       <c r="G649" s="2"/>
       <c r="H649" s="2" t="s">
-        <v>599</v>
+        <v>17</v>
       </c>
       <c r="I649" s="3">
-        <v>84420290542</v>
+        <v>11753055175</v>
       </c>
       <c r="J649" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K649" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L649" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M649" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="650" spans="1:13">
       <c r="A650" s="1">
-        <v>82137367700029</v>
+        <v>37935878100019</v>
       </c>
       <c r="B650" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C650" s="2" t="s">
-        <v>2025</v>
+        <v>2033</v>
       </c>
       <c r="D650" s="2"/>
       <c r="E650" s="2" t="s">
-        <v>2026</v>
+        <v>2034</v>
       </c>
       <c r="F650" s="2" t="s">
-        <v>1482</v>
+        <v>2035</v>
       </c>
       <c r="G650" s="2"/>
       <c r="H650" s="2" t="s">
-        <v>613</v>
+        <v>17</v>
       </c>
       <c r="I650" s="3">
-        <v>76660201266</v>
+        <v>82380125938</v>
       </c>
       <c r="J650" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K650" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L650" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M650" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="651" spans="1:13">
       <c r="A651" s="1">
-        <v>82267455200010</v>
+        <v>37951396300023</v>
       </c>
       <c r="B651" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C651" s="2" t="s">
-        <v>2027</v>
+        <v>2036</v>
       </c>
       <c r="D651" s="2"/>
       <c r="E651" s="2" t="s">
-        <v>2028</v>
+        <v>2037</v>
       </c>
       <c r="F651" s="2" t="s">
-        <v>1942</v>
+        <v>2038</v>
       </c>
       <c r="G651" s="2"/>
       <c r="H651" s="2" t="s">
-        <v>61</v>
+        <v>37</v>
       </c>
       <c r="I651" s="3">
-        <v>44680266968</v>
+        <v>93040015104</v>
       </c>
       <c r="J651" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K651" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L651" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M651" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="652" spans="1:13">
       <c r="A652" s="1">
-        <v>82277236400011</v>
+        <v>37973507900053</v>
       </c>
       <c r="B652" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C652" s="2" t="s">
-        <v>2029</v>
+        <v>2039</v>
       </c>
       <c r="D652" s="2"/>
       <c r="E652" s="2" t="s">
-        <v>2030</v>
+        <v>2040</v>
       </c>
       <c r="F652" s="2" t="s">
-        <v>1942</v>
-[...3 lines deleted...]
-      </c>
+        <v>1414</v>
+      </c>
+      <c r="G652" s="2"/>
       <c r="H652" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I652" s="3">
-        <v>53561025056</v>
+        <v>11770120677</v>
       </c>
       <c r="J652" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K652" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L652" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M652" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="653" spans="1:13">
       <c r="A653" s="1">
-        <v>82345639700038</v>
+        <v>37981283700027</v>
       </c>
       <c r="B653" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C653" s="2" t="s">
-        <v>2032</v>
+        <v>14</v>
       </c>
       <c r="D653" s="2"/>
       <c r="E653" s="2" t="s">
-        <v>2033</v>
+        <v>2041</v>
       </c>
       <c r="F653" s="2" t="s">
-        <v>2034</v>
-[...3 lines deleted...]
-      </c>
+        <v>422</v>
+      </c>
+      <c r="G653" s="2"/>
       <c r="H653" s="2" t="s">
-        <v>613</v>
+        <v>17</v>
       </c>
       <c r="I653" s="3">
-        <v>11756166775</v>
+        <v>26890024389</v>
       </c>
       <c r="J653" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K653" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L653" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M653" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="654" spans="1:13">
       <c r="A654" s="1">
-        <v>82355272400010</v>
+        <v>37982156400059</v>
       </c>
       <c r="B654" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C654" s="2" t="s">
-        <v>2036</v>
-[...1 lines deleted...]
-      <c r="D654" s="2"/>
+        <v>313</v>
+      </c>
+      <c r="D654" s="2" t="s">
+        <v>313</v>
+      </c>
       <c r="E654" s="2" t="s">
-        <v>2037</v>
+        <v>2042</v>
       </c>
       <c r="F654" s="2" t="s">
-        <v>2038</v>
+        <v>2043</v>
       </c>
       <c r="G654" s="2" t="s">
-        <v>2039</v>
+        <v>2044</v>
       </c>
       <c r="H654" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I654" s="3"/>
       <c r="J654" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K654" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L654" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M654" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="655" spans="1:13">
       <c r="A655" s="1">
-        <v>82404542100024</v>
+        <v>38168008100019</v>
       </c>
       <c r="B655" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C655" s="2" t="s">
-        <v>2040</v>
+        <v>2045</v>
       </c>
       <c r="D655" s="2"/>
       <c r="E655" s="2" t="s">
-        <v>2041</v>
+        <v>2046</v>
       </c>
       <c r="F655" s="2" t="s">
-        <v>1956</v>
-[...3 lines deleted...]
-      </c>
+        <v>2047</v>
+      </c>
+      <c r="G655" s="2"/>
       <c r="H655" s="2" t="s">
-        <v>2043</v>
+        <v>17</v>
       </c>
       <c r="I655" s="3">
-        <v>84010186201</v>
+        <v>42670164767</v>
       </c>
       <c r="J655" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K655" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L655" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M655" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="656" spans="1:13">
       <c r="A656" s="1">
-        <v>82430127900025</v>
+        <v>38290738400012</v>
       </c>
       <c r="B656" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C656" s="2" t="s">
-        <v>2044</v>
+        <v>2048</v>
       </c>
       <c r="D656" s="2"/>
       <c r="E656" s="2" t="s">
-        <v>2045</v>
+        <v>2049</v>
       </c>
       <c r="F656" s="2" t="s">
-        <v>2046</v>
+        <v>2050</v>
       </c>
       <c r="G656" s="2"/>
       <c r="H656" s="2" t="s">
-        <v>2047</v>
+        <v>69</v>
       </c>
       <c r="I656" s="3">
-        <v>28760569776</v>
+        <v>72330218633</v>
       </c>
       <c r="J656" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K656" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L656" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M656" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="657" spans="1:13">
       <c r="A657" s="1">
-        <v>82478596800028</v>
+        <v>38436936900010</v>
       </c>
       <c r="B657" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C657" s="2" t="s">
-        <v>2048</v>
+        <v>2051</v>
       </c>
       <c r="D657" s="2"/>
       <c r="E657" s="2" t="s">
         <v>2049</v>
       </c>
       <c r="F657" s="2" t="s">
-        <v>1199</v>
+        <v>740</v>
       </c>
       <c r="G657" s="2"/>
       <c r="H657" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I657" s="3">
-        <v>11940937594</v>
+        <v>72330402333</v>
       </c>
       <c r="J657" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K657" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L657" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M657" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="658" spans="1:13">
       <c r="A658" s="1">
-        <v>82496884600033</v>
+        <v>38465538700023</v>
       </c>
       <c r="B658" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C658" s="2" t="s">
-        <v>2050</v>
+        <v>2052</v>
       </c>
       <c r="D658" s="2"/>
       <c r="E658" s="2" t="s">
-        <v>2051</v>
+        <v>2053</v>
       </c>
       <c r="F658" s="2" t="s">
-        <v>27</v>
+        <v>2054</v>
       </c>
       <c r="G658" s="2"/>
       <c r="H658" s="2" t="s">
-        <v>599</v>
+        <v>184</v>
       </c>
       <c r="I658" s="3">
-        <v>76340926234</v>
+        <v>73820012182</v>
       </c>
       <c r="J658" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K658" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L658" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M658" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="659" spans="1:13">
       <c r="A659" s="1">
-        <v>82855316400017</v>
+        <v>38489895300037</v>
       </c>
       <c r="B659" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C659" s="2" t="s">
-        <v>2052</v>
+        <v>2055</v>
       </c>
       <c r="D659" s="2"/>
       <c r="E659" s="2" t="s">
-        <v>2053</v>
+        <v>2056</v>
       </c>
       <c r="F659" s="2" t="s">
-        <v>2054</v>
+        <v>2057</v>
       </c>
       <c r="G659" s="2"/>
       <c r="H659" s="2" t="s">
-        <v>613</v>
+        <v>17</v>
       </c>
       <c r="I659" s="3">
-        <v>11950623895</v>
+        <v>11755192175</v>
       </c>
       <c r="J659" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K659" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L659" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M659" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="660" spans="1:13">
       <c r="A660" s="1">
-        <v>82946839600025</v>
+        <v>38513207100049</v>
       </c>
       <c r="B660" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C660" s="2" t="s">
-        <v>2055</v>
-[...3 lines deleted...]
-      </c>
+        <v>2058</v>
+      </c>
+      <c r="D660" s="2"/>
       <c r="E660" s="2" t="s">
-        <v>2056</v>
+        <v>2059</v>
       </c>
       <c r="F660" s="2" t="s">
-        <v>2057</v>
+        <v>1166</v>
       </c>
       <c r="G660" s="2"/>
       <c r="H660" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I660" s="3">
-        <v>84420300542</v>
+        <v>11930329693</v>
       </c>
       <c r="J660" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K660" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L660" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M660" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="661" spans="1:13">
       <c r="A661" s="1">
-        <v>82961303300010</v>
+        <v>38747528800032</v>
       </c>
       <c r="B661" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C661" s="2" t="s">
-        <v>2058</v>
+        <v>2060</v>
       </c>
       <c r="D661" s="2"/>
       <c r="E661" s="2" t="s">
-        <v>2059</v>
+        <v>2061</v>
       </c>
       <c r="F661" s="2" t="s">
-        <v>2060</v>
-[...1 lines deleted...]
-      <c r="G661" s="2"/>
+        <v>2062</v>
+      </c>
+      <c r="G661" s="2" t="s">
+        <v>1456</v>
+      </c>
       <c r="H661" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I661" s="3"/>
       <c r="J661" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K661" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L661" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M661" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="662" spans="1:13">
       <c r="A662" s="1">
-        <v>83043290200013</v>
+        <v>38756765400067</v>
       </c>
       <c r="B662" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C662" s="2" t="s">
-        <v>2061</v>
+        <v>2063</v>
       </c>
       <c r="D662" s="2"/>
       <c r="E662" s="2" t="s">
-        <v>2062</v>
+        <v>2064</v>
       </c>
       <c r="F662" s="2" t="s">
-        <v>502</v>
+        <v>2065</v>
       </c>
       <c r="G662" s="2"/>
       <c r="H662" s="2" t="s">
-        <v>650</v>
+        <v>210</v>
       </c>
       <c r="I662" s="3">
-        <v>11756059475</v>
+        <v>82380268038</v>
       </c>
       <c r="J662" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K662" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L662" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M662" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="663" spans="1:13">
       <c r="A663" s="1">
-        <v>83052386600010</v>
+        <v>38767117500041</v>
       </c>
       <c r="B663" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C663" s="2" t="s">
-        <v>2063</v>
-[...3 lines deleted...]
-      </c>
+        <v>2066</v>
+      </c>
+      <c r="D663" s="2"/>
       <c r="E663" s="2" t="s">
-        <v>2064</v>
+        <v>2067</v>
       </c>
       <c r="F663" s="2" t="s">
-        <v>1588</v>
+        <v>909</v>
       </c>
       <c r="G663" s="2"/>
       <c r="H663" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I663" s="3">
-        <v>75331076333</v>
+        <v>91300095930</v>
       </c>
       <c r="J663" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K663" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L663" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M663" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="664" spans="1:13">
       <c r="A664" s="1">
-        <v>83069794200027</v>
+        <v>38867252900012</v>
       </c>
       <c r="B664" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C664" s="2" t="s">
-        <v>2065</v>
+        <v>2068</v>
       </c>
       <c r="D664" s="2"/>
       <c r="E664" s="2" t="s">
-        <v>2066</v>
+        <v>2069</v>
       </c>
       <c r="F664" s="2" t="s">
-        <v>2067</v>
+        <v>740</v>
       </c>
       <c r="G664" s="2"/>
       <c r="H664" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I664" s="3">
-        <v>11922180892</v>
+        <v>25610025161</v>
       </c>
       <c r="J664" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K664" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L664" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M664" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="665" spans="1:13">
       <c r="A665" s="1">
-        <v>83167634100017</v>
+        <v>38935885400054</v>
       </c>
       <c r="B665" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C665" s="2" t="s">
-        <v>2068</v>
+        <v>2070</v>
       </c>
       <c r="D665" s="2"/>
       <c r="E665" s="2" t="s">
-        <v>2069</v>
+        <v>2071</v>
       </c>
       <c r="F665" s="2" t="s">
-        <v>2070</v>
-[...3 lines deleted...]
-      </c>
+        <v>2072</v>
+      </c>
+      <c r="G665" s="2"/>
       <c r="H665" s="2" t="s">
-        <v>613</v>
+        <v>17</v>
       </c>
       <c r="I665" s="3">
-        <v>84730302673</v>
+        <v>11751937075</v>
       </c>
       <c r="J665" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K665" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L665" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M665" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="666" spans="1:13">
       <c r="A666" s="1">
-        <v>83181914900012</v>
+        <v>38971584800047</v>
       </c>
       <c r="B666" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C666" s="2" t="s">
-        <v>2072</v>
-[...1 lines deleted...]
-      <c r="D666" s="2"/>
+        <v>2073</v>
+      </c>
+      <c r="D666" s="2" t="s">
+        <v>2073</v>
+      </c>
       <c r="E666" s="2" t="s">
-        <v>2073</v>
+        <v>2074</v>
       </c>
       <c r="F666" s="2" t="s">
-        <v>502</v>
-[...1 lines deleted...]
-      <c r="G666" s="2"/>
+        <v>2075</v>
+      </c>
+      <c r="G666" s="2" t="s">
+        <v>2076</v>
+      </c>
       <c r="H666" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I666" s="3"/>
       <c r="J666" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K666" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L666" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M666" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="667" spans="1:13">
       <c r="A667" s="1">
-        <v>83183463500029</v>
+        <v>38980220800014</v>
       </c>
       <c r="B667" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C667" s="2" t="s">
-        <v>2074</v>
+        <v>2077</v>
       </c>
       <c r="D667" s="2"/>
       <c r="E667" s="2" t="s">
-        <v>2075</v>
+        <v>2078</v>
       </c>
       <c r="F667" s="2" t="s">
-        <v>2076</v>
+        <v>2079</v>
       </c>
       <c r="G667" s="2"/>
       <c r="H667" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I667" s="3">
-        <v>44680279868</v>
+        <v>72470033047</v>
       </c>
       <c r="J667" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K667" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L667" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M667" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="668" spans="1:13">
       <c r="A668" s="1">
-        <v>83234145700014</v>
+        <v>39003205000010</v>
       </c>
       <c r="B668" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C668" s="2" t="s">
-        <v>2077</v>
+        <v>2080</v>
       </c>
       <c r="D668" s="2"/>
       <c r="E668" s="2" t="s">
-        <v>2078</v>
+        <v>2081</v>
       </c>
       <c r="F668" s="2" t="s">
-        <v>908</v>
+        <v>2082</v>
       </c>
       <c r="G668" s="2"/>
       <c r="H668" s="2" t="s">
-        <v>800</v>
+        <v>17</v>
       </c>
       <c r="I668" s="3">
-        <v>44670611267</v>
+        <v>82380184838</v>
       </c>
       <c r="J668" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K668" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L668" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M668" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="669" spans="1:13">
       <c r="A669" s="1">
-        <v>83327888000012</v>
+        <v>39017462100339</v>
       </c>
       <c r="B669" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C669" s="2" t="s">
-        <v>2079</v>
-[...1 lines deleted...]
-      <c r="D669" s="2"/>
+        <v>2083</v>
+      </c>
+      <c r="D669" s="2" t="s">
+        <v>2084</v>
+      </c>
       <c r="E669" s="2" t="s">
-        <v>2080</v>
+        <v>2085</v>
       </c>
       <c r="F669" s="2" t="s">
-        <v>2081</v>
-[...1 lines deleted...]
-      <c r="G669" s="2"/>
+        <v>330</v>
+      </c>
+      <c r="G669" s="2" t="s">
+        <v>2086</v>
+      </c>
       <c r="H669" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I669" s="3"/>
       <c r="J669" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K669" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L669" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M669" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="670" spans="1:13">
       <c r="A670" s="1">
-        <v>83367825300026</v>
+        <v>39039183700031</v>
       </c>
       <c r="B670" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C670" s="2" t="s">
-        <v>2082</v>
+        <v>2087</v>
       </c>
       <c r="D670" s="2"/>
       <c r="E670" s="2" t="s">
-        <v>2083</v>
+        <v>2088</v>
       </c>
       <c r="F670" s="2" t="s">
-        <v>1939</v>
+        <v>2089</v>
       </c>
       <c r="G670" s="2"/>
       <c r="H670" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I670" s="3">
-        <v>84070105807</v>
+        <v>11752021075</v>
       </c>
       <c r="J670" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K670" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L670" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M670" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="671" spans="1:13">
       <c r="A671" s="1">
-        <v>83397176500015</v>
+        <v>39075824100041</v>
       </c>
       <c r="B671" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C671" s="2" t="s">
-        <v>2084</v>
+        <v>2090</v>
       </c>
       <c r="D671" s="2"/>
       <c r="E671" s="2" t="s">
-        <v>2085</v>
+        <v>2091</v>
       </c>
       <c r="F671" s="2" t="s">
-        <v>2086</v>
+        <v>1694</v>
       </c>
       <c r="G671" s="2"/>
       <c r="H671" s="2" t="s">
-        <v>599</v>
+        <v>17</v>
       </c>
       <c r="I671" s="3">
-        <v>44680282568</v>
+        <v>42670182967</v>
       </c>
       <c r="J671" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K671" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L671" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M671" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="672" spans="1:13">
       <c r="A672" s="1">
-        <v>83410967000010</v>
+        <v>39075824100108</v>
       </c>
       <c r="B672" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C672" s="2" t="s">
-        <v>2087</v>
+        <v>2090</v>
       </c>
       <c r="D672" s="2"/>
       <c r="E672" s="2" t="s">
-        <v>2088</v>
+        <v>2092</v>
       </c>
       <c r="F672" s="2" t="s">
-        <v>1819</v>
-[...3 lines deleted...]
-      </c>
+        <v>2093</v>
+      </c>
+      <c r="G672" s="2"/>
       <c r="H672" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I672" s="3">
-        <v>27250317925</v>
+        <v>42670182967</v>
       </c>
       <c r="J672" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K672" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L672" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M672" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="673" spans="1:13">
       <c r="A673" s="1">
-        <v>83420427300017</v>
+        <v>39131533000053</v>
       </c>
       <c r="B673" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C673" s="2" t="s">
-        <v>2090</v>
-[...3 lines deleted...]
-      </c>
+        <v>2094</v>
+      </c>
+      <c r="D673" s="2"/>
       <c r="E673" s="2" t="s">
-        <v>2091</v>
+        <v>1692</v>
       </c>
       <c r="F673" s="2" t="s">
-        <v>1427</v>
+        <v>2095</v>
       </c>
       <c r="G673" s="2"/>
       <c r="H673" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I673" s="3">
-        <v>76310897031</v>
+        <v>22020039102</v>
       </c>
       <c r="J673" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K673" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L673" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M673" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="674" spans="1:13">
       <c r="A674" s="1">
-        <v>83486365600015</v>
+        <v>39163364100033</v>
       </c>
       <c r="B674" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C674" s="2" t="s">
-        <v>2092</v>
+        <v>2096</v>
       </c>
       <c r="D674" s="2"/>
       <c r="E674" s="2" t="s">
-        <v>2093</v>
+        <v>2097</v>
       </c>
       <c r="F674" s="2" t="s">
-        <v>2094</v>
-[...3 lines deleted...]
-      </c>
+        <v>2098</v>
+      </c>
+      <c r="G674" s="2"/>
       <c r="H674" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I674" s="3">
-        <v>93830558883</v>
+        <v>11752088975</v>
       </c>
       <c r="J674" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K674" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L674" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M674" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="675" spans="1:13">
       <c r="A675" s="1">
-        <v>83798882300014</v>
+        <v>39202837900049</v>
       </c>
       <c r="B675" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C675" s="2" t="s">
-        <v>2096</v>
-[...1 lines deleted...]
-      <c r="D675" s="2"/>
+        <v>2099</v>
+      </c>
+      <c r="D675" s="2" t="s">
+        <v>2100</v>
+      </c>
       <c r="E675" s="2" t="s">
-        <v>2097</v>
+        <v>2101</v>
       </c>
       <c r="F675" s="2" t="s">
-        <v>2098</v>
+        <v>1405</v>
       </c>
       <c r="G675" s="2"/>
       <c r="H675" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I675" s="3">
-        <v>11755756775</v>
+        <v>73810029981</v>
       </c>
       <c r="J675" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K675" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L675" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M675" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="676" spans="1:13">
       <c r="A676" s="1">
-        <v>83801113800024</v>
+        <v>39205023300023</v>
       </c>
       <c r="B676" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C676" s="2" t="s">
-        <v>2099</v>
+        <v>2102</v>
       </c>
       <c r="D676" s="2"/>
       <c r="E676" s="2" t="s">
-        <v>2100</v>
+        <v>2103</v>
       </c>
       <c r="F676" s="2" t="s">
-        <v>2101</v>
+        <v>2104</v>
       </c>
       <c r="G676" s="2"/>
       <c r="H676" s="2" t="s">
-        <v>599</v>
+        <v>17</v>
       </c>
       <c r="I676" s="3">
-        <v>76650081965</v>
+        <v>11921828692</v>
       </c>
       <c r="J676" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K676" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L676" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M676" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="677" spans="1:13">
       <c r="A677" s="1">
-        <v>83823583600015</v>
+        <v>39296396300047</v>
       </c>
       <c r="B677" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C677" s="2" t="s">
-        <v>2102</v>
+        <v>2105</v>
       </c>
       <c r="D677" s="2"/>
       <c r="E677" s="2" t="s">
-        <v>2103</v>
+        <v>2106</v>
       </c>
       <c r="F677" s="2" t="s">
-        <v>2104</v>
+        <v>2107</v>
       </c>
       <c r="G677" s="2"/>
       <c r="H677" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I677" s="3">
-        <v>84380685338</v>
+        <v>52440205944</v>
       </c>
       <c r="J677" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K677" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L677" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M677" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="678" spans="1:13">
       <c r="A678" s="1">
-        <v>83854281900027</v>
+        <v>39299898500056</v>
       </c>
       <c r="B678" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C678" s="2" t="s">
-        <v>2105</v>
+        <v>2108</v>
       </c>
       <c r="D678" s="2"/>
       <c r="E678" s="2" t="s">
-        <v>2106</v>
+        <v>2109</v>
       </c>
       <c r="F678" s="2" t="s">
-        <v>2107</v>
-[...3 lines deleted...]
-      </c>
+        <v>2110</v>
+      </c>
+      <c r="G678" s="2"/>
       <c r="H678" s="2" t="s">
-        <v>599</v>
-[...1 lines deleted...]
-      <c r="I678" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I678" s="3">
+        <v>54860045986</v>
+      </c>
       <c r="J678" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K678" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L678" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M678" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="679" spans="1:13">
       <c r="A679" s="1">
-        <v>83893054300015</v>
+        <v>39336786700024</v>
       </c>
       <c r="B679" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C679" s="2" t="s">
-        <v>2108</v>
+        <v>2111</v>
       </c>
       <c r="D679" s="2"/>
       <c r="E679" s="2" t="s">
-        <v>2109</v>
+        <v>2112</v>
       </c>
       <c r="F679" s="2" t="s">
-        <v>2110</v>
+        <v>2113</v>
       </c>
       <c r="G679" s="2" t="s">
-        <v>2111</v>
+        <v>486</v>
       </c>
       <c r="H679" s="2" t="s">
-        <v>599</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I679" s="3"/>
       <c r="J679" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K679" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L679" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M679" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="680" spans="1:13">
       <c r="A680" s="1">
-        <v>84103332700013</v>
+        <v>39504180900041</v>
       </c>
       <c r="B680" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C680" s="2" t="s">
-        <v>2112</v>
+        <v>2114</v>
       </c>
       <c r="D680" s="2"/>
       <c r="E680" s="2" t="s">
-        <v>2113</v>
+        <v>2115</v>
       </c>
       <c r="F680" s="2" t="s">
-        <v>2114</v>
-[...1 lines deleted...]
-      <c r="G680" s="2"/>
+        <v>2116</v>
+      </c>
+      <c r="G680" s="2" t="s">
+        <v>2117</v>
+      </c>
       <c r="H680" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I680" s="3"/>
       <c r="J680" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K680" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L680" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M680" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="681" spans="1:13">
       <c r="A681" s="1">
-        <v>84167697600019</v>
+        <v>39508641600058</v>
       </c>
       <c r="B681" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C681" s="2" t="s">
-        <v>2115</v>
-[...1 lines deleted...]
-      <c r="D681" s="2"/>
+        <v>2118</v>
+      </c>
+      <c r="D681" s="2" t="s">
+        <v>2119</v>
+      </c>
       <c r="E681" s="2" t="s">
-        <v>2116</v>
+        <v>2120</v>
       </c>
       <c r="F681" s="2" t="s">
-        <v>2117</v>
+        <v>1203</v>
       </c>
       <c r="G681" s="2"/>
       <c r="H681" s="2" t="s">
-        <v>709</v>
-[...2 lines deleted...]
-        <v>2118</v>
+        <v>17</v>
+      </c>
+      <c r="I681" s="3">
+        <v>53560908256</v>
       </c>
       <c r="J681" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K681" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L681" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M681" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="682" spans="1:13">
       <c r="A682" s="1">
-        <v>84338005600013</v>
+        <v>39522847100029</v>
       </c>
       <c r="B682" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C682" s="2" t="s">
-        <v>2119</v>
-[...3 lines deleted...]
-      </c>
+        <v>2121</v>
+      </c>
+      <c r="D682" s="2"/>
       <c r="E682" s="2" t="s">
-        <v>2121</v>
+        <v>2122</v>
       </c>
       <c r="F682" s="2" t="s">
-        <v>2122</v>
+        <v>2123</v>
       </c>
       <c r="G682" s="2"/>
       <c r="H682" s="2" t="s">
-        <v>33</v>
+        <v>1819</v>
       </c>
       <c r="I682" s="3">
-        <v>11940987794</v>
+        <v>93131389113</v>
       </c>
       <c r="J682" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K682" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L682" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M682" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="683" spans="1:13">
       <c r="A683" s="1">
-        <v>84338240900012</v>
+        <v>39826663500034</v>
       </c>
       <c r="B683" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C683" s="2" t="s">
-        <v>2123</v>
+        <v>2124</v>
       </c>
       <c r="D683" s="2"/>
       <c r="E683" s="2" t="s">
-        <v>2124</v>
+        <v>2125</v>
       </c>
       <c r="F683" s="2" t="s">
-        <v>2125</v>
+        <v>2126</v>
       </c>
       <c r="G683" s="2" t="s">
-        <v>2126</v>
+        <v>2127</v>
       </c>
       <c r="H683" s="2" t="s">
-        <v>599</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I683" s="3"/>
       <c r="J683" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K683" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L683" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M683" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="684" spans="1:13">
       <c r="A684" s="1">
-        <v>84396012100013</v>
+        <v>39839792700102</v>
       </c>
       <c r="B684" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C684" s="2" t="s">
-        <v>2127</v>
+        <v>2128</v>
       </c>
       <c r="D684" s="2"/>
       <c r="E684" s="2" t="s">
-        <v>2128</v>
+        <v>2129</v>
       </c>
       <c r="F684" s="2" t="s">
-        <v>363</v>
+        <v>2130</v>
       </c>
       <c r="G684" s="2"/>
       <c r="H684" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I684" s="3">
-        <v>93131752313</v>
+        <v>52720055472</v>
       </c>
       <c r="J684" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K684" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L684" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M684" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="685" spans="1:13">
       <c r="A685" s="1">
-        <v>84823563600018</v>
+        <v>39870494000038</v>
       </c>
       <c r="B685" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C685" s="2" t="s">
-        <v>2129</v>
+        <v>2131</v>
       </c>
       <c r="D685" s="2"/>
       <c r="E685" s="2" t="s">
-        <v>2130</v>
+        <v>2132</v>
       </c>
       <c r="F685" s="2" t="s">
-        <v>1294</v>
-[...1 lines deleted...]
-      <c r="G685" s="2"/>
+        <v>1240</v>
+      </c>
+      <c r="G685" s="2" t="s">
+        <v>2133</v>
+      </c>
       <c r="H685" s="2" t="s">
-        <v>613</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I685" s="3"/>
       <c r="J685" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K685" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L685" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M685" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="686" spans="1:13">
       <c r="A686" s="1">
-        <v>84858213600018</v>
+        <v>39917881300016</v>
       </c>
       <c r="B686" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C686" s="2" t="s">
-        <v>2131</v>
-[...1 lines deleted...]
-      <c r="D686" s="2"/>
+        <v>2134</v>
+      </c>
+      <c r="D686" s="2" t="s">
+        <v>2135</v>
+      </c>
       <c r="E686" s="2" t="s">
-        <v>2132</v>
+        <v>2136</v>
       </c>
       <c r="F686" s="2" t="s">
-        <v>2133</v>
+        <v>2137</v>
       </c>
       <c r="G686" s="2"/>
       <c r="H686" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I686" s="3">
-        <v>84730209373</v>
+        <v>21100030510</v>
       </c>
       <c r="J686" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K686" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L686" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M686" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="687" spans="1:13">
       <c r="A687" s="1">
-        <v>85001923300012</v>
+        <v>39945394300058</v>
       </c>
       <c r="B687" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C687" s="2" t="s">
-        <v>2134</v>
+        <v>2138</v>
       </c>
       <c r="D687" s="2"/>
       <c r="E687" s="2" t="s">
-        <v>2135</v>
+        <v>2139</v>
       </c>
       <c r="F687" s="2" t="s">
-        <v>2136</v>
+        <v>2140</v>
       </c>
       <c r="G687" s="2" t="s">
-        <v>1367</v>
+        <v>2141</v>
       </c>
       <c r="H687" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I687" s="3"/>
       <c r="J687" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K687" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L687" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M687" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="688" spans="1:13">
       <c r="A688" s="1">
-        <v>85022023700018</v>
+        <v>39976040400042</v>
       </c>
       <c r="B688" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C688" s="2" t="s">
-        <v>2137</v>
+        <v>2142</v>
       </c>
       <c r="D688" s="2"/>
       <c r="E688" s="2" t="s">
-        <v>2138</v>
+        <v>2143</v>
       </c>
       <c r="F688" s="2" t="s">
-        <v>2139</v>
-[...1 lines deleted...]
-      <c r="G688" s="2"/>
+        <v>778</v>
+      </c>
+      <c r="G688" s="2" t="s">
+        <v>2144</v>
+      </c>
       <c r="H688" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I688" s="3"/>
       <c r="J688" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K688" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L688" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M688" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="689" spans="1:13">
       <c r="A689" s="1">
-        <v>85115180300018</v>
+        <v>40019882600028</v>
       </c>
       <c r="B689" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C689" s="2" t="s">
-        <v>2140</v>
+        <v>2145</v>
       </c>
       <c r="D689" s="2"/>
       <c r="E689" s="2" t="s">
-        <v>2141</v>
+        <v>2146</v>
       </c>
       <c r="F689" s="2" t="s">
-        <v>2142</v>
-[...3 lines deleted...]
-      </c>
+        <v>2147</v>
+      </c>
+      <c r="G689" s="2"/>
       <c r="H689" s="2" t="s">
-        <v>599</v>
+        <v>17</v>
       </c>
       <c r="I689" s="3">
-        <v>11930802893</v>
+        <v>82690698669</v>
       </c>
       <c r="J689" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K689" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L689" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M689" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="690" spans="1:13">
       <c r="A690" s="1">
-        <v>85133705500020</v>
+        <v>44064045600024</v>
       </c>
       <c r="B690" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C690" s="2" t="s">
-        <v>2143</v>
+        <v>2148</v>
       </c>
       <c r="D690" s="2"/>
       <c r="E690" s="2" t="s">
-        <v>2144</v>
+        <v>2149</v>
       </c>
       <c r="F690" s="2" t="s">
-        <v>2145</v>
+        <v>2150</v>
       </c>
       <c r="G690" s="2"/>
       <c r="H690" s="2" t="s">
-        <v>33</v>
+        <v>1042</v>
       </c>
       <c r="I690" s="3">
-        <v>76341092434</v>
+        <v>96973029797</v>
       </c>
       <c r="J690" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K690" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L690" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M690" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="691" spans="1:13">
       <c r="A691" s="1">
-        <v>85208572900014</v>
+        <v>44067143600085</v>
       </c>
       <c r="B691" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C691" s="2" t="s">
-        <v>2146</v>
+        <v>2151</v>
       </c>
       <c r="D691" s="2"/>
       <c r="E691" s="2" t="s">
-        <v>2147</v>
+        <v>2152</v>
       </c>
       <c r="F691" s="2" t="s">
-        <v>363</v>
-[...3 lines deleted...]
-      </c>
+        <v>2153</v>
+      </c>
+      <c r="G691" s="2"/>
       <c r="H691" s="2" t="s">
-        <v>33</v>
+        <v>69</v>
       </c>
       <c r="I691" s="3">
-        <v>84630510763</v>
+        <v>11753637175</v>
       </c>
       <c r="J691" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K691" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L691" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M691" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="692" spans="1:13">
       <c r="A692" s="1">
-        <v>85222156300020</v>
+        <v>44090994300043</v>
       </c>
       <c r="B692" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C692" s="2" t="s">
-        <v>2149</v>
+        <v>2154</v>
       </c>
       <c r="D692" s="2"/>
       <c r="E692" s="2" t="s">
-        <v>2150</v>
+        <v>2155</v>
       </c>
       <c r="F692" s="2" t="s">
-        <v>2151</v>
-[...3 lines deleted...]
-      </c>
+        <v>2156</v>
+      </c>
+      <c r="G692" s="2"/>
       <c r="H692" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>2153</v>
+        <v>17</v>
+      </c>
+      <c r="I692" s="3">
+        <v>22600208660</v>
       </c>
       <c r="J692" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K692" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L692" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M692" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="693" spans="1:13">
       <c r="A693" s="1">
-        <v>85239212500021</v>
+        <v>44100359700032</v>
       </c>
       <c r="B693" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C693" s="2" t="s">
-        <v>2154</v>
-[...1 lines deleted...]
-      <c r="D693" s="2"/>
+        <v>2157</v>
+      </c>
+      <c r="D693" s="2" t="s">
+        <v>2157</v>
+      </c>
       <c r="E693" s="2" t="s">
-        <v>2155</v>
+        <v>2158</v>
       </c>
       <c r="F693" s="2" t="s">
-        <v>1899</v>
+        <v>461</v>
       </c>
       <c r="G693" s="2"/>
       <c r="H693" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I693" s="3">
-        <v>11941002394</v>
+        <v>83630356963</v>
       </c>
       <c r="J693" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K693" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L693" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M693" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="694" spans="1:13">
       <c r="A694" s="1">
-        <v>85265818600014</v>
+        <v>49358822200080</v>
       </c>
       <c r="B694" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C694" s="2" t="s">
-        <v>2156</v>
+        <v>397</v>
       </c>
       <c r="D694" s="2"/>
       <c r="E694" s="2" t="s">
-        <v>2157</v>
+        <v>2159</v>
       </c>
       <c r="F694" s="2" t="s">
-        <v>2158</v>
+        <v>578</v>
       </c>
       <c r="G694" s="2"/>
       <c r="H694" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I694" s="3">
-        <v>27210403521</v>
+        <v>52440519544</v>
       </c>
       <c r="J694" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K694" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L694" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M694" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="695" spans="1:13">
       <c r="A695" s="1">
-        <v>85294397600013</v>
+        <v>49365427100029</v>
       </c>
       <c r="B695" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C695" s="2" t="s">
-        <v>2159</v>
+        <v>2160</v>
       </c>
       <c r="D695" s="2"/>
       <c r="E695" s="2" t="s">
-        <v>1351</v>
+        <v>2161</v>
       </c>
       <c r="F695" s="2" t="s">
-        <v>1012</v>
+        <v>2162</v>
       </c>
       <c r="G695" s="2"/>
       <c r="H695" s="2" t="s">
-        <v>599</v>
+        <v>17</v>
       </c>
       <c r="I695" s="3">
-        <v>44570399057</v>
+        <v>11940806894</v>
       </c>
       <c r="J695" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K695" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L695" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M695" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="696" spans="1:13">
       <c r="A696" s="1">
-        <v>85354420300039</v>
+        <v>49371927200038</v>
       </c>
       <c r="B696" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C696" s="2" t="s">
-        <v>2160</v>
+        <v>2163</v>
       </c>
       <c r="D696" s="2"/>
       <c r="E696" s="2" t="s">
-        <v>2161</v>
+        <v>2164</v>
       </c>
       <c r="F696" s="2" t="s">
-        <v>27</v>
+        <v>2165</v>
       </c>
       <c r="G696" s="2"/>
       <c r="H696" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I696" s="3">
-        <v>84691678669</v>
+        <v>31590662459</v>
       </c>
       <c r="J696" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K696" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L696" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M696" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="697" spans="1:13">
       <c r="A697" s="1">
-        <v>87806379100015</v>
+        <v>49397289700018</v>
       </c>
       <c r="B697" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C697" s="2" t="s">
-        <v>2162</v>
+        <v>2166</v>
       </c>
       <c r="D697" s="2"/>
       <c r="E697" s="2" t="s">
-        <v>2163</v>
+        <v>2167</v>
       </c>
       <c r="F697" s="2" t="s">
-        <v>2164</v>
+        <v>2168</v>
       </c>
       <c r="G697" s="2" t="s">
-        <v>2165</v>
+        <v>2169</v>
       </c>
       <c r="H697" s="2" t="s">
-        <v>613</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I697" s="3"/>
       <c r="J697" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K697" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L697" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M697" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="698" spans="1:13">
       <c r="A698" s="1">
-        <v>87845619300019</v>
+        <v>49417753800027</v>
       </c>
       <c r="B698" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C698" s="2" t="s">
-        <v>2166</v>
+        <v>2170</v>
       </c>
       <c r="D698" s="2"/>
       <c r="E698" s="2" t="s">
-        <v>2167</v>
+        <v>2171</v>
       </c>
       <c r="F698" s="2" t="s">
-        <v>2168</v>
+        <v>2172</v>
       </c>
       <c r="G698" s="2"/>
       <c r="H698" s="2" t="s">
-        <v>613</v>
+        <v>17</v>
       </c>
       <c r="I698" s="3">
-        <v>93060873506</v>
+        <v>11754164475</v>
       </c>
       <c r="J698" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K698" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L698" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M698" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="699" spans="1:13">
       <c r="A699" s="1">
-        <v>88024436300011</v>
+        <v>49434936800022</v>
       </c>
       <c r="B699" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C699" s="2" t="s">
-        <v>2169</v>
+        <v>2173</v>
       </c>
       <c r="D699" s="2"/>
       <c r="E699" s="2" t="s">
-        <v>2170</v>
+        <v>2174</v>
       </c>
       <c r="F699" s="2" t="s">
-        <v>2171</v>
+        <v>2175</v>
       </c>
       <c r="G699" s="2"/>
       <c r="H699" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I699" s="3">
-        <v>76341057734</v>
+        <v>52490236149</v>
       </c>
       <c r="J699" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K699" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L699" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M699" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="700" spans="1:13">
       <c r="A700" s="1">
-        <v>88033972600015</v>
+        <v>49449841300041</v>
       </c>
       <c r="B700" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C700" s="2" t="s">
-        <v>2172</v>
-[...3 lines deleted...]
-      </c>
+        <v>2176</v>
+      </c>
+      <c r="D700" s="2"/>
       <c r="E700" s="2" t="s">
-        <v>2174</v>
+        <v>1404</v>
       </c>
       <c r="F700" s="2" t="s">
-        <v>2171</v>
+        <v>276</v>
       </c>
       <c r="G700" s="2"/>
       <c r="H700" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I700" s="3">
-        <v>93131808113</v>
+        <v>32600349260</v>
       </c>
       <c r="J700" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K700" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L700" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M700" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="701" spans="1:13">
       <c r="A701" s="1">
-        <v>88063379700019</v>
+        <v>52038890100065</v>
       </c>
       <c r="B701" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C701" s="2" t="s">
-        <v>2175</v>
+        <v>2177</v>
       </c>
       <c r="D701" s="2"/>
       <c r="E701" s="2" t="s">
-        <v>2176</v>
+        <v>2178</v>
       </c>
       <c r="F701" s="2" t="s">
-        <v>55</v>
+        <v>276</v>
       </c>
       <c r="G701" s="2"/>
       <c r="H701" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I701" s="3">
-        <v>76120096312</v>
+        <v>11754512575</v>
       </c>
       <c r="J701" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K701" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L701" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M701" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="702" spans="1:13">
       <c r="A702" s="1">
-        <v>88147911700015</v>
+        <v>52076297200039</v>
       </c>
       <c r="B702" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C702" s="2" t="s">
-        <v>2177</v>
+        <v>2179</v>
       </c>
       <c r="D702" s="2"/>
       <c r="E702" s="2" t="s">
-        <v>2178</v>
+        <v>2180</v>
       </c>
       <c r="F702" s="2" t="s">
-        <v>2179</v>
+        <v>2181</v>
       </c>
       <c r="G702" s="2"/>
       <c r="H702" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I702" s="3">
-        <v>24450371445</v>
+        <v>11754612175</v>
       </c>
       <c r="J702" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="K702" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L702" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M702" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="703" spans="1:13">
       <c r="A703" s="1">
-        <v>88243723900016</v>
+        <v>52174134800028</v>
       </c>
       <c r="B703" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C703" s="2" t="s">
-        <v>2180</v>
-[...3 lines deleted...]
-      </c>
+        <v>2182</v>
+      </c>
+      <c r="D703" s="2"/>
       <c r="E703" s="2" t="s">
-        <v>2181</v>
+        <v>2183</v>
       </c>
       <c r="F703" s="2" t="s">
-        <v>2182</v>
+        <v>2184</v>
       </c>
       <c r="G703" s="2"/>
       <c r="H703" s="2" t="s">
-        <v>33</v>
+        <v>69</v>
       </c>
       <c r="I703" s="3">
-        <v>44510269351</v>
+        <v>11940901294</v>
       </c>
       <c r="J703" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K703" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L703" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M703" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="704" spans="1:13">
       <c r="A704" s="1">
-        <v>88272077400018</v>
+        <v>75301474500016</v>
       </c>
       <c r="B704" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C704" s="2" t="s">
-        <v>2183</v>
+        <v>2185</v>
       </c>
       <c r="D704" s="2"/>
       <c r="E704" s="2" t="s">
-        <v>982</v>
+        <v>2186</v>
       </c>
       <c r="F704" s="2" t="s">
-        <v>2184</v>
-[...1 lines deleted...]
-      <c r="G704" s="2"/>
+        <v>2187</v>
+      </c>
+      <c r="G704" s="2" t="s">
+        <v>2014</v>
+      </c>
       <c r="H704" s="2" t="s">
-        <v>599</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I704" s="3"/>
       <c r="J704" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K704" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L704" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M704" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="705" spans="1:13">
       <c r="A705" s="1">
-        <v>88311609700014</v>
+        <v>75312739800026</v>
       </c>
       <c r="B705" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C705" s="2" t="s">
-        <v>2185</v>
-[...3 lines deleted...]
-      </c>
+        <v>2188</v>
+      </c>
+      <c r="D705" s="2"/>
       <c r="E705" s="2" t="s">
-        <v>2187</v>
+        <v>2189</v>
       </c>
       <c r="F705" s="2" t="s">
-        <v>2188</v>
+        <v>1405</v>
       </c>
       <c r="G705" s="2"/>
       <c r="H705" s="2" t="s">
-        <v>613</v>
+        <v>17</v>
       </c>
       <c r="I705" s="3">
-        <v>93830608583</v>
+        <v>72240158724</v>
       </c>
       <c r="J705" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K705" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L705" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M705" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="706" spans="1:13">
       <c r="A706" s="1">
-        <v>88353800100016</v>
+        <v>75362014500049</v>
       </c>
       <c r="B706" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C706" s="2" t="s">
-        <v>2189</v>
-[...1 lines deleted...]
-      <c r="D706" s="2"/>
+        <v>2190</v>
+      </c>
+      <c r="D706" s="2" t="s">
+        <v>2191</v>
+      </c>
       <c r="E706" s="2" t="s">
-        <v>2190</v>
+        <v>2192</v>
       </c>
       <c r="F706" s="2" t="s">
-        <v>2191</v>
+        <v>2193</v>
       </c>
       <c r="G706" s="2" t="s">
-        <v>2192</v>
+        <v>2194</v>
       </c>
       <c r="H706" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I706" s="3"/>
       <c r="J706" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K706" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L706" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M706" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="707" spans="1:13">
       <c r="A707" s="1">
-        <v>88451066000019</v>
+        <v>75381404500039</v>
       </c>
       <c r="B707" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C707" s="2" t="s">
-        <v>2193</v>
+        <v>2195</v>
       </c>
       <c r="D707" s="2"/>
       <c r="E707" s="2" t="s">
-        <v>2194</v>
+        <v>2196</v>
       </c>
       <c r="F707" s="2" t="s">
-        <v>2195</v>
+        <v>1246</v>
       </c>
       <c r="G707" s="2"/>
       <c r="H707" s="2" t="s">
-        <v>1467</v>
+        <v>69</v>
       </c>
       <c r="I707" s="3">
-        <v>11950682695</v>
+        <v>22600268360</v>
       </c>
       <c r="J707" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K707" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L707" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M707" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="708" spans="1:13">
       <c r="A708" s="1">
-        <v>88766446400013</v>
+        <v>75404191100027</v>
       </c>
       <c r="B708" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C708" s="2" t="s">
-        <v>2196</v>
+        <v>2197</v>
       </c>
       <c r="D708" s="2"/>
       <c r="E708" s="2" t="s">
-        <v>2197</v>
+        <v>2198</v>
       </c>
       <c r="F708" s="2" t="s">
-        <v>2198</v>
+        <v>2199</v>
       </c>
       <c r="G708" s="2"/>
       <c r="H708" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I708" s="3">
-        <v>11756082375</v>
+        <v>93830506783</v>
       </c>
       <c r="J708" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K708" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L708" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M708" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="709" spans="1:13">
       <c r="A709" s="1">
-        <v>88844811500012</v>
+        <v>79489077200013</v>
       </c>
       <c r="B709" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C709" s="2" t="s">
-        <v>2199</v>
-[...1 lines deleted...]
-      <c r="D709" s="2" t="s">
         <v>2200</v>
       </c>
+      <c r="D709" s="2"/>
       <c r="E709" s="2" t="s">
         <v>2201</v>
       </c>
       <c r="F709" s="2" t="s">
         <v>2202</v>
       </c>
       <c r="G709" s="2"/>
       <c r="H709" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>2203</v>
+        <v>17</v>
+      </c>
+      <c r="I709" s="3">
+        <v>42670522267</v>
       </c>
       <c r="J709" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K709" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L709" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M709" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="710" spans="1:13">
       <c r="A710" s="1">
-        <v>88916528800016</v>
+        <v>79504509500010</v>
       </c>
       <c r="B710" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C710" s="2" t="s">
-        <v>2204</v>
+        <v>2203</v>
       </c>
       <c r="D710" s="2"/>
       <c r="E710" s="2" t="s">
+        <v>2204</v>
+      </c>
+      <c r="F710" s="2" t="s">
         <v>2205</v>
       </c>
-      <c r="F710" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G710" s="2"/>
+      <c r="G710" s="2" t="s">
+        <v>1640</v>
+      </c>
       <c r="H710" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I710" s="3"/>
       <c r="J710" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K710" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L710" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M710" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="711" spans="1:13">
       <c r="A711" s="1">
-        <v>89071917200011</v>
+        <v>81540490000020</v>
       </c>
       <c r="B711" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C711" s="2" t="s">
+        <v>2206</v>
+      </c>
+      <c r="D711" s="2" t="s">
+        <v>2206</v>
+      </c>
+      <c r="E711" s="2" t="s">
         <v>2207</v>
       </c>
-      <c r="D711" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F711" s="2" t="s">
-        <v>2209</v>
-[...3 lines deleted...]
-      </c>
+        <v>1566</v>
+      </c>
+      <c r="G711" s="2"/>
       <c r="H711" s="2" t="s">
-        <v>599</v>
+        <v>17</v>
       </c>
       <c r="I711" s="3">
-        <v>93060995706</v>
+        <v>52720164672</v>
       </c>
       <c r="J711" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K711" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L711" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M711" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="712" spans="1:13">
       <c r="A712" s="1">
-        <v>89079142900016</v>
+        <v>81540720000022</v>
       </c>
       <c r="B712" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C712" s="2" t="s">
-        <v>2211</v>
+        <v>2208</v>
       </c>
       <c r="D712" s="2"/>
       <c r="E712" s="2" t="s">
-        <v>2212</v>
+        <v>2209</v>
       </c>
       <c r="F712" s="2" t="s">
-        <v>105</v>
+        <v>276</v>
       </c>
       <c r="G712" s="2"/>
       <c r="H712" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I712" s="3">
-        <v>76341086134</v>
+        <v>93131640213</v>
       </c>
       <c r="J712" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K712" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L712" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M712" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="713" spans="1:13">
       <c r="A713" s="1">
-        <v>89212427200014</v>
+        <v>81772788600019</v>
       </c>
       <c r="B713" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C713" s="2" t="s">
-        <v>2213</v>
-[...1 lines deleted...]
-      <c r="D713" s="2"/>
+        <v>313</v>
+      </c>
+      <c r="D713" s="2" t="s">
+        <v>313</v>
+      </c>
       <c r="E713" s="2" t="s">
-        <v>2214</v>
+        <v>2210</v>
       </c>
       <c r="F713" s="2" t="s">
-        <v>2215</v>
+        <v>2211</v>
       </c>
       <c r="G713" s="2"/>
       <c r="H713" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I713" s="3">
-        <v>93131878513</v>
+        <v>76340934834</v>
       </c>
       <c r="J713" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K713" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L713" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M713" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="714" spans="1:13">
       <c r="A714" s="1">
-        <v>89296211900012</v>
+        <v>81786764100026</v>
       </c>
       <c r="B714" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C714" s="2" t="s">
-        <v>2216</v>
+        <v>2212</v>
       </c>
       <c r="D714" s="2"/>
       <c r="E714" s="2" t="s">
-        <v>2217</v>
+        <v>2213</v>
       </c>
       <c r="F714" s="2" t="s">
-        <v>2218</v>
+        <v>2214</v>
       </c>
       <c r="G714" s="2"/>
       <c r="H714" s="2" t="s">
-        <v>599</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I714" s="3"/>
       <c r="J714" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K714" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L714" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M714" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="715" spans="1:13">
       <c r="A715" s="1">
-        <v>89317296500012</v>
+        <v>81804864700023</v>
       </c>
       <c r="B715" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="C715" s="2" t="s">
-        <v>2219</v>
-[...3 lines deleted...]
-      </c>
+        <v>2215</v>
+      </c>
+      <c r="D715" s="2"/>
       <c r="E715" s="2" t="s">
-        <v>2220</v>
+        <v>2216</v>
       </c>
       <c r="F715" s="2" t="s">
-        <v>2221</v>
-[...3 lines deleted...]
-      </c>
+        <v>2217</v>
+      </c>
+      <c r="G715" s="2"/>
       <c r="H715" s="2" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I715" s="3">
-        <v>84740396374</v>
+        <v>84691455469</v>
       </c>
       <c r="J715" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K715" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L715" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M715" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="716" spans="1:13">
       <c r="A716" s="1">
-        <v>89323200900017</v>
+        <v>83893054300015</v>
       </c>
       <c r="B716" s="2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C716" s="2" t="s">
-        <v>2222</v>
+        <v>2218</v>
       </c>
       <c r="D716" s="2"/>
       <c r="E716" s="2" t="s">
-        <v>2223</v>
+        <v>2219</v>
       </c>
       <c r="F716" s="2" t="s">
-        <v>2224</v>
-[...1 lines deleted...]
-      <c r="G716" s="2"/>
+        <v>2220</v>
+      </c>
+      <c r="G716" s="2" t="s">
+        <v>2221</v>
+      </c>
       <c r="H716" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I716" s="3"/>
       <c r="J716" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K716" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L716" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M716" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="717" spans="1:13">
       <c r="A717" s="1">
-        <v>89347784400011</v>
+        <v>88766446400013</v>
       </c>
       <c r="B717" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C717" s="2" t="s">
-        <v>2225</v>
-[...3 lines deleted...]
-      </c>
+        <v>2222</v>
+      </c>
+      <c r="D717" s="2"/>
       <c r="E717" s="2" t="s">
-        <v>2227</v>
+        <v>2223</v>
       </c>
       <c r="F717" s="2" t="s">
-        <v>2228</v>
+        <v>2224</v>
       </c>
       <c r="G717" s="2"/>
       <c r="H717" s="2" t="s">
-        <v>599</v>
+        <v>17</v>
       </c>
       <c r="I717" s="3">
-        <v>28760624976</v>
+        <v>11756082375</v>
       </c>
       <c r="J717" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K717" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L717" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M717" s="2" t="s">
-        <v>20</v>
-[...374 lines deleted...]
-      <c r="M727" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -34748,31 +34023,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/18/2025 07:19:46</dc:description>
+  <dc:description>Export en date du 03/31/2026 13:39:03</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>