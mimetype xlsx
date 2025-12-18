--- v0 (2025-10-22)
+++ v1 (2025-12-18)
@@ -160,75 +160,75 @@
   <si>
     <t>05/02/1998</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>5329P014129</t>
   </si>
   <si>
     <t>LYCEE MARITIME ET AQUACOLE DE BASTIA</t>
   </si>
   <si>
     <t>CITADELLE RUE DES TURQUINES 20200 BASTIA</t>
   </si>
   <si>
     <t>25/01/2001</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
     <t>9420P208620</t>
   </si>
   <si>
+    <t>DFDS SEAWAYS</t>
+  </si>
+  <si>
+    <t>7 QUAI GASTON LALITTE 76200 DIEPPE</t>
+  </si>
+  <si>
+    <t>22/02/2007</t>
+  </si>
+  <si>
+    <t>OROPEX CONSEIL</t>
+  </si>
+  <si>
+    <t>58 AVENUE MARECHAL FOCH 83000 TOULON</t>
+  </si>
+  <si>
+    <t>01/12/2015</t>
+  </si>
+  <si>
     <t>CENTRE D'ETUDE ET DE PRATIQUE DE LA SURVIE FORMATION PROFESSIONNELLE CONTINUE</t>
   </si>
   <si>
     <t>37 AV DES COLVERTS 44380 PORNICHET</t>
   </si>
   <si>
     <t>01/09/1996</t>
-  </si>
-[...16 lines deleted...]
-    <t>01/12/2015</t>
   </si>
   <si>
     <t>GROUPE PRORISK</t>
   </si>
   <si>
     <t>7 RUE CDT MALBERT 29200 BREST</t>
   </si>
   <si>
     <t>01/01/2018</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
     <t>NAVY-SERVICES</t>
   </si>
   <si>
     <t>LE KRYSTAL - 1725 RTE NATIONALE 7 06270 VILLENEUVE-LOUBET</t>
   </si>
   <si>
     <t>03/01/2022</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
@@ -984,143 +984,143 @@
       <c r="F9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>47</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>40980346700011</v>
+        <v>49406435500022</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="I10" s="3"/>
       <c r="J10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>49406435500022</v>
+        <v>50522853600049</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="I11" s="3"/>
+        <v>41</v>
+      </c>
+      <c r="I11" s="3">
+        <v>93830480583</v>
+      </c>
       <c r="J11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>50522853600049</v>
+        <v>40980346700011</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I12" s="3">
-        <v>93830480583</v>
+        <v>52440275144</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>79932216900027</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D13" s="2" t="s">
@@ -1332,31 +1332,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/22/2025 18:26:54</dc:description>
+  <dc:description>Export en date du 12/18/2025 09:25:14</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>