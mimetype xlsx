--- v0 (2025-10-22)
+++ v1 (2026-03-26)
@@ -202,183 +202,183 @@
   <si>
     <t>LYCEE PUBLIC MARITIME FLORENCE ARTHAUD</t>
   </si>
   <si>
     <t>36 RUE DE LA CROIX DESILLES 35400 SAINT-MALO</t>
   </si>
   <si>
     <t>03/07/2015</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL MARITIME JACQUES CASSARD</t>
   </si>
   <si>
     <t>111 RUE DU PORT BOYER 44300 NANTES</t>
   </si>
   <si>
     <t>01/01/2002</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL MARITIME ET AQUACOLE DANIEL RIGOLET</t>
   </si>
   <si>
     <t>RUE MATIGNON 50100 CHERBOURG-EN-COTENTIN</t>
   </si>
   <si>
-    <t>LYCEE PROFESSIONNEL MARITIME AQUACOLE</t>
+    <t>LYCEE PROFESSIONNEL MARITIME JACQUES DE THEZAC</t>
   </si>
   <si>
     <t>38 AVENUE LOUIS BOUGO 56410 ETEL</t>
   </si>
   <si>
     <t>LYCEE PROFES MARITIME BOULOGNE-LE PORTEL</t>
   </si>
   <si>
     <t>6 RUE GEORGES HONORE 62480 LE PORTEL</t>
   </si>
   <si>
     <t>01/01/1991</t>
   </si>
   <si>
     <t>3162P003762</t>
   </si>
   <si>
     <t>LYCEE MARITIME ANITA CONTI</t>
   </si>
   <si>
     <t>84 QUAI GUY DE MAUPASSANT 76400 FECAMP</t>
   </si>
   <si>
     <t>01/09/1997</t>
   </si>
   <si>
+    <t>ASSOCIATION DE FORMATION POUR LA COOPERATION ET LA PROMOTION PROFESSIONNELLE MEDITERRANEENNE</t>
+  </si>
+  <si>
+    <t>48 AVENUE MARCEL DELPRAT 13013 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>ASS GERAN ECOLE FORMA PROFE MARIT AQUACO</t>
+  </si>
+  <si>
+    <t>AUTRE BORD 97220 LA TRINITE</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>INST ETUDE INTEGR NOUV TECH TECHNOLOGIES</t>
+  </si>
+  <si>
+    <t>ESPACE NIKAIA AVENUE DOCTEUR VICTOR ROBINI 06200 NICE</t>
+  </si>
+  <si>
+    <t>18/12/2002</t>
+  </si>
+  <si>
     <t>CENTRE D'ETUDE ET DE PRATIQUE DE LA SURVIE FORMATION PROFESSIONNELLE CONTINUE</t>
   </si>
   <si>
     <t>37 AV DES COLVERTS 44380 PORNICHET</t>
   </si>
   <si>
     <t>01/09/1996</t>
   </si>
   <si>
     <t xml:space="preserve">CHICHE JOYCE   </t>
   </si>
   <si>
     <t>17 BOULEVARD CARNOT 06300 NICE</t>
   </si>
   <si>
     <t>01/04/1999</t>
   </si>
   <si>
     <t>DFDS SEAWAYS</t>
   </si>
   <si>
     <t>7 QUAI GASTON LALITTE 76200 DIEPPE</t>
   </si>
   <si>
     <t>22/02/2007</t>
   </si>
   <si>
     <t>OROPEX CONSEIL</t>
   </si>
   <si>
     <t>58 AVENUE MARECHAL FOCH 83000 TOULON</t>
   </si>
   <si>
     <t>01/12/2015</t>
   </si>
   <si>
-    <t>ASSOCIATION DE FORMATION POUR LA COOPERATION ET LA PROMOTION PROFESSIONNELLE MEDITERRANEENNE</t>
-[...23 lines deleted...]
-    <t>18/12/2002</t>
+    <t>ECOLE DES PECHES</t>
+  </si>
+  <si>
+    <t>LES BOSSILLES 85350 ILE-D'YEU (L')</t>
+  </si>
+  <si>
+    <t>01/07/1993</t>
+  </si>
+  <si>
+    <t>ECOLE DES FORMATIONS MARITIMES</t>
+  </si>
+  <si>
+    <t>CTRE FORMATION METIERS MER PORT OLONA 85100 LES SABLES D'OLONNE</t>
+  </si>
+  <si>
+    <t>18/06/1994</t>
   </si>
   <si>
     <t>SURTYMAR FORMATION</t>
   </si>
   <si>
     <t>LE 107 107 AVENUE HENRI FREVILLE 35200 RENNES</t>
   </si>
   <si>
     <t>01/07/2014</t>
   </si>
   <si>
     <t>FWI CREWING</t>
   </si>
   <si>
     <t>CARIBBEAN CREW AND SERVICES (CCS)</t>
   </si>
   <si>
     <t>GARE MARITIME BERGEVIN 97110 POINTE-A-PITRE</t>
   </si>
   <si>
     <t>01/06/2015</t>
   </si>
   <si>
     <t>78.30Z</t>
   </si>
   <si>
     <t>01973589397</t>
-  </si>
-[...16 lines deleted...]
-    <t>18/06/1994</t>
   </si>
   <si>
     <t>CORSICA LINEA</t>
   </si>
   <si>
     <t>BAT G 42 RUE DE RUFFI 13003 MARSEILLE</t>
   </si>
   <si>
     <t>01/07/2016</t>
   </si>
   <si>
     <t>BRETAGNE ANGLETERRE IRLANDE</t>
   </si>
   <si>
     <t>LD PORT DU BLOSCON 29680 ROSCOFF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
@@ -893,53 +893,51 @@
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
         <v>13001309700055</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="I4" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I4" s="3"/>
       <c r="J4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>13001309700071</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
@@ -1349,445 +1347,445 @@
       <c r="F16" s="2" t="s">
         <v>70</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>53</v>
       </c>
       <c r="I16" s="3">
         <v>23760495676</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>40980346700011</v>
+        <v>30238239500010</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>72</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>73</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I17" s="3">
-        <v>52440275144</v>
+        <v>93130013113</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>42293531200013</v>
+        <v>31398786900010</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>74</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>75</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>43</v>
+        <v>76</v>
       </c>
       <c r="I18" s="3">
-        <v>93060618506</v>
+        <v>97970000797</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>49406435500022</v>
+        <v>34238481500045</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>78</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>79</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="I19" s="3"/>
+        <v>43</v>
+      </c>
+      <c r="I19" s="3">
+        <v>93060075106</v>
+      </c>
       <c r="J19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>50522853600049</v>
+        <v>40980346700011</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>80</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>81</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>82</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I20" s="3">
-        <v>93830480583</v>
+        <v>52440275144</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>30238239500010</v>
+        <v>42293531200013</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>84</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>85</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I21" s="3">
-        <v>93130013113</v>
+        <v>93060618506</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>31398786900010</v>
+        <v>49406435500022</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>86</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>87</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>88</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="I22" s="3"/>
       <c r="J22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>34238481500045</v>
+        <v>50522853600049</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>89</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>90</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>91</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I23" s="3">
-        <v>93060075106</v>
+        <v>93830480583</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>80342531300019</v>
+        <v>78641561200021</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>92</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>93</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>94</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>88</v>
-[...3 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="I24" s="3"/>
       <c r="J24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>81131760100011</v>
+        <v>78645404100025</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="D25" s="2" t="s">
+      <c r="D25" s="2"/>
+      <c r="E25" s="2" t="s">
         <v>96</v>
       </c>
-      <c r="E25" s="2" t="s">
+      <c r="F25" s="2" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>43</v>
+      </c>
+      <c r="I25" s="3">
+        <v>52850020785</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>78641561200021</v>
+        <v>80342531300019</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="I26" s="3"/>
+        <v>76</v>
+      </c>
+      <c r="I26" s="3">
+        <v>53350958635</v>
+      </c>
       <c r="J26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>78645404100025</v>
+        <v>81131760100011</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C27" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="E27" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F27" s="2" t="s">
         <v>104</v>
-      </c>
-[...5 lines deleted...]
-        <v>106</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>52850020785</v>
+        <v>105</v>
+      </c>
+      <c r="I27" s="3" t="s">
+        <v>106</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>81524385200101</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>108</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>109</v>
       </c>
@@ -1804,51 +1802,51 @@
       <c r="K28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>92725021700027</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>110</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>111</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>85</v>
+        <v>73</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="I29" s="3">
         <v>53290984629</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -1880,31 +1878,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/22/2025 18:57:25</dc:description>
+  <dc:description>Export en date du 03/26/2026 14:22:13</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>