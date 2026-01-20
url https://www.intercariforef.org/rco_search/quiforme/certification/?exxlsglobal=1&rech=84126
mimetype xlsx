--- v0 (2025-10-20)
+++ v1 (2026-01-20)
@@ -109,60 +109,60 @@
   <si>
     <t>26/02/2025</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>5 RUE DES ALLUMETTES 13090 AIX-EN-PROVENCE</t>
   </si>
   <si>
     <t>13/02/2025</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>5 BOULEVARD VINCENT GACHE 44200 NANTES</t>
   </si>
   <si>
     <t>01/07/2019</t>
   </si>
   <si>
+    <t>NEW ENERGY ACADEMY</t>
+  </si>
+  <si>
+    <t>40 RUE DU PROFESSEUR GOSSET 75018 PARIS</t>
+  </si>
+  <si>
+    <t>06/05/2021</t>
+  </si>
+  <si>
     <t>VRAI</t>
-  </si>
-[...7 lines deleted...]
-    <t>06/05/2021</t>
   </si>
   <si>
     <t>GLOBAL EXECUTIVE EDUCATION</t>
   </si>
   <si>
     <t>21/10/2021</t>
   </si>
   <si>
     <t>7-7T 7 AVENUE ROBERT SCHUMAN 51100 REIMS</t>
   </si>
   <si>
     <t>14/01/2022</t>
   </si>
   <si>
     <t>04/02/2025</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>WEDGE ACADEMY</t>
   </si>
   <si>
     <t>18 RUE DE SAINT-CYR 69009 LYON</t>
   </si>
@@ -733,138 +733,136 @@
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>88189058600012</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I5" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I5" s="3"/>
       <c r="J5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>89952327800013</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I6" s="3">
         <v>11756268375</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>90449873000012</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I7" s="3">
         <v>11756412375</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>91022238900017</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>40</v>
       </c>
@@ -888,94 +886,94 @@
       </c>
       <c r="B9" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="3">
         <v>84692030569</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>92091108800010</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="3">
         <v>11930985193</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>92147656000013</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I11" s="3"/>
       <c r="J11" s="2" t="s">
@@ -1023,31 +1021,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/20/2025 02:16:53</dc:description>
+  <dc:description>Export en date du 01/20/2026 11:52:20</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>