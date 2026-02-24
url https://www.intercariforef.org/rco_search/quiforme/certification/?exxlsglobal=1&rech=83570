--- v0 (2025-12-16)
+++ v1 (2026-02-24)
@@ -1427,53 +1427,51 @@
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>34270750200726</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>56</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>57</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>59</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="I20" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I20" s="3"/>
       <c r="J20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>34270750200734</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
@@ -2405,53 +2403,51 @@
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
         <v>77572257201117</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>56</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
         <v>57</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G46" s="2" t="s">
         <v>59</v>
       </c>
       <c r="H46" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="I46" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I46" s="3"/>
       <c r="J46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
         <v>77572257201133</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
@@ -2808,31 +2804,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/16/2025 18:12:42</dc:description>
+  <dc:description>Export en date du 02/24/2026 12:34:54</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>