--- v0 (2025-11-05)
+++ v1 (2026-03-28)
@@ -97,165 +97,165 @@
   <si>
     <t>PRESENTS</t>
   </si>
   <si>
     <t>31 RUE MAZENOD 69003 LYON</t>
   </si>
   <si>
     <t>01/07/2010</t>
   </si>
   <si>
     <t>71.12B</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>EURO PACTE</t>
   </si>
   <si>
     <t>114 AVENUE DE LA PLAINE 06250 MOUGINS</t>
   </si>
   <si>
     <t>01/08/2017</t>
   </si>
   <si>
+    <t>GINGER FORMATION</t>
+  </si>
+  <si>
+    <t>ZAC DE CLE SAINT PIERRE 12 AVENUE GAY-LUSSAC 78990 ELANCOURT</t>
+  </si>
+  <si>
+    <t>05/02/2009</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>SAFETY - RISK SERVICES</t>
+  </si>
+  <si>
+    <t>9 RUE PIERRE BROSSOLETTE 92300 LEVALLOIS-PERRET</t>
+  </si>
+  <si>
+    <t>10/09/2015</t>
+  </si>
+  <si>
+    <t>CENTRE DE RECHERCHES D'ETUDES DE DE DIAGNOSTICS ET DE FORMATION</t>
+  </si>
+  <si>
+    <t>73 COURS ALBERT THOMAS 69003 LYON</t>
+  </si>
+  <si>
+    <t>29/10/2018</t>
+  </si>
+  <si>
+    <t>DEKRA INDUSTRIAL</t>
+  </si>
+  <si>
+    <t>ZI MAGRE 19 RUE STUART MILL 87000 LIMOGES</t>
+  </si>
+  <si>
+    <t>01/10/2000</t>
+  </si>
+  <si>
+    <t>71.20B</t>
+  </si>
+  <si>
+    <t>36 AVENUE JEAN MERMOZ 69008 LYON</t>
+  </si>
+  <si>
+    <t>01/01/2001</t>
+  </si>
+  <si>
+    <t>19 AVENUE DU MARECHAL JUIN 91300 MASSY</t>
+  </si>
+  <si>
+    <t>05/10/2020</t>
+  </si>
+  <si>
+    <t>AFNOR COMPETENCES</t>
+  </si>
+  <si>
+    <t>11 RUE FRANCIS DE PRESSENSE 93210 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>04/12/2001</t>
+  </si>
+  <si>
+    <t>CABINET CEC SARL</t>
+  </si>
+  <si>
+    <t>BATIMENT INNEOS CHEMIN DES MEUNIERS 78200 BUCHELAY</t>
+  </si>
+  <si>
+    <t>01/11/2011</t>
+  </si>
+  <si>
+    <t>82.99Z</t>
+  </si>
+  <si>
     <t>BUREAU PREVENTICAS</t>
   </si>
   <si>
     <t>22 AVENUE DE LA DIVISION LECLERC 93000 BOBIGNY</t>
   </si>
   <si>
     <t>01/11/2015</t>
   </si>
   <si>
     <t>74.90B</t>
   </si>
   <si>
     <t>MM COORDINATION</t>
   </si>
   <si>
     <t>124 AVENUE DU REGIMENT DE BIGORRE 65000 TARBES</t>
   </si>
   <si>
     <t>01/04/2011</t>
   </si>
   <si>
     <t>74.90A</t>
   </si>
   <si>
     <t>ASS ANC ELEVES CONDUCTEURS TRAVAUX</t>
   </si>
   <si>
     <t>RTE DE LABEGE B.P 40 33 5 ALLEE JEAN GRIFFON 31400 TOULOUSE</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...1 lines deleted...]
-  <si>
     <t>COORDEF FORMATION</t>
   </si>
   <si>
     <t>5 RUE DE LA GALMY 77700 CHESSY</t>
   </si>
   <si>
     <t>01/07/2018</t>
-  </si>
-[...70 lines deleted...]
-    <t>82.99Z</t>
   </si>
   <si>
     <t>SOCOTEC FORMATION</t>
   </si>
   <si>
     <t>5 PLACE DES FRERES MONTGOLFIER 78280 GUYANCOURT</t>
   </si>
   <si>
     <t>30/04/2018</t>
   </si>
   <si>
     <t>FORSECO FORMATION</t>
   </si>
   <si>
     <t>11 ROUTE DU VIEUX BOURG 33650 CABANAC-ET-VILLAGRAINS</t>
   </si>
   <si>
     <t>10/09/2021</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>FORMADISTECH FORMATION</t>
   </si>
@@ -829,512 +829,512 @@
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I4" s="3">
         <v>93060428906</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>52447547200048</v>
+        <v>40275310700034</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I5" s="3">
-        <v>11930944793</v>
+        <v>11788096478</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>53200628500011</v>
+        <v>42313369300048</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="I6" s="3">
-        <v>73650024065</v>
+        <v>32600469360</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>77695208700018</v>
+        <v>42862599000067</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F7" s="2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="I7" s="3">
-        <v>73310000731</v>
+        <v>82691120969</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>78863121600041</v>
+        <v>43325083400010</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="I8" s="3">
-        <v>11770541677</v>
+        <v>74870001787</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>42313369300048</v>
+        <v>43325083400176</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="I9" s="3">
-        <v>32600469360</v>
+        <v>74870001787</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>42862599000067</v>
+        <v>43325083401752</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="I10" s="3">
-        <v>82691120969</v>
+        <v>74870001787</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>43325083400010</v>
+        <v>43809603400022</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="I11" s="3">
-        <v>74870001787</v>
+        <v>11930475093</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>43325083400176</v>
+        <v>44947250500030</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>51</v>
       </c>
       <c r="I12" s="3">
-        <v>74870001787</v>
+        <v>11788616478</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>43325083401752</v>
+        <v>52447547200048</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="I13" s="3">
-        <v>74870001787</v>
+        <v>11930944793</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>40275310700034</v>
+        <v>53200628500011</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>57</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>38</v>
+        <v>59</v>
       </c>
       <c r="I14" s="3">
-        <v>11788096478</v>
+        <v>73650024065</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>43809603400022</v>
+        <v>77695208700018</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="I15" s="3">
-        <v>11930475093</v>
+        <v>73310000731</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>44947250500030</v>
+        <v>78863121600041</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>65</v>
+        <v>30</v>
       </c>
       <c r="I16" s="3">
-        <v>11788616478</v>
+        <v>11770541677</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>83409674500197</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="I17" s="3">
         <v>11788376778</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>84987585100024</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
@@ -1364,164 +1364,162 @@
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>85239832000014</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="I19" s="3">
         <v>11910848791</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>89970601400011</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>76</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="I20" s="3">
         <v>11930884393</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>90326476000013</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>80</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>82</v>
       </c>
       <c r="H21" s="2" t="s">
-        <v>38</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I21" s="3"/>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>90386961800012</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>84</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>85</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>51</v>
+        <v>40</v>
       </c>
       <c r="I22" s="3">
         <v>11922496392</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -1549,31 +1547,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 10:22:22</dc:description>
+  <dc:description>Export en date du 03/28/2026 14:30:52</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>