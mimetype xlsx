--- v0 (2025-12-14)
+++ v1 (2026-02-24)
@@ -88,90 +88,90 @@
   <si>
     <t>02/01/2015</t>
   </si>
   <si>
     <t>19/10/2023</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>16 RUE JEANNE HACHETTE 75015 PARIS</t>
   </si>
   <si>
     <t>01/03/2015</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>FORMATION STUDIO D'ENREGISTREMENT ET MUSIQUE DE MARSEILLE</t>
+  </si>
+  <si>
+    <t>3 TRAVERSE SAINT PONS 13012 MARSEILLE</t>
+  </si>
+  <si>
+    <t>25/10/2016</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
     <t>CTRE FORMATION PROFESSIONNELLE MUSIQUE</t>
   </si>
   <si>
     <t>425 COURS EMILE ZOLA 69100 VILLEURBANNE</t>
   </si>
   <si>
     <t>16/05/2005</t>
   </si>
   <si>
     <t>85.52Z</t>
   </si>
   <si>
     <t>SOLIS PRODUCTION</t>
   </si>
   <si>
     <t>874 CHEMIN DE JUNAS 30250 AUBAIS</t>
   </si>
   <si>
     <t>01/12/2004</t>
   </si>
   <si>
     <t>LE 40EME RUGISSANT</t>
   </si>
   <si>
     <t>6 RUE GUENOT 75011 PARIS</t>
   </si>
   <si>
     <t>07/01/2015</t>
-  </si>
-[...10 lines deleted...]
-    <t>85.59B</t>
   </si>
   <si>
     <t>AUDIOCAMP</t>
   </si>
   <si>
     <t>140 COURS DE L'YSER 33800 BORDEAUX</t>
   </si>
   <si>
     <t>02/01/2017</t>
   </si>
   <si>
     <t>TRANSVERSAL RECORDS</t>
   </si>
   <si>
     <t>1 ALLEE LOIC CARADEC 56000 VANNES</t>
   </si>
   <si>
     <t>13/02/2023</t>
   </si>
   <si>
     <t>59.20Z</t>
   </si>
   <si>
     <t>STUDIO PIRZAL</t>
   </si>
@@ -675,53 +675,51 @@
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
         <v>39474487400063</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I2" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
         <v>39474487400071</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
@@ -730,182 +728,182 @@
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I3" s="3">
         <v>11756846475</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>44086978200027</v>
+        <v>81442889200024</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I4" s="3">
-        <v>82690725169</v>
+        <v>93131756113</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>47983722100015</v>
+        <v>44086978200027</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="I5" s="3">
-        <v>91300276530</v>
+        <v>82690725169</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>53389308700031</v>
+        <v>47983722100015</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I6" s="3">
-        <v>11754750675</v>
+        <v>91300276530</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>81442889200024</v>
+        <v>53389308700031</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="I7" s="3">
-        <v>93131756113</v>
+        <v>11754750675</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>82498942000016</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D8" s="2"/>
@@ -1193,31 +1191,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/14/2025 02:04:36</dc:description>
+  <dc:description>Export en date du 02/24/2026 14:09:53</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>