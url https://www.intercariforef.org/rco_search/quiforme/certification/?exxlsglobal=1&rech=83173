--- v0 (2025-10-24)
+++ v1 (2026-01-10)
@@ -1618,31 +1618,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/24/2025 10:18:11</dc:description>
+  <dc:description>Export en date du 01/11/2026 00:09:03</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>