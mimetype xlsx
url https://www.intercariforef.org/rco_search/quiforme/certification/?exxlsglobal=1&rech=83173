--- v1 (2026-01-10)
+++ v2 (2026-03-05)
@@ -880,53 +880,51 @@
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>77572257200879</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>28</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I7" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>77572257200911</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
@@ -1326,53 +1324,51 @@
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>77572257201117</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>57</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I19" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I19" s="3"/>
       <c r="J19" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>77572257201133</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
@@ -1618,31 +1614,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/11/2026 00:09:03</dc:description>
+  <dc:description>Export en date du 03/05/2026 08:17:14</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>