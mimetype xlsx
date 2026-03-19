--- v0 (2025-11-01)
+++ v1 (2026-03-19)
@@ -94,51 +94,51 @@
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT TECHNOLOGIQUE E BELIN</t>
   </si>
   <si>
     <t>GRETA HAUTE-SAONE ET NORD FRANCHE-COMTE</t>
   </si>
   <si>
     <t>18 RUE EDOUARD BELIN 70000 VESOUL</t>
   </si>
   <si>
     <t>01/01/2001</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>4370P001470</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
-    <t>ASSOCIATION POUR L INSERTION SOCIO PROFESSIONNELLE</t>
+    <t>O FIL OSONS L'EMPLOI</t>
   </si>
   <si>
     <t>AISP -  CRP/CPO LA PASSERELLE 24 RTE DE THONES 74000 ANNECY</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>88.10C</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
     <t>19 AVENUE DE L'OBSERVATOIRE 25000 BESANCON</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -761,31 +761,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/01/2025 04:22:25</dc:description>
+  <dc:description>Export en date du 03/19/2026 22:32:11</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>