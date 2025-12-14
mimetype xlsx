--- v0 (2025-10-18)
+++ v1 (2025-12-14)
@@ -85,96 +85,96 @@
   <si>
     <t>69 AVENUE ARISTIDE BRIAND 21000 DIJON</t>
   </si>
   <si>
     <t>01/12/1999</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>EFREI PARIS</t>
   </si>
   <si>
     <t>30 A 32 30 AVENUE DE LA REPUBLIQUE 94800 VILLEJUIF</t>
   </si>
   <si>
     <t>04/02/2000</t>
   </si>
   <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>INGETIS</t>
+  </si>
+  <si>
+    <t>IMMEUBLE L'EUROPEEN 128 ALL DES CHAMPS ELYSEES 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>31/05/2013</t>
+  </si>
+  <si>
+    <t>04/04/2023</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>62 B RUE GAY-LUSSAC 75005 PARIS</t>
+  </si>
+  <si>
+    <t>31/08/2023</t>
+  </si>
+  <si>
+    <t>OPEN CAMPUS D'ANGERS</t>
+  </si>
+  <si>
+    <t>AVENUE DE LATTRE DE TASSIGNY 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>28/12/2015</t>
+  </si>
+  <si>
+    <t>01/09/2023</t>
+  </si>
+  <si>
     <t>CAMPUS D'ENSEIGNEMENT SUPERIEURE PRIVE DE BREST</t>
   </si>
   <si>
     <t>CESPB</t>
   </si>
   <si>
     <t>475 RUE JOSEPHINE PENCALET 29200 BREST</t>
   </si>
   <si>
     <t>25/09/2015</t>
-  </si>
-[...34 lines deleted...]
-    <t>01/09/2023</t>
   </si>
   <si>
     <t>SDV-ISI</t>
   </si>
   <si>
     <t>6 RUE DU MOULIN DE LA HALVEQUE 44300 NANTES</t>
   </si>
   <si>
     <t>01/10/2022</t>
   </si>
   <si>
     <t>86 COURS DE LA MARTINIQUE 33000 BORDEAUX</t>
   </si>
   <si>
     <t>16/05/2023</t>
   </si>
   <si>
     <t>CYBERSECURITY BUSINESS SCHOOL</t>
   </si>
   <si>
     <t>39 RUE DE LA CITE 69003 LYON</t>
   </si>
   <si>
     <t>29/09/2022</t>
   </si>
@@ -677,200 +677,200 @@
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="3">
         <v>11940940094</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>81398319400016</v>
+        <v>79349617500019</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="D4" s="2" t="s">
         <v>24</v>
       </c>
+      <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="G4" s="2"/>
+      <c r="G4" s="2" t="s">
+        <v>27</v>
+      </c>
       <c r="H4" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="I4" s="3">
-        <v>53290892529</v>
+        <v>11910729791</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>79349617500019</v>
+        <v>79349617500035</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="F5" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="I5" s="3">
         <v>11910729791</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>79349617500035</v>
+        <v>79874596400030</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="F6" s="2" t="s">
+      <c r="G6" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="3">
-        <v>11910729791</v>
+        <v>52490305349</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>79874596400030</v>
+        <v>81398319400016</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="D7" s="2"/>
+      <c r="D7" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="E7" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G7" s="2" t="s">
         <v>38</v>
       </c>
+      <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="I7" s="3">
-        <v>52490305349</v>
+        <v>53290892529</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>90289074800020</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="3">
         <v>75331458533</v>
@@ -992,31 +992,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/18/2025 14:52:57</dc:description>
+  <dc:description>Export en date du 12/14/2025 03:41:40</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>