--- v1 (2025-12-14)
+++ v2 (2026-02-24)
@@ -58,138 +58,138 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>EMINEO INFORMATIQUE</t>
+  </si>
+  <si>
+    <t>6 RUE DU MOULIN DE LA HALVEQUE 44300 NANTES</t>
+  </si>
+  <si>
+    <t>01/10/2022</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>86 COURS DE LA MARTINIQUE 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>16/05/2023</t>
+  </si>
+  <si>
     <t>CTRE UNIVERSITAIRE CATHOLIQUE BOURGOGNE</t>
   </si>
   <si>
     <t>69 AVENUE ARISTIDE BRIAND 21000 DIJON</t>
   </si>
   <si>
     <t>01/12/1999</t>
   </si>
   <si>
-    <t>85.42Z</t>
-[...5 lines deleted...]
-    <t>VRAI</t>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>INGETIS</t>
+  </si>
+  <si>
+    <t>IMMEUBLE L'EUROPEEN 128 ALL DES CHAMPS ELYSEES 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>31/05/2013</t>
+  </si>
+  <si>
+    <t>04/04/2023</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>62 B RUE GAY-LUSSAC 75005 PARIS</t>
+  </si>
+  <si>
+    <t>31/08/2023</t>
   </si>
   <si>
     <t>EFREI PARIS</t>
   </si>
   <si>
     <t>30 A 32 30 AVENUE DE LA REPUBLIQUE 94800 VILLEJUIF</t>
   </si>
   <si>
     <t>04/02/2000</t>
   </si>
   <si>
-    <t>Fermé</t>
-[...22 lines deleted...]
-  <si>
     <t>OPEN CAMPUS D'ANGERS</t>
   </si>
   <si>
     <t>AVENUE DE LATTRE DE TASSIGNY 49000 ANGERS</t>
   </si>
   <si>
     <t>28/12/2015</t>
   </si>
   <si>
     <t>01/09/2023</t>
   </si>
   <si>
     <t>CAMPUS D'ENSEIGNEMENT SUPERIEURE PRIVE DE BREST</t>
   </si>
   <si>
     <t>CESPB</t>
   </si>
   <si>
     <t>475 RUE JOSEPHINE PENCALET 29200 BREST</t>
   </si>
   <si>
     <t>25/09/2015</t>
-  </si>
-[...13 lines deleted...]
-    <t>16/05/2023</t>
   </si>
   <si>
     <t>CYBERSECURITY BUSINESS SCHOOL</t>
   </si>
   <si>
     <t>39 RUE DE LA CITE 69003 LYON</t>
   </si>
   <si>
     <t>29/09/2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -603,342 +603,338 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>39404944900025</v>
+        <v>90289074800020</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
-        <v>26210098221</v>
+        <v>75331458533</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>39889833800023</v>
+        <v>90289074800038</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" s="2" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="3">
-        <v>11940940094</v>
+        <v>75331458533</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>79349617500019</v>
+        <v>39404944900025</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="I4" s="3">
-        <v>11910729791</v>
+        <v>26210098221</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>79349617500035</v>
+        <v>79349617500019</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="G5" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="F5" s="2" t="s">
+      <c r="H5" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="G5" s="2"/>
-[...5 lines deleted...]
-      </c>
+      <c r="I5" s="3"/>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>79874596400030</v>
+        <v>79349617500035</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="F6" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="3">
-        <v>52490305349</v>
+        <v>11910729791</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>81398319400016</v>
+        <v>39889833800023</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D7" s="2"/>
+      <c r="E7" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" s="2" t="s">
         <v>35</v>
-      </c>
-[...7 lines deleted...]
-        <v>38</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="I7" s="3">
-        <v>53290892529</v>
+        <v>11940940094</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>90289074800020</v>
+        <v>79874596400030</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="G8" s="2"/>
+        <v>38</v>
+      </c>
+      <c r="G8" s="2" t="s">
+        <v>39</v>
+      </c>
       <c r="H8" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I8" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>90289074800038</v>
+        <v>81398319400016</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="D9" s="2"/>
+        <v>40</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>41</v>
+      </c>
       <c r="E9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="I9" s="3">
-        <v>75331458533</v>
+        <v>53290892529</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>91090511600026</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>46</v>
       </c>
@@ -992,31 +988,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/14/2025 03:41:40</dc:description>
+  <dc:description>Export en date du 02/24/2026 13:56:27</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>