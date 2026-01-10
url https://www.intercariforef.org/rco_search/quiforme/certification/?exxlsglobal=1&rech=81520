--- v0 (2025-10-14)
+++ v1 (2026-01-10)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -106,246 +106,249 @@
   <si>
     <t>94.11Z</t>
   </si>
   <si>
     <t>9304P000204</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT PAUL CONSTANS</t>
   </si>
   <si>
     <t>GRETA BOURBONNAIS COMBRAILLE</t>
   </si>
   <si>
     <t>RUE CHRISTOPHE THIVRIER 03100 MONTLUCON</t>
   </si>
   <si>
     <t>25/12/1988</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
+    <t>PROMEO ASSOCIATION DE FORMATION PROFESSIONNELLE DE LINDUSTRIE DE PICARDIE PROMEO AFPI PICARDIE</t>
+  </si>
+  <si>
+    <t>240 AVENUE MARCEL DASSAULT 60000 BEAUVAIS</t>
+  </si>
+  <si>
+    <t>31/10/1994</t>
+  </si>
+  <si>
+    <t>1 AVENUE EUGENE GAZEAU 60300 SENLIS</t>
+  </si>
+  <si>
+    <t>01/01/2007</t>
+  </si>
+  <si>
+    <t>ZAC DU BOIS DE PLAISANCE 87 AVENUE DE LA MARE GESSART 60280 VENETTE</t>
+  </si>
+  <si>
+    <t>01/03/2011</t>
+  </si>
+  <si>
+    <t>ASS FORMA PROFE INDUS CHIMIA METALLURGIQ</t>
+  </si>
+  <si>
+    <t>26 RUE ALFRED KASTLER 76130 MONT-SAINT-AIGNAN</t>
+  </si>
+  <si>
+    <t>02/09/2002</t>
+  </si>
+  <si>
+    <t>CIPECMA</t>
+  </si>
+  <si>
+    <t>MAISON DE LA FORMATION 17 AVENUE DU GENERAL DE GAULLE 17340 CHATELAILLON-PLAGE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>ASFO GRASSE</t>
+  </si>
+  <si>
+    <t>48 AVENUE RIOU BLANQUET 06130 GRASSE</t>
+  </si>
+  <si>
+    <t>01/01/1987</t>
+  </si>
+  <si>
+    <t>FRANCE CHIMIE</t>
+  </si>
+  <si>
+    <t>LE DIAMANT A 14 RUE DE LA REPUBLIQUE 92800 PUTEAUX</t>
+  </si>
+  <si>
+    <t>01/02/1993</t>
+  </si>
+  <si>
     <t>Fermé</t>
   </si>
   <si>
+    <t>INST FORMAT INDUST SANTE</t>
+  </si>
+  <si>
+    <t>15 RUE RIEUX 92100 BOULOGNE-BILLANCOURT</t>
+  </si>
+  <si>
+    <t>01/01/1985</t>
+  </si>
+  <si>
+    <t>01/10/2025</t>
+  </si>
+  <si>
+    <t>TRIOSPHERE</t>
+  </si>
+  <si>
+    <t>IMMEUBLE QUANTA 60 AVENUE ANDRE ROUSSIN 13016 MARSEILLE</t>
+  </si>
+  <si>
+    <t>23/08/2018</t>
+  </si>
+  <si>
+    <t>01/04/2024</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>ASS DE FORMATION PROFESSIONNELLE DE L INDUSTRIE LYON</t>
+  </si>
+  <si>
+    <t>60 AVENUE JEAN MERMOZ 69008 LYON</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRUN MARTINE ELISE  </t>
+  </si>
+  <si>
+    <t>16 AVENUE DE SAINT ANTOINE 13015 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/10/2003</t>
+  </si>
+  <si>
+    <t>ALQUAL CONSEIL ET EXPERTISE (ALIMENTAIRE QUALITE CONSEIL ET EXPERTISE)</t>
+  </si>
+  <si>
+    <t>46 RUE D'ISLE 02100 SAINT-QUENTIN</t>
+  </si>
+  <si>
+    <t>20/09/2024</t>
+  </si>
+  <si>
+    <t>82.99Z</t>
+  </si>
+  <si>
+    <t>DEFI DANIEL ESSNER FORMATION ET INGENIERIE</t>
+  </si>
+  <si>
+    <t>30 RUE DU PANORAMA 68800 THANN</t>
+  </si>
+  <si>
+    <t>30/06/2010</t>
+  </si>
+  <si>
+    <t>74.90B</t>
+  </si>
+  <si>
+    <t>TOTALENERGIES RAFFINAGE CHIMIE</t>
+  </si>
+  <si>
+    <t>CTRE  FORMATION OLEUM SUD-PLATEFORM LA MEDE 13220 CHATEAUNEUF-LES-MARTIGUES</t>
+  </si>
+  <si>
+    <t>01/04/2017</t>
+  </si>
+  <si>
+    <t>APAVE SUDEUROPE SAS</t>
+  </si>
+  <si>
+    <t>ZAC SAUMATY SEON 8 RUE JEAN JACQUES VERNAZZA 13016 MARSEILLE</t>
+  </si>
+  <si>
+    <t>30/07/2010</t>
+  </si>
+  <si>
+    <t>68.20B</t>
+  </si>
+  <si>
+    <t>DELTA CONSEIL</t>
+  </si>
+  <si>
+    <t>27 RUE NEUVE 45750 SAINT-PRYVE-SAINT-MESMIN</t>
+  </si>
+  <si>
+    <t>21/12/2011</t>
+  </si>
+  <si>
+    <t>ASS FORMATION CONTINUE INDUS CHIMIQUES</t>
+  </si>
+  <si>
+    <t>40 RUE EUGENE JACQUET 59700 MARCQ-EN-BARŒUL</t>
+  </si>
+  <si>
+    <t>IMT INDUSTRIES</t>
+  </si>
+  <si>
+    <t>38 A 40 38 AVENUE MARCEL DASSAULT 37200 TOURS</t>
+  </si>
+  <si>
+    <t>01/06/2001</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
     <t>XL PERF'CONSEIL</t>
   </si>
   <si>
     <t>ENTREPRISE EUREKA ZONE MARMANDE SUD, PEPINIERE 47250 SAMAZAN</t>
   </si>
   <si>
     <t>01/01/2018</t>
   </si>
   <si>
     <t>01/01/2022</t>
   </si>
   <si>
-    <t>70.22Z</t>
-[...1 lines deleted...]
-  <si>
     <t>GROUPE DE LA SALLE - REIMS</t>
   </si>
   <si>
     <t>94 AVENUE DE LAON 51100 REIMS</t>
   </si>
   <si>
     <t>01/03/2016</t>
   </si>
   <si>
     <t>85.59B</t>
-  </si>
-[...166 lines deleted...]
-    <t>01/01/1985</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -863,782 +866,784 @@
         <v>27</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I4" s="3"/>
       <c r="J4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>81763068400022</v>
+        <v>78050734900048</v>
       </c>
       <c r="B5" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C5" s="2" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="F5" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="I5" s="3">
-        <v>75470126847</v>
+        <v>22600001660</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>81890818800019</v>
+        <v>78050734900097</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="I6" s="3">
-        <v>44510195451</v>
+        <v>22600001660</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>41158137400013</v>
+        <v>78050734900113</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I7" s="3">
-        <v>82690535969</v>
+        <v>22600001660</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>41502164100048</v>
+        <v>78111882300025</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="I8" s="3">
-        <v>93130799313</v>
+        <v>23760002676</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>42024773600051</v>
+        <v>78128367600018</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="I9" s="3">
-        <v>22020081402</v>
+        <v>54170000117</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>43444661300029</v>
+        <v>78253228700029</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="I10" s="3">
-        <v>42680136368</v>
+        <v>93060002106</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>30332138400016</v>
+        <v>78435885500038</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I11" s="3"/>
       <c r="J11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>34394952500053</v>
+        <v>78823961400027</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="G12" s="2"/>
+        <v>52</v>
+      </c>
+      <c r="G12" s="2" t="s">
+        <v>53</v>
+      </c>
       <c r="H12" s="2" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="I12" s="3">
-        <v>24370057337</v>
+        <v>11921341192</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>79769383500036</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="G13" s="2" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="H13" s="2" t="s">
-        <v>35</v>
+        <v>58</v>
       </c>
       <c r="I13" s="3">
         <v>93131499713</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>51872092500032</v>
+        <v>41158137400013</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>67</v>
+        <v>60</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="I14" s="3"/>
+        <v>29</v>
+      </c>
+      <c r="I14" s="3">
+        <v>82690535969</v>
+      </c>
       <c r="J14" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>52128487700029</v>
+        <v>41502164100048</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>29</v>
+        <v>58</v>
       </c>
       <c r="I15" s="3">
-        <v>24450270445</v>
+        <v>93130799313</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>69200480700107</v>
+        <v>42024773600051</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>74</v>
+        <v>66</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="G16" s="2"/>
+        <v>34</v>
+      </c>
+      <c r="G16" s="2" t="s">
+        <v>67</v>
+      </c>
       <c r="H16" s="2" t="s">
-        <v>29</v>
+        <v>68</v>
       </c>
       <c r="I16" s="3">
-        <v>11921889192</v>
+        <v>22020081402</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>78050734900048</v>
+        <v>43444661300029</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>29</v>
+        <v>72</v>
       </c>
       <c r="I17" s="3">
-        <v>22600001660</v>
+        <v>42680136368</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>78050734900097</v>
+        <v>69200480700107</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>48</v>
+        <v>75</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="3">
-        <v>22600001660</v>
+        <v>11921889192</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>78050734900113</v>
+        <v>51872092500032</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>76</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="I19" s="3"/>
       <c r="J19" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>78111882300025</v>
+        <v>52128487700029</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="3">
-        <v>23760002676</v>
+        <v>24450270445</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>78128367600018</v>
+        <v>30332138400016</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>57</v>
+        <v>42</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="3">
-        <v>54170000117</v>
+        <v>31590003759</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>78253228700029</v>
+        <v>34394952500053</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>29</v>
+        <v>88</v>
       </c>
       <c r="I22" s="3">
-        <v>93060002106</v>
+        <v>24370057337</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>78435885500038</v>
+        <v>81763068400022</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="F23" s="2" t="s">
         <v>91</v>
       </c>
-      <c r="F23" s="2" t="s">
+      <c r="G23" s="2" t="s">
         <v>92</v>
       </c>
-      <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="I23" s="3"/>
+        <v>58</v>
+      </c>
+      <c r="I23" s="3">
+        <v>75470126847</v>
+      </c>
       <c r="J23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>78823961400027</v>
+        <v>81890818800019</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>93</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>94</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>95</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>29</v>
+        <v>96</v>
       </c>
       <c r="I24" s="3">
-        <v>11921341192</v>
+        <v>44510195451</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
@@ -1657,31 +1662,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/14/2025 18:08:37</dc:description>
+  <dc:description>Export en date du 01/10/2026 21:51:51</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>