--- v0 (2025-10-13)
+++ v1 (2025-12-03)
@@ -58,885 +58,885 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>MINISTERE DE L'AGRICULTURE, DE L'AGRO-ALIMENTAIRE ET DE LA SOUVERAINETE ALIMENTAIRE</t>
+  </si>
+  <si>
+    <t>HOTEL DE VILLEROY 78 RUE DE VARENNE 75007 PARIS</t>
+  </si>
+  <si>
+    <t>01/03/1983</t>
+  </si>
+  <si>
+    <t>84.11Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>CHAMBRE DEP D'AGRICULTURE DE L'AISNE</t>
+  </si>
+  <si>
+    <t>UFA CENTRE DE FORMATION</t>
+  </si>
+  <si>
+    <t>5 RUE DES MINIMES 02000 LAON</t>
+  </si>
+  <si>
+    <t>01/01/2019</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>2202P001202</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DU BOURBONNAIS</t>
+  </si>
+  <si>
+    <t>LEGTPA DU BOURBONNAIS</t>
+  </si>
+  <si>
+    <t>NEUVILLE 03000 NEUVY</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>8303P001003</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE D'ANTIBES</t>
+  </si>
+  <si>
+    <t>LEGTA HORTICOLES D'ANTIBES</t>
+  </si>
+  <si>
+    <t>1285 AVENUE JULES GREC 06600 ANTIBES</t>
+  </si>
+  <si>
+    <t>9306P002806</t>
+  </si>
+  <si>
+    <t>CAMPUS TERRES DE L AUBE</t>
+  </si>
+  <si>
+    <t>LEGTA DE CROGNY</t>
+  </si>
+  <si>
+    <t>RUE DES ETANGS 10210 LES LOGES-MARGUERON</t>
+  </si>
+  <si>
+    <t>2110P000810</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES AIX VALABRE MARSEILLE</t>
+  </si>
+  <si>
+    <t>LEGTA</t>
+  </si>
+  <si>
+    <t>CHEMIN DU MOULIN DU FORT 13120 GARDANNE</t>
+  </si>
+  <si>
+    <t>9313P006413</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE VIRE</t>
+  </si>
+  <si>
+    <t>LPA DE VIRE</t>
+  </si>
+  <si>
+    <t>CAMPUS AGRICOLE DE VIRE 47 ROUTE DES CHAMPS DE TRACY 14500 VIRE NORMANDIE</t>
+  </si>
+  <si>
+    <t>EPLEFPA AGROCAMPUS DE SAINTONGE</t>
+  </si>
+  <si>
+    <t>LEGTA GEORGES DESCLAUDE - SAINTES</t>
+  </si>
+  <si>
+    <t>RUE GEORGES DESCLAUDE 17100 SAINTES</t>
+  </si>
+  <si>
+    <t>5417P000517</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE BOURGES - LE SOLLIER</t>
+  </si>
+  <si>
+    <t>LE SOLLIER 18570 LE SUBDRAY</t>
+  </si>
+  <si>
+    <t>19/02/2010</t>
+  </si>
+  <si>
+    <t>2418P000618</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE QUETIGNY-PLOMBIERES LES DIJON</t>
+  </si>
+  <si>
+    <t>LEGTPA OLIVIER DE SERRES</t>
+  </si>
+  <si>
+    <t>21 BOULEVARD OLIVIER DE SERRES 21800 QUETIGNY</t>
+  </si>
+  <si>
+    <t>2621P002521</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE MERDRIGNAC</t>
+  </si>
+  <si>
+    <t>6 RUE DU PORHOET 22230 MERDRIGNAC</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DU PERIGORD</t>
+  </si>
+  <si>
+    <t>LEGTPA PERIGUEUX</t>
+  </si>
+  <si>
+    <t>DOMAINE PEYROUSE AVENUE WINSTON CHURCHILL 24660 COULOUNIEIX-CHAMIERS</t>
+  </si>
+  <si>
+    <t>7224P004224</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNEL AGRICOLE DE BESANCON GRANVELLE</t>
+  </si>
+  <si>
+    <t>LEGTPA DE DANNEMARIE - BESANCON</t>
+  </si>
+  <si>
+    <t>2 RUE DES CHANETS 25410 DANNEMARIE-SUR-CRETE</t>
+  </si>
+  <si>
+    <t>4325P001225</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES TERRE D'HORIZON</t>
+  </si>
+  <si>
+    <t>LEGTPA DE ROMANS SUR ISERE</t>
+  </si>
+  <si>
+    <t>1414 CHEMIN DE ROSEY OUEST 26100 ROMANS-SUR-ISERE</t>
+  </si>
+  <si>
+    <t>01/09/1995</t>
+  </si>
+  <si>
+    <t>ETAB PUBLIC LOCAL ENSEIGNEMENT FORMATION PROFESSIONNELLE AGRICOLES HORTI-POLE EVREUX - FORMATIONS NATURE ET PAYSAGE</t>
+  </si>
+  <si>
+    <t>LYCEE HORTICOLE ET PAYSAGER D'EVREUX</t>
+  </si>
+  <si>
+    <t>6 RUE GEORGES POLITZER 27000 EVREUX</t>
+  </si>
+  <si>
+    <t>2327P002727</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES CHATEAULIN MORLAIX KERLIVER</t>
+  </si>
+  <si>
+    <t>LEGTPA CHATEAULIN</t>
+  </si>
+  <si>
+    <t>ROCADE DE PARC BIHAN 29150 CHATEAULIN</t>
+  </si>
+  <si>
+    <t>5329P007529</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE NIMES-RODILHAN</t>
+  </si>
+  <si>
+    <t>LEGTA DE NIMES-RODILHAN</t>
+  </si>
+  <si>
+    <t>DOMAINE DE DONADILLE CHEM DES CANAUX 30230 RODILHAN</t>
+  </si>
+  <si>
+    <t>9130P031930</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE TOULOUSE AUZEVILLE</t>
+  </si>
+  <si>
+    <t>LEGTA DE TOULOUSE</t>
+  </si>
+  <si>
+    <t>2, ROUTE DE NARBONNE AVENUE DE TOULOUSE 31320 CASTANET-TOLOSAN</t>
+  </si>
+  <si>
+    <t>7331P004431</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE BORDEAUX GIRONDE</t>
+  </si>
+  <si>
+    <t>LEGTPA DE BLANQUEFORT</t>
+  </si>
+  <si>
+    <t>84 AVENUE DU GENERAL DE GAULLE 33290 BLANQUEFORT</t>
+  </si>
+  <si>
+    <t>7233P020333</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE MONTPELLIER-ORB-HERAULT</t>
+  </si>
+  <si>
+    <t>3224 ROUTE DE MENDE 34090 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>26/03/2003</t>
+  </si>
+  <si>
+    <t>9134P567034</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE RENNES - LE RHEU</t>
+  </si>
+  <si>
+    <t>LEGTA THEODORE MONOD</t>
+  </si>
+  <si>
+    <t>55 AVENUE DE LA BOUVARDIERE 35650 LE RHEU</t>
+  </si>
+  <si>
+    <t>5335P015535</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE TOURS-FONDETTES</t>
+  </si>
+  <si>
+    <t>LEGTA DE TOURS-FONDETTES</t>
+  </si>
+  <si>
+    <t>LA PLAINE 37230 FONDETTES</t>
+  </si>
+  <si>
+    <t>2437P000937</t>
+  </si>
+  <si>
+    <t>LYCEE D'ENSEIGNEMENT GENERAL ET TECHNOLOGIQUE AGRICOLE DE GRENOBLE - SAINT-ISMIER</t>
+  </si>
+  <si>
+    <t>LEGTA DE GRENOBLE</t>
+  </si>
+  <si>
+    <t>1 CHEMIN DE CHARVINIERE 38330 SAINT-ISMIER</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DES LANDES</t>
+  </si>
+  <si>
+    <t>LEGTA HECTOR SERRES</t>
+  </si>
+  <si>
+    <t>2915 ROUTE DES BARTHES 40180 OEYRELUY</t>
+  </si>
+  <si>
+    <t>7240P002640</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE ROANNE-CHERVE-NOIRETABLE</t>
+  </si>
+  <si>
+    <t>LEGTPA DE PERREUX</t>
+  </si>
+  <si>
+    <t>LD CHERVE 42120 PERREUX</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>8242P001442</t>
+  </si>
+  <si>
+    <t>NANTES TERRE ATLANTIQUE</t>
+  </si>
+  <si>
+    <t>5 RUE DE LA SYONNIERE 44800 SAINT-HERBLAIN</t>
+  </si>
+  <si>
+    <t>10/01/1986</t>
+  </si>
+  <si>
+    <t>LYCEE D'ENSEIGNEMENT GENERAL ET TECHNOLOGIQUE AGRICOLE DE SAINTE-GEMMES</t>
+  </si>
+  <si>
+    <t>EPLEFPA</t>
+  </si>
+  <si>
+    <t>LE FRESNE 49130 STE GEMMES SUR LOIRE</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE METZ COURCELLES-CHAUSSY</t>
+  </si>
+  <si>
+    <t>LYCEE D'ENSEIGNEMENT GENERAL ET TECHNOLOGIQUE</t>
+  </si>
+  <si>
+    <t>1 AVENUE D'URVILLE 57530 COURCELLES-CHAUSSY</t>
+  </si>
+  <si>
+    <t>4157P001557</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE NEVERS-COSNE-PLAGNY</t>
+  </si>
+  <si>
+    <t>LEGTA DE NEVERS</t>
+  </si>
+  <si>
+    <t>243 ROUTE DE LYON 58000 CHALLUY</t>
+  </si>
+  <si>
+    <t>21/07/1992</t>
+  </si>
+  <si>
+    <t>2658P000158</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DES FLANDRES</t>
+  </si>
+  <si>
+    <t>RUE DE LA MITTERIE 59160 LILLE</t>
+  </si>
+  <si>
+    <t>21/03/1969</t>
+  </si>
+  <si>
+    <t>3159P005459</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL AGRICOLE DE RIBECOURT- LYCEE DES METIERS DE L’HORTICULTURE ET DU PAYSAGE</t>
+  </si>
+  <si>
+    <t>91 RUE ANDRE REGNIER 60170 RIBECOURT-DRESLINCOURT</t>
+  </si>
+  <si>
+    <t>CAMPUS AGRO-ENVIRONNEMENTAL 62</t>
+  </si>
+  <si>
+    <t>LYCEE AGROENVIRONNEMENTAL 62</t>
+  </si>
+  <si>
+    <t>ROUTE DE CAMBRAI 62217 TILLOY-LES-MOFFLAINES</t>
+  </si>
+  <si>
+    <t>3162P002962</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE MARMILHAT</t>
+  </si>
+  <si>
+    <t>LEGTPA LOUIS PASTEUR</t>
+  </si>
+  <si>
+    <t>RN 89 MARMILHAT 63370 LEMPDES</t>
+  </si>
+  <si>
+    <t>8363P001463</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE PAU MONTARDON</t>
+  </si>
+  <si>
+    <t>LEGTA DE PAU-MONTARDON</t>
+  </si>
+  <si>
+    <t>AGROCAMPUS 64 ROUTE DE PAU 64121 MONTARDON</t>
+  </si>
+  <si>
+    <t>7264P006064</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE VIC EN BIGORRE</t>
+  </si>
+  <si>
+    <t>LEGTA DE VIC-EN-BIGORRE</t>
+  </si>
+  <si>
+    <t>PROMENADE DES ACACIAS 11 B AVENUE DES ACACIAS 65500 VIC-EN-BIGORRE</t>
+  </si>
+  <si>
+    <t>7365P000865</t>
+  </si>
+  <si>
+    <t>EPLEFPA PERPIGNAN-ROUSSILLON</t>
+  </si>
+  <si>
+    <t>LYCEE TECH AGRICOLE</t>
+  </si>
+  <si>
+    <t>ROUTE NATIONALE 114 66200 THEZA</t>
+  </si>
+  <si>
+    <t>9166P015966</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DU BAS-RHIN</t>
+  </si>
+  <si>
+    <t>LEGTA D'OBERNAI</t>
+  </si>
+  <si>
+    <t>44 BOULEVARD DE L’EUROPE 67210 OBERNAI</t>
+  </si>
+  <si>
+    <t>4267P002167</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES LES SILLONS DE HAUTE-ALSACE</t>
+  </si>
+  <si>
+    <t>LYCEE DE ROUFFACH</t>
+  </si>
+  <si>
+    <t>8 RUE AUX REMPARTS 68250 ROUFFACH</t>
+  </si>
+  <si>
+    <t>4268P001168</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE LYON-DARDILLY - RHONE</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL TECHNOLOGIQUE AGRICOLE DE DARDILLY</t>
+  </si>
+  <si>
+    <t>26 CHEMIN DE LA BRUYERE 69570 DARDILLY</t>
+  </si>
+  <si>
+    <t>EPLEFPA DE TOURNUS</t>
+  </si>
+  <si>
+    <t>LYCEE DE L HORTICULTURE ET DU PAYSAGE</t>
+  </si>
+  <si>
+    <t>LES PERRIERES 71700 TOURNUS</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE AGRICOLE LA GERMINIERE-ROUILLON</t>
+  </si>
+  <si>
+    <t>LIEU-DIT LA GERMINIERE 72700 ROUILLON</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES CHAMBERY LA MOTTE-SERVOLEX (SAVOIE)</t>
+  </si>
+  <si>
+    <t>LEGTA DE CHAMBERY LA MOTTE-SERVOLEX</t>
+  </si>
+  <si>
+    <t>DOMAINE REINACH 1031 AVENUE CHARLES ALBERT 73290 LA MOTTE-SERVOLEX</t>
+  </si>
+  <si>
+    <t>8273P000373</t>
+  </si>
+  <si>
+    <t>EPLEFPA DE LA SEINE MARITIME</t>
+  </si>
+  <si>
+    <t>LYCEE AGRICOLE</t>
+  </si>
+  <si>
+    <t>ROUTE DE CAUDEBEC 76190 AUZEBOSC</t>
+  </si>
+  <si>
+    <t>ETS PUBLIC LOCAL ENSEIGNEMENT FORMATION PROFESSIONNELLE AGRICOLE</t>
+  </si>
+  <si>
+    <t>LEGTPA</t>
+  </si>
+  <si>
+    <t>CAMPUS BOUGAINVILLE ROUTE DEPARTEMENTALE 319 77170 BRIE-COMTE-ROBERT</t>
+  </si>
+  <si>
+    <t>1177P000977</t>
+  </si>
+  <si>
+    <t>EPLEFPA DE SAINT GERMAIN EN LAYE- CHAMBOURCY</t>
+  </si>
+  <si>
+    <t>LEGTAH DE ST GERMAIN EN LAYE-CHAMBOURCY</t>
+  </si>
+  <si>
+    <t>RTE DES PRINCESSES 78100 SAINT-GERMAIN-EN-LAYE</t>
+  </si>
+  <si>
+    <t>LYCEE PROF AGRICOLE BAIE DE SOMME</t>
+  </si>
+  <si>
+    <t>21 RUE DU LIEUTENANT CARON 80100 ABBEVILLE</t>
+  </si>
+  <si>
+    <t>2280P001780</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES AGRICAMPUS VAR</t>
+  </si>
+  <si>
+    <t>LEGTA AGRICAMPUS VAR</t>
+  </si>
+  <si>
+    <t>32 CHEMIN SAINT LAZARE 83400 HYERES</t>
+  </si>
+  <si>
+    <t>9383P002883</t>
+  </si>
+  <si>
+    <t>ETS PUBLIC LOCAL ENSEIGNEMENT FORMATION PROF AGRICOLES LOUIS GIRAUD</t>
+  </si>
+  <si>
+    <t>LEGTA DE CARPENTRAS</t>
+  </si>
+  <si>
+    <t>HAMEAU DE SERRES 310 CHEMIN DE L'HERMITAGE 84200 CARPENTRAS</t>
+  </si>
+  <si>
+    <t>9384P002684</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE LA ROCHE SUR YON</t>
+  </si>
+  <si>
+    <t>RTE DE FONTENAY ALL DES DRUIDES 85000 ROCHE SUR YON (LA)</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DANIELLE MATHIRON DE THURE</t>
+  </si>
+  <si>
+    <t>LPA DE THURE</t>
+  </si>
+  <si>
+    <t>DOMAINE DES CHEVALIERS 86540 THURE</t>
+  </si>
+  <si>
+    <t>5486P002586</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE VALDOIE</t>
+  </si>
+  <si>
+    <t>LEGTA DE VALDOIE - LUCIEN QUELET</t>
+  </si>
+  <si>
+    <t>95 RUE DE TURENNE 90300 VALDOIE</t>
+  </si>
+  <si>
+    <t>4390P000790</t>
+  </si>
+  <si>
+    <t>EPLEFPA FORMA'TERRA</t>
+  </si>
+  <si>
+    <t>LEGTA EMILE BOYER DE LA GIRODAY</t>
+  </si>
+  <si>
+    <t>165 ROUTE DE MAFATE 97460 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>01/09/1989</t>
+  </si>
+  <si>
+    <t>ECOLE DU BREUIL</t>
+  </si>
+  <si>
+    <t>BOIS DE VINCENNES ROUTE DE LA FERME 75012 PARIS</t>
+  </si>
+  <si>
+    <t>02/07/2018</t>
+  </si>
+  <si>
+    <t>84.13Z</t>
+  </si>
+  <si>
+    <t>FONDATION APPRENTIS D'AUTEUIL</t>
+  </si>
+  <si>
+    <t>MAISON ST PHILIPPE</t>
+  </si>
+  <si>
+    <t>1 RUE DU PERE BROTTIER 92190 MEUDON</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>ASSOCIATION GROUPE ESA</t>
+  </si>
+  <si>
+    <t>55 RUE RABELAIS 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>18/06/1987</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
     <t>ASSOCIATION FAMILIALLE DE GESTION</t>
   </si>
   <si>
     <t>KERPLOUZE 56400 AURAY</t>
   </si>
   <si>
     <t>01/01/1957</t>
   </si>
   <si>
-    <t>85.32Z</t>
-[...602 lines deleted...]
-    <t>84.13Z</t>
+    <t>ISETA - ECA</t>
+  </si>
+  <si>
+    <t>ECOLE D'AGRICULTURE DE POISY 859 ROUTE DE L'ECOLE D'AGRICULTURE 74330 POISY</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE HORTICOLE</t>
+  </si>
+  <si>
+    <t>LES RABINARDIERES 35760 SAINT-GREGOIRE</t>
+  </si>
+  <si>
+    <t>15/11/1988</t>
+  </si>
+  <si>
+    <t>GROUPE SCOLAIRE D'ENSEIGNEMENT AGRICOLE  PRIVE ANTOINE DE SAINT-EXUPERY</t>
+  </si>
+  <si>
+    <t>LA LANDE DU BREIL 39 RUE FERNAND ROBERT 35000 RENNES</t>
+  </si>
+  <si>
+    <t>MAISON FAMIL RURALE EDUCAT ORIENTATION</t>
+  </si>
+  <si>
+    <t>70100 CHARGEY-LES-GRAY</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>MAISON FAMIL RURALE SENONAIS</t>
+  </si>
+  <si>
+    <t>24 RUE HAUTE 89100 GRON</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE EDUCATION ORIENTATION</t>
+  </si>
+  <si>
+    <t>LA VERNEE 01960 PERONNAS</t>
+  </si>
+  <si>
+    <t>01/09/1985</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>CHAUMONT 38780 EYZIN-PINET</t>
+  </si>
+  <si>
+    <t>01/01/1988</t>
+  </si>
+  <si>
+    <t>ASS FAMIL GESTION ENSEIG AGRIC PRIVE</t>
+  </si>
+  <si>
+    <t>4 RUE DES ECOLES 51370 THILLOIS</t>
+  </si>
+  <si>
+    <t>ASSOC INSTITUT PROFESSIONEL LEMONNIER</t>
+  </si>
+  <si>
+    <t>60 RUE D'HEROUVILLE 14000 CAEN</t>
+  </si>
+  <si>
+    <t>LYCEE ENSEIGNEMENT AGRC PRIVE FONTLONGUE</t>
+  </si>
+  <si>
+    <t>BOULEVARD THEODORE AUBANEL 13140 MIRAMAS</t>
+  </si>
+  <si>
+    <t>CRTE FORMATION PROFESSIONNELLE HORTICOLE</t>
+  </si>
+  <si>
+    <t>6 RUE DU COLLEGE 88700 ROVILLE-AUX-CHENES</t>
+  </si>
+  <si>
+    <t>INSTITUT DE GENECH</t>
+  </si>
+  <si>
+    <t>RUE DE LA LIBERATION 59242 GENECH</t>
+  </si>
+  <si>
+    <t>SYNDICAT AGRICOLE HAUTS CHAMPS</t>
+  </si>
+  <si>
+    <t>RD 943 ROUTE DE SAINT OMER 62137 COULOGNE</t>
+  </si>
+  <si>
+    <t>94.11Z</t>
+  </si>
+  <si>
+    <t>ASSOCIATION FAMILIALE DE GESTION DE BRIACE</t>
+  </si>
+  <si>
+    <t>BRIACE 44430 LANDREAU (LE)</t>
+  </si>
+  <si>
+    <t>19/05/1954</t>
+  </si>
+  <si>
+    <t>MFREO INSTITUT RURAL DES MAUGES</t>
+  </si>
+  <si>
+    <t>8 RUE DES CEDRES 49600 BEAUPREAU-EN-MAUGES</t>
+  </si>
+  <si>
+    <t>SYNDICAT ENSEIGNEMENT AGRIC POUILLE</t>
+  </si>
+  <si>
+    <t>POUILLE 49130 LES PONTS DE CE</t>
+  </si>
+  <si>
+    <t>LYCEE ENSEIGNE PROFESSION AGRICOLE PRIVE</t>
+  </si>
+  <si>
+    <t>RTE DE CAEN ROCHEFEUILLE 53100 MAYENNE</t>
+  </si>
+  <si>
+    <t>MFR-CFA MAREUIL SUR LAY</t>
+  </si>
+  <si>
+    <t>14 RUE DU MARCHIOU 85320 MAREUIL-SUR-LAY-DISSAIS</t>
+  </si>
+  <si>
+    <t>OGEC AEP HAZPARNE</t>
+  </si>
+  <si>
+    <t>1 ROUTE DES MISSIONNAIRES 64240 HASPARREN</t>
+  </si>
+  <si>
+    <t>01/09/1996</t>
+  </si>
+  <si>
+    <t>CENT HORTICOLE PRIVE ENSEIGNEMENT PROMOT</t>
+  </si>
+  <si>
+    <t>43 RUE DU GENERAL DE GAULLE 78490 LE TREMBLAY-SUR-MAULDRE</t>
+  </si>
+  <si>
+    <t>07/06/1945</t>
+  </si>
+  <si>
+    <t>CAMPUS LA MOUILLERE ORLEANS LOIRE VALLEY</t>
+  </si>
+  <si>
+    <t>66 AVENUE DE LA MOUILLERE 45100 ORLEANS</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE CHESSY</t>
   </si>
   <si>
     <t>LE BOURG 68 AVENUE DE LA GARE 69380 CHESSY</t>
   </si>
   <si>
     <t>01/10/1996</t>
   </si>
   <si>
     <t>ASSO RESPONSABLE DU LYCEE ST ILAN -FLORILAN</t>
   </si>
   <si>
     <t>52 RUE DE SAINT-ILAN 22360 LANGUEUX</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>CENT.AGRICOL.INTERCOMMUNAL MIXTE</t>
   </si>
   <si>
     <t>ROUTE DE PEZENAS 34150 GIGNAC</t>
   </si>
   <si>
     <t>01/01/1979</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>FONDATION DU BOCAGE</t>
   </si>
   <si>
     <t>339 RUE COSTA DE BEAUREGARD 73000 CHAMBERY</t>
   </si>
   <si>
     <t>01/01/1982</t>
   </si>
   <si>
     <t>87.90A</t>
   </si>
   <si>
-    <t>MAISON FAMILIALE RURALE</t>
-[...1 lines deleted...]
-  <si>
     <t>1154 ROUTE DES ALLUAZ 74380 BONNE</t>
   </si>
   <si>
     <t>14/11/1984</t>
   </si>
   <si>
     <t>ASSOCIATION FAMILIALE DE GESTION DU LYCEE HORTICOLE PRIVE DE LYON PRESSIN</t>
   </si>
   <si>
     <t>81 CHEMIN DE BEAUNANT 69230 SAINT-GENIS-LAVAL</t>
-  </si>
-[...163 lines deleted...]
-    <t>14 RUE DU MARCHIOU 85320 MAREUIL-SUR-LAY-DISSAIS</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE DES METIERS DE LA VILLE DE DEMAIN-CCI PARIS ILE-DE-FRANCE EDUCATION</t>
   </si>
   <si>
     <t>CAMPUS DE JOUY EN JOSAS CHEMIN DE L’ORME ROND 78350 JOUY-EN-JOSAS</t>
   </si>
   <si>
     <t>29/10/2020</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1350,3236 +1350,3236 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>38112573100012</v>
+        <v>11007001800012</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I2" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>11007001800012</v>
+        <v>18020251700033</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="D3" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I3" s="3"/>
+      <c r="I3" s="3" t="s">
+        <v>24</v>
+      </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>18020251700033</v>
+        <v>19030094700016</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E4" s="2" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I4" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>19030094700016</v>
+        <v>19060793700017</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D5" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E5" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I5" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>19060793700017</v>
+        <v>19100687300019</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I6" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>19100687300019</v>
+        <v>19131656100015</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I7" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>19131656100015</v>
+        <v>19141421800013</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>29</v>
+      </c>
+      <c r="I8" s="3">
+        <v>25140223914</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>19141421800013</v>
+        <v>19170087100012</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>47</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>25140223914</v>
+        <v>29</v>
+      </c>
+      <c r="I9" s="3" t="s">
+        <v>49</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>19170087100012</v>
+        <v>19180585200057</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I10" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>19180585200057</v>
+        <v>19211135900019</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>43</v>
+        <v>55</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I11" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>19211135900019</v>
+        <v>19221031800015</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>58</v>
+        <v>40</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>59</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>29</v>
+      </c>
+      <c r="I12" s="3">
+        <v>53220868722</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>19221031800015</v>
+        <v>19240023200018</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="D13" s="2" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>62</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>53220868722</v>
+        <v>29</v>
+      </c>
+      <c r="I13" s="3" t="s">
+        <v>63</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>19240023200018</v>
+        <v>19251263000018</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I14" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>19251263000018</v>
+        <v>19260791900029</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>29</v>
+      </c>
+      <c r="I15" s="3">
+        <v>84260300326</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>19260791900029</v>
+        <v>19271107500015</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>74</v>
+        <v>16</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>84260300326</v>
+        <v>29</v>
+      </c>
+      <c r="I16" s="3" t="s">
+        <v>75</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>19271107500015</v>
+        <v>19290341700017</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I17" s="3" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>19290341700017</v>
+        <v>19300139300019</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I18" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>19300139300019</v>
+        <v>19311262000011</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I19" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>19311262000011</v>
+        <v>19331424200010</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D20" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E20" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I20" s="3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>19331424200010</v>
+        <v>19340128800074</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="D21" s="2" t="s">
         <v>92</v>
       </c>
+      <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>93</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>22</v>
+        <v>94</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I21" s="3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>19340128800074</v>
+        <v>19350700100017</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="D22" s="2"/>
+        <v>96</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>97</v>
+      </c>
       <c r="E22" s="2" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>97</v>
+        <v>16</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I22" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>19350700100017</v>
+        <v>19370781700014</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D23" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E23" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I23" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>19370781700014</v>
+        <v>19381817600011</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D24" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E24" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>106</v>
+        <v>29</v>
+      </c>
+      <c r="I24" s="3">
+        <v>82380455638</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>19381817600011</v>
+        <v>19400750600018</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>108</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>109</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>82380455638</v>
+        <v>29</v>
+      </c>
+      <c r="I25" s="3" t="s">
+        <v>110</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>19400750600018</v>
+        <v>19421078700017</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>17</v>
+        <v>114</v>
       </c>
       <c r="I26" s="3" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>19421078700017</v>
+        <v>19442061800010</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>114</v>
-[...3 lines deleted...]
-      </c>
+        <v>116</v>
+      </c>
+      <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>22</v>
+        <v>118</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>118</v>
+        <v>29</v>
+      </c>
+      <c r="I27" s="3">
+        <v>52440418844</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>19442061800010</v>
+        <v>19490946100015</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>119</v>
       </c>
-      <c r="D28" s="2"/>
+      <c r="D28" s="2" t="s">
+        <v>120</v>
+      </c>
       <c r="E28" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>121</v>
+        <v>16</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I28" s="3">
-        <v>52440418844</v>
+        <v>52490194149</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>19490946100015</v>
+        <v>19570086900017</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>123</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>124</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>52490194149</v>
+        <v>29</v>
+      </c>
+      <c r="I29" s="3" t="s">
+        <v>125</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>19570086900017</v>
+        <v>19580055200026</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>22</v>
+        <v>129</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I30" s="3" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>19580055200026</v>
+        <v>19593395700019</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D31" s="2" t="s">
-        <v>130</v>
+        <v>40</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I31" s="3" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>19593395700019</v>
+        <v>19601265200018</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>134</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>136</v>
+        <v>16</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>137</v>
+        <v>29</v>
+      </c>
+      <c r="I32" s="3">
+        <v>32600319260</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>19601265200018</v>
+        <v>19622257400010</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="D33" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>139</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>32600319260</v>
+        <v>29</v>
+      </c>
+      <c r="I33" s="3" t="s">
+        <v>140</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>19622257400010</v>
+        <v>19630984300015</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D34" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E34" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I34" s="3" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>19630984300015</v>
+        <v>19640220000014</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D35" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I35" s="3" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>19640220000014</v>
+        <v>19650139900014</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D36" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E36" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I36" s="3" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>19650139900014</v>
+        <v>19660699000014</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D37" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I37" s="3" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="J37" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>19660699000014</v>
+        <v>19671685600014</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D38" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I38" s="3" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="J38" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>19671685600014</v>
+        <v>19680003100011</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D39" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I39" s="3" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>19680003100011</v>
+        <v>19690250600019</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>167</v>
+        <v>29</v>
+      </c>
+      <c r="I40" s="3">
+        <v>84691703069</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>19690250600019</v>
+        <v>19711073700016</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>168</v>
       </c>
       <c r="D41" s="2" t="s">
         <v>169</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>170</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I41" s="3"/>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>19711073700016</v>
+        <v>19720010800011</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>171</v>
       </c>
-      <c r="D42" s="2" t="s">
+      <c r="D42" s="2"/>
+      <c r="E42" s="2" t="s">
         <v>172</v>
       </c>
-      <c r="E42" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F42" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I42" s="3"/>
+        <v>114</v>
+      </c>
+      <c r="I42" s="3">
+        <v>52720100572</v>
+      </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M42" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>19720010800011</v>
+        <v>19730813300010</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="D43" s="2" t="s">
         <v>174</v>
       </c>
-      <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
         <v>175</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>52720100572</v>
+        <v>29</v>
+      </c>
+      <c r="I43" s="3" t="s">
+        <v>176</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M43" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>19730813300010</v>
+        <v>19761315100012</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D44" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E44" s="2" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>179</v>
+        <v>114</v>
+      </c>
+      <c r="I44" s="3">
+        <v>28760601576</v>
       </c>
       <c r="J44" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M44" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>19761315100012</v>
+        <v>19771436300011</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>180</v>
       </c>
       <c r="D45" s="2" t="s">
         <v>181</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>182</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>28760601576</v>
+        <v>29</v>
+      </c>
+      <c r="I45" s="3" t="s">
+        <v>183</v>
       </c>
       <c r="J45" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M45" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>19771436300011</v>
+        <v>19780004800013</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D46" s="2" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E46" s="2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>186</v>
+        <v>29</v>
+      </c>
+      <c r="I46" s="3">
+        <v>11788184678</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>19780004800013</v>
+        <v>19801335100012</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>187</v>
       </c>
-      <c r="D47" s="2" t="s">
+      <c r="D47" s="2"/>
+      <c r="E47" s="2" t="s">
         <v>188</v>
       </c>
-      <c r="E47" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F47" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>11788184678</v>
+        <v>29</v>
+      </c>
+      <c r="I47" s="3" t="s">
+        <v>189</v>
       </c>
       <c r="J47" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M47" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>19801335100012</v>
+        <v>19830077400017</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>190</v>
       </c>
-      <c r="D48" s="2"/>
+      <c r="D48" s="2" t="s">
+        <v>191</v>
+      </c>
       <c r="E48" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I48" s="3" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="J48" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M48" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>19830077400017</v>
+        <v>19840607600010</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D49" s="2" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I49" s="3" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M49" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>19840607600010</v>
+        <v>19850144700017</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D50" s="2" t="s">
-        <v>198</v>
+        <v>181</v>
       </c>
       <c r="E50" s="2" t="s">
         <v>199</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>29</v>
+      </c>
+      <c r="I50" s="3">
+        <v>52850109685</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M50" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>19850144700017</v>
+        <v>19860818400018</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="D51" s="2" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="E51" s="2" t="s">
         <v>202</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>52850109685</v>
+        <v>29</v>
+      </c>
+      <c r="I51" s="3" t="s">
+        <v>203</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>19860818400018</v>
+        <v>19900246000012</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D52" s="2" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E52" s="2" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I52" s="3" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M52" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>19900246000012</v>
+        <v>19974098600013</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D53" s="2" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E53" s="2" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>22</v>
+        <v>211</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>210</v>
+        <v>29</v>
+      </c>
+      <c r="I53" s="3">
+        <v>98970035397</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M53" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>19974098600013</v>
+        <v>20008180000019</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="D54" s="2" t="s">
         <v>212</v>
       </c>
+      <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
         <v>213</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>17</v>
+        <v>215</v>
       </c>
       <c r="I54" s="3">
-        <v>98970035397</v>
+        <v>11755850975</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>20008180000019</v>
+        <v>77568879900078</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>215</v>
-[...1 lines deleted...]
-      <c r="D55" s="2"/>
+        <v>216</v>
+      </c>
+      <c r="D55" s="2" t="s">
+        <v>217</v>
+      </c>
       <c r="E55" s="2" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>218</v>
+        <v>29</v>
       </c>
       <c r="I55" s="3">
-        <v>11755850975</v>
+        <v>11751561875</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>30292798300023</v>
+        <v>34238263700011</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>17</v>
+        <v>223</v>
       </c>
       <c r="I56" s="3">
-        <v>82691138069</v>
+        <v>52490003849</v>
       </c>
       <c r="J56" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M56" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>30621667200015</v>
+        <v>38112573100012</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I57" s="3"/>
+        <v>29</v>
+      </c>
+      <c r="I57" s="3">
+        <v>53560930256</v>
+      </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>31569851400017</v>
+        <v>77660306000018</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>228</v>
+        <v>29</v>
       </c>
       <c r="I58" s="3">
-        <v>91340104934</v>
+        <v>82740107174</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>32616147800010</v>
+        <v>77769814300024</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>229</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
         <v>230</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>231</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>232</v>
+        <v>29</v>
       </c>
       <c r="I59" s="3">
-        <v>82730023573</v>
+        <v>53350783835</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>33499365600019</v>
+        <v>77774619900010</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>235</v>
+        <v>219</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I60" s="3">
-        <v>82740251174</v>
+        <v>53350117135</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M60" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>33509397700015</v>
+        <v>77850148600014</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>238</v>
+        <v>219</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>17</v>
+        <v>236</v>
       </c>
       <c r="I61" s="3">
-        <v>82691206369</v>
+        <v>43700062970</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>34238263700011</v>
+        <v>77866645300015</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>241</v>
+        <v>219</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>242</v>
+        <v>29</v>
       </c>
       <c r="I62" s="3">
-        <v>52490003849</v>
+        <v>26890128989</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>41024149100019</v>
+        <v>77933737700021</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I63" s="3">
-        <v>72640053564</v>
+        <v>82010144301</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>42143242800017</v>
+        <v>77950951200017</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>17</v>
+        <v>236</v>
       </c>
       <c r="I64" s="3">
-        <v>11780222278</v>
+        <v>82380067138</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>77551109000018</v>
+        <v>78044047500017</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I65" s="3"/>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>77568879900078</v>
+        <v>78071394700015</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>251</v>
-[...3 lines deleted...]
-      </c>
+        <v>247</v>
+      </c>
+      <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I66" s="3"/>
       <c r="J66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>77660306000018</v>
+        <v>78274968300010</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>254</v>
+        <v>249</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I67" s="3">
-        <v>82740107174</v>
+        <v>93131473813</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M67" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>77769814300024</v>
+        <v>78346979400011</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>258</v>
+        <v>219</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I68" s="3">
-        <v>53350783835</v>
+        <v>41880003688</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>77774619900010</v>
+        <v>78362626000013</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>259</v>
+        <v>253</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>260</v>
+        <v>254</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>17</v>
+        <v>114</v>
       </c>
       <c r="I69" s="3">
-        <v>53350117135</v>
+        <v>31590008059</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L69" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M69" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>77850148600014</v>
+        <v>78398196200013</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>261</v>
+        <v>255</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>262</v>
+        <v>256</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>228</v>
+        <v>257</v>
       </c>
       <c r="I70" s="3">
-        <v>43700062970</v>
+        <v>31620031362</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M70" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>77866645300015</v>
+        <v>78596647400013</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>263</v>
+        <v>258</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>224</v>
+        <v>260</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I71" s="3">
-        <v>26890128989</v>
+        <v>52440459544</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M71" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>77933737700021</v>
+        <v>78612761300010</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>238</v>
+        <v>219</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I72" s="3">
-        <v>82010144301</v>
+        <v>52490276449</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M72" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>77950951200017</v>
+        <v>78618852400015</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>233</v>
+        <v>263</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>268</v>
+        <v>219</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>228</v>
+        <v>29</v>
       </c>
       <c r="I73" s="3">
-        <v>82380067138</v>
+        <v>52490100849</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M73" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>78044047500017</v>
+        <v>78626209700011</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I74" s="3"/>
       <c r="J74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>78071394700015</v>
+        <v>78642328500018</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I75" s="3"/>
+        <v>29</v>
+      </c>
+      <c r="I75" s="3">
+        <v>52850150785</v>
+      </c>
       <c r="J75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>78274968300010</v>
+        <v>41024149100019</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>224</v>
+        <v>271</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I76" s="3">
-        <v>93131473813</v>
+        <v>72640053564</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M76" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>78346979400011</v>
+        <v>42143242800017</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>224</v>
+        <v>274</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I77" s="3">
-        <v>41880003688</v>
+        <v>11780222278</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M77" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>78362626000013</v>
+        <v>77551109000018</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>117</v>
+        <v>29</v>
       </c>
       <c r="I78" s="3">
-        <v>31590008059</v>
+        <v>24450000345</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M78" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>78398196200013</v>
+        <v>30292798300023</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>224</v>
+        <v>279</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>281</v>
+        <v>29</v>
       </c>
       <c r="I79" s="3">
-        <v>31620031362</v>
+        <v>82691138069</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M79" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>78596647400013</v>
+        <v>30621667200015</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>284</v>
+        <v>219</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I80" s="3"/>
       <c r="J80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M80" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>78612761300010</v>
+        <v>31569851400017</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>224</v>
+        <v>284</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>17</v>
+        <v>236</v>
       </c>
       <c r="I81" s="3">
-        <v>52490276449</v>
+        <v>91340104934</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M81" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>78618852400015</v>
+        <v>32616147800010</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>224</v>
+        <v>287</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>17</v>
+        <v>288</v>
       </c>
       <c r="I82" s="3">
-        <v>52490100849</v>
+        <v>82730023573</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>78626209700011</v>
+        <v>33499365600019</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>289</v>
+        <v>242</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
+        <v>289</v>
+      </c>
+      <c r="F83" s="2" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I83" s="3"/>
+        <v>29</v>
+      </c>
+      <c r="I83" s="3">
+        <v>82740251174</v>
+      </c>
       <c r="J83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M83" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>78642328500018</v>
+        <v>33509397700015</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
         <v>291</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
         <v>292</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>224</v>
+        <v>241</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I84" s="3">
-        <v>52850150785</v>
+        <v>82691206369</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M84" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
         <v>88944585400041</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>293</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
         <v>294</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>295</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="I85" s="3">
         <v>11941043994</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M85" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -4592,31 +4592,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/13/2025 06:24:11</dc:description>
+  <dc:description>Export en date du 12/03/2025 17:06:43</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>