--- v1 (2025-12-03)
+++ v2 (2026-01-23)
@@ -664,131 +664,203 @@
   <si>
     <t>EPLEFPA FORMA'TERRA</t>
   </si>
   <si>
     <t>LEGTA EMILE BOYER DE LA GIRODAY</t>
   </si>
   <si>
     <t>165 ROUTE DE MAFATE 97460 SAINT-PAUL</t>
   </si>
   <si>
     <t>01/09/1989</t>
   </si>
   <si>
     <t>ECOLE DU BREUIL</t>
   </si>
   <si>
     <t>BOIS DE VINCENNES ROUTE DE LA FERME 75012 PARIS</t>
   </si>
   <si>
     <t>02/07/2018</t>
   </si>
   <si>
     <t>84.13Z</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE RURALE CHESSY</t>
+  </si>
+  <si>
+    <t>LE BOURG 68 AVENUE DE LA GARE 69380 CHESSY</t>
+  </si>
+  <si>
+    <t>01/10/1996</t>
+  </si>
+  <si>
+    <t>ASSO RESPONSABLE DU LYCEE ST ILAN -FLORILAN</t>
+  </si>
+  <si>
+    <t>52 RUE DE SAINT-ILAN 22360 LANGUEUX</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>CENT.AGRICOL.INTERCOMMUNAL MIXTE</t>
+  </si>
+  <si>
+    <t>ROUTE DE PEZENAS 34150 GIGNAC</t>
+  </si>
+  <si>
+    <t>01/01/1979</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>FONDATION DU BOCAGE</t>
+  </si>
+  <si>
+    <t>339 RUE COSTA DE BEAUREGARD 73000 CHAMBERY</t>
+  </si>
+  <si>
+    <t>01/01/1982</t>
+  </si>
+  <si>
+    <t>87.90A</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>1154 ROUTE DES ALLUAZ 74380 BONNE</t>
+  </si>
+  <si>
+    <t>14/11/1984</t>
+  </si>
+  <si>
+    <t>ASSOCIATION FAMILIALE DE GESTION DU LYCEE HORTICOLE PRIVE DE LYON PRESSIN</t>
+  </si>
+  <si>
+    <t>81 CHEMIN DE BEAUNANT 69230 SAINT-GENIS-LAVAL</t>
+  </si>
+  <si>
+    <t>01/09/1985</t>
+  </si>
+  <si>
+    <t>ASSOCIATION GROUPE ESA</t>
+  </si>
+  <si>
+    <t>55 RUE RABELAIS 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>18/06/1987</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>ASSOCIATION FAMILIALLE DE GESTION</t>
+  </si>
+  <si>
+    <t>KERPLOUZE 56400 AURAY</t>
+  </si>
+  <si>
+    <t>01/01/1957</t>
+  </si>
+  <si>
+    <t>OGEC AEP HAZPARNE</t>
+  </si>
+  <si>
+    <t>1 ROUTE DES MISSIONNAIRES 64240 HASPARREN</t>
+  </si>
+  <si>
+    <t>01/09/1996</t>
+  </si>
+  <si>
+    <t>CENT HORTICOLE PRIVE ENSEIGNEMENT PROMOT</t>
+  </si>
+  <si>
+    <t>43 RUE DU GENERAL DE GAULLE 78490 LE TREMBLAY-SUR-MAULDRE</t>
+  </si>
+  <si>
+    <t>07/06/1945</t>
+  </si>
+  <si>
+    <t>CAMPUS LA MOUILLERE ORLEANS LOIRE VALLEY</t>
+  </si>
+  <si>
+    <t>66 AVENUE DE LA MOUILLERE 45100 ORLEANS</t>
+  </si>
+  <si>
     <t>FONDATION APPRENTIS D'AUTEUIL</t>
   </si>
   <si>
     <t>MAISON ST PHILIPPE</t>
   </si>
   <si>
     <t>1 RUE DU PERE BROTTIER 92190 MEUDON</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...22 lines deleted...]
-  <si>
     <t>ISETA - ECA</t>
   </si>
   <si>
     <t>ECOLE D'AGRICULTURE DE POISY 859 ROUTE DE L'ECOLE D'AGRICULTURE 74330 POISY</t>
   </si>
   <si>
     <t>MAISON FAMILIALE HORTICOLE</t>
   </si>
   <si>
     <t>LES RABINARDIERES 35760 SAINT-GREGOIRE</t>
   </si>
   <si>
     <t>15/11/1988</t>
   </si>
   <si>
     <t>GROUPE SCOLAIRE D'ENSEIGNEMENT AGRICOLE  PRIVE ANTOINE DE SAINT-EXUPERY</t>
   </si>
   <si>
     <t>LA LANDE DU BREIL 39 RUE FERNAND ROBERT 35000 RENNES</t>
   </si>
   <si>
     <t>MAISON FAMIL RURALE EDUCAT ORIENTATION</t>
   </si>
   <si>
     <t>70100 CHARGEY-LES-GRAY</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>MAISON FAMIL RURALE SENONAIS</t>
   </si>
   <si>
     <t>24 RUE HAUTE 89100 GRON</t>
   </si>
   <si>
     <t>MAISON FAMILIALE EDUCATION ORIENTATION</t>
   </si>
   <si>
     <t>LA VERNEE 01960 PERONNAS</t>
   </si>
   <si>
-    <t>01/09/1985</t>
-[...4 lines deleted...]
-  <si>
     <t>CHAUMONT 38780 EYZIN-PINET</t>
   </si>
   <si>
     <t>01/01/1988</t>
   </si>
   <si>
     <t>ASS FAMIL GESTION ENSEIG AGRIC PRIVE</t>
   </si>
   <si>
     <t>4 RUE DES ECOLES 51370 THILLOIS</t>
   </si>
   <si>
     <t>ASSOC INSTITUT PROFESSIONEL LEMONNIER</t>
   </si>
   <si>
     <t>60 RUE D'HEROUVILLE 14000 CAEN</t>
   </si>
   <si>
     <t>LYCEE ENSEIGNEMENT AGRC PRIVE FONTLONGUE</t>
   </si>
   <si>
     <t>BOULEVARD THEODORE AUBANEL 13140 MIRAMAS</t>
   </si>
   <si>
     <t>CRTE FORMATION PROFESSIONNELLE HORTICOLE</t>
@@ -821,122 +893,50 @@
     <t>19/05/1954</t>
   </si>
   <si>
     <t>MFREO INSTITUT RURAL DES MAUGES</t>
   </si>
   <si>
     <t>8 RUE DES CEDRES 49600 BEAUPREAU-EN-MAUGES</t>
   </si>
   <si>
     <t>SYNDICAT ENSEIGNEMENT AGRIC POUILLE</t>
   </si>
   <si>
     <t>POUILLE 49130 LES PONTS DE CE</t>
   </si>
   <si>
     <t>LYCEE ENSEIGNE PROFESSION AGRICOLE PRIVE</t>
   </si>
   <si>
     <t>RTE DE CAEN ROCHEFEUILLE 53100 MAYENNE</t>
   </si>
   <si>
     <t>MFR-CFA MAREUIL SUR LAY</t>
   </si>
   <si>
     <t>14 RUE DU MARCHIOU 85320 MAREUIL-SUR-LAY-DISSAIS</t>
-  </si>
-[...70 lines deleted...]
-    <t>81 CHEMIN DE BEAUNANT 69230 SAINT-GENIS-LAVAL</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE DES METIERS DE LA VILLE DE DEMAIN-CCI PARIS ILE-DE-FRANCE EDUCATION</t>
   </si>
   <si>
     <t>CAMPUS DE JOUY EN JOSAS CHEMIN DE L’ORME ROND 78350 JOUY-EN-JOSAS</t>
   </si>
   <si>
     <t>29/10/2020</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -3399,1172 +3399,1172 @@
       <c r="F54" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>215</v>
       </c>
       <c r="I54" s="3">
         <v>11755850975</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>77568879900078</v>
+        <v>30292798300023</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>216</v>
       </c>
-      <c r="D55" s="2" t="s">
+      <c r="D55" s="2"/>
+      <c r="E55" s="2" t="s">
         <v>217</v>
       </c>
-      <c r="E55" s="2" t="s">
+      <c r="F55" s="2" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I55" s="3">
-        <v>11751561875</v>
+        <v>82691138069</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>34238263700011</v>
+        <v>30621667200015</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
+        <v>220</v>
+      </c>
+      <c r="F56" s="2" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>223</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I56" s="3"/>
       <c r="J56" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>38112573100012</v>
+        <v>31569851400017</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>29</v>
+        <v>225</v>
       </c>
       <c r="I57" s="3">
-        <v>53560930256</v>
+        <v>91340104934</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>77660306000018</v>
+        <v>32616147800010</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
+        <v>227</v>
+      </c>
+      <c r="F58" s="2" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>29</v>
+        <v>229</v>
       </c>
       <c r="I58" s="3">
-        <v>82740107174</v>
+        <v>82730023573</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>77769814300024</v>
+        <v>33499365600019</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I59" s="3">
-        <v>53350783835</v>
+        <v>82740251174</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>77774619900010</v>
+        <v>33509397700015</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>219</v>
+        <v>235</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I60" s="3">
-        <v>53350117135</v>
+        <v>82691206369</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>77850148600014</v>
+        <v>34238263700011</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>219</v>
+        <v>238</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="I61" s="3">
-        <v>43700062970</v>
+        <v>52490003849</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>77866645300015</v>
+        <v>38112573100012</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>219</v>
+        <v>242</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I62" s="3">
-        <v>26890128989</v>
+        <v>53560930256</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>77933737700021</v>
+        <v>41024149100019</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I63" s="3">
-        <v>82010144301</v>
+        <v>72640053564</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>77950951200017</v>
+        <v>42143242800017</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>236</v>
+        <v>29</v>
       </c>
       <c r="I64" s="3">
-        <v>82380067138</v>
+        <v>11780222278</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>78044047500017</v>
+        <v>77551109000018</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="I65" s="3"/>
+      <c r="I65" s="3">
+        <v>24450000345</v>
+      </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>78071394700015</v>
+        <v>77568879900078</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="D66" s="2"/>
+        <v>251</v>
+      </c>
+      <c r="D66" s="2" t="s">
+        <v>252</v>
+      </c>
       <c r="E66" s="2" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="I66" s="3"/>
+      <c r="I66" s="3">
+        <v>11751561875</v>
+      </c>
       <c r="J66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>78274968300010</v>
+        <v>77660306000018</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I67" s="3">
-        <v>93131473813</v>
+        <v>82740107174</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>78346979400011</v>
+        <v>77769814300024</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>219</v>
+        <v>258</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I68" s="3">
-        <v>41880003688</v>
+        <v>53350783835</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>78362626000013</v>
+        <v>77774619900010</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>114</v>
+        <v>29</v>
       </c>
       <c r="I69" s="3">
-        <v>31590008059</v>
+        <v>53350117135</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>78398196200013</v>
+        <v>77850148600014</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>257</v>
+        <v>225</v>
       </c>
       <c r="I70" s="3">
-        <v>31620031362</v>
+        <v>43700062970</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>78596647400013</v>
+        <v>77866645300015</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>260</v>
+        <v>221</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I71" s="3">
-        <v>52440459544</v>
+        <v>26890128989</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>78612761300010</v>
+        <v>77933737700021</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>219</v>
+        <v>235</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I72" s="3">
-        <v>52490276449</v>
+        <v>82010144301</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>78618852400015</v>
+        <v>77950951200017</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>263</v>
+        <v>230</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>219</v>
+        <v>268</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>29</v>
+        <v>225</v>
       </c>
       <c r="I73" s="3">
-        <v>52490100849</v>
+        <v>82380067138</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M73" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>78626209700011</v>
+        <v>78044047500017</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I74" s="3"/>
       <c r="J74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>78642328500018</v>
+        <v>78071394700015</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="I75" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I75" s="3"/>
       <c r="J75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>41024149100019</v>
+        <v>78274968300010</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>271</v>
+        <v>221</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I76" s="3">
-        <v>72640053564</v>
+        <v>93131473813</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>42143242800017</v>
+        <v>78346979400011</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>274</v>
+        <v>221</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I77" s="3">
-        <v>11780222278</v>
+        <v>41880003688</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>77551109000018</v>
+        <v>78362626000013</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>29</v>
+        <v>114</v>
       </c>
       <c r="I78" s="3">
-        <v>24450000345</v>
+        <v>31590008059</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>30292798300023</v>
+        <v>78398196200013</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>279</v>
+        <v>221</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>29</v>
+        <v>281</v>
       </c>
       <c r="I79" s="3">
-        <v>82691138069</v>
+        <v>31620031362</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>30621667200015</v>
+        <v>78596647400013</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>219</v>
+        <v>284</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="I80" s="3"/>
+      <c r="I80" s="3">
+        <v>52440459544</v>
+      </c>
       <c r="J80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M80" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>31569851400017</v>
+        <v>78612761300010</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>284</v>
+        <v>221</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>236</v>
+        <v>29</v>
       </c>
       <c r="I81" s="3">
-        <v>91340104934</v>
+        <v>52490276449</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>32616147800010</v>
+        <v>78618852400015</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>287</v>
+        <v>221</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>288</v>
+        <v>29</v>
       </c>
       <c r="I82" s="3">
-        <v>82730023573</v>
+        <v>52490100849</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>33499365600019</v>
+        <v>78626209700011</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>242</v>
+        <v>289</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>290</v>
+        <v>221</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="I83" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I83" s="3"/>
       <c r="J83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M83" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>33509397700015</v>
+        <v>78642328500018</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
         <v>291</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
         <v>292</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>241</v>
+        <v>221</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I84" s="3">
-        <v>82691206369</v>
+        <v>52850150785</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M84" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
         <v>88944585400041</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>293</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
         <v>294</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>295</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>236</v>
+        <v>225</v>
       </c>
       <c r="I85" s="3">
         <v>11941043994</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -4592,31 +4592,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/03/2025 17:06:43</dc:description>
+  <dc:description>Export en date du 01/23/2026 10:03:35</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>