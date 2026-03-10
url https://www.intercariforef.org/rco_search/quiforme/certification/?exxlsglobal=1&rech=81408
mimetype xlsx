--- v2 (2026-01-23)
+++ v3 (2026-03-10)
@@ -4592,31 +4592,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/23/2026 10:03:35</dc:description>
+  <dc:description>Export en date du 03/10/2026 10:07:27</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>