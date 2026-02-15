--- v0 (2025-11-05)
+++ v1 (2026-02-15)
@@ -911,53 +911,51 @@
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>75253547600275</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>31</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I7" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>75253547600325</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
@@ -1104,53 +1102,51 @@
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>75253547600416</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>45</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I12" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I12" s="3"/>
       <c r="J12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>75253547600424</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>49</v>
@@ -1334,53 +1330,51 @@
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>85001923300012</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>69</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>70</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="I18" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I18" s="3"/>
       <c r="J18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>91114836900018</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
@@ -1478,31 +1472,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 07:20:10</dc:description>
+  <dc:description>Export en date du 02/16/2026 00:50:00</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>