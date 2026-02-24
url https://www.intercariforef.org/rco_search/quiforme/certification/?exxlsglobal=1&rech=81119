--- v0 (2025-12-18)
+++ v1 (2026-02-24)
@@ -100,315 +100,315 @@
   <si>
     <t>ETAB FRANCAIS FORMATION ET ENSEIGNEMENT</t>
   </si>
   <si>
     <t>9 RUE DES ARENES 75005 PARIS</t>
   </si>
   <si>
     <t>01/10/1999</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>INSTITUT DE MANAGEMENT ECOLE SUP GESTION</t>
   </si>
   <si>
     <t>25 RUE SAINT-AMBROISE 75011 PARIS</t>
   </si>
   <si>
     <t>01/07/2009</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
+    <t>SOBOX</t>
+  </si>
+  <si>
+    <t>12 B RUE PAUL BERTIN 92000 NANTERRE</t>
+  </si>
+  <si>
+    <t>05/11/2019</t>
+  </si>
+  <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>M2I SCRIBTEL</t>
   </si>
   <si>
     <t>146 A 148 146 RUE DE PICPUS 75012 PARIS</t>
   </si>
   <si>
     <t>21/10/2013</t>
   </si>
   <si>
     <t>30/06/2025</t>
   </si>
   <si>
+    <t>ET SI ?</t>
+  </si>
+  <si>
+    <t>5 RUE BARBETTE 75003 PARIS</t>
+  </si>
+  <si>
+    <t>30/10/2009</t>
+  </si>
+  <si>
+    <t>31/01/2023</t>
+  </si>
+  <si>
     <t>KORDA &amp; COMPANY</t>
   </si>
   <si>
     <t>12 RUE LORD BYRON 75008 PARIS</t>
   </si>
   <si>
     <t>01/04/2014</t>
   </si>
   <si>
     <t>16/01/2023</t>
   </si>
   <si>
+    <t>THE ALBERT MANSBRIDGE INSTITUTE</t>
+  </si>
+  <si>
+    <t>127 BOULEVARD VOLTAIRE 75011 PARIS</t>
+  </si>
+  <si>
+    <t>05/03/2020</t>
+  </si>
+  <si>
+    <t>01/04/2023</t>
+  </si>
+  <si>
+    <t>ROUTE TO BUSINESS</t>
+  </si>
+  <si>
+    <t>574 CHEMIN DE WETTE FAYS 69300 CALUIRE-ET-CUIRE</t>
+  </si>
+  <si>
+    <t>01/11/2011</t>
+  </si>
+  <si>
+    <t>ESGCV</t>
+  </si>
+  <si>
+    <t>95 CHEMIN ROGER MARTIN 13090 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>01/07/2013</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>MBA ESG - ESG EXECUTIVE EDUCATION</t>
+  </si>
+  <si>
+    <t>1ER ETAGE 35 AVENUE PHILIPPE-AUGUSTE 75011 PARIS</t>
+  </si>
+  <si>
+    <t>5 BOULEVARD RENE LAENNEC 35000 RENNES</t>
+  </si>
+  <si>
+    <t>PSB PARIS SCHOOL OF BUSINESS</t>
+  </si>
+  <si>
+    <t>59 RUE NATIONALE 75013 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/2015</t>
+  </si>
+  <si>
+    <t>IICP - NARRATIV</t>
+  </si>
+  <si>
+    <t>2EME ETAGE 59 RUE NATIONALE 75013 PARIS</t>
+  </si>
+  <si>
+    <t>ESG CI - ESG TOURISME</t>
+  </si>
+  <si>
+    <t>2EME ETAGE 25 RUE SAINT-AMBROISE 75011 PARIS</t>
+  </si>
+  <si>
+    <t>ESG FINANCE - ESG IMMOBILIER</t>
+  </si>
+  <si>
+    <t>1ER ETAGE 25 RUE SAINT-AMBROISE 75011 PARIS</t>
+  </si>
+  <si>
+    <t>ESG RH</t>
+  </si>
+  <si>
+    <t>1ER ETAGE GAUCHE 25 RUE SAINT-AMBROISE 75011 PARIS</t>
+  </si>
+  <si>
+    <t>01/07/2015</t>
+  </si>
+  <si>
+    <t>22/09/2023</t>
+  </si>
+  <si>
+    <t>349 RUE DE LA CAVALADE 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/10/2015</t>
+  </si>
+  <si>
+    <t>01/01/2024</t>
+  </si>
+  <si>
+    <t>BASSIN A FLOT BAT G3 20 QUAI LAWTON 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
+    <t>ZAC DES DEUX LIONS, BAT C 27 RUE JAMES WATT 37200 TOURS</t>
+  </si>
+  <si>
+    <t>01/03/2017</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
+    <t>3E ETAGE 35 AVENUE PHILIPPE-AUGUSTE 75011 PARIS</t>
+  </si>
+  <si>
+    <t>ESG SPORT</t>
+  </si>
+  <si>
+    <t>33-35-33-35 RUE NUNGESSER 33 RUE NUNGESSER ET COLI 75116 PARIS</t>
+  </si>
+  <si>
+    <t>31/05/2018</t>
+  </si>
+  <si>
+    <t>CAMPUS ENOVA 505 RUE JEAN ROSTAND 31670 LABEGE</t>
+  </si>
+  <si>
+    <t>01/01/2019</t>
+  </si>
+  <si>
+    <t>MERKURE BUSINESS SCHOOL</t>
+  </si>
+  <si>
+    <t>384 AVENUE DU CLUB HIPPIQUE 13090 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>01/07/2019</t>
+  </si>
+  <si>
+    <t>ESG LUXE</t>
+  </si>
+  <si>
+    <t>5 AVENUE DE L'OPERA 75001 PARIS</t>
+  </si>
+  <si>
+    <t>01/10/2019</t>
+  </si>
+  <si>
+    <t>ESGCV NANTES</t>
+  </si>
+  <si>
+    <t>275 BOULEVARD MARCEL PAUL 44800 SAINT-HERBLAIN</t>
+  </si>
+  <si>
+    <t>01/06/2020</t>
+  </si>
+  <si>
+    <t>01/03/2025</t>
+  </si>
+  <si>
+    <t>ESG DATA &amp; IA</t>
+  </si>
+  <si>
+    <t>43 RUE CHANZY 75011 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/2021</t>
+  </si>
+  <si>
+    <t>ESG ACT</t>
+  </si>
+  <si>
+    <t>39 RUE CHANZY 75011 PARIS</t>
+  </si>
+  <si>
+    <t>DIGITAL CAMPUS ELIJE ESARC ESG SPORT LYON</t>
+  </si>
+  <si>
+    <t>LE FONTENAY 63 RUE ANDRE BOLLIER 69007 LYON</t>
+  </si>
+  <si>
+    <t>01/02/2021</t>
+  </si>
+  <si>
     <t>MERCURI INTERNATIONAL</t>
   </si>
   <si>
     <t>TOUR W 102 TERRASSE BOIELDIEU 92800 PUTEAUX</t>
   </si>
   <si>
     <t>08/10/2018</t>
   </si>
   <si>
     <t>M2I TECH</t>
   </si>
   <si>
     <t>146/148 146 RUE DE PICPUS 75012 PARIS 12</t>
   </si>
   <si>
     <t>05/08/2013</t>
   </si>
   <si>
     <t>30/06/2022</t>
   </si>
   <si>
-    <t>THE ALBERT MANSBRIDGE INSTITUTE</t>
-[...187 lines deleted...]
-  <si>
     <t>COMUNDI</t>
   </si>
   <si>
     <t>39 BOULEVARD ORNANO 93200 SAINT-DENIS</t>
   </si>
   <si>
     <t>01/03/2015</t>
   </si>
   <si>
     <t>STUDI</t>
   </si>
   <si>
     <t>PARC GOURAUD- IMMEUBLE L ENVOL NORD 3 ALL DES INTERNAUTES 02200 SOISSONS</t>
   </si>
   <si>
     <t>30/06/2018</t>
   </si>
   <si>
     <t>30/09/2022</t>
-  </si>
-[...7 lines deleted...]
-    <t>05/11/2019</t>
   </si>
   <si>
     <t>FG LEARNING</t>
   </si>
   <si>
     <t>25 RUE DU GENERAL FOY 75008 PARIS</t>
   </si>
   <si>
     <t>16/12/2019</t>
   </si>
   <si>
     <t>01/02/2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -936,226 +936,220 @@
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I4" s="3">
         <v>11752021075</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>39336786700024</v>
+        <v>87918084200012</v>
       </c>
       <c r="B5" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C5" s="2" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="F5" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="I5" s="3">
-        <v>11752175275</v>
+        <v>11922326592</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>45105510700051</v>
+        <v>39336786700024</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="F6" s="2" t="s">
+      <c r="G6" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="G6" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H6" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>78435392200197</v>
+        <v>51848534700018</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="F7" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="F7" s="2" t="s">
+      <c r="G7" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>79504509500010</v>
+        <v>45105510700051</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H8" s="2" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>50808367200040</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>47</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I9" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I9" s="3"/>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>51120918100029</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
@@ -1436,112 +1430,108 @@
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>54</v>
       </c>
       <c r="I17" s="3">
         <v>11755049075</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>75253547600275</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>67</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>69</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>70</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="I18" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I18" s="3"/>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>75253547600283</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>72</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>73</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="I19" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I19" s="3"/>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>75253547600309</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
@@ -1553,71 +1543,69 @@
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>54</v>
       </c>
       <c r="I20" s="3">
         <v>11755049075</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>75253547600317</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>78</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="I21" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I21" s="3"/>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>75253547600325</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
@@ -1783,73 +1771,71 @@
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>54</v>
       </c>
       <c r="I26" s="3">
         <v>11755049075</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>75253547600416</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>91</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>94</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="I27" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I27" s="3"/>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>75253547600424</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>95</v>
@@ -1938,224 +1924,220 @@
       <c r="F30" s="2" t="s">
         <v>102</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>54</v>
       </c>
       <c r="I30" s="3">
         <v>11755049075</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>51848534700018</v>
+        <v>78435392200197</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>103</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>104</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>105</v>
       </c>
-      <c r="G31" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="I31" s="3">
-        <v>11757103475</v>
+        <v>11920013392</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>79922203900031</v>
+        <v>79504509500010</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="F32" s="2" t="s">
         <v>108</v>
       </c>
-      <c r="F32" s="2" t="s">
+      <c r="G32" s="2" t="s">
         <v>109</v>
       </c>
-      <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I32" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I32" s="3"/>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>83854281900027</v>
+        <v>79922203900031</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>110</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>111</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>112</v>
       </c>
-      <c r="G33" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I33" s="3"/>
+        <v>27</v>
+      </c>
+      <c r="I33" s="3">
+        <v>11930706893</v>
+      </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>87918084200012</v>
+        <v>83854281900027</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="F34" s="2" t="s">
         <v>115</v>
       </c>
-      <c r="F34" s="2" t="s">
+      <c r="G34" s="2" t="s">
         <v>116</v>
       </c>
-      <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="I34" s="3"/>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>88047114900018</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>117</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
         <v>118</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>119</v>
       </c>
       <c r="G35" s="2" t="s">
         <v>120</v>
       </c>
       <c r="H35" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I35" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I35" s="3"/>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
@@ -2179,31 +2161,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/18/2025 07:07:45</dc:description>
+  <dc:description>Export en date du 02/24/2026 14:18:35</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>