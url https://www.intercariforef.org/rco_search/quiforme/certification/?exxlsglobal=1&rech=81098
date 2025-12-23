--- v0 (2025-11-05)
+++ v1 (2025-12-23)
@@ -1671,31 +1671,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 13:07:19</dc:description>
+  <dc:description>Export en date du 12/23/2025 11:54:54</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>