--- v1 (2025-12-23)
+++ v2 (2026-02-21)
@@ -781,53 +781,51 @@
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
         <v>77572257200523</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I4" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I4" s="3"/>
       <c r="J4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>77572257200820</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
@@ -931,53 +929,51 @@
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>77572257200879</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>34</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I8" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>77572257200911</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
@@ -1155,53 +1151,51 @@
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>77572257201026</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I14" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I14" s="3"/>
       <c r="J14" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>77572257201034</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
@@ -1416,53 +1410,51 @@
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>77572257201117</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>62</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>63</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I21" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I21" s="3"/>
       <c r="J21" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>77572257201133</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
@@ -1671,31 +1663,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/23/2025 11:54:54</dc:description>
+  <dc:description>Export en date du 02/21/2026 11:21:41</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>