--- v0 (2025-12-26)
+++ v1 (2026-03-26)
@@ -58,120 +58,120 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>SPORT BRETAGNE</t>
+  </si>
+  <si>
+    <t>24 RUE DES MARETTES 35800 DINARD</t>
+  </si>
+  <si>
+    <t>30/12/2010</t>
+  </si>
+  <si>
+    <t>85.51Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>FEDERATION FRANCAISE USAGERS BICYCLETTE</t>
+  </si>
+  <si>
+    <t>12 RUE FINKMATT 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>28/07/2020</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>COMITE REGIONAL DE NORMANDIE DE L'UNION FRANCAISE DES OEUVRES LAIQUES D'EDUCATION PHYSIQUE</t>
+  </si>
+  <si>
+    <t>16 RUE DE LA GIRAFE 14000 CAEN</t>
+  </si>
+  <si>
+    <t>14/12/1982</t>
+  </si>
+  <si>
+    <t>93.12Z</t>
+  </si>
+  <si>
     <t>LA MAISON DU VELO</t>
   </si>
   <si>
     <t>12 BOULEVARD DE BONREPOS 31000 TOULOUSE</t>
   </si>
   <si>
     <t>02/02/2009</t>
   </si>
   <si>
-    <t>94.99Z</t>
-[...17 lines deleted...]
-    <t>85.51Z</t>
+    <t>INSTITUT DE FORMATION DU VELO</t>
+  </si>
+  <si>
+    <t>180 BOULEVARD DE CHARAVINES 38500 VOIRON</t>
+  </si>
+  <si>
+    <t>04/07/2011</t>
+  </si>
+  <si>
+    <t>85.59A</t>
   </si>
   <si>
     <t>FEDE FRANC CYCLO TOURISME</t>
   </si>
   <si>
     <t>12 RUE LOUIS BERTRAND 94200 IVRY-SUR-SEINE</t>
   </si>
   <si>
     <t>28/05/2001</t>
-  </si>
-[...31 lines deleted...]
-    <t>14/12/1982</t>
   </si>
   <si>
     <t>LE BONHEUR A VELO</t>
   </si>
   <si>
     <t>CAMPUS DE L'EPF 21 BOULEVARD BERTHELOT 34000 MONTPELLIER</t>
   </si>
   <si>
     <t>05/01/2022</t>
   </si>
   <si>
     <t>"ORGANISME CERTIFICATEUR DE LA BRANCHE DU SPORT" "OC SPORT"</t>
   </si>
   <si>
     <t>88 RUE MARCEL BOURDARIAS 94140 ALFORTVILLE</t>
   </si>
   <si>
     <t>04/12/2019</t>
   </si>
   <si>
     <t>93.19Z</t>
   </si>
   <si>
     <t>ADAMAS FORMATIONS</t>
   </si>
@@ -609,265 +609,265 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>48742094500023</v>
+        <v>13001397200026</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
-        <v>73310622831</v>
+        <v>53350885335</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>13001397200026</v>
+        <v>40767625300054</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="3">
-        <v>53350885335</v>
+        <v>42670505967</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>78444865600040</v>
+        <v>45340979900013</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I4" s="3">
-        <v>11941109894</v>
+        <v>25140288114</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>40767625300054</v>
+        <v>48742094500023</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I5" s="3">
-        <v>42670505967</v>
+        <v>73310622831</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>53427748800019</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I6" s="3">
         <v>82380510238</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>45340979900013</v>
+        <v>78444865600040</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I7" s="3">
-        <v>25140288114</v>
+        <v>11941109894</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>88931064500029</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>27</v>
@@ -994,31 +994,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/26/2025 22:39:32</dc:description>
+  <dc:description>Export en date du 03/26/2026 22:04:27</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>