--- v0 (2025-10-13)
+++ v1 (2025-12-15)
@@ -145,99 +145,99 @@
   <si>
     <t>21/10/2024</t>
   </si>
   <si>
     <t>8242P000942</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT LA FAYETTE – LYCEE DES METIERS DE LA DIGITALE INDUSTRIE ET DU PLURIMEDIA</t>
   </si>
   <si>
     <t>21 BOULEVARD ROBERT SCHUMAN 63000 CLERMONT-FERRAND</t>
   </si>
   <si>
     <t>18/11/1991</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
     <t>8363P001063</t>
   </si>
   <si>
     <t>GRETA AUVERGNE</t>
   </si>
   <si>
+    <t>A M I G R A F</t>
+  </si>
+  <si>
+    <t>92 RUE ABELARD 59000 LILLE</t>
+  </si>
+  <si>
+    <t>18/09/2008</t>
+  </si>
+  <si>
+    <t>ASSO FORMAT IMPRIMERIE INDUSTRIE GRAPHIQ</t>
+  </si>
+  <si>
+    <t>AFIG - GRAPHIPOLIS BAT POLE DES ARTS G 1 PLACE ALBERT CAMUS 44300 NANTES</t>
+  </si>
+  <si>
+    <t>06/08/2010</t>
+  </si>
+  <si>
+    <t>FORMATION DEVELOPPEMENT OUEST</t>
+  </si>
+  <si>
+    <t>22 AVENUE FELIX VINCENT 44700 ORVAULT</t>
+  </si>
+  <si>
+    <t>20/01/2017</t>
+  </si>
+  <si>
+    <t>11/05/2021</t>
+  </si>
+  <si>
+    <t>AFI-LNR INDUSTRIES GRAPHIQUES-PAPIER CARTON TRANSFORMATION-PLURIMEDIA</t>
+  </si>
+  <si>
+    <t>18 RUE ALFRED KASTLER 76130 MONT-SAINT-AIGNAN</t>
+  </si>
+  <si>
+    <t>01/08/1991</t>
+  </si>
+  <si>
     <t>OTOS 13 FORMATION, ORGANISME DE FORMATION</t>
   </si>
   <si>
     <t>56 AVENUE ANDRE ROUSSIN 13016 MARSEILLE</t>
   </si>
   <si>
     <t>12/12/2018</t>
   </si>
   <si>
     <t>85.59B</t>
-  </si>
-[...37 lines deleted...]
-    <t>01/08/1991</t>
   </si>
   <si>
     <t>FCOMFORMATION</t>
   </si>
   <si>
     <t>41 RUE BARRAULT 75013 PARIS</t>
   </si>
   <si>
     <t>01/10/2018</t>
   </si>
   <si>
     <t>A LA PAGE FORMATION</t>
   </si>
   <si>
     <t>63 RUE DES SPORTS 53000 LAVAL</t>
   </si>
   <si>
     <t>21/02/2020</t>
   </si>
   <si>
     <t>12/07/2021</t>
   </si>
 </sst>
 </file>
 
@@ -895,230 +895,230 @@
       <c r="F7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>41</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>53213677700028</v>
+        <v>30290228300035</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>46</v>
+        <v>24</v>
       </c>
       <c r="I8" s="3">
-        <v>93131397513</v>
+        <v>31590084259</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>30290228300035</v>
+        <v>32984426000045</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="I9" s="3">
-        <v>31590084259</v>
+        <v>52440549544</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>32984426000045</v>
+        <v>33481763200022</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="F10" s="2" t="s">
+      <c r="G10" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="I10" s="3">
-        <v>52440549544</v>
+        <v>52440071544</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>33481763200022</v>
+        <v>33798443900022</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>54</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="G11" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="I11" s="3">
-        <v>52440071544</v>
+        <v>23760046376</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>33798443900022</v>
+        <v>53213677700028</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
       <c r="I12" s="3">
-        <v>23760046376</v>
+        <v>93131397513</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>84253573400011</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>62</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>24</v>
@@ -1138,51 +1138,51 @@
       <c r="M13" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>88194378100016</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>66</v>
       </c>
       <c r="H14" s="2" t="s">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="I14" s="3">
         <v>52530096553</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -1210,31 +1210,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/13/2025 11:32:10</dc:description>
+  <dc:description>Export en date du 12/15/2025 22:49:02</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>