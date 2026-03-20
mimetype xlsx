--- v0 (2026-03-20)
+++ v1 (2026-03-20)
@@ -604,2628 +604,2628 @@
   <si>
     <t>8226P000726</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT GUSTAVE MONOD</t>
   </si>
   <si>
     <t>GRETA DU VAL D OISE</t>
   </si>
   <si>
     <t>71 AVENUE DE CEINTURE 95880 ENGHIEN-LES-BAINS</t>
   </si>
   <si>
     <t>CENTRE BELLE ALLIANCE</t>
   </si>
   <si>
     <t>8 RUE ALBERT MOLINIER 95410 GROSLAY</t>
   </si>
   <si>
     <t>01/11/1990</t>
   </si>
   <si>
     <t>88.10C</t>
   </si>
   <si>
+    <t>GROUPE ESIEA</t>
+  </si>
+  <si>
+    <t>9 RUE VESALE 75005 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>SOLIDARITE ET JALONS POUR LE TRAVAIL</t>
+  </si>
+  <si>
+    <t>17 RUE ROBERT SCHUMAN 60100 CREIL</t>
+  </si>
+  <si>
+    <t>31/10/2017</t>
+  </si>
+  <si>
+    <t>OSENGO</t>
+  </si>
+  <si>
+    <t>37 BOULEVARD ARISTIDE BRIAND 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>01/09/2009</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>27 BOULEVARD DES MINIMES 31200 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/05/2018</t>
+  </si>
+  <si>
+    <t>01/10/2023</t>
+  </si>
+  <si>
+    <t>35 RUE DU PRE LA REINE 63100 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>01/04/2022</t>
+  </si>
+  <si>
+    <t>COURS DE FRANCE</t>
+  </si>
+  <si>
+    <t>1 PLACE DE LA REPUBLIQUE 75003 PARIS</t>
+  </si>
+  <si>
+    <t>25/03/1982</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE FORMATION POUR LE DEVELOPPEMENT REGIONAL ET L'APPUI AU RECLASSEMENT</t>
+  </si>
+  <si>
+    <t>PARC TECHNO DU CANAL 2 RUE IRENE JOLIOT CURIE 31520 RAMONVILLE-SAINT-AGNE</t>
+  </si>
+  <si>
+    <t>19/07/1999</t>
+  </si>
+  <si>
+    <t>BUROSCOPE</t>
+  </si>
+  <si>
+    <t>2 A ALLEE JACQUES FRIMOT 35000 RENNES</t>
+  </si>
+  <si>
+    <t>12/07/2021</t>
+  </si>
+  <si>
+    <t>REFLETS</t>
+  </si>
+  <si>
+    <t>3 CHEMIN DES TRAVAILS 06800 CAGNES-SUR-MER</t>
+  </si>
+  <si>
+    <t>01/01/2019</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>M2I</t>
+  </si>
+  <si>
+    <t>AVOLYS</t>
+  </si>
+  <si>
+    <t>12 RUE EMILE ZOLA 45000 ORLEANS</t>
+  </si>
+  <si>
+    <t>01/01/2009</t>
+  </si>
+  <si>
+    <t>26 RUE DE LA TUILERIE 37550 SAINT-AVERTIN</t>
+  </si>
+  <si>
+    <t>01/04/2026</t>
+  </si>
+  <si>
+    <t>ZAC FONT DE L'ORME 790 AVENUE DU DOCTEUR MAURICE DONAT 06250 MOUGINS</t>
+  </si>
+  <si>
+    <t>15/03/2011</t>
+  </si>
+  <si>
+    <t>PARC DE L HORIZON DE LA HAUTE BORNE 4 AVENUE DE L’HORIZON 59650 VILLENEUVE-D'ASCQ</t>
+  </si>
+  <si>
+    <t>06/07/2012</t>
+  </si>
+  <si>
+    <t>22 AVENUE DOYEN LOUIS WEIL 38000 GRENOBLE</t>
+  </si>
+  <si>
+    <t>01/01/2012</t>
+  </si>
+  <si>
+    <t>146-148 146 RUE DE PICPUS 75012 PARIS</t>
+  </si>
+  <si>
+    <t>01/03/2013</t>
+  </si>
+  <si>
+    <t>30/06/2025</t>
+  </si>
+  <si>
+    <t>2 PLACE DE FRANCFORT 69003 LYON</t>
+  </si>
+  <si>
+    <t>01/02/2013</t>
+  </si>
+  <si>
+    <t>PLACE DE L'ELLIPSE 92000 NANTERRE</t>
+  </si>
+  <si>
+    <t>31/08/2023</t>
+  </si>
+  <si>
+    <t>DOM DU PETIT ARBOIS - BAT. B RUE DENIS PAPIN 13290 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>01/01/2015</t>
+  </si>
+  <si>
+    <t>15 ALLEE JAMES WATT 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>01/01/2018</t>
+  </si>
+  <si>
+    <t>28/02/2026</t>
+  </si>
+  <si>
+    <t>67-69-1/5 RUE HERMAN FRENKEL 67 AVENUE TONY GARNIER 69007 LYON</t>
+  </si>
+  <si>
+    <t>15/05/2019</t>
+  </si>
+  <si>
+    <t>CEFIAC FORMATION</t>
+  </si>
+  <si>
+    <t>31 AVENUE DU 8 MAI 1945 95200 SARCELLES</t>
+  </si>
+  <si>
+    <t>01/11/2007</t>
+  </si>
+  <si>
+    <t>ASSOCIATION MILLAVOISE POUR L'INSERTION ET L'ORIENTATION</t>
+  </si>
+  <si>
+    <t>32 AVENUE DE LA REPUBLIQUE 12100 MILLAU</t>
+  </si>
+  <si>
+    <t>01/06/1993</t>
+  </si>
+  <si>
+    <t>87.30B</t>
+  </si>
+  <si>
+    <t>ACTIF</t>
+  </si>
+  <si>
+    <t>36 RUE DE L'ABREUVOIR 59300 VALENCIENNES</t>
+  </si>
+  <si>
+    <t>01/01/2000</t>
+  </si>
+  <si>
+    <t>24/01/2025</t>
+  </si>
+  <si>
+    <t>92 RUE ABELARD 59000 LILLE</t>
+  </si>
+  <si>
+    <t>01/12/2016</t>
+  </si>
+  <si>
+    <t>01/11/2024</t>
+  </si>
+  <si>
+    <t>FREE COMPETENCES</t>
+  </si>
+  <si>
+    <t>128 ALL DES CHAMPS ELYSEES 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>01/04/1996</t>
+  </si>
+  <si>
+    <t>RETRAVAILLER DANS L OUEST</t>
+  </si>
+  <si>
+    <t>PARC TERTIAIRE DE L'AUBINIERE 7 AVENUE DES AMETHYSTES 44300 NANTES</t>
+  </si>
+  <si>
+    <t>31/03/2023</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>SITE INFORMATIQUE</t>
+  </si>
+  <si>
+    <t>CITE NUMERIQUE - LOT B3 2 RUE MARC SANGNIER 33130 BEGLES</t>
+  </si>
+  <si>
+    <t>09/01/2019</t>
+  </si>
+  <si>
+    <t>GRAND SUD FORMATION</t>
+  </si>
+  <si>
+    <t>2 COURS DE L'INTENDANCE 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/09/2020</t>
+  </si>
+  <si>
+    <t>ASSOCIATION POUR LA FORMATION CONTINUE</t>
+  </si>
+  <si>
+    <t>ROUTE DE LA POINTE BLANCHE 97500 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>21/12/1987</t>
+  </si>
+  <si>
+    <t>05973155297</t>
+  </si>
+  <si>
+    <t>AFIB 2</t>
+  </si>
+  <si>
+    <t>14 RUE EULER 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>01/01/1992</t>
+  </si>
+  <si>
+    <t>CENTRE ISP REGION PARISIENNE</t>
+  </si>
+  <si>
+    <t>12 A 14 12 RUE COURAT 75020 PARIS</t>
+  </si>
+  <si>
+    <t>30/09/1999</t>
+  </si>
+  <si>
+    <t>GROUPE JPL</t>
+  </si>
+  <si>
+    <t>7 ALLEE DU BOIS HEUDE 91800 BRUNOY</t>
+  </si>
+  <si>
+    <t>01/10/1992</t>
+  </si>
+  <si>
+    <t>124 AVENUE DU GENERAL LECLERC 91800 BRUNOY</t>
+  </si>
+  <si>
+    <t>01/02/1998</t>
+  </si>
+  <si>
+    <t>DORANCO ESPACE MULTIMEDIA</t>
+  </si>
+  <si>
+    <t>10 - 12 RUE PLANCHAT 75020 PARIS</t>
+  </si>
+  <si>
+    <t>01/07/2000</t>
+  </si>
+  <si>
+    <t>53-55 53 RUE DU LIEUTENANT THOMAS 93170 BAGNOLET</t>
+  </si>
+  <si>
+    <t>01/10/2010</t>
+  </si>
+  <si>
+    <t>AGORA CONSEIL EN ENTREPRISE</t>
+  </si>
+  <si>
+    <t>31 BOULEVARD JOHN-FITZGERALD KENNEDY 66100 PERPIGNAN</t>
+  </si>
+  <si>
+    <t>01/09/2000</t>
+  </si>
+  <si>
+    <t>ARIANE FORMATION</t>
+  </si>
+  <si>
+    <t>6 ROUTE DE SAVANNAH 97460 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>01/01/2023</t>
+  </si>
+  <si>
+    <t>ELAN FORMATION</t>
+  </si>
+  <si>
+    <t>202 AVENUE DE COLMAR 67100 STRASBOURG</t>
+  </si>
+  <si>
+    <t>01/03/2011</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE VERDIANE 12 14 16 RUE DU RHONE 67100 STRASBOURG</t>
+  </si>
+  <si>
+    <t>21/11/2019</t>
+  </si>
+  <si>
+    <t>A.F.C.I</t>
+  </si>
+  <si>
+    <t>97 T RUE DE BELLEVUE 92100 BOULOGNE-BILLANCOURT</t>
+  </si>
+  <si>
+    <t>02/12/2015</t>
+  </si>
+  <si>
+    <t>M2I SCRIBTEL</t>
+  </si>
+  <si>
+    <t>146 A 148 146 RUE DE PICPUS 75012 PARIS</t>
+  </si>
+  <si>
+    <t>21/10/2013</t>
+  </si>
+  <si>
+    <t>67-69-1-5 RUE HERMANN FRENKEL 67 AVENUE TONY GARNIER 69007 LYON</t>
+  </si>
+  <si>
+    <t>01/06/2019</t>
+  </si>
+  <si>
+    <t>PARC HORIZON DE LA HAUTE BORNE 4 AVENUE DE L’HORIZON 59650 VILLENEUVE-D'ASCQ</t>
+  </si>
+  <si>
+    <t>BATIMENT B 235 RUE DENIS PAPIN 13290 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>01/01/2020</t>
+  </si>
+  <si>
+    <t>55 RUE EUCLIDE 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/07/2021</t>
+  </si>
+  <si>
+    <t>CTRE CARAIBEEN DEVELOPPEMENT COMPETENCES</t>
+  </si>
+  <si>
+    <t>CONVENANCE 7 LOT LE FROMAGER 1 A JABRUN 97122 BAIE MAHAULT</t>
+  </si>
+  <si>
+    <t>18/01/1999</t>
+  </si>
+  <si>
+    <t>YNCREA OUEST</t>
+  </si>
+  <si>
+    <t>20 RUE CUIRASSE BRETAGNE 29200 BREST</t>
+  </si>
+  <si>
+    <t>08/07/1996</t>
+  </si>
+  <si>
+    <t>VIA FORMATION</t>
+  </si>
+  <si>
+    <t>ZAC DU RIBAY BOULEVARD LOUIS LEPRINCE-RINGUET 72000 LE MANS</t>
+  </si>
+  <si>
+    <t>20/01/2007</t>
+  </si>
+  <si>
+    <t>27 BOULEVARD VICTOR BEAUSSIER 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>04/04/2011</t>
+  </si>
+  <si>
+    <t>01/01/2024</t>
+  </si>
+  <si>
+    <t>VIDEO IMAGE INFORMATION PAR INFORMATIQUE</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE MIAMI 3 31 BOULEVARD JOHN-FITZGERALD KENNEDY 66100 PERPIGNAN</t>
+  </si>
+  <si>
+    <t>01/08/2000</t>
+  </si>
+  <si>
+    <t>62.02A</t>
+  </si>
+  <si>
+    <t>CIERES</t>
+  </si>
+  <si>
+    <t>14 RUE LOUIS ASTOUIN 13002 MARSEILLE</t>
+  </si>
+  <si>
+    <t>25/07/2013</t>
+  </si>
+  <si>
+    <t>88.99B</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION ET DE DEVELOPPEMENT DU CLUB CAMUS</t>
+  </si>
+  <si>
+    <t>19 AVENUE ALBERT CAMUS 21000 DIJON</t>
+  </si>
+  <si>
+    <t>01/08/2001</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
+    <t>INNOVATION DEVELOPPEMENT FORMATION</t>
+  </si>
+  <si>
+    <t>113 RUE DE LANNOY 59800 LILLE</t>
+  </si>
+  <si>
+    <t>29/04/1999</t>
+  </si>
+  <si>
+    <t>548 RUE DE LILLE 62400 BETHUNE</t>
+  </si>
+  <si>
+    <t>SCOP INSTEP</t>
+  </si>
+  <si>
+    <t>70 RUE DE BOUVINES 59800 LILLE</t>
+  </si>
+  <si>
+    <t>15/04/2003</t>
+  </si>
+  <si>
+    <t>GECCEL INFORMATIQUE</t>
+  </si>
+  <si>
+    <t>ESPACE EUROPE 36 AVENUE FREDERIC JOLIOT-CURIE 95140 GARGES-LES-GONESSE</t>
+  </si>
+  <si>
+    <t>05/03/2009</t>
+  </si>
+  <si>
+    <t>MEDIT ORDINATEURS POUR DEVELOPT &amp; EMPLOI</t>
+  </si>
+  <si>
+    <t>55 AV DU QUATRE SEPTEMBRE 83300 DRAGUIGNAN</t>
+  </si>
+  <si>
+    <t>01/10/2017</t>
+  </si>
+  <si>
+    <t>ARINFO I-MAGINER</t>
+  </si>
+  <si>
+    <t>1-5 1 RUE EMILE MASSON 44000 NANTES</t>
+  </si>
+  <si>
+    <t>01/03/2021</t>
+  </si>
+  <si>
+    <t>NAN FINANCES &amp; FUTURES</t>
+  </si>
+  <si>
+    <t>CHEZ SDM ETOILE 14 AVENUE DE L'OPERA 75001 PARIS</t>
+  </si>
+  <si>
+    <t>02/10/2000</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>EDUGROUPE</t>
+  </si>
+  <si>
+    <t>LE CLEMENCEAU 205 AVENUE GEORGES CLEMENCEAU 92000 NANTERRE</t>
+  </si>
+  <si>
+    <t>01/01/1998</t>
+  </si>
+  <si>
+    <t>EPIE FORMATION</t>
+  </si>
+  <si>
+    <t>6 RUE EDOUARD VAILLANT 93200 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>27/07/2012</t>
+  </si>
+  <si>
+    <t>CE CEDILLE</t>
+  </si>
+  <si>
+    <t>QUARTIER AKR 97218 BASSE-POINTE</t>
+  </si>
+  <si>
+    <t>01/01/2005</t>
+  </si>
+  <si>
+    <t>AFEC</t>
+  </si>
+  <si>
+    <t>21 RUE DES MURLINS 45000 ORLEANS</t>
+  </si>
+  <si>
+    <t>01/01/2002</t>
+  </si>
+  <si>
+    <t>FORE ILES DU NORD</t>
+  </si>
+  <si>
+    <t>HOPE ESTATE 18 RUE CANNE A SUCRE  97150 SAINT-MARTIN</t>
+  </si>
+  <si>
+    <t>15/07/2012</t>
+  </si>
+  <si>
+    <t>UNION GEST ETS CAISSE ASSUR MALAD AQUITA</t>
+  </si>
+  <si>
+    <t>CTRE REEDUCATION FONCTION TOUR GASSIES</t>
+  </si>
+  <si>
+    <t>DOM TOUR DE GASSIES 33520 BRUGES</t>
+  </si>
+  <si>
+    <t>01/07/1999</t>
+  </si>
+  <si>
+    <t>86.10Z</t>
+  </si>
+  <si>
+    <t>1 AVENUE COPERNIC 64000 PAU</t>
+  </si>
+  <si>
+    <t>08/09/2014</t>
+  </si>
+  <si>
+    <t>UGECAM HAUTS DE FRANCE</t>
+  </si>
+  <si>
+    <t>CTRE LILLOIS DE REEDUCATION PROFESSIONNELLE</t>
+  </si>
+  <si>
+    <t>3 RUE DU DOCTEUR CHARCOT 59000 LILLE</t>
+  </si>
+  <si>
+    <t>ONLINEFORMAPRO</t>
+  </si>
+  <si>
+    <t>ESPACE DE LA MOTTE 19 RUE DU PRALEY 70000 VESOUL</t>
+  </si>
+  <si>
+    <t>01/11/1999</t>
+  </si>
+  <si>
+    <t>COMPETENCES ET METIERS</t>
+  </si>
+  <si>
+    <t>15 RUE THEODULE RIBOT 75017 PARIS</t>
+  </si>
+  <si>
+    <t>20/11/2019</t>
+  </si>
+  <si>
+    <t>AFIP FORMATIONS</t>
+  </si>
+  <si>
+    <t>109-113 109 RUE DU PREMIER MARS 1943 69100 VILLEURBANNE</t>
+  </si>
+  <si>
+    <t>25/06/2009</t>
+  </si>
+  <si>
+    <t>01/09/2023</t>
+  </si>
+  <si>
+    <t>STEP</t>
+  </si>
+  <si>
+    <t>HELIOPARC 2 AVENUE DU PRESIDENT PIERRE ANGOT 64000 PAU</t>
+  </si>
+  <si>
+    <t>01/03/2001</t>
+  </si>
+  <si>
+    <t>63.11Z</t>
+  </si>
+  <si>
+    <t>FORE ALTERNANCE</t>
+  </si>
+  <si>
+    <t>ZI DE JARRY 23 RUE ALFRED LUMIERE 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>24/12/2001</t>
+  </si>
+  <si>
+    <t>21/11/2024</t>
+  </si>
+  <si>
+    <t>POINT.COM</t>
+  </si>
+  <si>
+    <t>77 RUE RENE JADFARD 97300 CAYENNE</t>
+  </si>
+  <si>
+    <t>22/10/2010</t>
+  </si>
+  <si>
+    <t>NEXT FORMATION</t>
+  </si>
+  <si>
+    <t>9 AVENUE DE PARIS 94300 VINCENNES</t>
+  </si>
+  <si>
+    <t>02/01/2012</t>
+  </si>
+  <si>
+    <t>6-8 6 RUE FIRMIN GILLOT 75015 PARIS</t>
+  </si>
+  <si>
+    <t>09/10/2017</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION DE LA REUNION</t>
+  </si>
+  <si>
+    <t>IMMEUBLE ALTEA PARC D’ACTIVITE DE LA MARE 97438 SAINTE-MARIE</t>
+  </si>
+  <si>
+    <t>05/05/2006</t>
+  </si>
+  <si>
+    <t>SCHOLAR FAB ORGANISATION</t>
+  </si>
+  <si>
+    <t>7 RUE PROFESSEUR JOSEPH ROUSSELOT 14000 CAEN</t>
+  </si>
+  <si>
+    <t>04/11/2002</t>
+  </si>
+  <si>
+    <t>AFPI ACM FORMATION</t>
+  </si>
+  <si>
+    <t>89 RUE PECLET 59300 VALENCIENNES</t>
+  </si>
+  <si>
+    <t>01/04/2003</t>
+  </si>
+  <si>
+    <t>LE BLANC PIGNON 62280 SAINT-MARTIN-BOULOGNE</t>
+  </si>
+  <si>
+    <t>15/06/2007</t>
+  </si>
+  <si>
+    <t>ZI DE LA PILATERIE CS 83056 4 RUE DES CHATEAUX 59700 MARCQ-EN-BARŒUL</t>
+  </si>
+  <si>
+    <t>01/01/2013</t>
+  </si>
+  <si>
+    <t>360 RUE MIROSLAW HOLLER 62110 HENIN-BEAUMONT</t>
+  </si>
+  <si>
+    <t>01/07/2016</t>
+  </si>
+  <si>
+    <t>G2R</t>
+  </si>
+  <si>
+    <t>110 AVENUE PHILIPPE-AUGUSTE 75011 PARIS</t>
+  </si>
+  <si>
+    <t>30/05/2005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SCHULMANN MOSCHE JEHUDA  </t>
+  </si>
+  <si>
+    <t>PLURICAP' - TEKWS - TWS</t>
+  </si>
+  <si>
+    <t>1 AVENUE D'ALSACE 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>01/08/2017</t>
+  </si>
+  <si>
+    <t>RESSOURCES FORMATION</t>
+  </si>
+  <si>
+    <t>147-149 147 RUE BELLIARD 75018 PARIS</t>
+  </si>
+  <si>
+    <t>18/02/2016</t>
+  </si>
+  <si>
+    <t>ANTEE FORMATION</t>
+  </si>
+  <si>
+    <t>42 RUE DE LA GITONNIERE 37300 JOUE-LES-TOURS</t>
+  </si>
+  <si>
+    <t>23/12/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BEN SALAH ANIS   </t>
+  </si>
+  <si>
+    <t>1 IMPASSE GUSTAVE VIOLET 66270 LE SOLER</t>
+  </si>
+  <si>
+    <t>01/09/2018</t>
+  </si>
+  <si>
+    <t>SAPE</t>
+  </si>
+  <si>
+    <t>26 AVENUE DU 8 MAI 1945 95200 SARCELLES</t>
+  </si>
+  <si>
+    <t>01/10/2012</t>
+  </si>
+  <si>
+    <t>58.29C</t>
+  </si>
+  <si>
+    <t>FORMAOUEST</t>
+  </si>
+  <si>
+    <t>110 AV DE LA MARNE 56000 VANNES</t>
+  </si>
+  <si>
+    <t>21/08/2018</t>
+  </si>
+  <si>
+    <t>06/12/2023</t>
+  </si>
+  <si>
+    <t>BTP RESIDENCES MEDICO SOCIALES</t>
+  </si>
+  <si>
+    <t>"LE BELLOY" 60860 SAINT-OMER-EN-CHAUSSEE</t>
+  </si>
+  <si>
+    <t>01/01/2006</t>
+  </si>
+  <si>
+    <t>PREP'AVENIR FORMATION</t>
+  </si>
+  <si>
+    <t>38 RUE DE LA STATION 95130 FRANCONVILLE</t>
+  </si>
+  <si>
+    <t>01/11/2010</t>
+  </si>
+  <si>
+    <t>DATAOS</t>
+  </si>
+  <si>
+    <t>3 RUE LEBOUIS 75014 PARIS</t>
+  </si>
+  <si>
+    <t>26/08/2009</t>
+  </si>
+  <si>
+    <t>GEP CONSEIL</t>
+  </si>
+  <si>
+    <t>15 VILLA CURIAL 75019 PARIS</t>
+  </si>
+  <si>
+    <t>27/11/2006</t>
+  </si>
+  <si>
+    <t>SARL DEVELOPPEMENT AGRO ECONOMIQUE SECURITE ALIMENTAIRE</t>
+  </si>
+  <si>
+    <t>PASSAMAINTI 8 RTE DE VAHIBE RES RIVIERA 97600 MAMOUDZOU</t>
+  </si>
+  <si>
+    <t>24/07/2007</t>
+  </si>
+  <si>
+    <t>01/06/2022</t>
+  </si>
+  <si>
+    <t>71.12B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HOARAU LAURENT PHILIPPE   </t>
+  </si>
+  <si>
+    <t>[ND]</t>
+  </si>
+  <si>
+    <t>LES TROIS-BASSINS</t>
+  </si>
+  <si>
+    <t>14/10/2019</t>
+  </si>
+  <si>
+    <t>EMB FORMATION</t>
+  </si>
+  <si>
+    <t>90 RUE D'ITALIE 13006 MARSEILLE</t>
+  </si>
+  <si>
+    <t>30/10/2015</t>
+  </si>
+  <si>
+    <t>ARKESYS.NET</t>
+  </si>
+  <si>
+    <t>24 ESPACE HENRY VALLEE 69007 LYON</t>
+  </si>
+  <si>
+    <t>31/10/2025</t>
+  </si>
+  <si>
+    <t>CFORPRO</t>
+  </si>
+  <si>
+    <t>TOUR DE L'HORLOGE 4 PLACE LOUIS ARMAND 75012 PARIS</t>
+  </si>
+  <si>
+    <t>21/01/2008</t>
+  </si>
+  <si>
+    <t>C. FORMAT PRO CONSEIL</t>
+  </si>
+  <si>
+    <t>5 PLACE PIERRE MENDES FRANCE 95160 MONTMORENCY</t>
+  </si>
+  <si>
+    <t>KFORMATION</t>
+  </si>
+  <si>
+    <t>5 IMPASSE DES TILLEULS 94000 CRETEIL</t>
+  </si>
+  <si>
+    <t>01/12/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAZOUZ JESSY   </t>
+  </si>
+  <si>
+    <t>76-78 BUREAU 336 76 AVENUE DES CHAMPS ELYSEES 75008 PARIS</t>
+  </si>
+  <si>
+    <t>23/04/2010</t>
+  </si>
+  <si>
+    <t>46.18Z</t>
+  </si>
+  <si>
+    <t>SYNERGIE OCEAN INDIEN</t>
+  </si>
+  <si>
+    <t>SYN'OI</t>
+  </si>
+  <si>
+    <t>ZA 2 RUE DES LILAS 97412 BRAS-PANON</t>
+  </si>
+  <si>
+    <t>01/01/2010</t>
+  </si>
+  <si>
+    <t>ASSOFAC</t>
+  </si>
+  <si>
+    <t>32 AVENUE DE L'ILE SAINT MARTIN 92000 NANTERRE</t>
+  </si>
+  <si>
+    <t>43 B RUE D'HAUTPOUL 75019 PARIS</t>
+  </si>
+  <si>
+    <t>16/02/2021</t>
+  </si>
+  <si>
+    <t>14 RUE DE LA BEAUNE 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>01/04/2021</t>
+  </si>
+  <si>
+    <t>76 BOULEVARD DE LA REPUBLIQUE 92100 BOULOGNE-BILLANCOURT</t>
+  </si>
+  <si>
+    <t>01/11/2021</t>
+  </si>
+  <si>
+    <t>31/08/2024</t>
+  </si>
+  <si>
+    <t>1 RUE DE LA GARE 95110 SANNOIS</t>
+  </si>
+  <si>
+    <t>PERFORMANCE MEDITERRANEE</t>
+  </si>
+  <si>
+    <t>93 AVENUE DE MONTOLIVET 13004 MARSEILLE</t>
+  </si>
+  <si>
+    <t>06/09/2019</t>
+  </si>
+  <si>
+    <t>NEXT FORMA</t>
+  </si>
+  <si>
+    <t>77 RUE DU ROCHER 75008 PARIS</t>
+  </si>
+  <si>
+    <t>10/11/2022</t>
+  </si>
+  <si>
+    <t>A2COM FORMATION</t>
+  </si>
+  <si>
+    <t>1 BOULEVARD DE TRIEUX 35740 PACE</t>
+  </si>
+  <si>
+    <t>13/10/2017</t>
+  </si>
+  <si>
+    <t>POLE ETUDE RECHERCHE FORMATION</t>
+  </si>
+  <si>
+    <t>ESPACE TECHNOLOGIQUE JEAN BERTIN 23 RUE HELENE BOUCHER 40220 TARNOS</t>
+  </si>
+  <si>
+    <t>07/12/2017</t>
+  </si>
+  <si>
+    <t>L.D.N.R.</t>
+  </si>
+  <si>
+    <t>BUROPARC 2 150 RUE DE LA DECOUVERTE 31670 LABEGE</t>
+  </si>
+  <si>
+    <t>01/10/2018</t>
+  </si>
+  <si>
+    <t>AWEBI</t>
+  </si>
+  <si>
+    <t>191-195-BATIMENT B1 191 AVENUE CHARLES DE GAULLE 92200 NEUILLY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>25/02/2021</t>
+  </si>
+  <si>
+    <t>19/05/2025</t>
+  </si>
+  <si>
+    <t>62.01Z</t>
+  </si>
+  <si>
+    <t>SKILL AND YOU</t>
+  </si>
+  <si>
+    <t>85-87 85 RUE GABRIEL PERI 92120 MONTROUGE</t>
+  </si>
+  <si>
+    <t>16/03/2015</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
+  </si>
+  <si>
+    <t>KAGILUM</t>
+  </si>
+  <si>
+    <t>8 IMPASSE BONNET 31500 TOULOUSE</t>
+  </si>
+  <si>
+    <t>AELION</t>
+  </si>
+  <si>
+    <t>LOCAL 7-8 95 CHEMIN DE GABARDIE 31200 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/07/2012</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION DU VELO</t>
+  </si>
+  <si>
+    <t>180 BOULEVARD DE CHARAVINES 38500 VOIRON</t>
+  </si>
+  <si>
+    <t>04/07/2011</t>
+  </si>
+  <si>
+    <t>ACTION POUR LE DROIT A LA FORMATION ET AU SERVICE A LA PERSONNE</t>
+  </si>
+  <si>
+    <t>BAT 2 VILLA CASSIOPEE 63 RUE DE ROMAINVILLE 93260 LES LILAS</t>
+  </si>
+  <si>
+    <t>26/08/2011</t>
+  </si>
+  <si>
+    <t>SELFORME</t>
+  </si>
+  <si>
+    <t>23/09/2011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KRIEF SARAH   </t>
+  </si>
+  <si>
+    <t>35 RUE ERNEST COGNACQ 92300 LEVALLOIS-PERRET</t>
+  </si>
+  <si>
+    <t>01/08/2018</t>
+  </si>
+  <si>
+    <t>ORGANISME DE FORMATION POUR L'INSERTION L'ACCOMPAGNEMENT ET LA QUALIFICATION</t>
+  </si>
+  <si>
+    <t>255 RUE CLAUDE FRANCOIS 34080 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/09/2012</t>
+  </si>
+  <si>
+    <t>CFTT</t>
+  </si>
+  <si>
+    <t>1 T RUE BENJAMIN FRANKLIN 66000 PERPIGNAN</t>
+  </si>
+  <si>
+    <t>01/07/2013</t>
+  </si>
+  <si>
+    <t>EVOLUGO</t>
+  </si>
+  <si>
+    <t>12 RUE EMILE SCHWOERER 68000 COLMAR</t>
+  </si>
+  <si>
+    <t>15/03/2012</t>
+  </si>
+  <si>
+    <t>SCG FORMATION</t>
+  </si>
+  <si>
+    <t>100 ROUTE DE NIMES 30132 CAISSARGUES</t>
+  </si>
+  <si>
+    <t>28/01/2022</t>
+  </si>
+  <si>
+    <t>NUEVO CONSEIL ET FORMATION</t>
+  </si>
+  <si>
+    <t>75 RUE DU GENERAL DONZELOT 93330 NEUILLY-SUR-MARNE</t>
+  </si>
+  <si>
+    <t>24/02/2012</t>
+  </si>
+  <si>
+    <t>10/11/2025</t>
+  </si>
+  <si>
+    <t>CEFIM (CENTRE EUROPEEN DE FORMATION INFORMATIQUE ET MULTIMEDIA)</t>
+  </si>
+  <si>
+    <t>32 AVENUE MARCEL DASSAULT 37200 TOURS</t>
+  </si>
+  <si>
+    <t>23/07/2012</t>
+  </si>
+  <si>
+    <t>01/11/2023</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION MARIE-TESSIER - LA PROVIDENCE (AGMTP)</t>
+  </si>
+  <si>
+    <t>CS 34-21 23 RUE DES SAINTES MARIES 41000 BLOIS</t>
+  </si>
+  <si>
+    <t>19/04/1993</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>FORMATION ET METIER</t>
+  </si>
+  <si>
+    <t>CRP LA ROUGUIERE</t>
+  </si>
+  <si>
+    <t>ALLEE LA ROUGUIERE BAT 1 101 BOULEVARD DES LIBERATEURS 13011 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/01/2001</t>
+  </si>
+  <si>
+    <t>FONDATION COS ALEXANDRE GLASBERG</t>
+  </si>
+  <si>
+    <t>COS CRPF NANTEAU</t>
+  </si>
+  <si>
+    <t>2 RUE DES ARCHES 77710 NANTEAU-SUR-LUNAIN</t>
+  </si>
+  <si>
+    <t>ASS VALENTIN HAUY SCE AVEUGLES MALVOYANTS</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION DE REEDUCATIONPROFESSIONNELLE</t>
+  </si>
+  <si>
+    <t>5 RUE DUROC 75007 PARIS</t>
+  </si>
+  <si>
+    <t>LADAPT</t>
+  </si>
+  <si>
+    <t>LADAPT ESRP TROYES</t>
+  </si>
+  <si>
+    <t>24 RUE DE LA PAIX 10000 TROYES</t>
+  </si>
+  <si>
+    <t>01/02/1984</t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITE DE LA CHAPELLE CHEMIN DE LA CHAPELLE 89470 MONETEAU</t>
+  </si>
+  <si>
+    <t>ASS PROMOTION SOCIALE AVEUGLES HANDICAPE</t>
+  </si>
+  <si>
+    <t>ESRP DE L'APSAH</t>
+  </si>
+  <si>
+    <t>17 ROUTE DE RIGNAC 87700 AIXE-SUR-VIENNE</t>
+  </si>
+  <si>
+    <t>CENTRE REEDUCATION INVALIDES CIVILS</t>
+  </si>
+  <si>
+    <t>19 PLACE DE LA CROIX DE PIERRE 31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>ASS READAPTATION FORMAT PROFESSIONNELLE</t>
+  </si>
+  <si>
+    <t>57 RUE ALBERT CAMUS 68200 MULHOUSE</t>
+  </si>
+  <si>
+    <t>SCHOLAR FAB ENTREPRISE</t>
+  </si>
+  <si>
+    <t>LA TOURBIERE 76170 LILLEBONNE</t>
+  </si>
+  <si>
+    <t>AFPI PAYS DE LA LOIRE</t>
+  </si>
+  <si>
+    <t>9 RUE DE L'HALBRANE 44340 BOUGUENAIS</t>
+  </si>
+  <si>
+    <t>15/06/2020</t>
+  </si>
+  <si>
+    <t>ARISTEE</t>
+  </si>
+  <si>
+    <t>BATIMENT 1 VALGORA 1 IMP HUBERT REEVES 83160 LA VALETTE DU VAR</t>
+  </si>
+  <si>
+    <t>21/06/2019</t>
+  </si>
+  <si>
+    <t>SARL HMD</t>
+  </si>
+  <si>
+    <t>36 AVENUE FREDERIC JOLIOT-CURIE 95140 GARGES-LES-GONESSE</t>
+  </si>
+  <si>
+    <t>01/05/2015</t>
+  </si>
+  <si>
+    <t>ALLEGORIS</t>
+  </si>
+  <si>
+    <t>350 CHEMIN DE PRE NEUF 38350 LA MURE</t>
+  </si>
+  <si>
+    <t>04/10/2018</t>
+  </si>
+  <si>
+    <t>OPEN CAMPUS DE RENNES</t>
+  </si>
+  <si>
+    <t>CAMPUS DE KER LANN - IMMEUBLE ALLIANCE 3 RUE PIERRE DE MAUPERTUIS 35170 BRUZ</t>
+  </si>
+  <si>
+    <t>15/04/2013</t>
+  </si>
+  <si>
+    <t>SIMPLON.CO</t>
+  </si>
+  <si>
+    <t>55 RUE DE VINCENNES 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>25/04/2013</t>
+  </si>
+  <si>
+    <t>82.99Z</t>
+  </si>
+  <si>
+    <t>MOUFIA - ZA FOUCHEROLLES 14 RUE DE LA GUADELOUPE 97400 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>07/08/2017</t>
+  </si>
+  <si>
+    <t>LE SADENA 34 RUE ANTOINE PRIMAT 69100 VILLEURBANNE</t>
+  </si>
+  <si>
+    <t>06/11/2020</t>
+  </si>
+  <si>
+    <t>20 BOULEVARD MADELEINE REMUSAT 13013 MARSEILLE</t>
+  </si>
+  <si>
+    <t>47 RUE BARTHELEMY DELESPAUL 59000 LILLE</t>
+  </si>
+  <si>
+    <t>01/09/2021</t>
+  </si>
+  <si>
+    <t>2 RUE MARC SANGNIER 33130 BEGLES</t>
+  </si>
+  <si>
+    <t>15/06/2022</t>
+  </si>
+  <si>
+    <t>NEPSOD EVOLUTION</t>
+  </si>
+  <si>
+    <t>NEPSOD, NEPSOD EVOLUTION</t>
+  </si>
+  <si>
+    <t>4 B RUE DENAVE 69170 TARARE</t>
+  </si>
+  <si>
+    <t>02/01/2017</t>
+  </si>
+  <si>
+    <t>ESPACE 50 50 QUAI PAUL SEDALLIAN 69009 LYON</t>
+  </si>
+  <si>
+    <t>14/03/2022</t>
+  </si>
+  <si>
+    <t>ARES FORMATION - ALPHAPRIMO</t>
+  </si>
+  <si>
+    <t>8 BOULEVARD JULES FERRY 42300 ROANNE</t>
+  </si>
+  <si>
+    <t>06/02/2017</t>
+  </si>
+  <si>
+    <t>GMG FORMATION</t>
+  </si>
+  <si>
+    <t>171-175 171 AVENUE DU STADE DE FRANCE 93210 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>01/06/2020</t>
+  </si>
+  <si>
+    <t>OPERATEUR PUBLIC REGIONAL DE FORMATION</t>
+  </si>
+  <si>
+    <t>LE LARIVOT 49 LOTISSEMENT DALMAZIR 97351 MATOURY</t>
+  </si>
+  <si>
+    <t>01/01/2014</t>
+  </si>
+  <si>
+    <t>VITRUVE DEVELOPPEMENTS</t>
+  </si>
+  <si>
+    <t>CENTRE SUD AFFAIRES ENTREE C 6 RUE DU RHONE 90000 BELFORT</t>
+  </si>
+  <si>
+    <t>01/09/2015</t>
+  </si>
+  <si>
+    <t>DATA TECHNOLOGIES EUROPE COMMUNICATIONS SERVICES - D.E.C.S. - DATATECH</t>
+  </si>
+  <si>
+    <t>D.E.C.S. DATATECH</t>
+  </si>
+  <si>
+    <t>547 A RTE DE CONCISE 07100 SAINT-MARCEL-LES-ANNONAY</t>
+  </si>
+  <si>
+    <t>15/10/2013</t>
+  </si>
+  <si>
+    <t>OPEN CAMPUS D'ANGERS</t>
+  </si>
+  <si>
+    <t>AVENUE DE LATTRE DE TASSIGNY 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>28/12/2015</t>
+  </si>
+  <si>
+    <t>WEFORMAT</t>
+  </si>
+  <si>
+    <t>24 RUE GARNIER PAGES 94100 SAINT-MAUR-DES-FOSSES</t>
+  </si>
+  <si>
+    <t>02/01/2014</t>
+  </si>
+  <si>
+    <t>Z.L.I ENGINEERING</t>
+  </si>
+  <si>
+    <t>LE PARC SCIENTIFIQUE DE LA HAUTE BORNE 57 ALLEE DE L’HOSPITALITE 59650 VILLENEUVE-D'ASCQ</t>
+  </si>
+  <si>
+    <t>27/12/2013</t>
+  </si>
+  <si>
+    <t>CAP ELAN FORMATION</t>
+  </si>
+  <si>
+    <t>84 BOULEVARD DE LA CORDERIE 13007 MARSEILLE</t>
+  </si>
+  <si>
+    <t>KALYANE</t>
+  </si>
+  <si>
+    <t>2-6 2 AVENUE HENRI BARBUSSE 93000 BOBIGNY</t>
+  </si>
+  <si>
+    <t>07/04/2014</t>
+  </si>
+  <si>
+    <t>FORMATION SECOURISME INCENDIE</t>
+  </si>
+  <si>
+    <t>ZONE DES CHARMILLES ROUTE DE LAON 02800 CHARMES</t>
+  </si>
+  <si>
+    <t>27/01/2020</t>
+  </si>
+  <si>
+    <t>16/05/2024</t>
+  </si>
+  <si>
+    <t>FORMADEV</t>
+  </si>
+  <si>
+    <t>6 RUE DU TAGE 75013 PARIS</t>
+  </si>
+  <si>
+    <t>08/07/2019</t>
+  </si>
+  <si>
+    <t>C.F.T.M.</t>
+  </si>
+  <si>
+    <t>MOBILAX ACADEMY</t>
+  </si>
+  <si>
+    <t>65 COURS DE LA LIBERTE 69003 LYON</t>
+  </si>
+  <si>
+    <t>06/11/2014</t>
+  </si>
+  <si>
+    <t>JEKA FORMATION</t>
+  </si>
+  <si>
+    <t>JEKA - SCHOOL</t>
+  </si>
+  <si>
+    <t>GOLF DE SEILH ROUTE DE GRENADE 31840 SEILH</t>
+  </si>
+  <si>
+    <t>07/12/2016</t>
+  </si>
+  <si>
+    <t>C L FORMATIONS&amp;CONSEILS</t>
+  </si>
+  <si>
+    <t>125 RUE DE L'HOSTELLERIE 30900 NIMES</t>
+  </si>
+  <si>
+    <t>01/10/2021</t>
+  </si>
+  <si>
+    <t>ASSOCIATION POUR L'ENSEIGNEMENT DU NUMERIQUE</t>
+  </si>
+  <si>
+    <t>INTECH SUD - LIWI - FORMICI - INGEN.E</t>
+  </si>
+  <si>
+    <t>156 AVENUE JEAN JAURES 47000 AGEN</t>
+  </si>
+  <si>
+    <t>16/04/2015</t>
+  </si>
+  <si>
+    <t>MARBEN CONSEIL</t>
+  </si>
+  <si>
+    <t>5 SQ CAP CLAUDE BARRES 92200 NEUILLY SUR SEINE</t>
+  </si>
+  <si>
+    <t>18/02/2015</t>
+  </si>
+  <si>
+    <t>STRATEGIE FORMATION CONSULTING</t>
+  </si>
+  <si>
+    <t>24 RUE ERLANGER 75016 PARIS</t>
+  </si>
+  <si>
+    <t>19/03/2021</t>
+  </si>
+  <si>
+    <t>INSTITUT MARTINIQUAIS DE FORMATION PROFESSIONNELLE POUR ADULTES</t>
+  </si>
+  <si>
+    <t>CITE DILLON AVENUE SALVADOR ALLENDE 97200 FORT-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>22/12/2016</t>
+  </si>
+  <si>
+    <t>TRANSFORMATIONS ECOLOGIQUES TERRITORIALES PAR LA RECHERCHE ET L'INNOVATION SOCIALE</t>
+  </si>
+  <si>
+    <t>17-21 17 AVENUE CHIRIS 06130 GRASSE</t>
+  </si>
+  <si>
+    <t>07/11/2018</t>
+  </si>
+  <si>
+    <t>19/12/2025</t>
+  </si>
+  <si>
+    <t>72.20Z</t>
+  </si>
+  <si>
+    <t>SPL ASSISTANCE A LA FORMATION PROFESSIONNELLE DES ADULTES A LA REUNION</t>
+  </si>
+  <si>
+    <t>CFPA DE SAINT ANDRE</t>
+  </si>
+  <si>
+    <t>421 CHEMIN LAGOURGUE 97440 SAINT-ANDRE</t>
+  </si>
+  <si>
+    <t>01/07/2015</t>
+  </si>
+  <si>
+    <t>POP SCHOOL</t>
+  </si>
+  <si>
+    <t>8 RUE NICOLAS LEBLANC 59000 LILLE</t>
+  </si>
+  <si>
+    <t>05/11/2020</t>
+  </si>
+  <si>
+    <t>ASSURE DIRECT</t>
+  </si>
+  <si>
+    <t>16 RUE VANDEL 13008 MARSEILLE</t>
+  </si>
+  <si>
+    <t>04/01/2021</t>
+  </si>
+  <si>
+    <t>66.22Z</t>
+  </si>
+  <si>
+    <t>CEFORA</t>
+  </si>
+  <si>
+    <t>LOCAL 1 PARC 2000 3 RUE THEODORE DROUHET 97420 LE PORT</t>
+  </si>
+  <si>
+    <t>26/10/2015</t>
+  </si>
+  <si>
+    <t>CD CONSEILS ET FORMATIONS</t>
+  </si>
+  <si>
+    <t>2 BOULEVARD DE LA LIBERATION 93200 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>15/11/2015</t>
+  </si>
+  <si>
+    <t>85-87 85 AVENUE DU GENERAL DE GAULLE 94000 CRETEIL</t>
+  </si>
+  <si>
+    <t>30/07/2019</t>
+  </si>
+  <si>
+    <t>39 RUE PAUL CLAUDEL 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>01/01/2021</t>
+  </si>
+  <si>
+    <t>FORMATEXIA</t>
+  </si>
+  <si>
+    <t>26 T RUE NICOLAI 75012 PARIS</t>
+  </si>
+  <si>
+    <t>01/12/2015</t>
+  </si>
+  <si>
+    <t>WEBFORCE3</t>
+  </si>
+  <si>
+    <t>18 RUE GEOFFROY L'ASNIER 75004 PARIS</t>
+  </si>
+  <si>
+    <t>18/07/2016</t>
+  </si>
+  <si>
+    <t>CENTRE D'AFFAIRES BENOIT 69 RUE GORGE DE LOUP 69009 LYON</t>
+  </si>
+  <si>
+    <t>24/02/2020</t>
+  </si>
+  <si>
+    <t>244 ROUTE DE SEYSSES 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>PL DE L'INNOVATION 8 ALLEE LEON GAMBETTA 13001 MARSEILLE</t>
+  </si>
+  <si>
+    <t>105 AVENUE DE LA REPUBLIQUE 59110 LA MADELEINE</t>
+  </si>
+  <si>
+    <t>WEBFORCE3 GUADELOUPE</t>
+  </si>
+  <si>
+    <t>CCI - COMPLEXE WORLD TRADE CENTER ZONE INDUSTRIELLE DE JARRY 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>23/11/2020</t>
+  </si>
+  <si>
+    <t>WEBFORCE3 BORDEAUX</t>
+  </si>
+  <si>
+    <t>8 RUE PIERRE-GEORGES LATECOERE 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>15/08/2021</t>
+  </si>
+  <si>
+    <t>WEBFORCE3 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>130 RUE DE LA JASSE DE MAURIN 34070 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>22/07/2021</t>
+  </si>
+  <si>
+    <t>7 PL DOMINIQUE VINCETTI 20200 BASTIA</t>
+  </si>
+  <si>
+    <t>18/02/2022</t>
+  </si>
+  <si>
+    <t>51 PLACE RENE GOBLET 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>15/05/2022</t>
+  </si>
+  <si>
+    <t>IMMEUBLE EUROPOLIS 2 7 RUE DE COPENHAGUE 67300 SCHILTIGHEIM</t>
+  </si>
+  <si>
+    <t>287 AVENUE DES ILES D’OR 83100 TOULON</t>
+  </si>
+  <si>
+    <t>12/10/2022</t>
+  </si>
+  <si>
+    <t>GROUPE GLOBAL INSTITUTION</t>
+  </si>
+  <si>
+    <t>40 RUE DE LA COLONIE 75013 PARIS</t>
+  </si>
+  <si>
+    <t>B2H 83 LA VALETTE</t>
+  </si>
+  <si>
+    <t>25 BOULEVARD EDOUARD HERRIOT 13008 MARSEILLE</t>
+  </si>
+  <si>
+    <t>07/01/2016</t>
+  </si>
+  <si>
+    <t>B2H13 MARSEILLE</t>
+  </si>
+  <si>
+    <t>WORLD CONSULTING</t>
+  </si>
+  <si>
+    <t>104 RUE DE LA MAIRIE 59500 DOUAI</t>
+  </si>
+  <si>
+    <t>16/11/2020</t>
+  </si>
+  <si>
+    <t>B2H 13 AIX</t>
+  </si>
+  <si>
+    <t>ABONDANCE FORMATION</t>
+  </si>
+  <si>
+    <t>LOCAL 2 1ER ETAGE 1436 ROUTE DE BADUEL 97300 CAYENNE</t>
+  </si>
+  <si>
+    <t>01/02/2020</t>
+  </si>
+  <si>
+    <t>01/10/2025</t>
+  </si>
+  <si>
+    <t>FMCFMI</t>
+  </si>
+  <si>
+    <t>27 RUE DE LA CROIX SAINT FIACRE 03110 CHARMEIL</t>
+  </si>
+  <si>
+    <t>15/04/2016</t>
+  </si>
+  <si>
+    <t>MEWO</t>
+  </si>
+  <si>
+    <t>SUPUETO METZ / VIDAL FORMATION METZ</t>
+  </si>
+  <si>
+    <t>7 RUE EDOUARD BELIN 57070 METZ</t>
+  </si>
+  <si>
+    <t>01/04/2016</t>
+  </si>
+  <si>
+    <t>NOVASANCO</t>
+  </si>
+  <si>
+    <t>30 AVENUE DE CANTERANNE 33600 PESSAC</t>
+  </si>
+  <si>
+    <t>01/08/2022</t>
+  </si>
+  <si>
+    <t>SA-RH CONSEIL</t>
+  </si>
+  <si>
+    <t>RES FLEUR DE MANGUE G01 1 RUE ALEXANDRE CHRISTOPHE 97190 LE GOSIER</t>
+  </si>
+  <si>
+    <t>03/05/2016</t>
+  </si>
+  <si>
+    <t>01973236497</t>
+  </si>
+  <si>
+    <t>VICTORIA</t>
+  </si>
+  <si>
+    <t>BAT E - AIX METROPOLE 30 AVENUE HENRI MALACRIDA 13100 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>29/01/2019</t>
+  </si>
+  <si>
+    <t>CFR</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION ET DE RECRUTEMENT</t>
+  </si>
+  <si>
+    <t>112 AVENUE DU GENERAL DE GAULLE 93110 ROSNY-SOUS-BOIS</t>
+  </si>
+  <si>
+    <t>20/08/2016</t>
+  </si>
+  <si>
+    <t>19/03/2024</t>
+  </si>
+  <si>
+    <t>APTITUDES 21</t>
+  </si>
+  <si>
+    <t>61-69 61 RUE CAMILLE PELLETAN 33150 CENON</t>
+  </si>
+  <si>
+    <t>30/05/2018</t>
+  </si>
+  <si>
+    <t>EJSM SERVICES</t>
+  </si>
+  <si>
+    <t>14 RUE ROUGEMONT 75009 PARIS</t>
+  </si>
+  <si>
+    <t>03/01/2022</t>
+  </si>
+  <si>
+    <t>AFPA ENTREPRISES</t>
+  </si>
+  <si>
+    <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>31/12/2016</t>
+  </si>
+  <si>
+    <t>9 BOULEVARD DE LOUVAIN 13008 MARSEILLE</t>
+  </si>
+  <si>
+    <t>RUE DE ROSEL 14000 CAEN</t>
+  </si>
+  <si>
+    <t>35 BOULEVARD DE JODINO 69200 VENISSIEUX</t>
+  </si>
+  <si>
+    <t>RUE BASSE MOUILLERE 45160 OLIVET</t>
+  </si>
+  <si>
+    <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
+  </si>
+  <si>
+    <t>PLN PLAINE DE PERI 20167 SARROLA-CARCOPINO</t>
+  </si>
+  <si>
+    <t>36 RUE PAUL BERT 44100 NANTES</t>
+  </si>
+  <si>
+    <t>35 RUE DE LA MITTERIE 59160 LILLE</t>
+  </si>
+  <si>
+    <t>1 ALLEE JEAN GRIFFON 31400 TOULOUSE</t>
+  </si>
+  <si>
+    <t>22 RUE ALFRED DE VIGNY 33200 BORDEAUX</t>
+  </si>
+  <si>
+    <t>2 RUE DU CHATEAU 21800 CHEVIGNY-SAINT-SAUVEUR</t>
+  </si>
+  <si>
+    <t>3 RUE FRANKLIN 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>BATIMENT 1   1ER ETAGE 6 AVENUE DU HAUT SANCE 35000 RENNES</t>
+  </si>
+  <si>
+    <t>01/11/2022</t>
+  </si>
+  <si>
+    <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
+  </si>
+  <si>
+    <t>67-69 67 AVENUE DU GENERAL DE GAULLE 77420 CHAMPS-SUR-MARNE</t>
+  </si>
+  <si>
+    <t>AVENUE FELIX GOUIN 13800 ISTRES</t>
+  </si>
+  <si>
+    <t>25 CHEMIN DE LAHARIE 64100 BAYONNE</t>
+  </si>
+  <si>
+    <t>20 RUE ANATOLE FRANCE 71200 LE CREUSOT</t>
+  </si>
+  <si>
+    <t>1 RUE DU PETIT BOIS 71300 MONTCEAU-LES-MINES</t>
+  </si>
+  <si>
+    <t>1 RUE ERNEST THIERRY-MIEG 90000 BELFORT</t>
+  </si>
+  <si>
+    <t>54 BOULEVARD LAVERAN 13013 MARSEILLE</t>
+  </si>
+  <si>
+    <t>395 AVENUE DE LA LIBERATION 83160 LA VALETTE-DU-VAR</t>
+  </si>
+  <si>
+    <t>57 AV BERNADOTTE 17300 ROCHEFORT</t>
+  </si>
+  <si>
+    <t>6 RUE GUILLAUME LEKEU 49100 ANGERS</t>
+  </si>
+  <si>
+    <t>32 RUE RENE LOTE 56100 LORIENT</t>
+  </si>
+  <si>
+    <t>37 AVENUE DU BEZET 64000 PAU</t>
+  </si>
+  <si>
+    <t>407 AVENUE DE LA GIRONDE 59640 DUNKERQUE</t>
+  </si>
+  <si>
+    <t>2 AVENUE CLEMENT ADER 66600 RIVESALTES</t>
+  </si>
+  <si>
+    <t>6 SQUARE EUGENE HERZOG 54390 FROUARD</t>
+  </si>
+  <si>
+    <t>244 ROUTE DE TURIN 06300 NICE</t>
+  </si>
+  <si>
+    <t>1 RUE DES MINIMES 02000 LAON</t>
+  </si>
+  <si>
+    <t>2 RUE DE L'ARSENAL 59131 ROUSIES</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION 35 RUE DE LA MITTERIE 59160 LILLE</t>
+  </si>
+  <si>
+    <t>53 RUE MAURICE ROLLINAT 19100 BRIVE-LA-GAILLARDE</t>
+  </si>
+  <si>
+    <t>PLAINE DU PERI 20167 SARROLA-CARCOPINO</t>
+  </si>
+  <si>
+    <t>10 RUE MARCEL PAGNOL 47510 FOULAYRONNES</t>
+  </si>
+  <si>
+    <t>39 RUE DE LA MADELEINE 29600 MORLAIX</t>
+  </si>
+  <si>
+    <t>15 RUE DU PETIT SPERNOT 29200 BREST</t>
+  </si>
+  <si>
+    <t>29 RUE DES MADIERES 22360 LANGUEUX</t>
+  </si>
+  <si>
+    <t>RUE LEON BLUM 62800 LIEVIN</t>
+  </si>
+  <si>
+    <t>RUE VICTOR HUGO 70000 NAVENNE</t>
+  </si>
+  <si>
+    <t>30 RUE DE POULAINVILLE 80080 AMIENS</t>
+  </si>
+  <si>
+    <t>73 RUE SAINT-JEAN 31130 BALMA</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION RUE DES CORPS-DE-GARDE 67100 STRASBOURG</t>
+  </si>
+  <si>
+    <t>15 RUE DU CAP VERT 21800 QUETIGNY</t>
+  </si>
+  <si>
+    <t>135 RUE DU MADRILLET 76800 SAINT-ETIENNE-DU-ROUVRAY</t>
+  </si>
+  <si>
+    <t>50 RUE FERDINAND BUISSON 33130 BEGLES</t>
+  </si>
+  <si>
+    <t>9 RUE MARC SEGUIN 94000 CRETEIL</t>
+  </si>
+  <si>
+    <t>14-14 14 AVENUE DU MARECHAL JUIN 92360 MEUDON</t>
+  </si>
+  <si>
+    <t>BATIMENT 1  1ER ETAGE 6 AVENUE DU HAUT SANCE 35000 RENNES</t>
+  </si>
+  <si>
+    <t>PROPRIETE DE L'ARCHETTE RUE BASSE MOUILLERE 45160 OLIVET</t>
+  </si>
+  <si>
+    <t>21 BOULEVARD HOCHE 85200 FONTENAY-LE-COMTE</t>
+  </si>
+  <si>
+    <t>28 AVENUE DE L'ILE SAINT MARTIN 92000 NANTERRE</t>
+  </si>
+  <si>
+    <t>02/05/2022</t>
+  </si>
+  <si>
+    <t>CR2E ACCESSIBILITE</t>
+  </si>
+  <si>
+    <t>126 AVENUE DU GENERAL LECLERC 92100 BOULOGNE-BILLANCOURT</t>
+  </si>
+  <si>
+    <t>18/09/2018</t>
+  </si>
+  <si>
+    <t>ANATOLCONSEIL</t>
+  </si>
+  <si>
+    <t>ANATOL CONSEIL</t>
+  </si>
+  <si>
+    <t>21 RUE DES PRUNUS 34970 LATTES</t>
+  </si>
+  <si>
+    <t>11/01/2017</t>
+  </si>
+  <si>
+    <t>PASSY FORMATIONS</t>
+  </si>
+  <si>
+    <t>105 RUE GALLIENI 92100 BOULOGNE-BILLANCOURT</t>
+  </si>
+  <si>
+    <t>21/02/2022</t>
+  </si>
+  <si>
+    <t>01/12/2023</t>
+  </si>
+  <si>
+    <t>IMIE PARIS INSTITUT DE LA FILIERE NUMERIQUE</t>
+  </si>
+  <si>
+    <t>70 RUE ANATOLE FRANCE 92300 LEVALLOIS-PERRET</t>
+  </si>
+  <si>
+    <t>10/04/2017</t>
+  </si>
+  <si>
+    <t>GENY FORMATION</t>
+  </si>
+  <si>
+    <t>15 BOULEVARD LEON BOLLEE 53000 LAVAL</t>
+  </si>
+  <si>
+    <t>25/04/2017</t>
+  </si>
+  <si>
+    <t>ECOLE SUPERIEURE D'INFORMATIQUE</t>
+  </si>
+  <si>
+    <t>ESI</t>
+  </si>
+  <si>
+    <t>01/04/2017</t>
+  </si>
+  <si>
+    <t>L'ETUDE MARSEILLE</t>
+  </si>
+  <si>
+    <t>L'ETUDE</t>
+  </si>
+  <si>
+    <t>180 AVENUE DU PRADO 13008 MARSEILLE</t>
+  </si>
+  <si>
+    <t>LUCINE</t>
+  </si>
+  <si>
+    <t>37 RUE SAINT SEBASTIEN 13006 MARSEILLE</t>
+  </si>
+  <si>
+    <t>17/05/2022</t>
+  </si>
+  <si>
+    <t>30/08/2024</t>
+  </si>
+  <si>
+    <t>AREDIL</t>
+  </si>
+  <si>
+    <t>18 QUAI LOUIS BLERIOT 75016 PARIS</t>
+  </si>
+  <si>
+    <t>26 ACADEMY</t>
+  </si>
+  <si>
+    <t>17 RUE D'ORLEANS 92200 NEUILLY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>22/06/2018</t>
+  </si>
+  <si>
+    <t>MYMARK</t>
+  </si>
+  <si>
+    <t>5 RUE DES MORILLONS 75015 PARIS</t>
+  </si>
+  <si>
+    <t>26/07/2017</t>
+  </si>
+  <si>
+    <t>26/12/2024</t>
+  </si>
+  <si>
+    <t>ACCESS EXAM FORMATION SECURITE</t>
+  </si>
+  <si>
+    <t>AEFS SARL</t>
+  </si>
+  <si>
+    <t>1 AVENUE DE POUMEYROL 69300 CALUIRE-ET-CUIRE</t>
+  </si>
+  <si>
+    <t>13/11/2017</t>
+  </si>
+  <si>
+    <t>OPLURIEL FORMATION</t>
+  </si>
+  <si>
+    <t>7 RUE DES MARAICHERS 69120 VAULX-EN-VELIN</t>
+  </si>
+  <si>
+    <t>17/11/2021</t>
+  </si>
+  <si>
+    <t>MODULAGE</t>
+  </si>
+  <si>
+    <t>5 PLACE DE L'UNIVERSITE 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>SASSI</t>
+  </si>
+  <si>
+    <t>72 T RUE DE LONGCHAMP 92200 NEUILLY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>20/10/2021</t>
+  </si>
+  <si>
+    <t>A&amp;D FORMATIONS</t>
+  </si>
+  <si>
+    <t>5 AVENUE INGRES 75016 PARIS</t>
+  </si>
+  <si>
+    <t>21/02/2018</t>
+  </si>
+  <si>
+    <t>07/03/2025</t>
+  </si>
+  <si>
+    <t>PRIUM FORMATION</t>
+  </si>
+  <si>
+    <t>11 BOULEVARD BRUNE 75014 PARIS</t>
+  </si>
+  <si>
+    <t>20/02/2018</t>
+  </si>
+  <si>
+    <t>VIA FELICIA</t>
+  </si>
+  <si>
+    <t>LE PLESSIS 35770 VERN-SUR-SEICHE</t>
+  </si>
+  <si>
+    <t>21/11/2022</t>
+  </si>
+  <si>
+    <t>BOOT FORMATION</t>
+  </si>
+  <si>
+    <t>106-108 106 AVENUE LEON BLUM 92160 ANTONY</t>
+  </si>
+  <si>
+    <t>21/06/2021</t>
+  </si>
+  <si>
+    <t>LEARN ME</t>
+  </si>
+  <si>
+    <t>9 RUE GRAHAM BELL 57070 METZ</t>
+  </si>
+  <si>
+    <t>01/06/2021</t>
+  </si>
+  <si>
+    <t>01/07/2024</t>
+  </si>
+  <si>
+    <t>85.60Z</t>
+  </si>
+  <si>
+    <t>STOP AU CHOMAGE</t>
+  </si>
+  <si>
+    <t>143 RUE HENRI REGNAULT 59100 ROUBAIX</t>
+  </si>
+  <si>
+    <t>30/07/2018</t>
+  </si>
+  <si>
+    <t>AD'ON FORMATION</t>
+  </si>
+  <si>
+    <t>237 AVENUE DU GENERAL LECLERC 94700 MAISONS-ALFORT</t>
+  </si>
+  <si>
+    <t>26/03/2019</t>
+  </si>
+  <si>
+    <t>SUAY BEAUTY BAR</t>
+  </si>
+  <si>
+    <t>37 RUE DE STALINGRAD 95120 ERMONT</t>
+  </si>
+  <si>
+    <t>15/11/2018</t>
+  </si>
+  <si>
+    <t>96.02B</t>
+  </si>
+  <si>
+    <t>CARIBBEAN FOUNDERS INSTITUTE</t>
+  </si>
+  <si>
+    <t>ERMINAL INTER-ILES LE BASSIN DE RADOUB 97200 FORT-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>16/12/2022</t>
+  </si>
+  <si>
+    <t>TALIS MARTINIQUE</t>
+  </si>
+  <si>
+    <t>LOTISSEMENT LES HAUTS DE CALIFORNIE 97232 LE LAMENTIN</t>
+  </si>
+  <si>
+    <t>16/12/2020</t>
+  </si>
+  <si>
+    <t>02973311297</t>
+  </si>
+  <si>
+    <t>LM FORMATION</t>
+  </si>
+  <si>
+    <t>4 AVENUE LAURENT CELY 92600 ASNIERES-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>20/12/2018</t>
+  </si>
+  <si>
+    <t>E-CATALYST</t>
+  </si>
+  <si>
+    <t>49 RUE DE L’EGALITE 59600 MAUBEUGE</t>
+  </si>
+  <si>
+    <t>ELYSEES FORMATIONS</t>
+  </si>
+  <si>
+    <t>5 AVENUE DU GENERAL DE GAULLE 94160 SAINT-MANDE</t>
+  </si>
+  <si>
+    <t>30/12/2024</t>
+  </si>
+  <si>
+    <t>THINK GOOD</t>
+  </si>
+  <si>
+    <t>20 ALLEE DARIUS MILHAUD 75019 PARIS</t>
+  </si>
+  <si>
+    <t>01/12/2018</t>
+  </si>
+  <si>
+    <t>FORMATION ET REUSSITE</t>
+  </si>
+  <si>
+    <t>35 RUE PAUL VAILLANT-COUTURIER 92240 MALAKOFF</t>
+  </si>
+  <si>
+    <t>HCF CONSEILS</t>
+  </si>
+  <si>
+    <t>28 AVENUE DES PEPINIERES 94260 FRESNES</t>
+  </si>
+  <si>
+    <t>14/01/2021</t>
+  </si>
+  <si>
+    <t>TITAN FORMATION</t>
+  </si>
+  <si>
+    <t>28 RUE DU CHATEAU D'EAU 78360 MONTESSON</t>
+  </si>
+  <si>
+    <t>23/10/2019</t>
+  </si>
+  <si>
+    <t>EXPERTAIDE</t>
+  </si>
+  <si>
+    <t>2 RUE PANHARD 91830 LE COUDRAY-MONTCEAUX</t>
+  </si>
+  <si>
+    <t>15/02/2019</t>
+  </si>
+  <si>
+    <t>ING CONSEIL ET FORMATIONS</t>
+  </si>
+  <si>
+    <t>ING CONFORM</t>
+  </si>
+  <si>
+    <t>CENTRE COMMERCIAL CARREFOUR MARKET BOISRIPEAUX 97139 LES ABYMES</t>
+  </si>
+  <si>
+    <t>01/03/2019</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>JHLS</t>
+  </si>
+  <si>
+    <t>21 RUE DU GENERAL DE GAULLE 97480 SAINT-JOSEPH</t>
+  </si>
+  <si>
+    <t>82.20Z</t>
+  </si>
+  <si>
+    <t>04973411997</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KHALDI LINDA   </t>
+  </si>
+  <si>
+    <t>1 RUE DUPUY CROUZET 94600 CHOISY-LE-ROI</t>
+  </si>
+  <si>
+    <t>INSTITUT SPECIALISE EN CONSEIL ET FORMATION (ISCOF)</t>
+  </si>
+  <si>
+    <t>87 RUE DE PARIS 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>15/04/2019</t>
+  </si>
+  <si>
+    <t>11/06/2024</t>
+  </si>
+  <si>
+    <t>IFPA POITIERS</t>
+  </si>
+  <si>
+    <t>11 RUE VICTOR GRIGNARD 86000 POITIERS</t>
+  </si>
+  <si>
+    <t>24/04/2019</t>
+  </si>
+  <si>
+    <t>HDF FORMATION</t>
+  </si>
+  <si>
+    <t>B562 78 AVENUE DES CHAMPS ELYSEES 75008 PARIS</t>
+  </si>
+  <si>
+    <t>19/07/2020</t>
+  </si>
+  <si>
+    <t>B2H83 FREJUS</t>
+  </si>
+  <si>
+    <t>13/05/2019</t>
+  </si>
+  <si>
+    <t>INSTITUT DE DEVELOPPEMENT INTERNATIONAL DES SAVOIRS</t>
+  </si>
+  <si>
+    <t>3 B RUE DUPLEIX 97420 LE PORT</t>
+  </si>
+  <si>
+    <t>15/02/2020</t>
+  </si>
+  <si>
+    <t>04973259297</t>
+  </si>
+  <si>
+    <t>VSO FORMATION</t>
+  </si>
+  <si>
+    <t>15 ALLEE DU MOUTIER 93400 SAINT-OUEN-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>20/08/2021</t>
+  </si>
+  <si>
+    <t>AIE PHONE</t>
+  </si>
+  <si>
+    <t>51 AVENUE DU BAC 94210 SAINT-MAUR-DES-FOSSES</t>
+  </si>
+  <si>
+    <t>19/06/2019</t>
+  </si>
+  <si>
+    <t>95.12Z</t>
+  </si>
+  <si>
+    <t>VISIOFORM</t>
+  </si>
+  <si>
+    <t>111 AVENUE VICTOR HUGO 75016 PARIS</t>
+  </si>
+  <si>
+    <t>21/03/2019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASGHAR IMRANA   </t>
+  </si>
+  <si>
+    <t>INAA FORMATION</t>
+  </si>
+  <si>
+    <t>28 RUE DU GENERAL DE GAULLE 77200 TORCY</t>
+  </si>
+  <si>
+    <t>01/10/2019</t>
+  </si>
+  <si>
+    <t>FORMAT VTC</t>
+  </si>
+  <si>
+    <t>2 RUE JULES MASSENET 13960 SAUSSET-LES-PINS</t>
+  </si>
+  <si>
+    <t>02/08/2019</t>
+  </si>
+  <si>
+    <t>31/10/2024</t>
+  </si>
+  <si>
+    <t>SUPDEC FORMATION</t>
+  </si>
+  <si>
+    <t>710 RUE D'ALCO 34080 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>07/10/2019</t>
+  </si>
+  <si>
+    <t>FORMA'SCOOL</t>
+  </si>
+  <si>
+    <t>22 AVENUE DU 8 MAI 1945 95200 SARCELLES</t>
+  </si>
+  <si>
+    <t>19/12/2019</t>
+  </si>
+  <si>
+    <t>WAY FORMATION</t>
+  </si>
+  <si>
+    <t>38 B AVENUE DE LA REPUBLIQUE 75011 PARIS</t>
+  </si>
+  <si>
+    <t>31/12/2019</t>
+  </si>
+  <si>
+    <t>GROUPE CONVENANT</t>
+  </si>
+  <si>
+    <t>23 BOULEVARD DE STRASBOURG 94130 NOGENT-SUR-MARNE</t>
+  </si>
+  <si>
+    <t>01/12/2019</t>
+  </si>
+  <si>
+    <t>RC DEVELOPPEMENT</t>
+  </si>
+  <si>
+    <t>PLACE EDMOND REGNAULT CHEMIN DES HUGUENOTS 26000 VALENCE</t>
+  </si>
+  <si>
+    <t>30/06/2022</t>
+  </si>
+  <si>
+    <t>82.11Z</t>
+  </si>
+  <si>
+    <t>SERIOUS BARBER AND HAIR CUT</t>
+  </si>
+  <si>
+    <t>46 PLACE DEI LANGOUSTO 83600 FREJUS</t>
+  </si>
+  <si>
+    <t>09/01/2020</t>
+  </si>
+  <si>
+    <t>96.02A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JEMAI MERIEM   </t>
+  </si>
+  <si>
+    <t>BATIMENT B 26 RUE GASTON DAGUENET 95100 ARGENTEUIL</t>
+  </si>
+  <si>
+    <t>20/01/2020</t>
+  </si>
+  <si>
+    <t>MINDFUL PRESENCE</t>
+  </si>
+  <si>
+    <t>BAT G11, RESIDENCE LA BASTIDE 27 TRAVERSE DES CYPRES 13013 MARSEILLE</t>
+  </si>
+  <si>
+    <t>10/02/2020</t>
+  </si>
+  <si>
+    <t>70.21Z</t>
+  </si>
+  <si>
+    <t>ALMGROUP</t>
+  </si>
+  <si>
+    <t>105 AVENUE PAUL MARCELLIN 69120 VAULX-EN-VELIN</t>
+  </si>
+  <si>
+    <t>17/10/2025</t>
+  </si>
+  <si>
+    <t>LDL AMERICAN LISS</t>
+  </si>
+  <si>
+    <t>L'ATELIER...</t>
+  </si>
+  <si>
+    <t>77 B RUE VOLTAIRE 92300 LEVALLOIS-PERRET</t>
+  </si>
+  <si>
+    <t>PSTM</t>
+  </si>
+  <si>
+    <t>13 RUE CAMILLE DESMOULINS 92300 LEVALLOIS-PERRET</t>
+  </si>
+  <si>
+    <t>01/04/2020</t>
+  </si>
+  <si>
+    <t>10/06/2024</t>
+  </si>
+  <si>
+    <t>MARIEBERT.SERVICES</t>
+  </si>
+  <si>
+    <t>MBS</t>
+  </si>
+  <si>
+    <t>ETG 1 1 RUE LA GRANDE DENTELLE 83170 BRIGNOLES</t>
+  </si>
+  <si>
+    <t>01/03/2020</t>
+  </si>
+  <si>
+    <t>JK FORMATIONS</t>
+  </si>
+  <si>
+    <t>7 RUE PARMENTIER 94140 ALFORTVILLE</t>
+  </si>
+  <si>
+    <t>10/06/2020</t>
+  </si>
+  <si>
+    <t>KG CONSULTING</t>
+  </si>
+  <si>
+    <t>7 RUE SAINT SIMON 94400 VITRY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>29/05/2020</t>
+  </si>
+  <si>
+    <t>DECEO</t>
+  </si>
+  <si>
+    <t>12 RUE DES FOUGERES 68120 RICHWILLER</t>
+  </si>
+  <si>
+    <t>I-GLOBALFORM</t>
+  </si>
+  <si>
+    <t>198 RUE BRETEUIL 13006 MARSEILLE</t>
+  </si>
+  <si>
+    <t>22/06/2020</t>
+  </si>
+  <si>
+    <t>31/07/2025</t>
+  </si>
+  <si>
     <t>SEMA FORMATION</t>
   </si>
   <si>
     <t>BAT 20 1 RUE MAZARIN 02800 LA FERE</t>
   </si>
   <si>
-    <t>16/12/2020</t>
-[...4 lines deleted...]
-  <si>
     <t>G CONSULTING</t>
   </si>
   <si>
     <t>9 RUE ROBERT FLEURY 75015 PARIS</t>
   </si>
   <si>
     <t>25/06/2020</t>
   </si>
   <si>
     <t>CALLISTA FORMATION CFORM</t>
   </si>
   <si>
     <t>FOND ROSE 19 RUE BERTRAND MARECHAUX 97121 ANSE-BERTRAND</t>
   </si>
   <si>
     <t>25/08/2020</t>
   </si>
   <si>
     <t>01973285897</t>
-  </si>
-[...2545 lines deleted...]
-    <t>31/07/2025</t>
   </si>
   <si>
     <t>QUALIFIED</t>
   </si>
   <si>
     <t>22 RUE GEORGES CHARPAK 35000 RENNES</t>
   </si>
   <si>
     <t>28/08/2020</t>
   </si>
   <si>
     <t>VSO EDUCATION</t>
   </si>
   <si>
     <t>PROEST FORMATION CONSEIL</t>
   </si>
   <si>
     <t>91 RUE ROBERT BUNSEN 57460 BEHREN-LES-FORBACH</t>
   </si>
   <si>
     <t>08/09/2020</t>
   </si>
   <si>
     <t>IKS FORMATION</t>
   </si>
@@ -7304,11982 +7304,11982 @@
         <v>193</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>194</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>195</v>
       </c>
       <c r="I41" s="3"/>
       <c r="J41" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>88482527400035</v>
+        <v>31134913800017</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>196</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
         <v>197</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>198</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="I42" s="3"/>
+        <v>71</v>
+      </c>
+      <c r="I42" s="3">
+        <v>11757005375</v>
+      </c>
       <c r="J42" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M42" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>88522131700013</v>
+        <v>31839329500528</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="F43" s="2" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>199</v>
+        <v>18</v>
       </c>
       <c r="I43" s="3">
-        <v>11756149575</v>
+        <v>11930048093</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>88834517000011</v>
+        <v>32396166400121</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="F44" s="2" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>206</v>
+        <v>205</v>
+      </c>
+      <c r="I44" s="3">
+        <v>83630030163</v>
       </c>
       <c r="J44" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>80528997200020</v>
+        <v>32396166400220</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="F45" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="G45" s="2" t="s">
         <v>208</v>
       </c>
-      <c r="F45" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>205</v>
+      </c>
+      <c r="I45" s="3"/>
       <c r="J45" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>38935885400054</v>
+        <v>32396166400287</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>210</v>
+        <v>202</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I46" s="3">
-        <v>11751937075</v>
+        <v>83630030163</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>38935885400062</v>
+        <v>32420576400016</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="F47" s="2" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>18</v>
+        <v>205</v>
       </c>
       <c r="I47" s="3">
-        <v>11751937075</v>
+        <v>11750686975</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>39014603300027</v>
+        <v>32434542000040</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
+        <v>215</v>
+      </c>
+      <c r="F48" s="2" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="I48" s="3">
-        <v>91660045866</v>
+        <v>73310029931</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>39014842700094</v>
+        <v>33126776500054</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="D49" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="E49" s="2" t="s">
         <v>218</v>
       </c>
-      <c r="D49" s="2"/>
-      <c r="E49" s="2" t="s">
+      <c r="F49" s="2" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I49" s="3">
-        <v>98970295297</v>
+        <v>53350170835</v>
       </c>
       <c r="J49" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>39075824100041</v>
+        <v>33208779000058</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="F50" s="2" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>18</v>
+        <v>223</v>
       </c>
       <c r="I50" s="3">
-        <v>42670182967</v>
+        <v>93060069006</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>39075824100108</v>
+        <v>33354415300146</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="D51" s="2"/>
+        <v>224</v>
+      </c>
+      <c r="D51" s="2" t="s">
+        <v>225</v>
+      </c>
       <c r="E51" s="2" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I51" s="3">
-        <v>42670182967</v>
+        <v>11751042775</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>77571632700017</v>
+        <v>33354415300195</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="D52" s="2" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>228</v>
       </c>
       <c r="F52" s="2" t="s">
+        <v>227</v>
+      </c>
+      <c r="G52" s="2" t="s">
         <v>229</v>
       </c>
-      <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>195</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I52" s="3"/>
       <c r="J52" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>77694494400011</v>
+        <v>33354415300286</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>230</v>
+        <v>224</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="F53" s="2" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>195</v>
+        <v>18</v>
       </c>
       <c r="I53" s="3">
-        <v>73310124431</v>
+        <v>11751042775</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>50921839200025</v>
+        <v>33354415300310</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="2" t="s">
+        <v>224</v>
+      </c>
+      <c r="D54" s="2" t="s">
+        <v>224</v>
+      </c>
+      <c r="E54" s="2" t="s">
         <v>232</v>
       </c>
-      <c r="D54" s="2" t="s">
+      <c r="F54" s="2" t="s">
         <v>233</v>
-      </c>
-[...4 lines deleted...]
-        <v>235</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I54" s="3">
-        <v>98970335697</v>
+        <v>11751042775</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>43017765900066</v>
+        <v>33354415300328</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>236</v>
-[...1 lines deleted...]
-      <c r="D55" s="2"/>
+        <v>224</v>
+      </c>
+      <c r="D55" s="2" t="s">
+        <v>224</v>
+      </c>
       <c r="E55" s="2" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I55" s="3">
-        <v>11754734075</v>
+        <v>11751042775</v>
       </c>
       <c r="J55" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>47960778000042</v>
+        <v>33354415300344</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>239</v>
-[...3 lines deleted...]
-      </c>
+        <v>224</v>
+      </c>
+      <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>241</v>
-[...1 lines deleted...]
-      <c r="G56" s="2"/>
+        <v>237</v>
+      </c>
+      <c r="G56" s="2" t="s">
+        <v>238</v>
+      </c>
       <c r="H56" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>205</v>
+      </c>
+      <c r="I56" s="3"/>
       <c r="J56" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M56" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>31134913800017</v>
+        <v>33354415300369</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>242</v>
+        <v>224</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>229</v>
+        <v>240</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>71</v>
+        <v>18</v>
       </c>
       <c r="I57" s="3">
-        <v>11757005375</v>
+        <v>11751042775</v>
       </c>
       <c r="J57" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>31839329500528</v>
+        <v>33354415300419</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>244</v>
-[...1 lines deleted...]
-      <c r="D58" s="2"/>
+        <v>224</v>
+      </c>
+      <c r="D58" s="2" t="s">
+        <v>224</v>
+      </c>
       <c r="E58" s="2" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>246</v>
-[...1 lines deleted...]
-      <c r="G58" s="2"/>
+        <v>179</v>
+      </c>
+      <c r="G58" s="2" t="s">
+        <v>242</v>
+      </c>
       <c r="H58" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>205</v>
+      </c>
+      <c r="I58" s="3"/>
       <c r="J58" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>32396166400121</v>
+        <v>33354415300435</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>247</v>
+        <v>224</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>199</v>
+        <v>18</v>
       </c>
       <c r="I59" s="3">
-        <v>83630030163</v>
+        <v>11751042775</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>32396166400220</v>
+        <v>33354415300484</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>247</v>
+        <v>224</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>251</v>
+        <v>246</v>
       </c>
       <c r="G60" s="2" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="H60" s="2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I60" s="3"/>
       <c r="J60" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>32396166400287</v>
+        <v>33354415300518</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>247</v>
+        <v>224</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>254</v>
+        <v>249</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I61" s="3">
-        <v>83630030163</v>
+        <v>11751042775</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>32420576400016</v>
+        <v>33432517200073</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>255</v>
-[...1 lines deleted...]
-      <c r="D62" s="2"/>
+        <v>250</v>
+      </c>
+      <c r="D62" s="2" t="s">
+        <v>250</v>
+      </c>
       <c r="E62" s="2" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>199</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I62" s="3"/>
       <c r="J62" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M62" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>32434542000040</v>
+        <v>34748867800025</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>18</v>
+        <v>256</v>
       </c>
       <c r="I63" s="3">
-        <v>73310029931</v>
+        <v>73120010712</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>33126776500054</v>
+        <v>34762032000023</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>261</v>
-[...3 lines deleted...]
-      </c>
+        <v>257</v>
+      </c>
+      <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>263</v>
-[...1 lines deleted...]
-      <c r="G64" s="2"/>
+        <v>259</v>
+      </c>
+      <c r="G64" s="2" t="s">
+        <v>260</v>
+      </c>
       <c r="H64" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I64" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I64" s="3"/>
       <c r="J64" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M64" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>33208779000058</v>
+        <v>34762032000031</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>264</v>
+        <v>257</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>266</v>
-[...1 lines deleted...]
-      <c r="G65" s="2"/>
+        <v>262</v>
+      </c>
+      <c r="G65" s="2" t="s">
+        <v>263</v>
+      </c>
       <c r="H65" s="2" t="s">
-        <v>267</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I65" s="3"/>
       <c r="J65" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M65" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>33354415300146</v>
+        <v>35029923600041</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>268</v>
-[...3 lines deleted...]
-      </c>
+        <v>264</v>
+      </c>
+      <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I66" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I66" s="3"/>
       <c r="J66" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M66" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>33354415300195</v>
+        <v>37761090200464</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C67" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="D67" s="2"/>
+      <c r="E67" s="2" t="s">
         <v>268</v>
       </c>
-      <c r="D67" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F67" s="2" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="G67" s="2" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="H67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I67" s="3"/>
       <c r="J67" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>33354415300286</v>
+        <v>37942736200023</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I68" s="3">
-        <v>11751042775</v>
+        <v>72330165233</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L68" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>33354415300310</v>
+        <v>38035192400028</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>268</v>
-[...3 lines deleted...]
-      </c>
+        <v>274</v>
+      </c>
+      <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
+        <v>275</v>
+      </c>
+      <c r="F69" s="2" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="I69" s="3"/>
       <c r="J69" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M69" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>33354415300328</v>
+        <v>38275478600012</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>268</v>
-[...3 lines deleted...]
-      </c>
+        <v>277</v>
+      </c>
+      <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
         <v>278</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>279</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I70" s="3">
-        <v>11751042775</v>
+      <c r="I70" s="3" t="s">
+        <v>280</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>33354415300344</v>
+        <v>38436936900010</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>111</v>
+        <v>14</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>268</v>
+        <v>281</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>281</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="I71" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I71" s="3">
+        <v>72330402333</v>
+      </c>
       <c r="J71" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M71" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>33354415300369</v>
+        <v>38505521500037</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>268</v>
+        <v>284</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I72" s="3">
-        <v>11751042775</v>
+        <v>11756874275</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>33354415300419</v>
+        <v>38876048000011</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>111</v>
+        <v>14</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>268</v>
-[...3 lines deleted...]
-      </c>
+        <v>287</v>
+      </c>
+      <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>179</v>
-[...3 lines deleted...]
-      </c>
+        <v>289</v>
+      </c>
+      <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="I73" s="3"/>
+        <v>205</v>
+      </c>
+      <c r="I73" s="3">
+        <v>11910226191</v>
+      </c>
       <c r="J73" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M73" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>33354415300435</v>
+        <v>38876048000029</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>268</v>
+        <v>287</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>18</v>
+        <v>205</v>
       </c>
       <c r="I74" s="3">
-        <v>11751042775</v>
+        <v>11910226191</v>
       </c>
       <c r="J74" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>33354415300484</v>
+        <v>38935885400054</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>111</v>
+        <v>14</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>268</v>
+        <v>292</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>290</v>
-[...3 lines deleted...]
-      </c>
+        <v>294</v>
+      </c>
+      <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="I75" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I75" s="3">
+        <v>11751937075</v>
+      </c>
       <c r="J75" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M75" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>33354415300518</v>
+        <v>38935885400062</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>268</v>
+        <v>292</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I76" s="3">
-        <v>11751042775</v>
+        <v>11751937075</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K76" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>33432517200073</v>
+        <v>39014603300027</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>294</v>
-[...3 lines deleted...]
-      </c>
+        <v>297</v>
+      </c>
+      <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="I77" s="3"/>
+        <v>35</v>
+      </c>
+      <c r="I77" s="3">
+        <v>91660045866</v>
+      </c>
       <c r="J77" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K77" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M77" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>34748867800025</v>
+        <v>39014842700094</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>300</v>
+        <v>18</v>
       </c>
       <c r="I78" s="3">
-        <v>73120010712</v>
+        <v>98970295297</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>34762032000023</v>
+        <v>39075824100041</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>111</v>
+        <v>14</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>303</v>
-[...3 lines deleted...]
-      </c>
+        <v>305</v>
+      </c>
+      <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I79" s="3"/>
+      <c r="I79" s="3">
+        <v>42670182967</v>
+      </c>
       <c r="J79" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K79" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M79" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>34762032000031</v>
+        <v>39075824100108</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>111</v>
+        <v>14</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>306</v>
-[...1 lines deleted...]
-      <c r="G80" s="2" t="s">
         <v>307</v>
       </c>
+      <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I80" s="3"/>
+      <c r="I80" s="3">
+        <v>42670182967</v>
+      </c>
       <c r="J80" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M80" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>35029923600041</v>
+        <v>39297563700043</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>308</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
         <v>309</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>310</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I81" s="3"/>
+      <c r="I81" s="3">
+        <v>11922122692</v>
+      </c>
       <c r="J81" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M81" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>37761090200464</v>
+        <v>39336786700024</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>311</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
         <v>312</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>313</v>
       </c>
       <c r="G82" s="2" t="s">
-        <v>314</v>
+        <v>238</v>
       </c>
       <c r="H82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I82" s="3"/>
       <c r="J82" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>37942736200023</v>
+        <v>39336786700040</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I83" s="3">
-        <v>72330165233</v>
+        <v>11752175275</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K83" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L83" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>38035192400028</v>
+        <v>39336786700057</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>318</v>
+        <v>311</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="I84" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I84" s="3">
+        <v>11752175275</v>
+      </c>
       <c r="J84" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M84" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>38275478600012</v>
+        <v>39336786700065</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>321</v>
+        <v>311</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>322</v>
+        <v>245</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>323</v>
-[...1 lines deleted...]
-      <c r="G85" s="2"/>
+        <v>315</v>
+      </c>
+      <c r="G85" s="2" t="s">
+        <v>247</v>
+      </c>
       <c r="H85" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I85" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I85" s="3"/>
       <c r="J85" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M85" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>38436936900010</v>
+        <v>39336786700073</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>325</v>
+        <v>311</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>326</v>
+        <v>317</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>327</v>
+        <v>318</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I86" s="3">
-        <v>72330402333</v>
+        <v>11752175275</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K86" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>38505521500037</v>
+        <v>39336786700172</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>328</v>
+        <v>311</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>329</v>
+        <v>319</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>330</v>
+        <v>320</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I87" s="3">
-        <v>11756874275</v>
+        <v>11752175275</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>38876048000011</v>
+        <v>39478109000052</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>332</v>
+        <v>322</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>333</v>
+        <v>323</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>199</v>
+        <v>18</v>
       </c>
       <c r="I88" s="3">
-        <v>11910226191</v>
+        <v>95970046197</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K88" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>38876048000029</v>
+        <v>39779265600027</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>331</v>
+        <v>324</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>334</v>
+        <v>325</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>335</v>
+        <v>326</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>199</v>
+        <v>71</v>
       </c>
       <c r="I89" s="3">
-        <v>11910226191</v>
+        <v>53290815129</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K89" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>39297563700043</v>
+        <v>39839792700102</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>336</v>
+        <v>327</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>337</v>
+        <v>328</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>338</v>
+        <v>329</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I90" s="3">
-        <v>11922122692</v>
+        <v>52720055472</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K90" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>39336786700024</v>
+        <v>39839792700193</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>339</v>
+        <v>327</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>340</v>
+        <v>330</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>341</v>
+        <v>331</v>
       </c>
       <c r="G91" s="2" t="s">
-        <v>282</v>
+        <v>332</v>
       </c>
       <c r="H91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I91" s="3"/>
       <c r="J91" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>39336786700040</v>
+        <v>39846379400048</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>339</v>
+        <v>333</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>342</v>
+        <v>334</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>343</v>
+        <v>335</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
-        <v>18</v>
+        <v>336</v>
       </c>
       <c r="I92" s="3">
-        <v>11752175275</v>
+        <v>91660065066</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K92" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>39336786700057</v>
+        <v>39870780200045</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
-        <v>18</v>
+        <v>340</v>
       </c>
       <c r="I93" s="3">
-        <v>11752175275</v>
+        <v>93130511113</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K93" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>39336786700065</v>
+        <v>39992626000031</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>289</v>
+        <v>342</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>343</v>
       </c>
       <c r="G94" s="2" t="s">
-        <v>291</v>
+        <v>344</v>
       </c>
       <c r="H94" s="2" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I94" s="3"/>
       <c r="J94" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K94" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>39336786700073</v>
+        <v>40073444800022</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>339</v>
+        <v>345</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I95" s="3">
-        <v>11752175275</v>
+        <v>31590340859</v>
       </c>
       <c r="J95" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K95" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L95" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>39336786700172</v>
+        <v>40073444800238</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>339</v>
+        <v>345</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>348</v>
+        <v>244</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I96" s="3">
-        <v>11752175275</v>
+        <v>31590340859</v>
       </c>
       <c r="J96" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K96" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L96" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>39478109000052</v>
+        <v>40487427300257</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="2" t="s">
         <v>349</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
         <v>350</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>351</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I97" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I97" s="3"/>
       <c r="J97" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K97" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L97" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M97" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>39779265600027</v>
+        <v>40930004300059</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="2" t="s">
         <v>352</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
         <v>353</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>354</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
-        <v>71</v>
+        <v>336</v>
       </c>
       <c r="I98" s="3">
-        <v>53290815129</v>
+        <v>11950478995</v>
       </c>
       <c r="J98" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K98" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L98" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M98" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>39839792700102</v>
+        <v>41204013100036</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="2" t="s">
         <v>355</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
         <v>356</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>357</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I99" s="3">
-        <v>52720055472</v>
+        <v>93830234483</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K99" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L99" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>39839792700193</v>
+        <v>41273026900179</v>
       </c>
       <c r="B100" s="2" t="s">
-        <v>111</v>
+        <v>14</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>359</v>
-[...1 lines deleted...]
-      <c r="G100" s="2" t="s">
         <v>360</v>
       </c>
+      <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I100" s="3"/>
+      <c r="I100" s="3">
+        <v>52440292444</v>
+      </c>
       <c r="J100" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K100" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L100" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M100" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>39846379400048</v>
+        <v>41392979500024</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="2" t="s">
         <v>361</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
         <v>362</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>363</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
         <v>364</v>
       </c>
       <c r="I101" s="3">
-        <v>91660065066</v>
+        <v>11756175575</v>
       </c>
       <c r="J101" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K101" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L101" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M101" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>39870780200045</v>
+        <v>41514983000010</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="2" t="s">
         <v>365</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
         <v>366</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>367</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
-        <v>368</v>
+        <v>18</v>
       </c>
       <c r="I102" s="3">
-        <v>93130511113</v>
+        <v>11921036292</v>
       </c>
       <c r="J102" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K102" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L102" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>39992626000031</v>
+        <v>41888324500049</v>
       </c>
       <c r="B103" s="2" t="s">
-        <v>111</v>
+        <v>14</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
+        <v>369</v>
+      </c>
+      <c r="F103" s="2" t="s">
         <v>370</v>
       </c>
-      <c r="F103" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="I103" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I103" s="3">
+        <v>11930444593</v>
+      </c>
       <c r="J103" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K103" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L103" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M103" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>40073444800022</v>
+        <v>41961827700026</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
-        <v>18</v>
+        <v>223</v>
       </c>
       <c r="I104" s="3">
-        <v>31590340859</v>
+        <v>97970091897</v>
       </c>
       <c r="J104" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K104" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L104" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>40073444800238</v>
+        <v>42219375500150</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
+        <v>375</v>
+      </c>
+      <c r="F105" s="2" t="s">
         <v>376</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I105" s="3">
-        <v>31590340859</v>
+        <v>11753582375</v>
       </c>
       <c r="J105" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K105" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L105" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M105" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>40487427300257</v>
+        <v>42302346400021</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>377</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
         <v>378</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>379</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="I106" s="3"/>
+        <v>364</v>
+      </c>
+      <c r="I106" s="3">
+        <v>95970093097</v>
+      </c>
       <c r="J106" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K106" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L106" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M106" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>40930004300059</v>
+        <v>42349433500064</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C107" s="2" t="s">
         <v>380</v>
       </c>
-      <c r="D107" s="2"/>
+      <c r="D107" s="2" t="s">
+        <v>381</v>
+      </c>
       <c r="E107" s="2" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
-        <v>364</v>
+        <v>384</v>
       </c>
       <c r="I107" s="3">
-        <v>11950478995</v>
+        <v>72330811733</v>
       </c>
       <c r="J107" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K107" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L107" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M107" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>41204013100036</v>
+        <v>42349433500148</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
-        <v>18</v>
+        <v>195</v>
       </c>
       <c r="I108" s="3">
-        <v>93830234483</v>
+        <v>72330811733</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K108" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L108" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>41273026900179</v>
+        <v>42362826200069</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>386</v>
-[...1 lines deleted...]
-      <c r="D109" s="2"/>
+        <v>387</v>
+      </c>
+      <c r="D109" s="2" t="s">
+        <v>388</v>
+      </c>
       <c r="E109" s="2" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>388</v>
+        <v>259</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
-        <v>18</v>
+        <v>195</v>
       </c>
       <c r="I109" s="3">
-        <v>52440292444</v>
+        <v>31590738359</v>
       </c>
       <c r="J109" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K109" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L109" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M109" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>41392979500024</v>
+        <v>42478033600014</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
-        <v>392</v>
+        <v>18</v>
       </c>
       <c r="I110" s="3">
-        <v>11756175575</v>
+        <v>43700041070</v>
       </c>
       <c r="J110" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K110" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L110" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M110" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>41514983000010</v>
+        <v>43017765900066</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="2" t="s">
         <v>393</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
         <v>394</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>395</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I111" s="3">
-        <v>11921036292</v>
+        <v>11754734075</v>
       </c>
       <c r="J111" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K111" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L111" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M111" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>41888324500049</v>
+        <v>43261313100023</v>
       </c>
       <c r="B112" s="2" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="C112" s="2" t="s">
         <v>396</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
         <v>397</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>398</v>
       </c>
-      <c r="G112" s="2"/>
+      <c r="G112" s="2" t="s">
+        <v>399</v>
+      </c>
       <c r="H112" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I112" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I112" s="3"/>
       <c r="J112" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K112" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L112" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M112" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>41961827700026</v>
+        <v>43480564400011</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
-        <v>267</v>
+        <v>403</v>
       </c>
       <c r="I113" s="3">
-        <v>97970091897</v>
+        <v>75640445564</v>
       </c>
       <c r="J113" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K113" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L113" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M113" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>42219375500150</v>
+        <v>44062052400015</v>
       </c>
       <c r="B114" s="2" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>404</v>
-[...1 lines deleted...]
-      <c r="G114" s="2"/>
+        <v>406</v>
+      </c>
+      <c r="G114" s="2" t="s">
+        <v>407</v>
+      </c>
       <c r="H114" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="I114" s="3"/>
       <c r="J114" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K114" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L114" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M114" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>42302346400021</v>
+        <v>44064045600024</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
-        <v>392</v>
+        <v>223</v>
       </c>
       <c r="I115" s="3">
-        <v>95970093097</v>
+        <v>96973029797</v>
       </c>
       <c r="J115" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K115" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L115" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M115" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
-        <v>42349433500064</v>
+        <v>44158313500047</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>408</v>
-[...3 lines deleted...]
-      </c>
+        <v>411</v>
+      </c>
+      <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
-        <v>412</v>
+        <v>18</v>
       </c>
       <c r="I116" s="3">
-        <v>72330811733</v>
+        <v>11753663175</v>
       </c>
       <c r="J116" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K116" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L116" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M116" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
-        <v>42349433500148</v>
+        <v>44158313500062</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>408</v>
-[...1 lines deleted...]
-      <c r="D117" s="2"/>
+        <v>411</v>
+      </c>
+      <c r="D117" s="2" t="s">
+        <v>411</v>
+      </c>
       <c r="E117" s="2" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
-        <v>195</v>
+        <v>18</v>
       </c>
       <c r="I117" s="3">
-        <v>72330811733</v>
+        <v>11753663175</v>
       </c>
       <c r="J117" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K117" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L117" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M117" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>42362826200069</v>
+        <v>44391763800035</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>415</v>
-[...1 lines deleted...]
-      <c r="D118" s="2" t="s">
         <v>416</v>
       </c>
+      <c r="D118" s="2"/>
       <c r="E118" s="2" t="s">
         <v>417</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>303</v>
+        <v>418</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
-        <v>195</v>
+        <v>205</v>
       </c>
       <c r="I118" s="3">
-        <v>31590738359</v>
+        <v>98970283697</v>
       </c>
       <c r="J118" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K118" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L118" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M118" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>42478033600014</v>
+        <v>44492238900010</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I119" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I119" s="3"/>
       <c r="J119" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K119" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L119" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M119" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>43261313100023</v>
+        <v>44531243200021</v>
       </c>
       <c r="B120" s="2" t="s">
-        <v>111</v>
+        <v>14</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>423</v>
-[...1 lines deleted...]
-      <c r="G120" s="2" t="s">
         <v>424</v>
       </c>
+      <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I120" s="3"/>
+      <c r="I120" s="3">
+        <v>31590578459</v>
+      </c>
       <c r="J120" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K120" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L120" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M120" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>43480564400011</v>
+        <v>44531243200104</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
+        <v>425</v>
+      </c>
+      <c r="F121" s="2" t="s">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>427</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
-        <v>428</v>
+        <v>18</v>
       </c>
       <c r="I121" s="3">
-        <v>75640445564</v>
+        <v>31590578459</v>
       </c>
       <c r="J121" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K121" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L121" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M121" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>44062052400015</v>
+        <v>44531243200112</v>
       </c>
       <c r="B122" s="2" t="s">
-        <v>111</v>
+        <v>14</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>429</v>
+        <v>422</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>431</v>
-[...3 lines deleted...]
-      </c>
+        <v>428</v>
+      </c>
+      <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="I122" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I122" s="3">
+        <v>31590578459</v>
+      </c>
       <c r="J122" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K122" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L122" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M122" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>44064045600024</v>
+        <v>44531243200138</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>433</v>
+        <v>422</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="s">
-        <v>434</v>
+        <v>429</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>435</v>
+        <v>430</v>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2" t="s">
-        <v>267</v>
+        <v>18</v>
       </c>
       <c r="I123" s="3">
-        <v>96973029797</v>
+        <v>31590578459</v>
       </c>
       <c r="J123" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K123" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L123" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M123" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
-        <v>44158313500047</v>
+        <v>44875062000024</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>436</v>
+        <v>431</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>438</v>
+        <v>433</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I124" s="3">
-        <v>11753663175</v>
+        <v>11754427575</v>
       </c>
       <c r="J124" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K124" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L124" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M124" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
-        <v>44158313500062</v>
+        <v>45024643400036</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C125" s="2" t="s">
+        <v>434</v>
+      </c>
+      <c r="D125" s="2" t="s">
+        <v>435</v>
+      </c>
+      <c r="E125" s="2" t="s">
         <v>436</v>
       </c>
-      <c r="D125" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F125" s="2" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I125" s="3">
-        <v>11753663175</v>
+        <v>42670560167</v>
       </c>
       <c r="J125" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K125" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L125" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M125" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
-        <v>44391763800035</v>
+        <v>47914211900052</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2" t="s">
-        <v>199</v>
+        <v>18</v>
       </c>
       <c r="I126" s="3">
-        <v>98970283697</v>
+        <v>11754538275</v>
       </c>
       <c r="J126" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K126" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L126" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M126" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
-        <v>44492238900010</v>
+        <v>47960778000042</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>444</v>
-[...1 lines deleted...]
-      <c r="D127" s="2"/>
+        <v>441</v>
+      </c>
+      <c r="D127" s="2" t="s">
+        <v>441</v>
+      </c>
       <c r="E127" s="2" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I127" s="3"/>
+      <c r="I127" s="3">
+        <v>24370223537</v>
+      </c>
       <c r="J127" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K127" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L127" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M127" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
-        <v>44531243200021</v>
+        <v>48289309600024</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I128" s="3">
-        <v>31590578459</v>
+        <v>76660256266</v>
       </c>
       <c r="J128" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K128" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L128" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M128" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
-        <v>44531243200104</v>
+        <v>48496992800023</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C129" s="2" t="s">
         <v>447</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
-        <v>18</v>
+        <v>450</v>
       </c>
       <c r="I129" s="3">
-        <v>31590578459</v>
+        <v>11950430695</v>
       </c>
       <c r="J129" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K129" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L129" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M129" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
-        <v>44531243200112</v>
+        <v>48819452300053</v>
       </c>
       <c r="B130" s="2" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="s">
         <v>452</v>
       </c>
       <c r="F130" s="2" t="s">
         <v>453</v>
       </c>
-      <c r="G130" s="2"/>
+      <c r="G130" s="2" t="s">
+        <v>454</v>
+      </c>
       <c r="H130" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I130" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I130" s="3"/>
       <c r="J130" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K130" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L130" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M130" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
-        <v>44531243200138</v>
+        <v>48841184400118</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>447</v>
+        <v>455</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>384</v>
+      </c>
+      <c r="I131" s="3"/>
       <c r="J131" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K131" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L131" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M131" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
-        <v>44875062000024</v>
+        <v>48909912700024</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I132" s="3">
-        <v>11754427575</v>
+        <v>11950549995</v>
       </c>
       <c r="J132" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K132" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L132" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M132" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
-        <v>45024643400036</v>
+        <v>49203942500029</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>459</v>
-[...3 lines deleted...]
-      </c>
+        <v>461</v>
+      </c>
+      <c r="D133" s="2"/>
       <c r="E133" s="2" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I133" s="3">
-        <v>42670560167</v>
+        <v>11755520575</v>
       </c>
       <c r="J133" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K133" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L133" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M133" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
-        <v>47914211900052</v>
+        <v>49262552000019</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I134" s="3">
-        <v>11754538275</v>
+        <v>11754264275</v>
       </c>
       <c r="J134" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K134" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L134" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M134" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
-        <v>48289309600024</v>
+        <v>49784180900021</v>
       </c>
       <c r="B135" s="2" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>468</v>
-[...1 lines deleted...]
-      <c r="G135" s="2"/>
+        <v>469</v>
+      </c>
+      <c r="G135" s="2" t="s">
+        <v>470</v>
+      </c>
       <c r="H135" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>471</v>
+      </c>
+      <c r="I135" s="3"/>
       <c r="J135" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K135" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L135" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M135" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
-        <v>48496992800023</v>
+        <v>49801282200066</v>
       </c>
       <c r="B136" s="2" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>469</v>
-[...1 lines deleted...]
-      <c r="D136" s="2"/>
+        <v>472</v>
+      </c>
+      <c r="D136" s="2" t="s">
+        <v>473</v>
+      </c>
       <c r="E136" s="2" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>471</v>
-[...1 lines deleted...]
-      <c r="G136" s="2"/>
+        <v>475</v>
+      </c>
+      <c r="G136" s="2" t="s">
+        <v>332</v>
+      </c>
       <c r="H136" s="2" t="s">
-        <v>472</v>
-[...3 lines deleted...]
-      </c>
+        <v>205</v>
+      </c>
+      <c r="I136" s="3"/>
       <c r="J136" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K136" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L136" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M136" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
-        <v>48819452300053</v>
+        <v>50015802700036</v>
       </c>
       <c r="B137" s="2" t="s">
-        <v>111</v>
+        <v>14</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>475</v>
-[...3 lines deleted...]
-      </c>
+        <v>478</v>
+      </c>
+      <c r="G137" s="2"/>
       <c r="H137" s="2" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="I137" s="3"/>
+        <v>205</v>
+      </c>
+      <c r="I137" s="3">
+        <v>93131924113</v>
+      </c>
       <c r="J137" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K137" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L137" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M137" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
-        <v>48841184400118</v>
+        <v>50103360900014</v>
       </c>
       <c r="B138" s="2" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>479</v>
-[...1 lines deleted...]
-      <c r="G138" s="2"/>
+        <v>252</v>
+      </c>
+      <c r="G138" s="2" t="s">
+        <v>481</v>
+      </c>
       <c r="H138" s="2" t="s">
-        <v>412</v>
+        <v>18</v>
       </c>
       <c r="I138" s="3"/>
       <c r="J138" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K138" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L138" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M138" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
-        <v>48909912700024</v>
+        <v>50218786700010</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I139" s="3">
-        <v>11950549995</v>
+        <v>11754276775</v>
       </c>
       <c r="J139" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K139" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L139" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M139" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
-        <v>49203942500029</v>
+        <v>50257683800044</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>485</v>
+        <v>244</v>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I140" s="3">
-        <v>11755520575</v>
+        <v>11950466195</v>
       </c>
       <c r="J140" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K140" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L140" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M140" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
-        <v>49262552000019</v>
+        <v>50388066800051</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
-        <v>18</v>
+        <v>205</v>
       </c>
       <c r="I141" s="3">
-        <v>11754264275</v>
+        <v>11940971094</v>
       </c>
       <c r="J141" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K141" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L141" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M141" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
-        <v>49784180900021</v>
+        <v>50409155400031</v>
       </c>
       <c r="B142" s="2" t="s">
-        <v>111</v>
+        <v>14</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>491</v>
-[...1 lines deleted...]
-      <c r="G142" s="2" t="s">
         <v>492</v>
       </c>
+      <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
         <v>493</v>
       </c>
-      <c r="I142" s="3"/>
+      <c r="I142" s="3">
+        <v>11754452875</v>
+      </c>
       <c r="J142" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K142" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L142" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M142" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="1">
-        <v>49801282200066</v>
+        <v>50921839200025</v>
       </c>
       <c r="B143" s="2" t="s">
-        <v>111</v>
+        <v>14</v>
       </c>
       <c r="C143" s="2" t="s">
         <v>494</v>
       </c>
       <c r="D143" s="2" t="s">
         <v>495</v>
       </c>
       <c r="E143" s="2" t="s">
         <v>496</v>
       </c>
       <c r="F143" s="2" t="s">
         <v>497</v>
       </c>
-      <c r="G143" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G143" s="2"/>
       <c r="H143" s="2" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="I143" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I143" s="3">
+        <v>98970335697</v>
+      </c>
       <c r="J143" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K143" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L143" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M143" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" s="1">
-        <v>50015802700036</v>
+        <v>51819150700152</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C144" s="2" t="s">
         <v>498</v>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2" t="s">
         <v>499</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>500</v>
+        <v>497</v>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2" t="s">
-        <v>199</v>
+        <v>18</v>
       </c>
       <c r="I144" s="3">
-        <v>93131924113</v>
+        <v>11754486175</v>
       </c>
       <c r="J144" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K144" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L144" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M144" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" s="1">
-        <v>50103360900014</v>
+        <v>51819150700319</v>
       </c>
       <c r="B145" s="2" t="s">
-        <v>111</v>
+        <v>14</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>501</v>
+        <v>498</v>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>296</v>
-[...3 lines deleted...]
-      </c>
+        <v>501</v>
+      </c>
+      <c r="G145" s="2"/>
       <c r="H145" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I145" s="3"/>
+      <c r="I145" s="3">
+        <v>11754486175</v>
+      </c>
       <c r="J145" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K145" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L145" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M145" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" s="1">
-        <v>50218786700010</v>
+        <v>51819150700343</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>504</v>
+        <v>498</v>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I146" s="3">
-        <v>11754276775</v>
+        <v>11754486175</v>
       </c>
       <c r="J146" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K146" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L146" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M146" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" s="1">
-        <v>50257683800044</v>
+        <v>51819150700376</v>
       </c>
       <c r="B147" s="2" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>507</v>
+        <v>498</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2" t="s">
-        <v>508</v>
+        <v>504</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>288</v>
-[...1 lines deleted...]
-      <c r="G147" s="2"/>
+        <v>505</v>
+      </c>
+      <c r="G147" s="2" t="s">
+        <v>506</v>
+      </c>
       <c r="H147" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I147" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I147" s="3"/>
       <c r="J147" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K147" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L147" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M147" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" s="1">
-        <v>50388066800051</v>
+        <v>51819150700384</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>509</v>
+        <v>498</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2" t="s">
-        <v>510</v>
+        <v>507</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>511</v>
+        <v>505</v>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2" t="s">
-        <v>199</v>
+        <v>18</v>
       </c>
       <c r="I148" s="3">
-        <v>11940971094</v>
+        <v>11754486175</v>
       </c>
       <c r="J148" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K148" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L148" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M148" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" s="1">
-        <v>50409155400031</v>
+        <v>51832434800045</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2" t="s">
-        <v>513</v>
+        <v>509</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>514</v>
+        <v>510</v>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2" t="s">
-        <v>515</v>
+        <v>18</v>
       </c>
       <c r="I149" s="3">
-        <v>11754452875</v>
+        <v>93131335513</v>
       </c>
       <c r="J149" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K149" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L149" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M149" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" s="1">
-        <v>51819150700152</v>
+        <v>51833310900040</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>516</v>
+        <v>511</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2" t="s">
-        <v>517</v>
+        <v>512</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>235</v>
+        <v>513</v>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I150" s="3">
-        <v>11754486175</v>
+        <v>11756558675</v>
       </c>
       <c r="J150" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K150" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L150" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M150" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" s="1">
-        <v>51819150700319</v>
+        <v>51861596800048</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>519</v>
+        <v>516</v>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I151" s="3">
-        <v>11754486175</v>
+        <v>53350510635</v>
       </c>
       <c r="J151" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K151" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L151" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M151" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" s="1">
-        <v>51819150700343</v>
+        <v>51890309100024</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I152" s="3">
-        <v>11754486175</v>
+        <v>72400089740</v>
       </c>
       <c r="J152" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K152" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L152" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M152" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153" s="1">
-        <v>51819150700376</v>
+        <v>52132396400036</v>
       </c>
       <c r="B153" s="2" t="s">
-        <v>111</v>
+        <v>14</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>516</v>
+        <v>520</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="s">
+        <v>521</v>
+      </c>
+      <c r="F153" s="2" t="s">
         <v>522</v>
       </c>
-      <c r="F153" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G153" s="2"/>
       <c r="H153" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I153" s="3"/>
+      <c r="I153" s="3">
+        <v>73310567731</v>
+      </c>
       <c r="J153" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K153" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L153" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M153" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="154" spans="1:13">
       <c r="A154" s="1">
-        <v>51819150700384</v>
+        <v>52182117300031</v>
       </c>
       <c r="B154" s="2" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>516</v>
+        <v>523</v>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2" t="s">
+        <v>524</v>
+      </c>
+      <c r="F154" s="2" t="s">
         <v>525</v>
       </c>
-      <c r="F154" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G154" s="2"/>
+      <c r="G154" s="2" t="s">
+        <v>526</v>
+      </c>
       <c r="H154" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>527</v>
+      </c>
+      <c r="I154" s="3"/>
       <c r="J154" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K154" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L154" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M154" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="155" spans="1:13">
       <c r="A155" s="1">
-        <v>51832434800045</v>
+        <v>53018898600059</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="G155" s="2"/>
       <c r="H155" s="2" t="s">
-        <v>18</v>
+        <v>531</v>
       </c>
       <c r="I155" s="3">
-        <v>93131335513</v>
+        <v>11922302792</v>
       </c>
       <c r="J155" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K155" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L155" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M155" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="156" spans="1:13">
       <c r="A156" s="1">
-        <v>51833310900040</v>
+        <v>53222292400039</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>531</v>
+        <v>262</v>
       </c>
       <c r="G156" s="2"/>
       <c r="H156" s="2" t="s">
-        <v>18</v>
+        <v>527</v>
       </c>
       <c r="I156" s="3">
-        <v>11756558675</v>
+        <v>73310646031</v>
       </c>
       <c r="J156" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K156" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L156" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M156" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="157" spans="1:13">
       <c r="A157" s="1">
-        <v>51861596800048</v>
+        <v>53410337900028</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="G157" s="2"/>
       <c r="H157" s="2" t="s">
-        <v>18</v>
+        <v>336</v>
       </c>
       <c r="I157" s="3">
-        <v>53350510635</v>
+        <v>73310628231</v>
       </c>
       <c r="J157" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K157" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L157" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M157" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="158" spans="1:13">
       <c r="A158" s="1">
-        <v>51890309100024</v>
+        <v>53427748800019</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="G158" s="2"/>
       <c r="H158" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I158" s="3">
-        <v>72400089740</v>
+        <v>82380510238</v>
       </c>
       <c r="J158" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K158" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L158" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M158" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="159" spans="1:13">
       <c r="A159" s="1">
-        <v>52132396400036</v>
+        <v>53478225500010</v>
       </c>
       <c r="B159" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="D159" s="2"/>
       <c r="E159" s="2" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="G159" s="2"/>
       <c r="H159" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I159" s="3">
-        <v>73310567731</v>
+        <v>11930632993</v>
       </c>
       <c r="J159" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K159" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L159" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M159" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="160" spans="1:13">
       <c r="A160" s="1">
-        <v>52182117300031</v>
+        <v>53534758700011</v>
       </c>
       <c r="B160" s="2" t="s">
-        <v>111</v>
+        <v>14</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2" t="s">
-        <v>542</v>
+        <v>342</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>543</v>
-[...1 lines deleted...]
-      <c r="G160" s="2" t="s">
         <v>544</v>
       </c>
+      <c r="G160" s="2"/>
       <c r="H160" s="2" t="s">
-        <v>545</v>
-[...1 lines deleted...]
-      <c r="I160" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I160" s="3">
+        <v>26210347021</v>
+      </c>
       <c r="J160" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K160" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L160" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M160" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="161" spans="1:13">
       <c r="A161" s="1">
-        <v>53018898600059</v>
+        <v>53821923900059</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>546</v>
+        <v>545</v>
       </c>
       <c r="D161" s="2"/>
       <c r="E161" s="2" t="s">
+        <v>546</v>
+      </c>
+      <c r="F161" s="2" t="s">
         <v>547</v>
-      </c>
-[...1 lines deleted...]
-        <v>548</v>
       </c>
       <c r="G161" s="2"/>
       <c r="H161" s="2" t="s">
-        <v>549</v>
+        <v>18</v>
       </c>
       <c r="I161" s="3">
-        <v>11922302792</v>
+        <v>11930729193</v>
       </c>
       <c r="J161" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K161" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L161" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M161" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="162" spans="1:13">
       <c r="A162" s="1">
-        <v>53222292400039</v>
+        <v>53833278400031</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>550</v>
+        <v>548</v>
       </c>
       <c r="D162" s="2"/>
       <c r="E162" s="2" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>306</v>
+        <v>550</v>
       </c>
       <c r="G162" s="2"/>
       <c r="H162" s="2" t="s">
-        <v>545</v>
+        <v>471</v>
       </c>
       <c r="I162" s="3">
-        <v>73310646031</v>
+        <v>91340756734</v>
       </c>
       <c r="J162" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K162" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L162" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M162" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="163" spans="1:13">
       <c r="A163" s="1">
-        <v>53410337900028</v>
+        <v>53833278400064</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C163" s="2" t="s">
+        <v>548</v>
+      </c>
+      <c r="D163" s="2" t="s">
+        <v>551</v>
+      </c>
+      <c r="E163" s="2" t="s">
         <v>552</v>
       </c>
-      <c r="D163" s="2"/>
-      <c r="E163" s="2" t="s">
+      <c r="F163" s="2" t="s">
         <v>553</v>
-      </c>
-[...1 lines deleted...]
-        <v>554</v>
       </c>
       <c r="G163" s="2"/>
       <c r="H163" s="2" t="s">
-        <v>364</v>
+        <v>18</v>
       </c>
       <c r="I163" s="3">
-        <v>73310628231</v>
+        <v>91340756734</v>
       </c>
       <c r="J163" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K163" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L163" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M163" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="164" spans="1:13">
       <c r="A164" s="1">
-        <v>53427748800019</v>
+        <v>75038199800012</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2" t="s">
+        <v>555</v>
+      </c>
+      <c r="F164" s="2" t="s">
         <v>556</v>
-      </c>
-[...1 lines deleted...]
-        <v>557</v>
       </c>
       <c r="G164" s="2"/>
       <c r="H164" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I164" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I164" s="3"/>
       <c r="J164" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K164" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L164" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M164" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="165" spans="1:13">
       <c r="A165" s="1">
-        <v>53478225500010</v>
+        <v>75047141900044</v>
       </c>
       <c r="B165" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>558</v>
+        <v>557</v>
       </c>
       <c r="D165" s="2"/>
       <c r="E165" s="2" t="s">
+        <v>558</v>
+      </c>
+      <c r="F165" s="2" t="s">
         <v>559</v>
-      </c>
-[...1 lines deleted...]
-        <v>560</v>
       </c>
       <c r="G165" s="2"/>
       <c r="H165" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I165" s="3">
-        <v>11930632993</v>
+        <v>91300332430</v>
       </c>
       <c r="J165" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K165" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L165" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M165" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="166" spans="1:13">
       <c r="A166" s="1">
-        <v>53534758700011</v>
+        <v>75051209700015</v>
       </c>
       <c r="B166" s="2" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2" t="s">
-        <v>370</v>
+        <v>561</v>
       </c>
       <c r="F166" s="2" t="s">
         <v>562</v>
       </c>
-      <c r="G166" s="2"/>
+      <c r="G166" s="2" t="s">
+        <v>563</v>
+      </c>
       <c r="H166" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I166" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I166" s="3"/>
       <c r="J166" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K166" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L166" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M166" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="167" spans="1:13">
       <c r="A167" s="1">
-        <v>53821923900059</v>
+        <v>75301474500016</v>
       </c>
       <c r="B167" s="2" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>565</v>
-[...1 lines deleted...]
-      <c r="G167" s="2"/>
+        <v>566</v>
+      </c>
+      <c r="G167" s="2" t="s">
+        <v>567</v>
+      </c>
       <c r="H167" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I167" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I167" s="3"/>
       <c r="J167" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K167" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L167" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M167" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="168" spans="1:13">
       <c r="A168" s="1">
-        <v>53833278400031</v>
+        <v>77536826900020</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="G168" s="2"/>
       <c r="H168" s="2" t="s">
-        <v>493</v>
+        <v>571</v>
       </c>
       <c r="I168" s="3">
-        <v>91340756734</v>
+        <v>24410013841</v>
       </c>
       <c r="J168" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K168" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L168" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M168" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="169" spans="1:13">
       <c r="A169" s="1">
-        <v>53833278400064</v>
+        <v>77555830700127</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>566</v>
+        <v>572</v>
       </c>
       <c r="D169" s="2" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="E169" s="2" t="s">
-        <v>570</v>
+        <v>574</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>571</v>
+        <v>575</v>
       </c>
       <c r="G169" s="2"/>
       <c r="H169" s="2" t="s">
-        <v>18</v>
+        <v>195</v>
       </c>
       <c r="I169" s="3">
-        <v>91340756734</v>
+        <v>93130322913</v>
       </c>
       <c r="J169" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K169" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L169" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M169" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="170" spans="1:13">
       <c r="A170" s="1">
-        <v>75038199800012</v>
+        <v>77565757000047</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>572</v>
-[...1 lines deleted...]
-      <c r="D170" s="2"/>
+        <v>576</v>
+      </c>
+      <c r="D170" s="2" t="s">
+        <v>577</v>
+      </c>
       <c r="E170" s="2" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>574</v>
+        <v>198</v>
       </c>
       <c r="G170" s="2"/>
       <c r="H170" s="2" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="I170" s="3"/>
+        <v>256</v>
+      </c>
+      <c r="I170" s="3">
+        <v>11750045877</v>
+      </c>
       <c r="J170" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K170" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L170" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M170" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="171" spans="1:13">
       <c r="A171" s="1">
-        <v>75047141900044</v>
+        <v>77566654800612</v>
       </c>
       <c r="B171" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>575</v>
-[...1 lines deleted...]
-      <c r="D171" s="2"/>
+        <v>579</v>
+      </c>
+      <c r="D171" s="2" t="s">
+        <v>580</v>
+      </c>
       <c r="E171" s="2" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>577</v>
+        <v>373</v>
       </c>
       <c r="G171" s="2"/>
       <c r="H171" s="2" t="s">
-        <v>18</v>
+        <v>195</v>
       </c>
       <c r="I171" s="3">
-        <v>91300332430</v>
+        <v>11755247275</v>
       </c>
       <c r="J171" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K171" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L171" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M171" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="172" spans="1:13">
       <c r="A172" s="1">
-        <v>75051209700015</v>
+        <v>77569338500400</v>
       </c>
       <c r="B172" s="2" t="s">
-        <v>111</v>
+        <v>14</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>578</v>
-[...1 lines deleted...]
-      <c r="D172" s="2"/>
+        <v>582</v>
+      </c>
+      <c r="D172" s="2" t="s">
+        <v>583</v>
+      </c>
       <c r="E172" s="2" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>580</v>
-[...3 lines deleted...]
-      </c>
+        <v>585</v>
+      </c>
+      <c r="G172" s="2"/>
       <c r="H172" s="2" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="I172" s="3"/>
+        <v>195</v>
+      </c>
+      <c r="I172" s="3">
+        <v>11930425593</v>
+      </c>
       <c r="J172" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K172" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L172" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M172" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="173" spans="1:13">
       <c r="A173" s="1">
-        <v>75301474500016</v>
+        <v>77569338501135</v>
       </c>
       <c r="B173" s="2" t="s">
-        <v>111</v>
+        <v>14</v>
       </c>
       <c r="C173" s="2" t="s">
         <v>582</v>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>584</v>
-[...3 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="G173" s="2"/>
       <c r="H173" s="2" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="I173" s="3"/>
+        <v>195</v>
+      </c>
+      <c r="I173" s="3">
+        <v>11930425593</v>
+      </c>
       <c r="J173" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K173" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L173" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M173" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="174" spans="1:13">
       <c r="A174" s="1">
-        <v>77536826900020</v>
+        <v>77571632700017</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C174" s="2" t="s">
-        <v>586</v>
-[...1 lines deleted...]
-      <c r="D174" s="2"/>
+        <v>587</v>
+      </c>
+      <c r="D174" s="2" t="s">
+        <v>588</v>
+      </c>
       <c r="E174" s="2" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>588</v>
+        <v>198</v>
       </c>
       <c r="G174" s="2"/>
       <c r="H174" s="2" t="s">
-        <v>589</v>
+        <v>195</v>
       </c>
       <c r="I174" s="3">
-        <v>24410013841</v>
+        <v>74870032587</v>
       </c>
       <c r="J174" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K174" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L174" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M174" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="175" spans="1:13">
       <c r="A175" s="1">
-        <v>77555830700127</v>
+        <v>77694494400011</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C175" s="2" t="s">
         <v>590</v>
       </c>
-      <c r="D175" s="2" t="s">
+      <c r="D175" s="2"/>
+      <c r="E175" s="2" t="s">
         <v>591</v>
       </c>
-      <c r="E175" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F175" s="2" t="s">
-        <v>593</v>
+        <v>198</v>
       </c>
       <c r="G175" s="2"/>
       <c r="H175" s="2" t="s">
         <v>195</v>
       </c>
       <c r="I175" s="3">
-        <v>93130322913</v>
+        <v>73310124431</v>
       </c>
       <c r="J175" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K175" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L175" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M175" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="176" spans="1:13">
       <c r="A176" s="1">
-        <v>77565757000047</v>
+        <v>77895430500018</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>594</v>
-[...3 lines deleted...]
-      </c>
+        <v>592</v>
+      </c>
+      <c r="D176" s="2"/>
       <c r="E176" s="2" t="s">
-        <v>596</v>
+        <v>593</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>229</v>
+        <v>198</v>
       </c>
       <c r="G176" s="2"/>
       <c r="H176" s="2" t="s">
-        <v>300</v>
+        <v>195</v>
       </c>
       <c r="I176" s="3">
-        <v>11750045877</v>
+        <v>42680022768</v>
       </c>
       <c r="J176" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K176" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L176" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M176" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="177" spans="1:13">
       <c r="A177" s="1">
-        <v>77566654800612</v>
+        <v>78071407700119</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>597</v>
-[...3 lines deleted...]
-      </c>
+        <v>594</v>
+      </c>
+      <c r="D177" s="2"/>
       <c r="E177" s="2" t="s">
-        <v>599</v>
+        <v>595</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>401</v>
+        <v>318</v>
       </c>
       <c r="G177" s="2"/>
       <c r="H177" s="2" t="s">
-        <v>195</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I177" s="3"/>
       <c r="J177" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K177" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L177" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M177" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="178" spans="1:13">
       <c r="A178" s="1">
-        <v>77569338500400</v>
+        <v>78835426400095</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>600</v>
-[...3 lines deleted...]
-      </c>
+        <v>596</v>
+      </c>
+      <c r="D178" s="2"/>
       <c r="E178" s="2" t="s">
-        <v>602</v>
+        <v>597</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>603</v>
+        <v>598</v>
       </c>
       <c r="G178" s="2"/>
       <c r="H178" s="2" t="s">
-        <v>195</v>
+        <v>18</v>
       </c>
       <c r="I178" s="3">
-        <v>11930425593</v>
+        <v>52440004544</v>
       </c>
       <c r="J178" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K178" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L178" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M178" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="179" spans="1:13">
       <c r="A179" s="1">
-        <v>77569338501135</v>
+        <v>78972553800035</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>600</v>
+        <v>599</v>
       </c>
       <c r="D179" s="2"/>
       <c r="E179" s="2" t="s">
-        <v>604</v>
+        <v>600</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>65</v>
+        <v>601</v>
       </c>
       <c r="G179" s="2"/>
       <c r="H179" s="2" t="s">
-        <v>195</v>
+        <v>18</v>
       </c>
       <c r="I179" s="3">
-        <v>11930425593</v>
+        <v>93830448683</v>
       </c>
       <c r="J179" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K179" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L179" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M179" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="180" spans="1:13">
       <c r="A180" s="1">
-        <v>77895430500018</v>
+        <v>79055858900020</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2" t="s">
-        <v>606</v>
+        <v>603</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>229</v>
+        <v>604</v>
       </c>
       <c r="G180" s="2"/>
       <c r="H180" s="2" t="s">
-        <v>195</v>
+        <v>336</v>
       </c>
       <c r="I180" s="3">
-        <v>42680022768</v>
+        <v>11950540995</v>
       </c>
       <c r="J180" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K180" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L180" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M180" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="181" spans="1:13">
       <c r="A181" s="1">
-        <v>78071407700119</v>
+        <v>79067293500034</v>
       </c>
       <c r="B181" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>607</v>
+        <v>605</v>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2" t="s">
-        <v>608</v>
+        <v>606</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>346</v>
+        <v>607</v>
       </c>
       <c r="G181" s="2"/>
       <c r="H181" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I181" s="3"/>
+      <c r="I181" s="3">
+        <v>82730156573</v>
+      </c>
       <c r="J181" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K181" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L181" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M181" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="182" spans="1:13">
       <c r="A182" s="1">
-        <v>78835426400095</v>
+        <v>79232237200022</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>609</v>
+        <v>608</v>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2" t="s">
+        <v>609</v>
+      </c>
+      <c r="F182" s="2" t="s">
         <v>610</v>
-      </c>
-[...1 lines deleted...]
-        <v>611</v>
       </c>
       <c r="G182" s="2"/>
       <c r="H182" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="I182" s="3"/>
       <c r="J182" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K182" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L182" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M182" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="183" spans="1:13">
       <c r="A183" s="1">
-        <v>78972553800035</v>
+        <v>79279132900016</v>
       </c>
       <c r="B183" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C183" s="2" t="s">
-        <v>612</v>
+        <v>611</v>
       </c>
       <c r="D183" s="2"/>
       <c r="E183" s="2" t="s">
+        <v>612</v>
+      </c>
+      <c r="F183" s="2" t="s">
         <v>613</v>
-      </c>
-[...1 lines deleted...]
-        <v>614</v>
       </c>
       <c r="G183" s="2"/>
       <c r="H183" s="2" t="s">
-        <v>18</v>
+        <v>614</v>
       </c>
       <c r="I183" s="3">
-        <v>93830448683</v>
+        <v>11930667693</v>
       </c>
       <c r="J183" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K183" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L183" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M183" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="184" spans="1:13">
       <c r="A184" s="1">
-        <v>79055858900020</v>
+        <v>79279132900040</v>
       </c>
       <c r="B184" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C184" s="2" t="s">
-        <v>615</v>
+        <v>611</v>
       </c>
       <c r="D184" s="2"/>
       <c r="E184" s="2" t="s">
+        <v>615</v>
+      </c>
+      <c r="F184" s="2" t="s">
         <v>616</v>
-      </c>
-[...1 lines deleted...]
-        <v>617</v>
       </c>
       <c r="G184" s="2"/>
       <c r="H184" s="2" t="s">
-        <v>364</v>
+        <v>18</v>
       </c>
       <c r="I184" s="3">
-        <v>11950540995</v>
+        <v>11930667693</v>
       </c>
       <c r="J184" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K184" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L184" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M184" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="185" spans="1:13">
       <c r="A185" s="1">
-        <v>79067293500034</v>
+        <v>79279132900107</v>
       </c>
       <c r="B185" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>618</v>
+        <v>611</v>
       </c>
       <c r="D185" s="2"/>
       <c r="E185" s="2" t="s">
-        <v>619</v>
+        <v>617</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>620</v>
+        <v>618</v>
       </c>
       <c r="G185" s="2"/>
       <c r="H185" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I185" s="3">
-        <v>82730156573</v>
+        <v>11930667693</v>
       </c>
       <c r="J185" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K185" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L185" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M185" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="186" spans="1:13">
       <c r="A186" s="1">
-        <v>79232237200022</v>
+        <v>79279132900123</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>621</v>
+        <v>611</v>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2" t="s">
-        <v>622</v>
+        <v>619</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>623</v>
+        <v>618</v>
       </c>
       <c r="G186" s="2"/>
       <c r="H186" s="2" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="I186" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I186" s="3">
+        <v>11930667693</v>
+      </c>
       <c r="J186" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K186" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L186" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M186" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="187" spans="1:13">
       <c r="A187" s="1">
-        <v>79279132900016</v>
+        <v>79279132900131</v>
       </c>
       <c r="B187" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>624</v>
+        <v>611</v>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2" t="s">
-        <v>625</v>
+        <v>620</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>626</v>
+        <v>621</v>
       </c>
       <c r="G187" s="2"/>
       <c r="H187" s="2" t="s">
-        <v>627</v>
+        <v>18</v>
       </c>
       <c r="I187" s="3">
         <v>11930667693</v>
       </c>
       <c r="J187" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K187" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L187" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M187" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="188" spans="1:13">
       <c r="A188" s="1">
-        <v>79279132900040</v>
+        <v>79279132900156</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>624</v>
+        <v>611</v>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2" t="s">
-        <v>628</v>
+        <v>622</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="G188" s="2"/>
       <c r="H188" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I188" s="3">
         <v>11930667693</v>
       </c>
       <c r="J188" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K188" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L188" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M188" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="189" spans="1:13">
       <c r="A189" s="1">
-        <v>79279132900107</v>
+        <v>79314668900047</v>
       </c>
       <c r="B189" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C189" s="2" t="s">
         <v>624</v>
       </c>
-      <c r="D189" s="2"/>
+      <c r="D189" s="2" t="s">
+        <v>625</v>
+      </c>
       <c r="E189" s="2" t="s">
-        <v>630</v>
+        <v>626</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>631</v>
+        <v>627</v>
       </c>
       <c r="G189" s="2"/>
       <c r="H189" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I189" s="3">
-        <v>11930667693</v>
+        <v>82691276869</v>
       </c>
       <c r="J189" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K189" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L189" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M189" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="190" spans="1:13">
       <c r="A190" s="1">
-        <v>79279132900123</v>
+        <v>79314668900088</v>
       </c>
       <c r="B190" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C190" s="2" t="s">
         <v>624</v>
       </c>
       <c r="D190" s="2"/>
       <c r="E190" s="2" t="s">
-        <v>632</v>
+        <v>628</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
       <c r="G190" s="2"/>
       <c r="H190" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I190" s="3">
-        <v>11930667693</v>
+        <v>82691276869</v>
       </c>
       <c r="J190" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K190" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L190" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M190" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="191" spans="1:13">
       <c r="A191" s="1">
-        <v>79279132900131</v>
+        <v>79414695100023</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>624</v>
+        <v>630</v>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>634</v>
+        <v>632</v>
       </c>
       <c r="G191" s="2"/>
       <c r="H191" s="2" t="s">
-        <v>18</v>
+        <v>205</v>
       </c>
       <c r="I191" s="3">
-        <v>11930667693</v>
+        <v>82420265542</v>
       </c>
       <c r="J191" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K191" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L191" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M191" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="192" spans="1:13">
       <c r="A192" s="1">
-        <v>79279132900156</v>
+        <v>79430542500033</v>
       </c>
       <c r="B192" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C192" s="2" t="s">
-        <v>624</v>
+        <v>633</v>
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2" t="s">
+        <v>634</v>
+      </c>
+      <c r="F192" s="2" t="s">
         <v>635</v>
-      </c>
-[...1 lines deleted...]
-        <v>636</v>
       </c>
       <c r="G192" s="2"/>
       <c r="H192" s="2" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I192" s="3">
-        <v>11930667693</v>
+        <v>11930670893</v>
       </c>
       <c r="J192" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K192" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L192" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M192" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="193" spans="1:13">
       <c r="A193" s="1">
-        <v>79314668900047</v>
+        <v>79492628700028</v>
       </c>
       <c r="B193" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C193" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="D193" s="2"/>
+      <c r="E193" s="2" t="s">
         <v>637</v>
       </c>
-      <c r="D193" s="2" t="s">
+      <c r="F193" s="2" t="s">
         <v>638</v>
-      </c>
-[...4 lines deleted...]
-        <v>640</v>
       </c>
       <c r="G193" s="2"/>
       <c r="H193" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I193" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I193" s="3"/>
       <c r="J193" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K193" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L193" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M193" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="194" spans="1:13">
       <c r="A194" s="1">
-        <v>79314668900088</v>
+        <v>79767307600023</v>
       </c>
       <c r="B194" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C194" s="2" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="D194" s="2"/>
       <c r="E194" s="2" t="s">
+        <v>640</v>
+      </c>
+      <c r="F194" s="2" t="s">
         <v>641</v>
-      </c>
-[...1 lines deleted...]
-        <v>642</v>
       </c>
       <c r="G194" s="2"/>
       <c r="H194" s="2" t="s">
-        <v>18</v>
+        <v>205</v>
       </c>
       <c r="I194" s="3">
-        <v>82691276869</v>
+        <v>43900000390</v>
       </c>
       <c r="J194" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K194" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L194" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M194" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="195" spans="1:13">
       <c r="A195" s="1">
-        <v>79414695100023</v>
+        <v>79841311800018</v>
       </c>
       <c r="B195" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C195" s="2" t="s">
+        <v>642</v>
+      </c>
+      <c r="D195" s="2" t="s">
         <v>643</v>
       </c>
-      <c r="D195" s="2"/>
       <c r="E195" s="2" t="s">
         <v>644</v>
       </c>
       <c r="F195" s="2" t="s">
         <v>645</v>
       </c>
       <c r="G195" s="2"/>
       <c r="H195" s="2" t="s">
-        <v>199</v>
+        <v>71</v>
       </c>
       <c r="I195" s="3">
-        <v>82420265542</v>
+        <v>84070102907</v>
       </c>
       <c r="J195" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K195" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L195" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M195" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="196" spans="1:13">
       <c r="A196" s="1">
-        <v>79430542500033</v>
+        <v>79874596400030</v>
       </c>
       <c r="B196" s="2" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="C196" s="2" t="s">
         <v>646</v>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2" t="s">
         <v>647</v>
       </c>
       <c r="F196" s="2" t="s">
         <v>648</v>
       </c>
-      <c r="G196" s="2"/>
+      <c r="G196" s="2" t="s">
+        <v>399</v>
+      </c>
       <c r="H196" s="2" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="I196" s="3"/>
       <c r="J196" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K196" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L196" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M196" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="197" spans="1:13">
       <c r="A197" s="1">
-        <v>79492628700028</v>
+        <v>79932320900012</v>
       </c>
       <c r="B197" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C197" s="2" t="s">
         <v>649</v>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2" t="s">
         <v>650</v>
       </c>
       <c r="F197" s="2" t="s">
         <v>651</v>
       </c>
       <c r="G197" s="2"/>
       <c r="H197" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I197" s="3"/>
+      <c r="I197" s="3">
+        <v>11940869794</v>
+      </c>
       <c r="J197" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K197" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L197" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M197" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="198" spans="1:13">
       <c r="A198" s="1">
-        <v>79767307600023</v>
+        <v>79938326000012</v>
       </c>
       <c r="B198" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C198" s="2" t="s">
         <v>652</v>
       </c>
       <c r="D198" s="2"/>
       <c r="E198" s="2" t="s">
         <v>653</v>
       </c>
       <c r="F198" s="2" t="s">
         <v>654</v>
       </c>
       <c r="G198" s="2"/>
       <c r="H198" s="2" t="s">
-        <v>199</v>
+        <v>336</v>
       </c>
       <c r="I198" s="3">
-        <v>43900000390</v>
+        <v>32590926959</v>
       </c>
       <c r="J198" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K198" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L198" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M198" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="199" spans="1:13">
       <c r="A199" s="1">
-        <v>79841311800018</v>
+        <v>80106424700035</v>
       </c>
       <c r="B199" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C199" s="2" t="s">
         <v>655</v>
       </c>
-      <c r="D199" s="2" t="s">
+      <c r="D199" s="2"/>
+      <c r="E199" s="2" t="s">
         <v>656</v>
       </c>
-      <c r="E199" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F199" s="2" t="s">
-        <v>658</v>
+        <v>627</v>
       </c>
       <c r="G199" s="2"/>
       <c r="H199" s="2" t="s">
-        <v>71</v>
+        <v>18</v>
       </c>
       <c r="I199" s="3">
-        <v>84070102907</v>
+        <v>76340908834</v>
       </c>
       <c r="J199" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K199" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L199" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M199" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="200" spans="1:13">
       <c r="A200" s="1">
-        <v>79874596400030</v>
+        <v>80149414700011</v>
       </c>
       <c r="B200" s="2" t="s">
-        <v>111</v>
+        <v>14</v>
       </c>
       <c r="C200" s="2" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
       <c r="D200" s="2"/>
       <c r="E200" s="2" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>661</v>
-[...3 lines deleted...]
-      </c>
+        <v>659</v>
+      </c>
+      <c r="G200" s="2"/>
       <c r="H200" s="2" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="I200" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I200" s="3">
+        <v>11930684493</v>
+      </c>
       <c r="J200" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K200" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L200" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M200" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="201" spans="1:13">
       <c r="A201" s="1">
-        <v>79932320900012</v>
+        <v>80365573700051</v>
       </c>
       <c r="B201" s="2" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="C201" s="2" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="D201" s="2"/>
       <c r="E201" s="2" t="s">
+        <v>661</v>
+      </c>
+      <c r="F201" s="2" t="s">
+        <v>662</v>
+      </c>
+      <c r="G201" s="2" t="s">
         <v>663</v>
       </c>
-      <c r="F201" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G201" s="2"/>
       <c r="H201" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>205</v>
+      </c>
+      <c r="I201" s="3"/>
       <c r="J201" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K201" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L201" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M201" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="202" spans="1:13">
       <c r="A202" s="1">
-        <v>79938326000012</v>
+        <v>80528997200020</v>
       </c>
       <c r="B202" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C202" s="2" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="D202" s="2"/>
       <c r="E202" s="2" t="s">
+        <v>665</v>
+      </c>
+      <c r="F202" s="2" t="s">
         <v>666</v>
-      </c>
-[...1 lines deleted...]
-        <v>667</v>
       </c>
       <c r="G202" s="2"/>
       <c r="H202" s="2" t="s">
-        <v>364</v>
+        <v>18</v>
       </c>
       <c r="I202" s="3">
-        <v>32590926959</v>
+        <v>11755285175</v>
       </c>
       <c r="J202" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K202" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L202" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M202" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="203" spans="1:13">
       <c r="A203" s="1">
-        <v>80106424700035</v>
+        <v>80782597100011</v>
       </c>
       <c r="B203" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C203" s="2" t="s">
+        <v>667</v>
+      </c>
+      <c r="D203" s="2" t="s">
         <v>668</v>
       </c>
-      <c r="D203" s="2"/>
       <c r="E203" s="2" t="s">
         <v>669</v>
       </c>
       <c r="F203" s="2" t="s">
-        <v>640</v>
+        <v>670</v>
       </c>
       <c r="G203" s="2"/>
       <c r="H203" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I203" s="3">
-        <v>76340908834</v>
+        <v>84691825469</v>
       </c>
       <c r="J203" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K203" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L203" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M203" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="204" spans="1:13">
       <c r="A204" s="1">
-        <v>80149414700011</v>
+        <v>80786008500024</v>
       </c>
       <c r="B204" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C204" s="2" t="s">
-        <v>670</v>
-[...1 lines deleted...]
-      <c r="D204" s="2"/>
+        <v>671</v>
+      </c>
+      <c r="D204" s="2" t="s">
+        <v>672</v>
+      </c>
       <c r="E204" s="2" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="F204" s="2" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="G204" s="2"/>
       <c r="H204" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I204" s="3">
-        <v>11930684493</v>
+        <v>73310760531</v>
       </c>
       <c r="J204" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K204" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L204" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M204" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="205" spans="1:13">
       <c r="A205" s="1">
-        <v>80365573700051</v>
+        <v>80857093100036</v>
       </c>
       <c r="B205" s="2" t="s">
-        <v>111</v>
+        <v>14</v>
       </c>
       <c r="C205" s="2" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="D205" s="2"/>
       <c r="E205" s="2" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>675</v>
-[...3 lines deleted...]
-      </c>
+        <v>677</v>
+      </c>
+      <c r="G205" s="2"/>
       <c r="H205" s="2" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="I205" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I205" s="3">
+        <v>76300488530</v>
+      </c>
       <c r="J205" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K205" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L205" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M205" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="206" spans="1:13">
       <c r="A206" s="1">
-        <v>80782597100011</v>
+        <v>80875076400025</v>
       </c>
       <c r="B206" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C206" s="2" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="D206" s="2" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="E206" s="2" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="G206" s="2"/>
       <c r="H206" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="I206" s="3"/>
       <c r="J206" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K206" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L206" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M206" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="207" spans="1:13">
       <c r="A207" s="1">
-        <v>80786008500024</v>
+        <v>81015073000010</v>
       </c>
       <c r="B207" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C207" s="2" t="s">
-        <v>681</v>
-[...1 lines deleted...]
-      <c r="D207" s="2" t="s">
         <v>682</v>
       </c>
+      <c r="D207" s="2"/>
       <c r="E207" s="2" t="s">
         <v>683</v>
       </c>
       <c r="F207" s="2" t="s">
         <v>684</v>
       </c>
       <c r="G207" s="2"/>
       <c r="H207" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I207" s="3">
-        <v>73310760531</v>
+        <v>11922227292</v>
       </c>
       <c r="J207" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K207" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L207" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M207" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="208" spans="1:13">
       <c r="A208" s="1">
-        <v>80857093100036</v>
+        <v>81110251600036</v>
       </c>
       <c r="B208" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C208" s="2" t="s">
         <v>685</v>
       </c>
       <c r="D208" s="2"/>
       <c r="E208" s="2" t="s">
         <v>686</v>
       </c>
       <c r="F208" s="2" t="s">
         <v>687</v>
       </c>
       <c r="G208" s="2"/>
       <c r="H208" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I208" s="3">
-        <v>76300488530</v>
+        <v>11755345175</v>
       </c>
       <c r="J208" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K208" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L208" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M208" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="209" spans="1:13">
       <c r="A209" s="1">
-        <v>80875076400025</v>
+        <v>81142142900028</v>
       </c>
       <c r="B209" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C209" s="2" t="s">
         <v>688</v>
       </c>
-      <c r="D209" s="2" t="s">
+      <c r="D209" s="2"/>
+      <c r="E209" s="2" t="s">
         <v>689</v>
       </c>
-      <c r="E209" s="2" t="s">
+      <c r="F209" s="2" t="s">
         <v>690</v>
-      </c>
-[...1 lines deleted...]
-        <v>691</v>
       </c>
       <c r="G209" s="2"/>
       <c r="H209" s="2" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="I209" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I209" s="3">
+        <v>97973068497</v>
+      </c>
       <c r="J209" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K209" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L209" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M209" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="210" spans="1:13">
       <c r="A210" s="1">
-        <v>81015073000010</v>
+        <v>81219477700031</v>
       </c>
       <c r="B210" s="2" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="C210" s="2" t="s">
-        <v>692</v>
+        <v>691</v>
       </c>
       <c r="D210" s="2"/>
       <c r="E210" s="2" t="s">
+        <v>692</v>
+      </c>
+      <c r="F210" s="2" t="s">
         <v>693</v>
       </c>
-      <c r="F210" s="2" t="s">
+      <c r="G210" s="2" t="s">
         <v>694</v>
       </c>
-      <c r="G210" s="2"/>
       <c r="H210" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>695</v>
+      </c>
+      <c r="I210" s="3"/>
       <c r="J210" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K210" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L210" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M210" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="211" spans="1:13">
       <c r="A211" s="1">
-        <v>81110251600036</v>
+        <v>81229926100022</v>
       </c>
       <c r="B211" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C211" s="2" t="s">
-        <v>695</v>
-[...1 lines deleted...]
-      <c r="D211" s="2"/>
+        <v>696</v>
+      </c>
+      <c r="D211" s="2" t="s">
+        <v>697</v>
+      </c>
       <c r="E211" s="2" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="F211" s="2" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="G211" s="2"/>
       <c r="H211" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I211" s="3">
-        <v>11755345175</v>
+        <v>98970001397</v>
       </c>
       <c r="J211" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K211" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L211" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M211" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="212" spans="1:13">
       <c r="A212" s="1">
-        <v>81142142900028</v>
+        <v>81326911500073</v>
       </c>
       <c r="B212" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C212" s="2" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="D212" s="2"/>
       <c r="E212" s="2" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="G212" s="2"/>
       <c r="H212" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I212" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I212" s="3"/>
       <c r="J212" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K212" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L212" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M212" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="213" spans="1:13">
       <c r="A213" s="1">
-        <v>81219477700031</v>
+        <v>81404330300050</v>
       </c>
       <c r="B213" s="2" t="s">
-        <v>111</v>
+        <v>14</v>
       </c>
       <c r="C213" s="2" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="D213" s="2"/>
       <c r="E213" s="2" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>703</v>
-[...3 lines deleted...]
-      </c>
+        <v>705</v>
+      </c>
+      <c r="G213" s="2"/>
       <c r="H213" s="2" t="s">
-        <v>705</v>
-[...1 lines deleted...]
-      <c r="I213" s="3"/>
+        <v>706</v>
+      </c>
+      <c r="I213" s="3">
+        <v>93131889313</v>
+      </c>
       <c r="J213" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K213" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L213" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M213" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="214" spans="1:13">
       <c r="A214" s="1">
-        <v>81229926100022</v>
+        <v>81423537000016</v>
       </c>
       <c r="B214" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C214" s="2" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="D214" s="2" t="s">
         <v>707</v>
       </c>
       <c r="E214" s="2" t="s">
         <v>708</v>
       </c>
       <c r="F214" s="2" t="s">
         <v>709</v>
       </c>
       <c r="G214" s="2"/>
       <c r="H214" s="2" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I214" s="3">
-        <v>98970001397</v>
+        <v>98970447497</v>
       </c>
       <c r="J214" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K214" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L214" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M214" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="215" spans="1:13">
       <c r="A215" s="1">
-        <v>81326911500073</v>
+        <v>81454189200018</v>
       </c>
       <c r="B215" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C215" s="2" t="s">
         <v>710</v>
       </c>
       <c r="D215" s="2"/>
       <c r="E215" s="2" t="s">
         <v>711</v>
       </c>
       <c r="F215" s="2" t="s">
         <v>712</v>
       </c>
       <c r="G215" s="2"/>
       <c r="H215" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I215" s="3"/>
       <c r="J215" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K215" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L215" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M215" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="216" spans="1:13">
       <c r="A216" s="1">
-        <v>81404330300050</v>
+        <v>81454189200042</v>
       </c>
       <c r="B216" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C216" s="2" t="s">
-        <v>713</v>
+        <v>710</v>
       </c>
       <c r="D216" s="2"/>
       <c r="E216" s="2" t="s">
+        <v>713</v>
+      </c>
+      <c r="F216" s="2" t="s">
         <v>714</v>
-      </c>
-[...1 lines deleted...]
-        <v>715</v>
       </c>
       <c r="G216" s="2"/>
       <c r="H216" s="2" t="s">
-        <v>716</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I216" s="3"/>
       <c r="J216" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K216" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L216" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M216" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="217" spans="1:13">
       <c r="A217" s="1">
-        <v>81423537000016</v>
+        <v>81454189200067</v>
       </c>
       <c r="B217" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C217" s="2" t="s">
-        <v>717</v>
-[...3 lines deleted...]
-      </c>
+        <v>710</v>
+      </c>
+      <c r="D217" s="2"/>
       <c r="E217" s="2" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>719</v>
+        <v>716</v>
       </c>
       <c r="G217" s="2"/>
       <c r="H217" s="2" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I217" s="3"/>
       <c r="J217" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K217" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L217" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M217" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="218" spans="1:13">
       <c r="A218" s="1">
-        <v>81454189200018</v>
+        <v>81488262700015</v>
       </c>
       <c r="B218" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C218" s="2" t="s">
-        <v>720</v>
+        <v>717</v>
       </c>
       <c r="D218" s="2"/>
       <c r="E218" s="2" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="F218" s="2" t="s">
-        <v>722</v>
+        <v>719</v>
       </c>
       <c r="G218" s="2"/>
       <c r="H218" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I218" s="3"/>
+      <c r="I218" s="3">
+        <v>11755409175</v>
+      </c>
       <c r="J218" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K218" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L218" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M218" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="219" spans="1:13">
       <c r="A219" s="1">
-        <v>81454189200042</v>
+        <v>81786764100026</v>
       </c>
       <c r="B219" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C219" s="2" t="s">
         <v>720</v>
       </c>
       <c r="D219" s="2"/>
       <c r="E219" s="2" t="s">
-        <v>723</v>
+        <v>721</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>724</v>
+        <v>722</v>
       </c>
       <c r="G219" s="2"/>
       <c r="H219" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I219" s="3"/>
       <c r="J219" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K219" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L219" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M219" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="220" spans="1:13">
       <c r="A220" s="1">
-        <v>81454189200067</v>
+        <v>81786764100042</v>
       </c>
       <c r="B220" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C220" s="2" t="s">
         <v>720</v>
       </c>
       <c r="D220" s="2"/>
       <c r="E220" s="2" t="s">
-        <v>725</v>
+        <v>723</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>726</v>
+        <v>724</v>
       </c>
       <c r="G220" s="2"/>
       <c r="H220" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I220" s="3"/>
       <c r="J220" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K220" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L220" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M220" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="221" spans="1:13">
       <c r="A221" s="1">
-        <v>81488262700015</v>
+        <v>81786764100059</v>
       </c>
       <c r="B221" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C221" s="2" t="s">
-        <v>727</v>
+        <v>720</v>
       </c>
       <c r="D221" s="2"/>
       <c r="E221" s="2" t="s">
-        <v>728</v>
+        <v>725</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>729</v>
+        <v>724</v>
       </c>
       <c r="G221" s="2"/>
       <c r="H221" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I221" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I221" s="3"/>
       <c r="J221" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K221" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L221" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M221" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="222" spans="1:13">
       <c r="A222" s="1">
-        <v>81786764100026</v>
+        <v>81786764100067</v>
       </c>
       <c r="B222" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C222" s="2" t="s">
-        <v>730</v>
+        <v>720</v>
       </c>
       <c r="D222" s="2"/>
       <c r="E222" s="2" t="s">
-        <v>731</v>
+        <v>726</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>732</v>
+        <v>724</v>
       </c>
       <c r="G222" s="2"/>
       <c r="H222" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I222" s="3"/>
       <c r="J222" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K222" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L222" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M222" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="223" spans="1:13">
       <c r="A223" s="1">
-        <v>81786764100042</v>
+        <v>81786764100083</v>
       </c>
       <c r="B223" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C223" s="2" t="s">
-        <v>730</v>
+        <v>720</v>
       </c>
       <c r="D223" s="2"/>
       <c r="E223" s="2" t="s">
-        <v>733</v>
+        <v>727</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>734</v>
+        <v>724</v>
       </c>
       <c r="G223" s="2"/>
       <c r="H223" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I223" s="3"/>
       <c r="J223" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K223" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L223" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M223" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="224" spans="1:13">
       <c r="A224" s="1">
-        <v>81786764100059</v>
+        <v>81786764100141</v>
       </c>
       <c r="B224" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C224" s="2" t="s">
+        <v>720</v>
+      </c>
+      <c r="D224" s="2" t="s">
+        <v>728</v>
+      </c>
+      <c r="E224" s="2" t="s">
+        <v>729</v>
+      </c>
+      <c r="F224" s="2" t="s">
         <v>730</v>
-      </c>
-[...5 lines deleted...]
-        <v>734</v>
       </c>
       <c r="G224" s="2"/>
       <c r="H224" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I224" s="3"/>
       <c r="J224" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K224" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L224" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M224" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="225" spans="1:13">
       <c r="A225" s="1">
-        <v>81786764100067</v>
+        <v>81786764100174</v>
       </c>
       <c r="B225" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C225" s="2" t="s">
-        <v>730</v>
-[...1 lines deleted...]
-      <c r="D225" s="2"/>
+        <v>720</v>
+      </c>
+      <c r="D225" s="2" t="s">
+        <v>731</v>
+      </c>
       <c r="E225" s="2" t="s">
-        <v>736</v>
+        <v>732</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>734</v>
+        <v>733</v>
       </c>
       <c r="G225" s="2"/>
       <c r="H225" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I225" s="3"/>
       <c r="J225" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K225" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L225" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M225" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="226" spans="1:13">
       <c r="A226" s="1">
-        <v>81786764100083</v>
+        <v>81786764100182</v>
       </c>
       <c r="B226" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C226" s="2" t="s">
-        <v>730</v>
-[...1 lines deleted...]
-      <c r="D226" s="2"/>
+        <v>720</v>
+      </c>
+      <c r="D226" s="2" t="s">
+        <v>734</v>
+      </c>
       <c r="E226" s="2" t="s">
-        <v>737</v>
+        <v>735</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="G226" s="2"/>
       <c r="H226" s="2" t="s">
-        <v>18</v>
+        <v>205</v>
       </c>
       <c r="I226" s="3"/>
       <c r="J226" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K226" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L226" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M226" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="227" spans="1:13">
       <c r="A227" s="1">
-        <v>81786764100141</v>
+        <v>81786764100216</v>
       </c>
       <c r="B227" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C227" s="2" t="s">
-        <v>730</v>
-[...1 lines deleted...]
-      <c r="D227" s="2" t="s">
+        <v>720</v>
+      </c>
+      <c r="D227" s="2"/>
+      <c r="E227" s="2" t="s">
+        <v>737</v>
+      </c>
+      <c r="F227" s="2" t="s">
         <v>738</v>
-      </c>
-[...4 lines deleted...]
-        <v>740</v>
       </c>
       <c r="G227" s="2"/>
       <c r="H227" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I227" s="3"/>
       <c r="J227" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K227" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L227" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M227" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="228" spans="1:13">
       <c r="A228" s="1">
-        <v>81786764100174</v>
+        <v>81786764100224</v>
       </c>
       <c r="B228" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C228" s="2" t="s">
-        <v>730</v>
-[...3 lines deleted...]
-      </c>
+        <v>720</v>
+      </c>
+      <c r="D228" s="2"/>
       <c r="E228" s="2" t="s">
-        <v>742</v>
+        <v>739</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>743</v>
+        <v>740</v>
       </c>
       <c r="G228" s="2"/>
       <c r="H228" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I228" s="3"/>
       <c r="J228" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K228" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L228" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M228" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="229" spans="1:13">
       <c r="A229" s="1">
-        <v>81786764100182</v>
+        <v>81786764100232</v>
       </c>
       <c r="B229" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C229" s="2" t="s">
-        <v>730</v>
-[...3 lines deleted...]
-      </c>
+        <v>720</v>
+      </c>
+      <c r="D229" s="2"/>
       <c r="E229" s="2" t="s">
-        <v>745</v>
+        <v>741</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>746</v>
+        <v>470</v>
       </c>
       <c r="G229" s="2"/>
       <c r="H229" s="2" t="s">
-        <v>199</v>
+        <v>18</v>
       </c>
       <c r="I229" s="3"/>
       <c r="J229" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K229" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L229" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M229" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="230" spans="1:13">
       <c r="A230" s="1">
-        <v>81786764100216</v>
+        <v>81786764100240</v>
       </c>
       <c r="B230" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C230" s="2" t="s">
-        <v>730</v>
+        <v>720</v>
       </c>
       <c r="D230" s="2"/>
       <c r="E230" s="2" t="s">
-        <v>747</v>
+        <v>742</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>748</v>
+        <v>743</v>
       </c>
       <c r="G230" s="2"/>
       <c r="H230" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I230" s="3"/>
       <c r="J230" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K230" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L230" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M230" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="231" spans="1:13">
       <c r="A231" s="1">
-        <v>81786764100224</v>
+        <v>81817201700027</v>
       </c>
       <c r="B231" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C231" s="2" t="s">
-        <v>730</v>
+        <v>744</v>
       </c>
       <c r="D231" s="2"/>
       <c r="E231" s="2" t="s">
-        <v>749</v>
+        <v>745</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>750</v>
+        <v>437</v>
       </c>
       <c r="G231" s="2"/>
       <c r="H231" s="2" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="I231" s="3"/>
+        <v>71</v>
+      </c>
+      <c r="I231" s="3">
+        <v>11756660075</v>
+      </c>
       <c r="J231" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K231" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L231" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M231" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="232" spans="1:13">
       <c r="A232" s="1">
-        <v>81786764100232</v>
+        <v>81839222700018</v>
       </c>
       <c r="B232" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C232" s="2" t="s">
-        <v>730</v>
+        <v>746</v>
       </c>
       <c r="D232" s="2"/>
       <c r="E232" s="2" t="s">
-        <v>751</v>
+        <v>747</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>492</v>
+        <v>748</v>
       </c>
       <c r="G232" s="2"/>
       <c r="H232" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I232" s="3"/>
+      <c r="I232" s="3">
+        <v>93131628313</v>
+      </c>
       <c r="J232" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K232" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L232" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M232" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="233" spans="1:13">
       <c r="A233" s="1">
-        <v>81786764100240</v>
+        <v>81839227600015</v>
       </c>
       <c r="B233" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C233" s="2" t="s">
-        <v>730</v>
+        <v>749</v>
       </c>
       <c r="D233" s="2"/>
       <c r="E233" s="2" t="s">
-        <v>752</v>
+        <v>747</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>753</v>
+        <v>748</v>
       </c>
       <c r="G233" s="2"/>
       <c r="H233" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I233" s="3"/>
+      <c r="I233" s="3">
+        <v>93131671713</v>
+      </c>
       <c r="J233" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K233" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L233" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M233" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="234" spans="1:13">
       <c r="A234" s="1">
-        <v>81817201700027</v>
+        <v>81931446900027</v>
       </c>
       <c r="B234" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C234" s="2" t="s">
-        <v>754</v>
+        <v>750</v>
       </c>
       <c r="D234" s="2"/>
       <c r="E234" s="2" t="s">
-        <v>755</v>
+        <v>751</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>462</v>
+        <v>752</v>
       </c>
       <c r="G234" s="2"/>
       <c r="H234" s="2" t="s">
-        <v>71</v>
+        <v>18</v>
       </c>
       <c r="I234" s="3">
-        <v>11756660075</v>
+        <v>32591085059</v>
       </c>
       <c r="J234" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K234" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L234" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M234" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="235" spans="1:13">
       <c r="A235" s="1">
-        <v>81839222700018</v>
+        <v>81946418100018</v>
       </c>
       <c r="B235" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C235" s="2" t="s">
-        <v>756</v>
+        <v>753</v>
       </c>
       <c r="D235" s="2"/>
       <c r="E235" s="2" t="s">
-        <v>757</v>
+        <v>747</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>758</v>
+        <v>748</v>
       </c>
       <c r="G235" s="2"/>
       <c r="H235" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I235" s="3">
-        <v>93131628313</v>
+        <v>93131671613</v>
       </c>
       <c r="J235" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K235" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L235" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M235" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="236" spans="1:13">
       <c r="A236" s="1">
-        <v>81839227600015</v>
+        <v>81946596400032</v>
       </c>
       <c r="B236" s="2" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="C236" s="2" t="s">
-        <v>759</v>
+        <v>754</v>
       </c>
       <c r="D236" s="2"/>
       <c r="E236" s="2" t="s">
+        <v>755</v>
+      </c>
+      <c r="F236" s="2" t="s">
+        <v>756</v>
+      </c>
+      <c r="G236" s="2" t="s">
         <v>757</v>
       </c>
-      <c r="F236" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G236" s="2"/>
       <c r="H236" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I236" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I236" s="3"/>
       <c r="J236" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K236" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L236" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M236" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="237" spans="1:13">
       <c r="A237" s="1">
-        <v>81931446900027</v>
+        <v>81981404700018</v>
       </c>
       <c r="B237" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C237" s="2" t="s">
+        <v>758</v>
+      </c>
+      <c r="D237" s="2" t="s">
+        <v>758</v>
+      </c>
+      <c r="E237" s="2" t="s">
+        <v>759</v>
+      </c>
+      <c r="F237" s="2" t="s">
         <v>760</v>
-      </c>
-[...5 lines deleted...]
-        <v>762</v>
       </c>
       <c r="G237" s="2"/>
       <c r="H237" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I237" s="3">
-        <v>32591085059</v>
+        <v>84030357103</v>
       </c>
       <c r="J237" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K237" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L237" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M237" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="238" spans="1:13">
       <c r="A238" s="1">
-        <v>81946418100018</v>
+        <v>82047291800011</v>
       </c>
       <c r="B238" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C238" s="2" t="s">
+        <v>761</v>
+      </c>
+      <c r="D238" s="2" t="s">
+        <v>762</v>
+      </c>
+      <c r="E238" s="2" t="s">
         <v>763</v>
       </c>
-      <c r="D238" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F238" s="2" t="s">
-        <v>758</v>
+        <v>764</v>
       </c>
       <c r="G238" s="2"/>
       <c r="H238" s="2" t="s">
-        <v>18</v>
+        <v>71</v>
       </c>
       <c r="I238" s="3">
-        <v>93131671613</v>
+        <v>44570372857</v>
       </c>
       <c r="J238" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K238" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L238" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M238" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="239" spans="1:13">
       <c r="A239" s="1">
-        <v>81946596400032</v>
+        <v>82114052200037</v>
       </c>
       <c r="B239" s="2" t="s">
-        <v>111</v>
+        <v>14</v>
       </c>
       <c r="C239" s="2" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="D239" s="2"/>
       <c r="E239" s="2" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>766</v>
-[...1 lines deleted...]
-      <c r="G239" s="2" t="s">
         <v>767</v>
       </c>
+      <c r="G239" s="2"/>
       <c r="H239" s="2" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="I239" s="3"/>
+        <v>471</v>
+      </c>
+      <c r="I239" s="3">
+        <v>75331478933</v>
+      </c>
       <c r="J239" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K239" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L239" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M239" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="240" spans="1:13">
       <c r="A240" s="1">
-        <v>81981404700018</v>
+        <v>82266071800013</v>
       </c>
       <c r="B240" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C240" s="2" t="s">
         <v>768</v>
       </c>
-      <c r="D240" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D240" s="2"/>
       <c r="E240" s="2" t="s">
         <v>769</v>
       </c>
       <c r="F240" s="2" t="s">
         <v>770</v>
       </c>
       <c r="G240" s="2"/>
       <c r="H240" s="2" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>84030357103</v>
+        <v>364</v>
+      </c>
+      <c r="I240" s="3" t="s">
+        <v>771</v>
       </c>
       <c r="J240" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K240" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L240" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M240" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="241" spans="1:13">
       <c r="A241" s="1">
-        <v>82047291800011</v>
+        <v>82281501500026</v>
       </c>
       <c r="B241" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C241" s="2" t="s">
-        <v>771</v>
-[...1 lines deleted...]
-      <c r="D241" s="2" t="s">
         <v>772</v>
       </c>
+      <c r="D241" s="2"/>
       <c r="E241" s="2" t="s">
         <v>773</v>
       </c>
       <c r="F241" s="2" t="s">
         <v>774</v>
       </c>
       <c r="G241" s="2"/>
       <c r="H241" s="2" t="s">
-        <v>71</v>
+        <v>18</v>
       </c>
       <c r="I241" s="3">
-        <v>44570372857</v>
+        <v>93131633713</v>
       </c>
       <c r="J241" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K241" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L241" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M241" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="242" spans="1:13">
       <c r="A242" s="1">
-        <v>82114052200037</v>
+        <v>82287485500015</v>
       </c>
       <c r="B242" s="2" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="C242" s="2" t="s">
         <v>775</v>
       </c>
-      <c r="D242" s="2"/>
+      <c r="D242" s="2" t="s">
+        <v>776</v>
+      </c>
       <c r="E242" s="2" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>777</v>
-[...1 lines deleted...]
-      <c r="G242" s="2"/>
+        <v>778</v>
+      </c>
+      <c r="G242" s="2" t="s">
+        <v>779</v>
+      </c>
       <c r="H242" s="2" t="s">
-        <v>493</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I242" s="3"/>
       <c r="J242" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K242" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L242" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M242" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="243" spans="1:13">
       <c r="A243" s="1">
-        <v>82266071800013</v>
+        <v>82334166400022</v>
       </c>
       <c r="B243" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C243" s="2" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="D243" s="2"/>
       <c r="E243" s="2" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="G243" s="2"/>
       <c r="H243" s="2" t="s">
-        <v>392</v>
-[...2 lines deleted...]
-        <v>781</v>
+        <v>336</v>
+      </c>
+      <c r="I243" s="3">
+        <v>75331039433</v>
       </c>
       <c r="J243" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K243" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L243" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M243" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="244" spans="1:13">
       <c r="A244" s="1">
-        <v>82281501500026</v>
+        <v>82345639700046</v>
       </c>
       <c r="B244" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C244" s="2" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="D244" s="2"/>
       <c r="E244" s="2" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="G244" s="2"/>
       <c r="H244" s="2" t="s">
-        <v>18</v>
+        <v>364</v>
       </c>
       <c r="I244" s="3">
-        <v>93131633713</v>
+        <v>11756166775</v>
       </c>
       <c r="J244" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K244" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L244" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M244" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="245" spans="1:13">
       <c r="A245" s="1">
-        <v>82287485500015</v>
+        <v>82409268800012</v>
       </c>
       <c r="B245" s="2" t="s">
-        <v>111</v>
+        <v>14</v>
       </c>
       <c r="C245" s="2" t="s">
-        <v>785</v>
-[...1 lines deleted...]
-      <c r="D245" s="2" t="s">
         <v>786</v>
       </c>
+      <c r="D245" s="2"/>
       <c r="E245" s="2" t="s">
         <v>787</v>
       </c>
       <c r="F245" s="2" t="s">
         <v>788</v>
       </c>
-      <c r="G245" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G245" s="2"/>
       <c r="H245" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I245" s="3"/>
+      <c r="I245" s="3">
+        <v>11930762893</v>
+      </c>
       <c r="J245" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K245" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L245" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M245" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="246" spans="1:13">
       <c r="A246" s="1">
-        <v>82334166400022</v>
+        <v>82409268800053</v>
       </c>
       <c r="B246" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C246" s="2" t="s">
-        <v>790</v>
+        <v>786</v>
       </c>
       <c r="D246" s="2"/>
       <c r="E246" s="2" t="s">
-        <v>791</v>
+        <v>789</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>792</v>
+        <v>174</v>
       </c>
       <c r="G246" s="2"/>
       <c r="H246" s="2" t="s">
-        <v>364</v>
+        <v>18</v>
       </c>
       <c r="I246" s="3">
-        <v>75331039433</v>
+        <v>11930762893</v>
       </c>
       <c r="J246" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K246" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L246" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M246" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="247" spans="1:13">
       <c r="A247" s="1">
-        <v>82345639700046</v>
+        <v>82409268800061</v>
       </c>
       <c r="B247" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C247" s="2" t="s">
-        <v>793</v>
+        <v>786</v>
       </c>
       <c r="D247" s="2"/>
       <c r="E247" s="2" t="s">
-        <v>794</v>
+        <v>790</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>795</v>
+        <v>174</v>
       </c>
       <c r="G247" s="2"/>
       <c r="H247" s="2" t="s">
-        <v>392</v>
+        <v>18</v>
       </c>
       <c r="I247" s="3">
-        <v>11756166775</v>
+        <v>11930762893</v>
       </c>
       <c r="J247" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K247" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L247" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M247" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="248" spans="1:13">
       <c r="A248" s="1">
-        <v>82409268800012</v>
+        <v>82409268800095</v>
       </c>
       <c r="B248" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C248" s="2" t="s">
-        <v>796</v>
+        <v>786</v>
       </c>
       <c r="D248" s="2"/>
       <c r="E248" s="2" t="s">
-        <v>797</v>
+        <v>791</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>798</v>
+        <v>174</v>
       </c>
       <c r="G248" s="2"/>
       <c r="H248" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I248" s="3">
         <v>11930762893</v>
       </c>
       <c r="J248" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K248" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L248" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M248" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="249" spans="1:13">
       <c r="A249" s="1">
-        <v>82409268800053</v>
+        <v>82409268800111</v>
       </c>
       <c r="B249" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C249" s="2" t="s">
-        <v>796</v>
+        <v>786</v>
       </c>
       <c r="D249" s="2"/>
       <c r="E249" s="2" t="s">
-        <v>799</v>
+        <v>792</v>
       </c>
       <c r="F249" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G249" s="2"/>
       <c r="H249" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I249" s="3">
         <v>11930762893</v>
       </c>
       <c r="J249" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K249" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L249" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M249" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="250" spans="1:13">
       <c r="A250" s="1">
-        <v>82409268800061</v>
+        <v>82409268800137</v>
       </c>
       <c r="B250" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C250" s="2" t="s">
-        <v>796</v>
+        <v>786</v>
       </c>
       <c r="D250" s="2"/>
       <c r="E250" s="2" t="s">
-        <v>800</v>
+        <v>793</v>
       </c>
       <c r="F250" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G250" s="2"/>
       <c r="H250" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I250" s="3">
         <v>11930762893</v>
       </c>
       <c r="J250" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K250" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L250" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M250" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="251" spans="1:13">
       <c r="A251" s="1">
-        <v>82409268800095</v>
+        <v>82409268800145</v>
       </c>
       <c r="B251" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C251" s="2" t="s">
-        <v>796</v>
+        <v>786</v>
       </c>
       <c r="D251" s="2"/>
       <c r="E251" s="2" t="s">
-        <v>801</v>
+        <v>794</v>
       </c>
       <c r="F251" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G251" s="2"/>
       <c r="H251" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I251" s="3">
         <v>11930762893</v>
       </c>
       <c r="J251" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K251" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L251" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M251" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="252" spans="1:13">
       <c r="A252" s="1">
-        <v>82409268800111</v>
+        <v>82409268800160</v>
       </c>
       <c r="B252" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C252" s="2" t="s">
-        <v>796</v>
+        <v>786</v>
       </c>
       <c r="D252" s="2"/>
       <c r="E252" s="2" t="s">
-        <v>802</v>
+        <v>795</v>
       </c>
       <c r="F252" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G252" s="2"/>
       <c r="H252" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I252" s="3">
         <v>11930762893</v>
       </c>
       <c r="J252" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K252" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L252" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M252" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="253" spans="1:13">
       <c r="A253" s="1">
-        <v>82409268800137</v>
+        <v>82409268800178</v>
       </c>
       <c r="B253" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C253" s="2" t="s">
-        <v>796</v>
+        <v>786</v>
       </c>
       <c r="D253" s="2"/>
       <c r="E253" s="2" t="s">
-        <v>803</v>
+        <v>796</v>
       </c>
       <c r="F253" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G253" s="2"/>
       <c r="H253" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I253" s="3">
         <v>11930762893</v>
       </c>
       <c r="J253" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K253" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L253" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M253" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="254" spans="1:13">
       <c r="A254" s="1">
-        <v>82409268800145</v>
+        <v>82409268800186</v>
       </c>
       <c r="B254" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C254" s="2" t="s">
-        <v>796</v>
+        <v>786</v>
       </c>
       <c r="D254" s="2"/>
       <c r="E254" s="2" t="s">
-        <v>804</v>
+        <v>797</v>
       </c>
       <c r="F254" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G254" s="2"/>
       <c r="H254" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I254" s="3">
         <v>11930762893</v>
       </c>
       <c r="J254" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K254" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L254" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M254" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="255" spans="1:13">
       <c r="A255" s="1">
-        <v>82409268800160</v>
+        <v>82409268800210</v>
       </c>
       <c r="B255" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C255" s="2" t="s">
-        <v>796</v>
+        <v>786</v>
       </c>
       <c r="D255" s="2"/>
       <c r="E255" s="2" t="s">
-        <v>805</v>
+        <v>798</v>
       </c>
       <c r="F255" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G255" s="2"/>
       <c r="H255" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I255" s="3">
         <v>11930762893</v>
       </c>
       <c r="J255" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K255" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L255" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M255" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="256" spans="1:13">
       <c r="A256" s="1">
-        <v>82409268800178</v>
+        <v>82409268800228</v>
       </c>
       <c r="B256" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C256" s="2" t="s">
-        <v>796</v>
+        <v>786</v>
       </c>
       <c r="D256" s="2"/>
       <c r="E256" s="2" t="s">
-        <v>806</v>
+        <v>799</v>
       </c>
       <c r="F256" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G256" s="2"/>
       <c r="H256" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I256" s="3">
         <v>11930762893</v>
       </c>
       <c r="J256" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K256" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L256" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M256" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="257" spans="1:13">
       <c r="A257" s="1">
-        <v>82409268800186</v>
+        <v>82409268800244</v>
       </c>
       <c r="B257" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C257" s="2" t="s">
-        <v>796</v>
+        <v>786</v>
       </c>
       <c r="D257" s="2"/>
       <c r="E257" s="2" t="s">
-        <v>807</v>
+        <v>800</v>
       </c>
       <c r="F257" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G257" s="2"/>
       <c r="H257" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I257" s="3">
         <v>11930762893</v>
       </c>
       <c r="J257" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K257" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L257" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M257" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="258" spans="1:13">
       <c r="A258" s="1">
-        <v>82409268800210</v>
+        <v>82409268800251</v>
       </c>
       <c r="B258" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C258" s="2" t="s">
-        <v>796</v>
+        <v>786</v>
       </c>
       <c r="D258" s="2"/>
       <c r="E258" s="2" t="s">
-        <v>808</v>
+        <v>801</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>174</v>
+        <v>802</v>
       </c>
       <c r="G258" s="2"/>
       <c r="H258" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I258" s="3">
         <v>11930762893</v>
       </c>
       <c r="J258" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K258" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L258" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M258" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="259" spans="1:13">
       <c r="A259" s="1">
-        <v>82409268800228</v>
+        <v>82422814200108</v>
       </c>
       <c r="B259" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C259" s="2" t="s">
-        <v>796</v>
+        <v>803</v>
       </c>
       <c r="D259" s="2"/>
       <c r="E259" s="2" t="s">
-        <v>809</v>
+        <v>804</v>
       </c>
       <c r="F259" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G259" s="2"/>
       <c r="H259" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I259" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J259" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K259" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L259" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M259" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="260" spans="1:13">
       <c r="A260" s="1">
-        <v>82409268800244</v>
+        <v>82422814200140</v>
       </c>
       <c r="B260" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C260" s="2" t="s">
-        <v>796</v>
+        <v>803</v>
       </c>
       <c r="D260" s="2"/>
       <c r="E260" s="2" t="s">
-        <v>810</v>
+        <v>805</v>
       </c>
       <c r="F260" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G260" s="2"/>
       <c r="H260" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I260" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J260" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K260" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L260" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M260" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="261" spans="1:13">
       <c r="A261" s="1">
-        <v>82409268800251</v>
+        <v>82422814200272</v>
       </c>
       <c r="B261" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C261" s="2" t="s">
-        <v>796</v>
+        <v>803</v>
       </c>
       <c r="D261" s="2"/>
       <c r="E261" s="2" t="s">
-        <v>811</v>
+        <v>806</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>812</v>
+        <v>174</v>
       </c>
       <c r="G261" s="2"/>
       <c r="H261" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I261" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J261" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K261" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L261" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M261" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="262" spans="1:13">
       <c r="A262" s="1">
-        <v>82422814200108</v>
+        <v>82422814200280</v>
       </c>
       <c r="B262" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C262" s="2" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D262" s="2"/>
       <c r="E262" s="2" t="s">
-        <v>814</v>
+        <v>807</v>
       </c>
       <c r="F262" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G262" s="2"/>
       <c r="H262" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I262" s="3">
         <v>11930743393</v>
       </c>
       <c r="J262" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K262" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L262" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M262" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="263" spans="1:13">
       <c r="A263" s="1">
-        <v>82422814200140</v>
+        <v>82422814200298</v>
       </c>
       <c r="B263" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C263" s="2" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D263" s="2"/>
       <c r="E263" s="2" t="s">
-        <v>815</v>
+        <v>808</v>
       </c>
       <c r="F263" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G263" s="2"/>
       <c r="H263" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I263" s="3">
         <v>11930743393</v>
       </c>
       <c r="J263" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K263" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L263" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M263" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="264" spans="1:13">
       <c r="A264" s="1">
-        <v>82422814200272</v>
+        <v>82422814200355</v>
       </c>
       <c r="B264" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C264" s="2" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D264" s="2"/>
       <c r="E264" s="2" t="s">
-        <v>816</v>
+        <v>809</v>
       </c>
       <c r="F264" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G264" s="2"/>
       <c r="H264" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I264" s="3">
         <v>11930743393</v>
       </c>
       <c r="J264" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K264" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L264" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M264" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="265" spans="1:13">
       <c r="A265" s="1">
-        <v>82422814200280</v>
+        <v>82422814200488</v>
       </c>
       <c r="B265" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C265" s="2" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D265" s="2"/>
       <c r="E265" s="2" t="s">
-        <v>817</v>
+        <v>810</v>
       </c>
       <c r="F265" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G265" s="2"/>
       <c r="H265" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I265" s="3">
         <v>11930743393</v>
       </c>
       <c r="J265" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K265" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L265" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M265" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="266" spans="1:13">
       <c r="A266" s="1">
-        <v>82422814200298</v>
+        <v>82422814200512</v>
       </c>
       <c r="B266" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C266" s="2" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D266" s="2"/>
       <c r="E266" s="2" t="s">
-        <v>818</v>
+        <v>811</v>
       </c>
       <c r="F266" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G266" s="2"/>
       <c r="H266" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I266" s="3">
         <v>11930743393</v>
       </c>
       <c r="J266" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K266" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L266" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M266" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="267" spans="1:13">
       <c r="A267" s="1">
-        <v>82422814200355</v>
+        <v>82422814200587</v>
       </c>
       <c r="B267" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C267" s="2" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D267" s="2"/>
       <c r="E267" s="2" t="s">
-        <v>819</v>
+        <v>812</v>
       </c>
       <c r="F267" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G267" s="2"/>
       <c r="H267" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I267" s="3">
         <v>11930743393</v>
       </c>
       <c r="J267" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K267" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L267" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M267" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="268" spans="1:13">
       <c r="A268" s="1">
-        <v>82422814200488</v>
+        <v>82422814200678</v>
       </c>
       <c r="B268" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C268" s="2" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D268" s="2"/>
       <c r="E268" s="2" t="s">
-        <v>820</v>
+        <v>813</v>
       </c>
       <c r="F268" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G268" s="2"/>
       <c r="H268" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I268" s="3">
         <v>11930743393</v>
       </c>
       <c r="J268" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K268" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L268" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M268" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="269" spans="1:13">
       <c r="A269" s="1">
-        <v>82422814200512</v>
+        <v>82422814200728</v>
       </c>
       <c r="B269" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C269" s="2" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D269" s="2"/>
       <c r="E269" s="2" t="s">
-        <v>821</v>
+        <v>814</v>
       </c>
       <c r="F269" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G269" s="2"/>
       <c r="H269" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I269" s="3">
         <v>11930743393</v>
       </c>
       <c r="J269" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K269" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L269" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M269" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="270" spans="1:13">
       <c r="A270" s="1">
-        <v>82422814200587</v>
+        <v>82422814200843</v>
       </c>
       <c r="B270" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C270" s="2" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D270" s="2"/>
       <c r="E270" s="2" t="s">
-        <v>822</v>
+        <v>815</v>
       </c>
       <c r="F270" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G270" s="2"/>
       <c r="H270" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I270" s="3">
         <v>11930743393</v>
       </c>
       <c r="J270" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K270" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L270" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M270" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="271" spans="1:13">
       <c r="A271" s="1">
-        <v>82422814200678</v>
+        <v>82422814200918</v>
       </c>
       <c r="B271" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C271" s="2" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D271" s="2"/>
       <c r="E271" s="2" t="s">
-        <v>823</v>
+        <v>816</v>
       </c>
       <c r="F271" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G271" s="2"/>
       <c r="H271" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I271" s="3">
         <v>11930743393</v>
       </c>
       <c r="J271" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K271" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L271" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M271" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="272" spans="1:13">
       <c r="A272" s="1">
-        <v>82422814200728</v>
+        <v>82422814200926</v>
       </c>
       <c r="B272" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C272" s="2" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D272" s="2"/>
       <c r="E272" s="2" t="s">
-        <v>824</v>
+        <v>817</v>
       </c>
       <c r="F272" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G272" s="2"/>
       <c r="H272" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I272" s="3">
         <v>11930743393</v>
       </c>
       <c r="J272" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K272" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L272" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M272" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="273" spans="1:13">
       <c r="A273" s="1">
-        <v>82422814200843</v>
+        <v>82422814201007</v>
       </c>
       <c r="B273" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C273" s="2" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D273" s="2"/>
       <c r="E273" s="2" t="s">
-        <v>825</v>
+        <v>818</v>
       </c>
       <c r="F273" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G273" s="2"/>
       <c r="H273" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I273" s="3">
         <v>11930743393</v>
       </c>
       <c r="J273" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K273" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L273" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M273" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="274" spans="1:13">
       <c r="A274" s="1">
-        <v>82422814200918</v>
+        <v>82422814201015</v>
       </c>
       <c r="B274" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C274" s="2" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D274" s="2"/>
       <c r="E274" s="2" t="s">
-        <v>826</v>
+        <v>819</v>
       </c>
       <c r="F274" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G274" s="2"/>
       <c r="H274" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I274" s="3">
         <v>11930743393</v>
       </c>
       <c r="J274" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K274" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L274" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M274" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="275" spans="1:13">
       <c r="A275" s="1">
-        <v>82422814200926</v>
+        <v>82422814201023</v>
       </c>
       <c r="B275" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C275" s="2" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D275" s="2"/>
       <c r="E275" s="2" t="s">
-        <v>827</v>
+        <v>820</v>
       </c>
       <c r="F275" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G275" s="2"/>
       <c r="H275" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I275" s="3">
         <v>11930743393</v>
       </c>
       <c r="J275" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K275" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L275" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M275" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="276" spans="1:13">
       <c r="A276" s="1">
-        <v>82422814201007</v>
+        <v>82422814201031</v>
       </c>
       <c r="B276" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C276" s="2" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D276" s="2"/>
       <c r="E276" s="2" t="s">
-        <v>828</v>
+        <v>821</v>
       </c>
       <c r="F276" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G276" s="2"/>
       <c r="H276" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I276" s="3">
         <v>11930743393</v>
       </c>
       <c r="J276" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K276" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L276" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M276" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="277" spans="1:13">
       <c r="A277" s="1">
-        <v>82422814201015</v>
+        <v>82422814201056</v>
       </c>
       <c r="B277" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C277" s="2" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D277" s="2"/>
       <c r="E277" s="2" t="s">
-        <v>829</v>
+        <v>822</v>
       </c>
       <c r="F277" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G277" s="2"/>
       <c r="H277" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I277" s="3">
         <v>11930743393</v>
       </c>
       <c r="J277" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K277" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L277" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M277" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="278" spans="1:13">
       <c r="A278" s="1">
-        <v>82422814201023</v>
+        <v>82422814201064</v>
       </c>
       <c r="B278" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C278" s="2" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D278" s="2"/>
       <c r="E278" s="2" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="F278" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G278" s="2"/>
       <c r="H278" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I278" s="3">
         <v>11930743393</v>
       </c>
       <c r="J278" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K278" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L278" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M278" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="279" spans="1:13">
       <c r="A279" s="1">
-        <v>82422814201031</v>
+        <v>82422814201114</v>
       </c>
       <c r="B279" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C279" s="2" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D279" s="2"/>
       <c r="E279" s="2" t="s">
-        <v>831</v>
+        <v>824</v>
       </c>
       <c r="F279" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G279" s="2"/>
       <c r="H279" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I279" s="3">
         <v>11930743393</v>
       </c>
       <c r="J279" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K279" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L279" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M279" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="280" spans="1:13">
       <c r="A280" s="1">
-        <v>82422814201056</v>
+        <v>82422814201122</v>
       </c>
       <c r="B280" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C280" s="2" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D280" s="2"/>
       <c r="E280" s="2" t="s">
-        <v>832</v>
+        <v>825</v>
       </c>
       <c r="F280" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G280" s="2"/>
       <c r="H280" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I280" s="3">
         <v>11930743393</v>
       </c>
       <c r="J280" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K280" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L280" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M280" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="281" spans="1:13">
       <c r="A281" s="1">
-        <v>82422814201064</v>
+        <v>82422814201189</v>
       </c>
       <c r="B281" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C281" s="2" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D281" s="2"/>
       <c r="E281" s="2" t="s">
-        <v>833</v>
+        <v>826</v>
       </c>
       <c r="F281" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G281" s="2"/>
       <c r="H281" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I281" s="3">
         <v>11930743393</v>
       </c>
       <c r="J281" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K281" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L281" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M281" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="282" spans="1:13">
       <c r="A282" s="1">
-        <v>82422814201114</v>
+        <v>82422814201197</v>
       </c>
       <c r="B282" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C282" s="2" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D282" s="2"/>
       <c r="E282" s="2" t="s">
-        <v>834</v>
+        <v>827</v>
       </c>
       <c r="F282" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G282" s="2"/>
       <c r="H282" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I282" s="3">
         <v>11930743393</v>
       </c>
       <c r="J282" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K282" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L282" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M282" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="283" spans="1:13">
       <c r="A283" s="1">
-        <v>82422814201122</v>
+        <v>82422814201254</v>
       </c>
       <c r="B283" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C283" s="2" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D283" s="2"/>
       <c r="E283" s="2" t="s">
-        <v>835</v>
+        <v>828</v>
       </c>
       <c r="F283" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G283" s="2"/>
       <c r="H283" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I283" s="3">
         <v>11930743393</v>
       </c>
       <c r="J283" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K283" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L283" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M283" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="284" spans="1:13">
       <c r="A284" s="1">
-        <v>82422814201189</v>
+        <v>82422814201262</v>
       </c>
       <c r="B284" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C284" s="2" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D284" s="2"/>
       <c r="E284" s="2" t="s">
-        <v>836</v>
+        <v>829</v>
       </c>
       <c r="F284" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G284" s="2"/>
       <c r="H284" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I284" s="3">
         <v>11930743393</v>
       </c>
       <c r="J284" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K284" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L284" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M284" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="285" spans="1:13">
       <c r="A285" s="1">
-        <v>82422814201197</v>
+        <v>82422814201270</v>
       </c>
       <c r="B285" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C285" s="2" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D285" s="2"/>
       <c r="E285" s="2" t="s">
-        <v>837</v>
+        <v>830</v>
       </c>
       <c r="F285" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G285" s="2"/>
       <c r="H285" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I285" s="3">
         <v>11930743393</v>
       </c>
       <c r="J285" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K285" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L285" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M285" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="286" spans="1:13">
       <c r="A286" s="1">
-        <v>82422814201254</v>
+        <v>82422814201304</v>
       </c>
       <c r="B286" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C286" s="2" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D286" s="2"/>
       <c r="E286" s="2" t="s">
-        <v>838</v>
+        <v>831</v>
       </c>
       <c r="F286" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G286" s="2"/>
       <c r="H286" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I286" s="3">
         <v>11930743393</v>
       </c>
       <c r="J286" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K286" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L286" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M286" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="287" spans="1:13">
       <c r="A287" s="1">
-        <v>82422814201262</v>
+        <v>82422814201403</v>
       </c>
       <c r="B287" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C287" s="2" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D287" s="2"/>
       <c r="E287" s="2" t="s">
-        <v>839</v>
+        <v>832</v>
       </c>
       <c r="F287" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G287" s="2"/>
       <c r="H287" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I287" s="3">
         <v>11930743393</v>
       </c>
       <c r="J287" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K287" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L287" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M287" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="288" spans="1:13">
       <c r="A288" s="1">
-        <v>82422814201270</v>
+        <v>82422814201486</v>
       </c>
       <c r="B288" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C288" s="2" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D288" s="2"/>
       <c r="E288" s="2" t="s">
-        <v>840</v>
+        <v>833</v>
       </c>
       <c r="F288" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G288" s="2"/>
       <c r="H288" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I288" s="3">
         <v>11930743393</v>
       </c>
       <c r="J288" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K288" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L288" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M288" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="289" spans="1:13">
       <c r="A289" s="1">
-        <v>82422814201304</v>
+        <v>82422814201494</v>
       </c>
       <c r="B289" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C289" s="2" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D289" s="2"/>
       <c r="E289" s="2" t="s">
-        <v>841</v>
+        <v>834</v>
       </c>
       <c r="F289" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G289" s="2"/>
       <c r="H289" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I289" s="3">
         <v>11930743393</v>
       </c>
       <c r="J289" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K289" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L289" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M289" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="290" spans="1:13">
       <c r="A290" s="1">
-        <v>82422814201403</v>
+        <v>82422814201528</v>
       </c>
       <c r="B290" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C290" s="2" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D290" s="2"/>
       <c r="E290" s="2" t="s">
-        <v>842</v>
+        <v>835</v>
       </c>
       <c r="F290" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G290" s="2"/>
       <c r="H290" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I290" s="3">
         <v>11930743393</v>
       </c>
       <c r="J290" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K290" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L290" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M290" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="291" spans="1:13">
       <c r="A291" s="1">
-        <v>82422814201486</v>
+        <v>82422814201536</v>
       </c>
       <c r="B291" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C291" s="2" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D291" s="2"/>
       <c r="E291" s="2" t="s">
-        <v>843</v>
+        <v>791</v>
       </c>
       <c r="F291" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G291" s="2"/>
       <c r="H291" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I291" s="3">
         <v>11930743393</v>
       </c>
       <c r="J291" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K291" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L291" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M291" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="292" spans="1:13">
       <c r="A292" s="1">
-        <v>82422814201494</v>
+        <v>82422814201577</v>
       </c>
       <c r="B292" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C292" s="2" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D292" s="2"/>
       <c r="E292" s="2" t="s">
-        <v>844</v>
+        <v>836</v>
       </c>
       <c r="F292" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G292" s="2"/>
       <c r="H292" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I292" s="3">
         <v>11930743393</v>
       </c>
       <c r="J292" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K292" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L292" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M292" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="293" spans="1:13">
       <c r="A293" s="1">
-        <v>82422814201528</v>
+        <v>82422814201643</v>
       </c>
       <c r="B293" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C293" s="2" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D293" s="2"/>
       <c r="E293" s="2" t="s">
-        <v>845</v>
+        <v>837</v>
       </c>
       <c r="F293" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G293" s="2"/>
       <c r="H293" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I293" s="3">
         <v>11930743393</v>
       </c>
       <c r="J293" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K293" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L293" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M293" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="294" spans="1:13">
       <c r="A294" s="1">
-        <v>82422814201536</v>
+        <v>82422814201726</v>
       </c>
       <c r="B294" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C294" s="2" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D294" s="2"/>
       <c r="E294" s="2" t="s">
-        <v>801</v>
+        <v>838</v>
       </c>
       <c r="F294" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G294" s="2"/>
       <c r="H294" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I294" s="3">
         <v>11930743393</v>
       </c>
       <c r="J294" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K294" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L294" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M294" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="295" spans="1:13">
       <c r="A295" s="1">
-        <v>82422814201577</v>
+        <v>82422814201783</v>
       </c>
       <c r="B295" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C295" s="2" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D295" s="2"/>
       <c r="E295" s="2" t="s">
-        <v>846</v>
+        <v>839</v>
       </c>
       <c r="F295" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G295" s="2"/>
       <c r="H295" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I295" s="3">
         <v>11930743393</v>
       </c>
       <c r="J295" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K295" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L295" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M295" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="296" spans="1:13">
       <c r="A296" s="1">
-        <v>82422814201643</v>
+        <v>82422814201809</v>
       </c>
       <c r="B296" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C296" s="2" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D296" s="2"/>
       <c r="E296" s="2" t="s">
-        <v>847</v>
+        <v>840</v>
       </c>
       <c r="F296" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G296" s="2"/>
       <c r="H296" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I296" s="3">
         <v>11930743393</v>
       </c>
       <c r="J296" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K296" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L296" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M296" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="297" spans="1:13">
       <c r="A297" s="1">
-        <v>82422814201726</v>
+        <v>82422814201890</v>
       </c>
       <c r="B297" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C297" s="2" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D297" s="2"/>
       <c r="E297" s="2" t="s">
-        <v>848</v>
+        <v>841</v>
       </c>
       <c r="F297" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G297" s="2"/>
       <c r="H297" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I297" s="3">
         <v>11930743393</v>
       </c>
       <c r="J297" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K297" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L297" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M297" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="298" spans="1:13">
       <c r="A298" s="1">
-        <v>82422814201783</v>
+        <v>82422814201932</v>
       </c>
       <c r="B298" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C298" s="2" t="s">
-        <v>813</v>
+        <v>803</v>
       </c>
       <c r="D298" s="2"/>
       <c r="E298" s="2" t="s">
-        <v>849</v>
+        <v>842</v>
       </c>
       <c r="F298" s="2" t="s">
-        <v>174</v>
+        <v>843</v>
       </c>
       <c r="G298" s="2"/>
       <c r="H298" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I298" s="3">
         <v>11930743393</v>
       </c>
       <c r="J298" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K298" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L298" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M298" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="299" spans="1:13">
       <c r="A299" s="1">
-        <v>82422814201809</v>
+        <v>82478716200026</v>
       </c>
       <c r="B299" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C299" s="2" t="s">
-        <v>813</v>
+        <v>844</v>
       </c>
       <c r="D299" s="2"/>
       <c r="E299" s="2" t="s">
-        <v>850</v>
+        <v>845</v>
       </c>
       <c r="F299" s="2" t="s">
-        <v>174</v>
+        <v>846</v>
       </c>
       <c r="G299" s="2"/>
       <c r="H299" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I299" s="3">
-        <v>11930743393</v>
+        <v>11922825192</v>
       </c>
       <c r="J299" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K299" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L299" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M299" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="300" spans="1:13">
       <c r="A300" s="1">
-        <v>82422814201890</v>
+        <v>82518678600018</v>
       </c>
       <c r="B300" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C300" s="2" t="s">
-        <v>813</v>
-[...1 lines deleted...]
-      <c r="D300" s="2"/>
+        <v>847</v>
+      </c>
+      <c r="D300" s="2" t="s">
+        <v>848</v>
+      </c>
       <c r="E300" s="2" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>174</v>
+        <v>850</v>
       </c>
       <c r="G300" s="2"/>
       <c r="H300" s="2" t="s">
-        <v>18</v>
+        <v>364</v>
       </c>
       <c r="I300" s="3">
-        <v>11930743393</v>
+        <v>76340926534</v>
       </c>
       <c r="J300" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K300" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L300" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M300" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="301" spans="1:13">
       <c r="A301" s="1">
-        <v>82422814201932</v>
+        <v>82824133100028</v>
       </c>
       <c r="B301" s="2" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="C301" s="2" t="s">
-        <v>813</v>
+        <v>851</v>
       </c>
       <c r="D301" s="2"/>
       <c r="E301" s="2" t="s">
         <v>852</v>
       </c>
       <c r="F301" s="2" t="s">
         <v>853</v>
       </c>
-      <c r="G301" s="2"/>
+      <c r="G301" s="2" t="s">
+        <v>854</v>
+      </c>
       <c r="H301" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I301" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I301" s="3"/>
       <c r="J301" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K301" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L301" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M301" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="302" spans="1:13">
       <c r="A302" s="1">
-        <v>82478716200026</v>
+        <v>82907572000013</v>
       </c>
       <c r="B302" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C302" s="2" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="D302" s="2"/>
       <c r="E302" s="2" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="G302" s="2"/>
       <c r="H302" s="2" t="s">
-        <v>18</v>
+        <v>205</v>
       </c>
       <c r="I302" s="3">
-        <v>11922825192</v>
+        <v>11922179992</v>
       </c>
       <c r="J302" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K302" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L302" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M302" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="303" spans="1:13">
       <c r="A303" s="1">
-        <v>82518678600018</v>
+        <v>82922788300016</v>
       </c>
       <c r="B303" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C303" s="2" t="s">
-        <v>857</v>
-[...1 lines deleted...]
-      <c r="D303" s="2" t="s">
         <v>858</v>
       </c>
+      <c r="D303" s="2"/>
       <c r="E303" s="2" t="s">
         <v>859</v>
       </c>
       <c r="F303" s="2" t="s">
         <v>860</v>
       </c>
       <c r="G303" s="2"/>
       <c r="H303" s="2" t="s">
-        <v>392</v>
+        <v>205</v>
       </c>
       <c r="I303" s="3">
-        <v>76340926534</v>
+        <v>52530099453</v>
       </c>
       <c r="J303" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K303" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L303" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M303" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="304" spans="1:13">
       <c r="A304" s="1">
-        <v>82824133100028</v>
+        <v>82924224700015</v>
       </c>
       <c r="B304" s="2" t="s">
-        <v>111</v>
+        <v>14</v>
       </c>
       <c r="C304" s="2" t="s">
         <v>861</v>
       </c>
-      <c r="D304" s="2"/>
+      <c r="D304" s="2" t="s">
+        <v>862</v>
+      </c>
       <c r="E304" s="2" t="s">
-        <v>862</v>
+        <v>763</v>
       </c>
       <c r="F304" s="2" t="s">
         <v>863</v>
       </c>
-      <c r="G304" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G304" s="2"/>
       <c r="H304" s="2" t="s">
-        <v>18</v>
+        <v>71</v>
       </c>
       <c r="I304" s="3"/>
       <c r="J304" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K304" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L304" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M304" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="305" spans="1:13">
       <c r="A305" s="1">
-        <v>82907572000013</v>
+        <v>82953699400025</v>
       </c>
       <c r="B305" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C305" s="2" t="s">
+        <v>864</v>
+      </c>
+      <c r="D305" s="2" t="s">
         <v>865</v>
       </c>
-      <c r="D305" s="2"/>
       <c r="E305" s="2" t="s">
         <v>866</v>
       </c>
       <c r="F305" s="2" t="s">
-        <v>867</v>
+        <v>598</v>
       </c>
       <c r="G305" s="2"/>
       <c r="H305" s="2" t="s">
-        <v>199</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I305" s="3"/>
       <c r="J305" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K305" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L305" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M305" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="306" spans="1:13">
       <c r="A306" s="1">
-        <v>82922788300016</v>
+        <v>82997179500044</v>
       </c>
       <c r="B306" s="2" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="C306" s="2" t="s">
-        <v>868</v>
+        <v>867</v>
       </c>
       <c r="D306" s="2"/>
       <c r="E306" s="2" t="s">
+        <v>868</v>
+      </c>
+      <c r="F306" s="2" t="s">
         <v>869</v>
       </c>
-      <c r="F306" s="2" t="s">
+      <c r="G306" s="2" t="s">
         <v>870</v>
       </c>
-      <c r="G306" s="2"/>
       <c r="H306" s="2" t="s">
-        <v>199</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I306" s="3"/>
       <c r="J306" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K306" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L306" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M306" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="307" spans="1:13">
       <c r="A307" s="1">
-        <v>82924224700015</v>
+        <v>83043290200013</v>
       </c>
       <c r="B307" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C307" s="2" t="s">
         <v>871</v>
       </c>
-      <c r="D307" s="2" t="s">
+      <c r="D307" s="2"/>
+      <c r="E307" s="2" t="s">
         <v>872</v>
       </c>
-      <c r="E307" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F307" s="2" t="s">
-        <v>873</v>
+        <v>150</v>
       </c>
       <c r="G307" s="2"/>
       <c r="H307" s="2" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="I307" s="3"/>
+        <v>336</v>
+      </c>
+      <c r="I307" s="3">
+        <v>11756059475</v>
+      </c>
       <c r="J307" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K307" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L307" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M307" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="308" spans="1:13">
       <c r="A308" s="1">
-        <v>82953699400025</v>
+        <v>83069794200027</v>
       </c>
       <c r="B308" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C308" s="2" t="s">
+        <v>873</v>
+      </c>
+      <c r="D308" s="2"/>
+      <c r="E308" s="2" t="s">
         <v>874</v>
       </c>
-      <c r="D308" s="2" t="s">
+      <c r="F308" s="2" t="s">
         <v>875</v>
-      </c>
-[...4 lines deleted...]
-        <v>611</v>
       </c>
       <c r="G308" s="2"/>
       <c r="H308" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I308" s="3"/>
+      <c r="I308" s="3">
+        <v>11922180892</v>
+      </c>
       <c r="J308" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K308" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L308" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M308" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="309" spans="1:13">
       <c r="A309" s="1">
-        <v>82997179500044</v>
+        <v>83121116400015</v>
       </c>
       <c r="B309" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C309" s="2" t="s">
-        <v>877</v>
+        <v>876</v>
       </c>
       <c r="D309" s="2"/>
       <c r="E309" s="2" t="s">
+        <v>877</v>
+      </c>
+      <c r="F309" s="2" t="s">
         <v>878</v>
       </c>
-      <c r="F309" s="2" t="s">
+      <c r="G309" s="2" t="s">
         <v>879</v>
       </c>
-      <c r="G309" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H309" s="2" t="s">
-        <v>18</v>
+        <v>364</v>
       </c>
       <c r="I309" s="3"/>
       <c r="J309" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K309" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L309" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M309" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="310" spans="1:13">
       <c r="A310" s="1">
-        <v>83043290200013</v>
+        <v>83134648100029</v>
       </c>
       <c r="B310" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C310" s="2" t="s">
+        <v>880</v>
+      </c>
+      <c r="D310" s="2" t="s">
         <v>881</v>
       </c>
-      <c r="D310" s="2"/>
       <c r="E310" s="2" t="s">
         <v>882</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>150</v>
+        <v>883</v>
       </c>
       <c r="G310" s="2"/>
       <c r="H310" s="2" t="s">
-        <v>364</v>
+        <v>205</v>
       </c>
       <c r="I310" s="3">
-        <v>11756059475</v>
+        <v>84691524169</v>
       </c>
       <c r="J310" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K310" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L310" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M310" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="311" spans="1:13">
       <c r="A311" s="1">
-        <v>83069794200027</v>
+        <v>83172141000023</v>
       </c>
       <c r="B311" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C311" s="2" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="D311" s="2"/>
       <c r="E311" s="2" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="G311" s="2"/>
       <c r="H311" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I311" s="3">
-        <v>11922180892</v>
+        <v>84691530469</v>
       </c>
       <c r="J311" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K311" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L311" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M311" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="312" spans="1:13">
       <c r="A312" s="1">
-        <v>83121116400015</v>
+        <v>83234145700014</v>
       </c>
       <c r="B312" s="2" t="s">
-        <v>111</v>
+        <v>14</v>
       </c>
       <c r="C312" s="2" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="D312" s="2"/>
       <c r="E312" s="2" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>888</v>
-[...3 lines deleted...]
-      </c>
+        <v>437</v>
+      </c>
+      <c r="G312" s="2"/>
       <c r="H312" s="2" t="s">
-        <v>392</v>
-[...1 lines deleted...]
-      <c r="I312" s="3"/>
+        <v>527</v>
+      </c>
+      <c r="I312" s="3">
+        <v>44670611267</v>
+      </c>
       <c r="J312" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K312" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L312" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M312" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="313" spans="1:13">
       <c r="A313" s="1">
-        <v>83134648100029</v>
+        <v>83514344700026</v>
       </c>
       <c r="B313" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C313" s="2" t="s">
+        <v>889</v>
+      </c>
+      <c r="D313" s="2"/>
+      <c r="E313" s="2" t="s">
         <v>890</v>
       </c>
-      <c r="D313" s="2" t="s">
+      <c r="F313" s="2" t="s">
         <v>891</v>
-      </c>
-[...4 lines deleted...]
-        <v>893</v>
       </c>
       <c r="G313" s="2"/>
       <c r="H313" s="2" t="s">
-        <v>199</v>
+        <v>364</v>
       </c>
       <c r="I313" s="3">
-        <v>84691524169</v>
+        <v>11756412175</v>
       </c>
       <c r="J313" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K313" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L313" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M313" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="314" spans="1:13">
       <c r="A314" s="1">
-        <v>83172141000023</v>
+        <v>83771710700010</v>
       </c>
       <c r="B314" s="2" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="C314" s="2" t="s">
-        <v>894</v>
+        <v>892</v>
       </c>
       <c r="D314" s="2"/>
       <c r="E314" s="2" t="s">
+        <v>893</v>
+      </c>
+      <c r="F314" s="2" t="s">
+        <v>894</v>
+      </c>
+      <c r="G314" s="2" t="s">
         <v>895</v>
       </c>
-      <c r="F314" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G314" s="2"/>
       <c r="H314" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I314" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I314" s="3"/>
       <c r="J314" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K314" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L314" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M314" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="315" spans="1:13">
       <c r="A315" s="1">
-        <v>83234145700014</v>
+        <v>83798882300014</v>
       </c>
       <c r="B315" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C315" s="2" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="D315" s="2"/>
       <c r="E315" s="2" t="s">
+        <v>897</v>
+      </c>
+      <c r="F315" s="2" t="s">
         <v>898</v>
-      </c>
-[...1 lines deleted...]
-        <v>462</v>
       </c>
       <c r="G315" s="2"/>
       <c r="H315" s="2" t="s">
-        <v>545</v>
+        <v>18</v>
       </c>
       <c r="I315" s="3">
-        <v>44670611267</v>
+        <v>11755756775</v>
       </c>
       <c r="J315" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K315" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L315" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M315" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="316" spans="1:13">
       <c r="A316" s="1">
-        <v>83514344700026</v>
+        <v>83884256500031</v>
       </c>
       <c r="B316" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C316" s="2" t="s">
         <v>899</v>
       </c>
       <c r="D316" s="2"/>
       <c r="E316" s="2" t="s">
         <v>900</v>
       </c>
       <c r="F316" s="2" t="s">
         <v>901</v>
       </c>
       <c r="G316" s="2"/>
       <c r="H316" s="2" t="s">
-        <v>392</v>
+        <v>18</v>
       </c>
       <c r="I316" s="3">
-        <v>11756412175</v>
+        <v>53560963656</v>
       </c>
       <c r="J316" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K316" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L316" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M316" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="317" spans="1:13">
       <c r="A317" s="1">
-        <v>83771710700010</v>
+        <v>83924151000024</v>
       </c>
       <c r="B317" s="2" t="s">
-        <v>111</v>
+        <v>14</v>
       </c>
       <c r="C317" s="2" t="s">
         <v>902</v>
       </c>
       <c r="D317" s="2"/>
       <c r="E317" s="2" t="s">
         <v>903</v>
       </c>
       <c r="F317" s="2" t="s">
         <v>904</v>
       </c>
-      <c r="G317" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G317" s="2"/>
       <c r="H317" s="2" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="I317" s="3"/>
+        <v>205</v>
+      </c>
+      <c r="I317" s="3">
+        <v>11922238992</v>
+      </c>
       <c r="J317" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K317" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L317" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M317" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="318" spans="1:13">
       <c r="A318" s="1">
-        <v>83798882300014</v>
+        <v>84075494900021</v>
       </c>
       <c r="B318" s="2" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="C318" s="2" t="s">
-        <v>906</v>
+        <v>905</v>
       </c>
       <c r="D318" s="2"/>
       <c r="E318" s="2" t="s">
+        <v>906</v>
+      </c>
+      <c r="F318" s="2" t="s">
         <v>907</v>
       </c>
-      <c r="F318" s="2" t="s">
+      <c r="G318" s="2" t="s">
         <v>908</v>
       </c>
-      <c r="G318" s="2"/>
       <c r="H318" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>909</v>
+      </c>
+      <c r="I318" s="3"/>
       <c r="J318" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K318" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L318" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M318" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="319" spans="1:13">
       <c r="A319" s="1">
-        <v>83884256500031</v>
+        <v>84177388000015</v>
       </c>
       <c r="B319" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C319" s="2" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="D319" s="2"/>
       <c r="E319" s="2" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="F319" s="2" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="G319" s="2"/>
       <c r="H319" s="2" t="s">
-        <v>18</v>
+        <v>340</v>
       </c>
       <c r="I319" s="3">
-        <v>53560963656</v>
+        <v>32591017959</v>
       </c>
       <c r="J319" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K319" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L319" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M319" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="320" spans="1:13">
       <c r="A320" s="1">
-        <v>83924151000024</v>
+        <v>84194378000020</v>
       </c>
       <c r="B320" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C320" s="2" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="D320" s="2"/>
       <c r="E320" s="2" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="F320" s="2" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="G320" s="2"/>
       <c r="H320" s="2" t="s">
-        <v>199</v>
+        <v>18</v>
       </c>
       <c r="I320" s="3">
-        <v>11922238992</v>
+        <v>11940995794</v>
       </c>
       <c r="J320" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K320" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L320" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M320" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="321" spans="1:13">
       <c r="A321" s="1">
-        <v>84075494900021</v>
+        <v>84397535000011</v>
       </c>
       <c r="B321" s="2" t="s">
-        <v>111</v>
+        <v>14</v>
       </c>
       <c r="C321" s="2" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="D321" s="2"/>
       <c r="E321" s="2" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="F321" s="2" t="s">
-        <v>917</v>
-[...1 lines deleted...]
-      <c r="G321" s="2" t="s">
         <v>918</v>
       </c>
+      <c r="G321" s="2"/>
       <c r="H321" s="2" t="s">
         <v>919</v>
       </c>
-      <c r="I321" s="3"/>
+      <c r="I321" s="3">
+        <v>11950724795</v>
+      </c>
       <c r="J321" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K321" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L321" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M321" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="322" spans="1:13">
       <c r="A322" s="1">
-        <v>84177388000015</v>
+        <v>84419884600025</v>
       </c>
       <c r="B322" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C322" s="2" t="s">
         <v>920</v>
       </c>
       <c r="D322" s="2"/>
       <c r="E322" s="2" t="s">
         <v>921</v>
       </c>
       <c r="F322" s="2" t="s">
         <v>922</v>
       </c>
       <c r="G322" s="2"/>
       <c r="H322" s="2" t="s">
-        <v>368</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I322" s="3"/>
       <c r="J322" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K322" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L322" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M322" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="323" spans="1:13">
       <c r="A323" s="1">
-        <v>84194378000020</v>
+        <v>84462511100027</v>
       </c>
       <c r="B323" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C323" s="2" t="s">
         <v>923</v>
       </c>
       <c r="D323" s="2"/>
       <c r="E323" s="2" t="s">
         <v>924</v>
       </c>
       <c r="F323" s="2" t="s">
         <v>925</v>
       </c>
       <c r="G323" s="2"/>
       <c r="H323" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I323" s="3">
-        <v>11940995794</v>
+      <c r="I323" s="3" t="s">
+        <v>926</v>
       </c>
       <c r="J323" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K323" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L323" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M323" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="324" spans="1:13">
       <c r="A324" s="1">
-        <v>84397535000011</v>
+        <v>84497126700019</v>
       </c>
       <c r="B324" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C324" s="2" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="D324" s="2"/>
       <c r="E324" s="2" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="F324" s="2" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="G324" s="2"/>
       <c r="H324" s="2" t="s">
-        <v>929</v>
+        <v>18</v>
       </c>
       <c r="I324" s="3">
-        <v>11950724795</v>
+        <v>11922821492</v>
       </c>
       <c r="J324" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K324" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L324" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M324" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="325" spans="1:13">
       <c r="A325" s="1">
-        <v>84419884600025</v>
+        <v>84501436400010</v>
       </c>
       <c r="B325" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C325" s="2" t="s">
         <v>930</v>
       </c>
       <c r="D325" s="2"/>
       <c r="E325" s="2" t="s">
         <v>931</v>
       </c>
       <c r="F325" s="2" t="s">
-        <v>932</v>
+        <v>222</v>
       </c>
       <c r="G325" s="2"/>
       <c r="H325" s="2" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="I325" s="3"/>
+        <v>364</v>
+      </c>
+      <c r="I325" s="3">
+        <v>32591391059</v>
+      </c>
       <c r="J325" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K325" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L325" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M325" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="326" spans="1:13">
       <c r="A326" s="1">
-        <v>84462511100027</v>
+        <v>84530406200027</v>
       </c>
       <c r="B326" s="2" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="C326" s="2" t="s">
-        <v>933</v>
+        <v>932</v>
       </c>
       <c r="D326" s="2"/>
       <c r="E326" s="2" t="s">
+        <v>933</v>
+      </c>
+      <c r="F326" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="G326" s="2" t="s">
         <v>934</v>
       </c>
-      <c r="F326" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G326" s="2"/>
       <c r="H326" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I326" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I326" s="3"/>
       <c r="J326" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K326" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L326" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M326" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="327" spans="1:13">
       <c r="A327" s="1">
-        <v>84497126700019</v>
+        <v>84762954000018</v>
       </c>
       <c r="B327" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C327" s="2" t="s">
-        <v>936</v>
+        <v>935</v>
       </c>
       <c r="D327" s="2"/>
       <c r="E327" s="2" t="s">
+        <v>936</v>
+      </c>
+      <c r="F327" s="2" t="s">
         <v>937</v>
-      </c>
-[...1 lines deleted...]
-        <v>938</v>
       </c>
       <c r="G327" s="2"/>
       <c r="H327" s="2" t="s">
-        <v>18</v>
+        <v>364</v>
       </c>
       <c r="I327" s="3">
-        <v>11922821492</v>
+        <v>11756188475</v>
       </c>
       <c r="J327" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K327" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L327" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M327" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="328" spans="1:13">
       <c r="A328" s="1">
-        <v>84501436400010</v>
+        <v>84776232500011</v>
       </c>
       <c r="B328" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C328" s="2" t="s">
-        <v>939</v>
+        <v>938</v>
       </c>
       <c r="D328" s="2"/>
       <c r="E328" s="2" t="s">
-        <v>940</v>
+        <v>939</v>
       </c>
       <c r="F328" s="2" t="s">
-        <v>266</v>
+        <v>222</v>
       </c>
       <c r="G328" s="2"/>
       <c r="H328" s="2" t="s">
-        <v>392</v>
+        <v>18</v>
       </c>
       <c r="I328" s="3">
-        <v>32591391059</v>
+        <v>11922274292</v>
       </c>
       <c r="J328" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K328" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L328" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M328" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="329" spans="1:13">
       <c r="A329" s="1">
-        <v>84530406200027</v>
+        <v>84821805300025</v>
       </c>
       <c r="B329" s="2" t="s">
-        <v>111</v>
+        <v>14</v>
       </c>
       <c r="C329" s="2" t="s">
-        <v>941</v>
+        <v>940</v>
       </c>
       <c r="D329" s="2"/>
       <c r="E329" s="2" t="s">
+        <v>941</v>
+      </c>
+      <c r="F329" s="2" t="s">
         <v>942</v>
       </c>
-      <c r="F329" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G329" s="2"/>
       <c r="H329" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I329" s="3"/>
+      <c r="I329" s="3">
+        <v>11755869175</v>
+      </c>
       <c r="J329" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K329" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L329" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M329" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="330" spans="1:13">
       <c r="A330" s="1">
-        <v>84762954000018</v>
+        <v>84853625600029</v>
       </c>
       <c r="B330" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C330" s="2" t="s">
-        <v>944</v>
+        <v>943</v>
       </c>
       <c r="D330" s="2"/>
       <c r="E330" s="2" t="s">
+        <v>944</v>
+      </c>
+      <c r="F330" s="2" t="s">
         <v>945</v>
-      </c>
-[...1 lines deleted...]
-        <v>946</v>
       </c>
       <c r="G330" s="2"/>
       <c r="H330" s="2" t="s">
-        <v>392</v>
+        <v>18</v>
       </c>
       <c r="I330" s="3">
-        <v>11756188475</v>
+        <v>11788433978</v>
       </c>
       <c r="J330" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K330" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L330" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M330" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="331" spans="1:13">
       <c r="A331" s="1">
-        <v>84776232500011</v>
+        <v>84879068900014</v>
       </c>
       <c r="B331" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C331" s="2" t="s">
-        <v>947</v>
+        <v>946</v>
       </c>
       <c r="D331" s="2"/>
       <c r="E331" s="2" t="s">
+        <v>947</v>
+      </c>
+      <c r="F331" s="2" t="s">
         <v>948</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
       <c r="G331" s="2"/>
       <c r="H331" s="2" t="s">
-        <v>18</v>
+        <v>340</v>
       </c>
       <c r="I331" s="3">
-        <v>11922274292</v>
+        <v>11910876891</v>
       </c>
       <c r="J331" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K331" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L331" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M331" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="332" spans="1:13">
       <c r="A332" s="1">
-        <v>84821805300025</v>
+        <v>84924385200019</v>
       </c>
       <c r="B332" s="2" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="C332" s="2" t="s">
         <v>949</v>
       </c>
-      <c r="D332" s="2"/>
+      <c r="D332" s="2" t="s">
+        <v>950</v>
+      </c>
       <c r="E332" s="2" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>951</v>
-[...1 lines deleted...]
-      <c r="G332" s="2"/>
+        <v>952</v>
+      </c>
+      <c r="G332" s="2" t="s">
+        <v>953</v>
+      </c>
       <c r="H332" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I332" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I332" s="3"/>
       <c r="J332" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K332" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L332" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M332" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="333" spans="1:13">
       <c r="A333" s="1">
-        <v>84853625600029</v>
+        <v>84955523000036</v>
       </c>
       <c r="B333" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C333" s="2" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="D333" s="2"/>
       <c r="E333" s="2" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="F333" s="2" t="s">
-        <v>954</v>
+        <v>360</v>
       </c>
       <c r="G333" s="2"/>
       <c r="H333" s="2" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>11788433978</v>
+        <v>956</v>
+      </c>
+      <c r="I333" s="3" t="s">
+        <v>957</v>
       </c>
       <c r="J333" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K333" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L333" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M333" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="334" spans="1:13">
       <c r="A334" s="1">
-        <v>84879068900014</v>
+        <v>84987404500016</v>
       </c>
       <c r="B334" s="2" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="C334" s="2" t="s">
-        <v>955</v>
+        <v>958</v>
       </c>
       <c r="D334" s="2"/>
       <c r="E334" s="2" t="s">
-        <v>956</v>
+        <v>959</v>
       </c>
       <c r="F334" s="2" t="s">
-        <v>957</v>
-[...1 lines deleted...]
-      <c r="G334" s="2"/>
+        <v>952</v>
+      </c>
+      <c r="G334" s="2" t="s">
+        <v>146</v>
+      </c>
       <c r="H334" s="2" t="s">
-        <v>368</v>
-[...3 lines deleted...]
-      </c>
+        <v>919</v>
+      </c>
+      <c r="I334" s="3"/>
       <c r="J334" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K334" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L334" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M334" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="335" spans="1:13">
       <c r="A335" s="1">
-        <v>84924385200019</v>
+        <v>85020243300015</v>
       </c>
       <c r="B335" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C335" s="2" t="s">
-        <v>958</v>
-[...3 lines deleted...]
-      </c>
+        <v>960</v>
+      </c>
+      <c r="D335" s="2"/>
       <c r="E335" s="2" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="F335" s="2" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="G335" s="2" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="H335" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I335" s="3"/>
       <c r="J335" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K335" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L335" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M335" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="336" spans="1:13">
       <c r="A336" s="1">
-        <v>84955523000036</v>
+        <v>85119528900018</v>
       </c>
       <c r="B336" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C336" s="2" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="D336" s="2"/>
       <c r="E336" s="2" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="F336" s="2" t="s">
-        <v>388</v>
+        <v>966</v>
       </c>
       <c r="G336" s="2"/>
       <c r="H336" s="2" t="s">
-        <v>965</v>
-[...2 lines deleted...]
-        <v>966</v>
+        <v>18</v>
+      </c>
+      <c r="I336" s="3">
+        <v>75860170086</v>
       </c>
       <c r="J336" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K336" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L336" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M336" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="337" spans="1:13">
       <c r="A337" s="1">
-        <v>84987404500016</v>
+        <v>85123057300020</v>
       </c>
       <c r="B337" s="2" t="s">
-        <v>111</v>
+        <v>14</v>
       </c>
       <c r="C337" s="2" t="s">
         <v>967</v>
       </c>
       <c r="D337" s="2"/>
       <c r="E337" s="2" t="s">
         <v>968</v>
       </c>
       <c r="F337" s="2" t="s">
-        <v>961</v>
-[...3 lines deleted...]
-      </c>
+        <v>969</v>
+      </c>
+      <c r="G337" s="2"/>
       <c r="H337" s="2" t="s">
-        <v>929</v>
-[...1 lines deleted...]
-      <c r="I337" s="3"/>
+        <v>205</v>
+      </c>
+      <c r="I337" s="3">
+        <v>11756201775</v>
+      </c>
       <c r="J337" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K337" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L337" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M337" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="338" spans="1:13">
       <c r="A338" s="1">
-        <v>85020243300015</v>
+        <v>85151781300016</v>
       </c>
       <c r="B338" s="2" t="s">
-        <v>111</v>
+        <v>14</v>
       </c>
       <c r="C338" s="2" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="D338" s="2"/>
       <c r="E338" s="2" t="s">
-        <v>970</v>
+        <v>747</v>
       </c>
       <c r="F338" s="2" t="s">
         <v>971</v>
       </c>
-      <c r="G338" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G338" s="2"/>
       <c r="H338" s="2" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="I338" s="3"/>
+        <v>531</v>
+      </c>
+      <c r="I338" s="3">
+        <v>93131781213</v>
+      </c>
       <c r="J338" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K338" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L338" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M338" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="339" spans="1:13">
       <c r="A339" s="1">
-        <v>85119528900018</v>
+        <v>85197825400023</v>
       </c>
       <c r="B339" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C339" s="2" t="s">
-        <v>973</v>
+        <v>972</v>
       </c>
       <c r="D339" s="2"/>
       <c r="E339" s="2" t="s">
+        <v>973</v>
+      </c>
+      <c r="F339" s="2" t="s">
         <v>974</v>
-      </c>
-[...1 lines deleted...]
-        <v>975</v>
       </c>
       <c r="G339" s="2"/>
       <c r="H339" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I339" s="3">
-        <v>75860170086</v>
+      <c r="I339" s="3" t="s">
+        <v>975</v>
       </c>
       <c r="J339" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K339" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L339" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M339" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="340" spans="1:13">
       <c r="A340" s="1">
-        <v>85123057300020</v>
+        <v>85223346900026</v>
       </c>
       <c r="B340" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C340" s="2" t="s">
         <v>976</v>
       </c>
       <c r="D340" s="2"/>
       <c r="E340" s="2" t="s">
         <v>977</v>
       </c>
       <c r="F340" s="2" t="s">
         <v>978</v>
       </c>
       <c r="G340" s="2"/>
       <c r="H340" s="2" t="s">
-        <v>199</v>
+        <v>18</v>
       </c>
       <c r="I340" s="3">
-        <v>11756201775</v>
+        <v>11941010294</v>
       </c>
       <c r="J340" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K340" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L340" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M340" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="341" spans="1:13">
       <c r="A341" s="1">
-        <v>85151781300016</v>
+        <v>85261419700014</v>
       </c>
       <c r="B341" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C341" s="2" t="s">
         <v>979</v>
       </c>
       <c r="D341" s="2"/>
       <c r="E341" s="2" t="s">
-        <v>757</v>
+        <v>980</v>
       </c>
       <c r="F341" s="2" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="G341" s="2"/>
       <c r="H341" s="2" t="s">
-        <v>549</v>
+        <v>982</v>
       </c>
       <c r="I341" s="3">
-        <v>93131781213</v>
+        <v>11941322894</v>
       </c>
       <c r="J341" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K341" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L341" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M341" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="342" spans="1:13">
       <c r="A342" s="1">
-        <v>85197825400023</v>
+        <v>85277888500016</v>
       </c>
       <c r="B342" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C342" s="2" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="D342" s="2"/>
       <c r="E342" s="2" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
       <c r="F342" s="2" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="G342" s="2"/>
       <c r="H342" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I342" s="3" t="s">
-        <v>984</v>
+      <c r="I342" s="3">
+        <v>11756401375</v>
       </c>
       <c r="J342" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K342" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L342" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M342" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="343" spans="1:13">
       <c r="A343" s="1">
-        <v>85223346900026</v>
+        <v>85358805100013</v>
       </c>
       <c r="B343" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C343" s="2" t="s">
-        <v>985</v>
-[...1 lines deleted...]
-      <c r="D343" s="2"/>
+        <v>986</v>
+      </c>
+      <c r="D343" s="2" t="s">
+        <v>987</v>
+      </c>
       <c r="E343" s="2" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="F343" s="2" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="G343" s="2"/>
       <c r="H343" s="2" t="s">
-        <v>18</v>
+        <v>205</v>
       </c>
       <c r="I343" s="3">
-        <v>11941010294</v>
+        <v>11770678777</v>
       </c>
       <c r="J343" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K343" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L343" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M343" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="344" spans="1:13">
       <c r="A344" s="1">
-        <v>85261419700014</v>
+        <v>85381081000012</v>
       </c>
       <c r="B344" s="2" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="C344" s="2" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="D344" s="2"/>
       <c r="E344" s="2" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="F344" s="2" t="s">
-        <v>990</v>
-[...1 lines deleted...]
-      <c r="G344" s="2"/>
+        <v>992</v>
+      </c>
+      <c r="G344" s="2" t="s">
+        <v>993</v>
+      </c>
       <c r="H344" s="2" t="s">
-        <v>991</v>
-[...3 lines deleted...]
-      </c>
+        <v>706</v>
+      </c>
+      <c r="I344" s="3"/>
       <c r="J344" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K344" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L344" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M344" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="345" spans="1:13">
       <c r="A345" s="1">
-        <v>85277888500016</v>
+        <v>87895457700010</v>
       </c>
       <c r="B345" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C345" s="2" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="D345" s="2"/>
       <c r="E345" s="2" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="F345" s="2" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="G345" s="2"/>
       <c r="H345" s="2" t="s">
-        <v>18</v>
+        <v>205</v>
       </c>
       <c r="I345" s="3">
-        <v>11756401375</v>
+        <v>76341070934</v>
       </c>
       <c r="J345" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K345" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L345" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M345" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="346" spans="1:13">
       <c r="A346" s="1">
-        <v>85358805100013</v>
+        <v>88017873600018</v>
       </c>
       <c r="B346" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C346" s="2" t="s">
-        <v>995</v>
-[...3 lines deleted...]
-      </c>
+        <v>997</v>
+      </c>
+      <c r="D346" s="2"/>
       <c r="E346" s="2" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="F346" s="2" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="G346" s="2"/>
       <c r="H346" s="2" t="s">
-        <v>199</v>
+        <v>18</v>
       </c>
       <c r="I346" s="3">
-        <v>11770678777</v>
+        <v>11950672295</v>
       </c>
       <c r="J346" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K346" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L346" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M346" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="347" spans="1:13">
       <c r="A347" s="1">
-        <v>85381081000012</v>
+        <v>88026483300018</v>
       </c>
       <c r="B347" s="2" t="s">
-        <v>111</v>
+        <v>14</v>
       </c>
       <c r="C347" s="2" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="D347" s="2"/>
       <c r="E347" s="2" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="F347" s="2" t="s">
-        <v>1001</v>
-[...1 lines deleted...]
-      <c r="G347" s="2" t="s">
         <v>1002</v>
       </c>
+      <c r="G347" s="2"/>
       <c r="H347" s="2" t="s">
-        <v>716</v>
-[...1 lines deleted...]
-      <c r="I347" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I347" s="3">
+        <v>11755986975</v>
+      </c>
       <c r="J347" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K347" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L347" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M347" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="348" spans="1:13">
       <c r="A348" s="1">
-        <v>87895457700010</v>
+        <v>88026596200014</v>
       </c>
       <c r="B348" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C348" s="2" t="s">
         <v>1003</v>
       </c>
       <c r="D348" s="2"/>
       <c r="E348" s="2" t="s">
         <v>1004</v>
       </c>
       <c r="F348" s="2" t="s">
         <v>1005</v>
       </c>
       <c r="G348" s="2"/>
       <c r="H348" s="2" t="s">
-        <v>199</v>
+        <v>364</v>
       </c>
       <c r="I348" s="3">
-        <v>76341070934</v>
+        <v>11941131994</v>
       </c>
       <c r="J348" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K348" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L348" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M348" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="349" spans="1:13">
       <c r="A349" s="1">
-        <v>88017873600018</v>
+        <v>88052003600026</v>
       </c>
       <c r="B349" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C349" s="2" t="s">
         <v>1006</v>
       </c>
       <c r="D349" s="2"/>
       <c r="E349" s="2" t="s">
         <v>1007</v>
       </c>
       <c r="F349" s="2" t="s">
         <v>1008</v>
       </c>
       <c r="G349" s="2"/>
       <c r="H349" s="2" t="s">
-        <v>18</v>
+        <v>1009</v>
       </c>
       <c r="I349" s="3">
-        <v>11950672295</v>
+        <v>84260310826</v>
       </c>
       <c r="J349" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K349" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L349" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M349" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="350" spans="1:13">
       <c r="A350" s="1">
-        <v>88026483300018</v>
+        <v>88056615300016</v>
       </c>
       <c r="B350" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C350" s="2" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="D350" s="2"/>
       <c r="E350" s="2" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="F350" s="2" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="G350" s="2"/>
       <c r="H350" s="2" t="s">
-        <v>18</v>
+        <v>1013</v>
       </c>
       <c r="I350" s="3">
-        <v>11755986975</v>
+        <v>93830860683</v>
       </c>
       <c r="J350" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K350" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L350" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M350" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="351" spans="1:13">
       <c r="A351" s="1">
-        <v>88026596200014</v>
+        <v>88082255600010</v>
       </c>
       <c r="B351" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C351" s="2" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="D351" s="2"/>
       <c r="E351" s="2" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="F351" s="2" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="G351" s="2"/>
       <c r="H351" s="2" t="s">
-        <v>392</v>
+        <v>205</v>
       </c>
       <c r="I351" s="3">
-        <v>11941131994</v>
+        <v>11950692995</v>
       </c>
       <c r="J351" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K351" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L351" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M351" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="352" spans="1:13">
       <c r="A352" s="1">
-        <v>88052003600026</v>
+        <v>88181501300019</v>
       </c>
       <c r="B352" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C352" s="2" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
       <c r="D352" s="2"/>
       <c r="E352" s="2" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="F352" s="2" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="G352" s="2"/>
       <c r="H352" s="2" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="I352" s="3">
-        <v>84260310826</v>
+        <v>93132175813</v>
       </c>
       <c r="J352" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K352" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L352" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M352" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="353" spans="1:13">
       <c r="A353" s="1">
-        <v>88056615300016</v>
+        <v>88191620900029</v>
       </c>
       <c r="B353" s="2" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="C353" s="2" t="s">
-        <v>1019</v>
-[...1 lines deleted...]
-      <c r="D353" s="2"/>
+        <v>1021</v>
+      </c>
+      <c r="D353" s="2" t="s">
+        <v>1021</v>
+      </c>
       <c r="E353" s="2" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="F353" s="2" t="s">
-        <v>1021</v>
-[...1 lines deleted...]
-      <c r="G353" s="2"/>
+        <v>802</v>
+      </c>
+      <c r="G353" s="2" t="s">
+        <v>1023</v>
+      </c>
       <c r="H353" s="2" t="s">
-        <v>1022</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I353" s="3"/>
       <c r="J353" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K353" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L353" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M353" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="354" spans="1:13">
       <c r="A354" s="1">
-        <v>88082255600010</v>
+        <v>88205170900013</v>
       </c>
       <c r="B354" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C354" s="2" t="s">
-        <v>1023</v>
-[...1 lines deleted...]
-      <c r="D354" s="2"/>
+        <v>1024</v>
+      </c>
+      <c r="D354" s="2" t="s">
+        <v>1025</v>
+      </c>
       <c r="E354" s="2" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="F354" s="2" t="s">
-        <v>1025</v>
+        <v>756</v>
       </c>
       <c r="G354" s="2"/>
       <c r="H354" s="2" t="s">
-        <v>199</v>
+        <v>909</v>
       </c>
       <c r="I354" s="3">
-        <v>11950692995</v>
+        <v>11922374292</v>
       </c>
       <c r="J354" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K354" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L354" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M354" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="355" spans="1:13">
       <c r="A355" s="1">
-        <v>88181501300019</v>
+        <v>88217465900012</v>
       </c>
       <c r="B355" s="2" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="C355" s="2" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="D355" s="2"/>
       <c r="E355" s="2" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="F355" s="2" t="s">
-        <v>1028</v>
-[...1 lines deleted...]
-      <c r="G355" s="2"/>
+        <v>1029</v>
+      </c>
+      <c r="G355" s="2" t="s">
+        <v>1030</v>
+      </c>
       <c r="H355" s="2" t="s">
-        <v>1029</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I355" s="3"/>
       <c r="J355" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K355" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L355" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M355" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="356" spans="1:13">
       <c r="A356" s="1">
-        <v>88191620900029</v>
+        <v>88311609700014</v>
       </c>
       <c r="B356" s="2" t="s">
-        <v>111</v>
+        <v>14</v>
       </c>
       <c r="C356" s="2" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="D356" s="2" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="E356" s="2" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="F356" s="2" t="s">
-        <v>812</v>
-[...3 lines deleted...]
-      </c>
+        <v>1034</v>
+      </c>
+      <c r="G356" s="2"/>
       <c r="H356" s="2" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="I356" s="3"/>
+        <v>364</v>
+      </c>
+      <c r="I356" s="3">
+        <v>93830608583</v>
+      </c>
       <c r="J356" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K356" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L356" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M356" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="357" spans="1:13">
       <c r="A357" s="1">
-        <v>88205170900013</v>
+        <v>88407991400021</v>
       </c>
       <c r="B357" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C357" s="2" t="s">
-        <v>1033</v>
-[...3 lines deleted...]
-      </c>
+        <v>1035</v>
+      </c>
+      <c r="D357" s="2"/>
       <c r="E357" s="2" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="F357" s="2" t="s">
-        <v>766</v>
+        <v>1037</v>
       </c>
       <c r="G357" s="2"/>
       <c r="H357" s="2" t="s">
-        <v>919</v>
+        <v>18</v>
       </c>
       <c r="I357" s="3">
-        <v>11922374292</v>
+        <v>11941336294</v>
       </c>
       <c r="J357" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K357" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L357" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M357" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="358" spans="1:13">
       <c r="A358" s="1">
-        <v>88217465900012</v>
+        <v>88418024100017</v>
       </c>
       <c r="B358" s="2" t="s">
-        <v>111</v>
+        <v>14</v>
       </c>
       <c r="C358" s="2" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="D358" s="2"/>
       <c r="E358" s="2" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="F358" s="2" t="s">
-        <v>1038</v>
-[...3 lines deleted...]
-      </c>
+        <v>1040</v>
+      </c>
+      <c r="G358" s="2"/>
       <c r="H358" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I358" s="3"/>
+      <c r="I358" s="3">
+        <v>11941028994</v>
+      </c>
       <c r="J358" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K358" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L358" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M358" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="359" spans="1:13">
       <c r="A359" s="1">
-        <v>88311609700014</v>
+        <v>88424030000019</v>
       </c>
       <c r="B359" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C359" s="2" t="s">
-        <v>1040</v>
-[...1 lines deleted...]
-      <c r="D359" s="2" t="s">
         <v>1041</v>
       </c>
+      <c r="D359" s="2"/>
       <c r="E359" s="2" t="s">
         <v>1042</v>
       </c>
       <c r="F359" s="2" t="s">
-        <v>1043</v>
+        <v>276</v>
       </c>
       <c r="G359" s="2"/>
       <c r="H359" s="2" t="s">
-        <v>392</v>
+        <v>18</v>
       </c>
       <c r="I359" s="3">
-        <v>93830608583</v>
+        <v>44680306368</v>
       </c>
       <c r="J359" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K359" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L359" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M359" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="360" spans="1:13">
       <c r="A360" s="1">
-        <v>88407991400021</v>
+        <v>88454931200012</v>
       </c>
       <c r="B360" s="2" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="C360" s="2" t="s">
-        <v>1044</v>
+        <v>1043</v>
       </c>
       <c r="D360" s="2"/>
       <c r="E360" s="2" t="s">
+        <v>1044</v>
+      </c>
+      <c r="F360" s="2" t="s">
         <v>1045</v>
       </c>
-      <c r="F360" s="2" t="s">
+      <c r="G360" s="2" t="s">
         <v>1046</v>
       </c>
-      <c r="G360" s="2"/>
       <c r="H360" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>364</v>
+      </c>
+      <c r="I360" s="3"/>
       <c r="J360" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K360" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L360" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M360" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="361" spans="1:13">
       <c r="A361" s="1">
-        <v>88418024100017</v>
+        <v>88482527400035</v>
       </c>
       <c r="B361" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C361" s="2" t="s">
         <v>1047</v>
       </c>
       <c r="D361" s="2"/>
       <c r="E361" s="2" t="s">
         <v>1048</v>
       </c>
       <c r="F361" s="2" t="s">
-        <v>1049</v>
+        <v>925</v>
       </c>
       <c r="G361" s="2"/>
       <c r="H361" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>205</v>
+      </c>
+      <c r="I361" s="3"/>
       <c r="J361" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K361" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L361" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M361" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="362" spans="1:13">
       <c r="A362" s="1">
-        <v>88424030000019</v>
+        <v>88522131700013</v>
       </c>
       <c r="B362" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C362" s="2" t="s">
-        <v>1050</v>
+        <v>1049</v>
       </c>
       <c r="D362" s="2"/>
       <c r="E362" s="2" t="s">
+        <v>1050</v>
+      </c>
+      <c r="F362" s="2" t="s">
         <v>1051</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
       <c r="G362" s="2"/>
       <c r="H362" s="2" t="s">
-        <v>18</v>
+        <v>205</v>
       </c>
       <c r="I362" s="3">
-        <v>44680306368</v>
+        <v>11756149575</v>
       </c>
       <c r="J362" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K362" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L362" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M362" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="363" spans="1:13">
       <c r="A363" s="1">
-        <v>88454931200012</v>
+        <v>88834517000011</v>
       </c>
       <c r="B363" s="2" t="s">
-        <v>111</v>
+        <v>14</v>
       </c>
       <c r="C363" s="2" t="s">
         <v>1052</v>
       </c>
       <c r="D363" s="2"/>
       <c r="E363" s="2" t="s">
         <v>1053</v>
       </c>
       <c r="F363" s="2" t="s">
         <v>1054</v>
       </c>
-      <c r="G363" s="2" t="s">
+      <c r="G363" s="2"/>
+      <c r="H363" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I363" s="3" t="s">
         <v>1055</v>
       </c>
-      <c r="H363" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I363" s="3"/>
       <c r="J363" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K363" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L363" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M363" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="364" spans="1:13">
       <c r="A364" s="1">
         <v>88860383400019</v>
       </c>
       <c r="B364" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C364" s="2" t="s">
         <v>1056</v>
       </c>
       <c r="D364" s="2"/>
       <c r="E364" s="2" t="s">
         <v>1057</v>
       </c>
       <c r="F364" s="2" t="s">
         <v>1058</v>
       </c>
       <c r="G364" s="2"/>
       <c r="H364" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I364" s="3">
         <v>53991126435</v>
@@ -19287,54 +19287,54 @@
       <c r="J364" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K364" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L364" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M364" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="365" spans="1:13">
       <c r="A365" s="1">
         <v>88889101700020</v>
       </c>
       <c r="B365" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C365" s="2" t="s">
         <v>1059</v>
       </c>
       <c r="D365" s="2"/>
       <c r="E365" s="2" t="s">
-        <v>986</v>
+        <v>977</v>
       </c>
       <c r="F365" s="2" t="s">
-        <v>917</v>
+        <v>907</v>
       </c>
       <c r="G365" s="2"/>
       <c r="H365" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I365" s="3">
         <v>11756097375</v>
       </c>
       <c r="J365" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K365" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L365" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M365" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="366" spans="1:13">
       <c r="A366" s="1">
         <v>88912886400010</v>
       </c>
@@ -19364,91 +19364,91 @@
       <c r="K366" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L366" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M366" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="367" spans="1:13">
       <c r="A367" s="1">
         <v>88915378900017</v>
       </c>
       <c r="B367" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C367" s="2" t="s">
         <v>1063</v>
       </c>
       <c r="D367" s="2"/>
       <c r="E367" s="2" t="s">
         <v>1064</v>
       </c>
       <c r="F367" s="2" t="s">
-        <v>320</v>
+        <v>276</v>
       </c>
       <c r="G367" s="2"/>
       <c r="H367" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I367" s="3">
         <v>11922354792</v>
       </c>
       <c r="J367" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K367" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L367" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M367" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="368" spans="1:13">
       <c r="A368" s="1">
         <v>88927033600015</v>
       </c>
       <c r="B368" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C368" s="2" t="s">
         <v>1065</v>
       </c>
       <c r="D368" s="2"/>
       <c r="E368" s="2" t="s">
         <v>1066</v>
       </c>
       <c r="F368" s="2" t="s">
-        <v>320</v>
+        <v>276</v>
       </c>
       <c r="G368" s="2" t="s">
-        <v>864</v>
+        <v>854</v>
       </c>
       <c r="H368" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I368" s="3"/>
       <c r="J368" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K368" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L368" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M368" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="369" spans="1:13">
       <c r="A369" s="1">
         <v>88931076900019</v>
       </c>
       <c r="B369" s="2" t="s">
         <v>111</v>
       </c>
@@ -19516,51 +19516,51 @@
         <v>21</v>
       </c>
       <c r="M370" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="371" spans="1:13">
       <c r="A371" s="1">
         <v>88956634500019</v>
       </c>
       <c r="B371" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C371" s="2" t="s">
         <v>1075</v>
       </c>
       <c r="D371" s="2"/>
       <c r="E371" s="2" t="s">
         <v>1076</v>
       </c>
       <c r="F371" s="2" t="s">
         <v>1077</v>
       </c>
       <c r="G371" s="2"/>
       <c r="H371" s="2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I371" s="3">
         <v>11756106075</v>
       </c>
       <c r="J371" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K371" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L371" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M371" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="372" spans="1:13">
       <c r="A372" s="1">
         <v>88973567600013</v>
       </c>
       <c r="B372" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C372" s="2" t="s">
@@ -19586,51 +19586,51 @@
       <c r="K372" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L372" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M372" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="373" spans="1:13">
       <c r="A373" s="1">
         <v>88975805800016</v>
       </c>
       <c r="B373" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C373" s="2" t="s">
         <v>1081</v>
       </c>
       <c r="D373" s="2"/>
       <c r="E373" s="2" t="s">
         <v>1082</v>
       </c>
       <c r="F373" s="2" t="s">
-        <v>320</v>
+        <v>276</v>
       </c>
       <c r="G373" s="2"/>
       <c r="H373" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I373" s="3">
         <v>11922395192</v>
       </c>
       <c r="J373" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K373" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L373" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M373" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="374" spans="1:13">
       <c r="A374" s="1">
         <v>89030380300013</v>
       </c>
@@ -19664,51 +19664,51 @@
         <v>21</v>
       </c>
       <c r="M374" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="375" spans="1:13">
       <c r="A375" s="1">
         <v>89034821200022</v>
       </c>
       <c r="B375" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C375" s="2" t="s">
         <v>1086</v>
       </c>
       <c r="D375" s="2"/>
       <c r="E375" s="2" t="s">
         <v>1087</v>
       </c>
       <c r="F375" s="2" t="s">
         <v>1088</v>
       </c>
       <c r="G375" s="2"/>
       <c r="H375" s="2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I375" s="3"/>
       <c r="J375" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K375" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L375" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M375" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="376" spans="1:13">
       <c r="A376" s="1">
         <v>89043712200033</v>
       </c>
       <c r="B376" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C376" s="2" t="s">
         <v>1089</v>
       </c>
@@ -19810,88 +19810,88 @@
       <c r="M378" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="379" spans="1:13">
       <c r="A379" s="1">
         <v>89090073100021</v>
       </c>
       <c r="B379" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C379" s="2" t="s">
         <v>1099</v>
       </c>
       <c r="D379" s="2" t="s">
         <v>1100</v>
       </c>
       <c r="E379" s="2" t="s">
         <v>1076</v>
       </c>
       <c r="F379" s="2" t="s">
         <v>1101</v>
       </c>
       <c r="G379" s="2"/>
       <c r="H379" s="2" t="s">
-        <v>364</v>
+        <v>336</v>
       </c>
       <c r="I379" s="3">
         <v>11922393792</v>
       </c>
       <c r="J379" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K379" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L379" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M379" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="380" spans="1:13">
       <c r="A380" s="1">
         <v>89090231500013</v>
       </c>
       <c r="B380" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C380" s="2" t="s">
         <v>1102</v>
       </c>
       <c r="D380" s="2"/>
       <c r="E380" s="2" t="s">
         <v>1103</v>
       </c>
       <c r="F380" s="2" t="s">
-        <v>712</v>
+        <v>702</v>
       </c>
       <c r="G380" s="2"/>
       <c r="H380" s="2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I380" s="3">
         <v>11756137475</v>
       </c>
       <c r="J380" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K380" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L380" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M380" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="381" spans="1:13">
       <c r="A381" s="1">
         <v>89106648200011</v>
       </c>
       <c r="B381" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C381" s="2" t="s">
@@ -20141,94 +20141,94 @@
       <c r="K387" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L387" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M387" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="388" spans="1:13">
       <c r="A388" s="1">
         <v>89236931500015</v>
       </c>
       <c r="B388" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C388" s="2" t="s">
         <v>1127</v>
       </c>
       <c r="D388" s="2"/>
       <c r="E388" s="2" t="s">
         <v>1128</v>
       </c>
       <c r="F388" s="2" t="s">
-        <v>726</v>
+        <v>716</v>
       </c>
       <c r="G388" s="2"/>
       <c r="H388" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I388" s="3">
         <v>93061170906</v>
       </c>
       <c r="J388" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K388" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L388" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M388" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="389" spans="1:13">
       <c r="A389" s="1">
         <v>89296211900012</v>
       </c>
       <c r="B389" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C389" s="2" t="s">
         <v>1129</v>
       </c>
       <c r="D389" s="2"/>
       <c r="E389" s="2" t="s">
         <v>1130</v>
       </c>
       <c r="F389" s="2" t="s">
         <v>1131</v>
       </c>
       <c r="G389" s="2" t="s">
         <v>1132</v>
       </c>
       <c r="H389" s="2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I389" s="3"/>
       <c r="J389" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K389" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L389" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M389" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="390" spans="1:13">
       <c r="A390" s="1">
         <v>89300826800011</v>
       </c>
       <c r="B390" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C390" s="2" t="s">
         <v>1133</v>
       </c>
@@ -20289,92 +20289,92 @@
       <c r="K391" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L391" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M391" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="392" spans="1:13">
       <c r="A392" s="1">
         <v>89375780700035</v>
       </c>
       <c r="B392" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C392" s="2" t="s">
         <v>1138</v>
       </c>
       <c r="D392" s="2"/>
       <c r="E392" s="2" t="s">
         <v>1139</v>
       </c>
       <c r="F392" s="2" t="s">
-        <v>241</v>
+        <v>443</v>
       </c>
       <c r="G392" s="2"/>
       <c r="H392" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I392" s="3">
         <v>11756184475</v>
       </c>
       <c r="J392" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K392" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L392" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M392" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="393" spans="1:13">
       <c r="A393" s="1">
         <v>89376000900033</v>
       </c>
       <c r="B393" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C393" s="2" t="s">
         <v>1140</v>
       </c>
       <c r="D393" s="2"/>
       <c r="E393" s="2" t="s">
         <v>1141</v>
       </c>
       <c r="F393" s="2" t="s">
-        <v>492</v>
+        <v>470</v>
       </c>
       <c r="G393" s="2"/>
       <c r="H393" s="2" t="s">
-        <v>716</v>
+        <v>706</v>
       </c>
       <c r="I393" s="3">
         <v>11770793577</v>
       </c>
       <c r="J393" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K393" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L393" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M393" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="394" spans="1:13">
       <c r="A394" s="1">
         <v>89427013100010</v>
       </c>
       <c r="B394" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C394" s="2" t="s">
@@ -20478,127 +20478,127 @@
         <v>21</v>
       </c>
       <c r="M396" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="397" spans="1:13">
       <c r="A397" s="1">
         <v>89452042800018</v>
       </c>
       <c r="B397" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C397" s="2" t="s">
         <v>1151</v>
       </c>
       <c r="D397" s="2"/>
       <c r="E397" s="2" t="s">
         <v>1152</v>
       </c>
       <c r="F397" s="2" t="s">
         <v>1153</v>
       </c>
       <c r="G397" s="2"/>
       <c r="H397" s="2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I397" s="3">
         <v>93131886813</v>
       </c>
       <c r="J397" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K397" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L397" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M397" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="398" spans="1:13">
       <c r="A398" s="1">
         <v>89459430800013</v>
       </c>
       <c r="B398" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C398" s="2" t="s">
         <v>1154</v>
       </c>
       <c r="D398" s="2"/>
       <c r="E398" s="2" t="s">
         <v>1155</v>
       </c>
       <c r="F398" s="2" t="s">
         <v>1101</v>
       </c>
       <c r="G398" s="2"/>
       <c r="H398" s="2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I398" s="3">
         <v>11756249675</v>
       </c>
       <c r="J398" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K398" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L398" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M398" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="399" spans="1:13">
       <c r="A399" s="1">
         <v>89468769800015</v>
       </c>
       <c r="B399" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C399" s="2" t="s">
         <v>1156</v>
       </c>
       <c r="D399" s="2"/>
       <c r="E399" s="2" t="s">
         <v>1157</v>
       </c>
       <c r="F399" s="2" t="s">
         <v>1158</v>
       </c>
       <c r="G399" s="2" t="s">
         <v>1159</v>
       </c>
       <c r="H399" s="2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I399" s="3"/>
       <c r="J399" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K399" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L399" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M399" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="400" spans="1:13">
       <c r="A400" s="1">
         <v>89511974100026</v>
       </c>
       <c r="B400" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C400" s="2" t="s">
         <v>1160</v>
       </c>
@@ -20737,124 +20737,124 @@
         <v>20</v>
       </c>
       <c r="M403" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="404" spans="1:13">
       <c r="A404" s="1">
         <v>89518621100036</v>
       </c>
       <c r="B404" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C404" s="2" t="s">
         <v>1169</v>
       </c>
       <c r="D404" s="2"/>
       <c r="E404" s="2" t="s">
         <v>1173</v>
       </c>
       <c r="F404" s="2" t="s">
         <v>1171</v>
       </c>
       <c r="G404" s="2"/>
       <c r="H404" s="2" t="s">
-        <v>368</v>
+        <v>340</v>
       </c>
       <c r="I404" s="3">
         <v>11930934893</v>
       </c>
       <c r="J404" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K404" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L404" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M404" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="405" spans="1:13">
       <c r="A405" s="1">
         <v>89739259300017</v>
       </c>
       <c r="B405" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C405" s="2" t="s">
         <v>1174</v>
       </c>
       <c r="D405" s="2"/>
       <c r="E405" s="2" t="s">
         <v>1175</v>
       </c>
       <c r="F405" s="2" t="s">
         <v>1176</v>
       </c>
       <c r="G405" s="2"/>
       <c r="H405" s="2" t="s">
-        <v>392</v>
+        <v>364</v>
       </c>
       <c r="I405" s="3">
         <v>11922396592</v>
       </c>
       <c r="J405" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K405" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L405" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M405" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="406" spans="1:13">
       <c r="A406" s="1">
         <v>89762308800019</v>
       </c>
       <c r="B406" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C406" s="2" t="s">
         <v>1177</v>
       </c>
       <c r="D406" s="2"/>
       <c r="E406" s="2" t="s">
         <v>1178</v>
       </c>
       <c r="F406" s="2" t="s">
         <v>1168</v>
       </c>
       <c r="G406" s="2" t="s">
-        <v>372</v>
+        <v>344</v>
       </c>
       <c r="H406" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I406" s="3"/>
       <c r="J406" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K406" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L406" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M406" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="407" spans="1:13">
       <c r="A407" s="1">
         <v>89792639000013</v>
       </c>
       <c r="B407" s="2" t="s">
         <v>14</v>
       </c>
@@ -20887,125 +20887,125 @@
       <c r="M407" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="408" spans="1:13">
       <c r="A408" s="1">
         <v>89800982400019</v>
       </c>
       <c r="B408" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C408" s="2" t="s">
         <v>1181</v>
       </c>
       <c r="D408" s="2"/>
       <c r="E408" s="2" t="s">
         <v>1182</v>
       </c>
       <c r="F408" s="2" t="s">
         <v>1183</v>
       </c>
       <c r="G408" s="2" t="s">
         <v>1184</v>
       </c>
       <c r="H408" s="2" t="s">
-        <v>392</v>
+        <v>364</v>
       </c>
       <c r="I408" s="3"/>
       <c r="J408" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K408" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L408" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M408" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="409" spans="1:13">
       <c r="A409" s="1">
         <v>89834523600019</v>
       </c>
       <c r="B409" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C409" s="2" t="s">
         <v>1185</v>
       </c>
       <c r="D409" s="2"/>
       <c r="E409" s="2" t="s">
         <v>1186</v>
       </c>
       <c r="F409" s="2" t="s">
         <v>1168</v>
       </c>
       <c r="G409" s="2"/>
       <c r="H409" s="2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I409" s="3">
         <v>11941074994</v>
       </c>
       <c r="J409" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K409" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L409" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M409" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="410" spans="1:13">
       <c r="A410" s="1">
         <v>89837669400011</v>
       </c>
       <c r="B410" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C410" s="2" t="s">
         <v>1187</v>
       </c>
       <c r="D410" s="2" t="s">
         <v>1187</v>
       </c>
       <c r="E410" s="2" t="s">
         <v>1188</v>
       </c>
       <c r="F410" s="2" t="s">
         <v>1189</v>
       </c>
       <c r="G410" s="2"/>
       <c r="H410" s="2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I410" s="3">
         <v>84691843869</v>
       </c>
       <c r="J410" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K410" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L410" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M410" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="411" spans="1:13">
       <c r="A411" s="1">
         <v>89847054700016</v>
       </c>
       <c r="B411" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C411" s="2" t="s">
@@ -21068,55 +21068,55 @@
       <c r="K412" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L412" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M412" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="413" spans="1:13">
       <c r="A413" s="1">
         <v>89855277300019</v>
       </c>
       <c r="B413" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C413" s="2" t="s">
         <v>1196</v>
       </c>
       <c r="D413" s="2"/>
       <c r="E413" s="2" t="s">
         <v>1197</v>
       </c>
       <c r="F413" s="2" t="s">
-        <v>521</v>
+        <v>503</v>
       </c>
       <c r="G413" s="2"/>
       <c r="H413" s="2" t="s">
-        <v>716</v>
+        <v>706</v>
       </c>
       <c r="I413" s="3">
         <v>11756298375</v>
       </c>
       <c r="J413" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K413" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L413" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M413" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="414" spans="1:13">
       <c r="A414" s="1">
         <v>89861301300017</v>
       </c>
       <c r="B414" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C414" s="2" t="s">
@@ -21328,51 +21328,51 @@
       </c>
       <c r="K419" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L419" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M419" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="420" spans="1:13">
       <c r="A420" s="1">
         <v>89953336800028</v>
       </c>
       <c r="B420" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C420" s="2" t="s">
         <v>1215</v>
       </c>
       <c r="D420" s="2" t="s">
         <v>1215</v>
       </c>
       <c r="E420" s="2" t="s">
-        <v>910</v>
+        <v>900</v>
       </c>
       <c r="F420" s="2" t="s">
         <v>1216</v>
       </c>
       <c r="G420" s="2"/>
       <c r="H420" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I420" s="3">
         <v>53560982956</v>
       </c>
       <c r="J420" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K420" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L420" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M420" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="421" spans="1:13">
@@ -21409,164 +21409,164 @@
         <v>21</v>
       </c>
       <c r="M421" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="422" spans="1:13">
       <c r="A422" s="1">
         <v>90003124600011</v>
       </c>
       <c r="B422" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C422" s="2" t="s">
         <v>1220</v>
       </c>
       <c r="D422" s="2"/>
       <c r="E422" s="2" t="s">
         <v>1221</v>
       </c>
       <c r="F422" s="2" t="s">
         <v>1222</v>
       </c>
       <c r="G422" s="2"/>
       <c r="H422" s="2" t="s">
-        <v>392</v>
+        <v>364</v>
       </c>
       <c r="I422" s="3">
         <v>24370425737</v>
       </c>
       <c r="J422" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K422" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L422" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M422" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="423" spans="1:13">
       <c r="A423" s="1">
         <v>90010707900015</v>
       </c>
       <c r="B423" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C423" s="2" t="s">
         <v>1223</v>
       </c>
       <c r="D423" s="2"/>
       <c r="E423" s="2" t="s">
         <v>1224</v>
       </c>
       <c r="F423" s="2" t="s">
         <v>1222</v>
       </c>
       <c r="G423" s="2"/>
       <c r="H423" s="2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I423" s="3">
         <v>11756555375</v>
       </c>
       <c r="J423" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K423" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L423" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M423" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="424" spans="1:13">
       <c r="A424" s="1">
         <v>90031592000018</v>
       </c>
       <c r="B424" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C424" s="2" t="s">
         <v>1225</v>
       </c>
       <c r="D424" s="2"/>
       <c r="E424" s="2" t="s">
         <v>1226</v>
       </c>
       <c r="F424" s="2" t="s">
         <v>1227</v>
       </c>
       <c r="G424" s="2" t="s">
         <v>1228</v>
       </c>
       <c r="H424" s="2" t="s">
-        <v>392</v>
+        <v>364</v>
       </c>
       <c r="I424" s="3"/>
       <c r="J424" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K424" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L424" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M424" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="425" spans="1:13">
       <c r="A425" s="1">
         <v>90031592000026</v>
       </c>
       <c r="B425" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C425" s="2" t="s">
         <v>1225</v>
       </c>
       <c r="D425" s="2"/>
       <c r="E425" s="2" t="s">
         <v>1229</v>
       </c>
       <c r="F425" s="2" t="s">
         <v>1230</v>
       </c>
       <c r="G425" s="2" t="s">
         <v>1231</v>
       </c>
       <c r="H425" s="2" t="s">
-        <v>392</v>
+        <v>364</v>
       </c>
       <c r="I425" s="3"/>
       <c r="J425" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K425" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L425" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M425" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="426" spans="1:13">
       <c r="A426" s="1">
         <v>90038392800026</v>
       </c>
       <c r="B426" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C426" s="2" t="s">
         <v>1232</v>
       </c>
@@ -21631,51 +21631,51 @@
         <v>21</v>
       </c>
       <c r="M427" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="428" spans="1:13">
       <c r="A428" s="1">
         <v>90046685500013</v>
       </c>
       <c r="B428" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C428" s="2" t="s">
         <v>1239</v>
       </c>
       <c r="D428" s="2"/>
       <c r="E428" s="2" t="s">
         <v>1240</v>
       </c>
       <c r="F428" s="2" t="s">
         <v>1238</v>
       </c>
       <c r="G428" s="2"/>
       <c r="H428" s="2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I428" s="3">
         <v>11756368375</v>
       </c>
       <c r="J428" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K428" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L428" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M428" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="429" spans="1:13">
       <c r="A429" s="1">
         <v>90051094200015</v>
       </c>
       <c r="B429" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C429" s="2" t="s">
@@ -21816,86 +21816,86 @@
         <v>21</v>
       </c>
       <c r="M432" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="433" spans="1:13">
       <c r="A433" s="1">
         <v>90158466400014</v>
       </c>
       <c r="B433" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C433" s="2" t="s">
         <v>1254</v>
       </c>
       <c r="D433" s="2"/>
       <c r="E433" s="2" t="s">
         <v>1255</v>
       </c>
       <c r="F433" s="2" t="s">
         <v>1256</v>
       </c>
       <c r="G433" s="2"/>
       <c r="H433" s="2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I433" s="3">
         <v>11930938493</v>
       </c>
       <c r="J433" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K433" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L433" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M433" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="434" spans="1:13">
       <c r="A434" s="1">
         <v>90181424400017</v>
       </c>
       <c r="B434" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C434" s="2" t="s">
         <v>1257</v>
       </c>
       <c r="D434" s="2" t="s">
         <v>1257</v>
       </c>
       <c r="E434" s="2" t="s">
         <v>1258</v>
       </c>
       <c r="F434" s="2" t="s">
-        <v>746</v>
+        <v>736</v>
       </c>
       <c r="G434" s="2" t="s">
         <v>1259</v>
       </c>
       <c r="H434" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I434" s="3"/>
       <c r="J434" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K434" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L434" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M434" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="435" spans="1:13">
       <c r="A435" s="1">
         <v>90183253500016</v>
       </c>
@@ -21922,58 +21922,58 @@
       <c r="J435" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K435" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L435" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M435" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="436" spans="1:13">
       <c r="A436" s="1">
         <v>90187198800027</v>
       </c>
       <c r="B436" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C436" s="2" t="s">
         <v>1263</v>
       </c>
       <c r="D436" s="2"/>
       <c r="E436" s="2" t="s">
-        <v>895</v>
+        <v>885</v>
       </c>
       <c r="F436" s="2" t="s">
-        <v>254</v>
+        <v>210</v>
       </c>
       <c r="G436" s="2"/>
       <c r="H436" s="2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I436" s="3">
         <v>84691889869</v>
       </c>
       <c r="J436" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K436" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L436" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M436" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="437" spans="1:13">
       <c r="A437" s="1">
         <v>90216372400013</v>
       </c>
       <c r="B437" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C437" s="2" t="s">
@@ -22003,51 +22003,51 @@
         <v>21</v>
       </c>
       <c r="M437" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="438" spans="1:13">
       <c r="A438" s="1">
         <v>90222643000012</v>
       </c>
       <c r="B438" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C438" s="2" t="s">
         <v>1267</v>
       </c>
       <c r="D438" s="2"/>
       <c r="E438" s="2" t="s">
         <v>1268</v>
       </c>
       <c r="F438" s="2" t="s">
         <v>1269</v>
       </c>
       <c r="G438" s="2"/>
       <c r="H438" s="2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I438" s="3">
         <v>32600379060</v>
       </c>
       <c r="J438" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K438" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L438" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M438" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="439" spans="1:13">
       <c r="A439" s="1">
         <v>90226165000029</v>
       </c>
       <c r="B439" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C439" s="2" t="s">
@@ -22077,51 +22077,51 @@
         <v>21</v>
       </c>
       <c r="M439" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="440" spans="1:13">
       <c r="A440" s="1">
         <v>90233439000017</v>
       </c>
       <c r="B440" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C440" s="2" t="s">
         <v>1273</v>
       </c>
       <c r="D440" s="2"/>
       <c r="E440" s="2" t="s">
         <v>1274</v>
       </c>
       <c r="F440" s="2" t="s">
         <v>1275</v>
       </c>
       <c r="G440" s="2"/>
       <c r="H440" s="2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I440" s="3">
         <v>11941085294</v>
       </c>
       <c r="J440" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K440" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L440" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M440" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="441" spans="1:13">
       <c r="A441" s="1">
         <v>90241679100017</v>
       </c>
       <c r="B441" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C441" s="2" t="s">
@@ -22141,134 +22141,134 @@
       <c r="I441" s="3"/>
       <c r="J441" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K441" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L441" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M441" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="442" spans="1:13">
       <c r="A442" s="1">
         <v>90242714500013</v>
       </c>
       <c r="B442" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C442" s="2" t="s">
         <v>1279</v>
       </c>
       <c r="D442" s="2" t="s">
-        <v>495</v>
+        <v>473</v>
       </c>
       <c r="E442" s="2" t="s">
         <v>1280</v>
       </c>
       <c r="F442" s="2" t="s">
-        <v>634</v>
+        <v>621</v>
       </c>
       <c r="G442" s="2"/>
       <c r="H442" s="2" t="s">
-        <v>392</v>
+        <v>364</v>
       </c>
       <c r="I442" s="3">
         <v>11756333675</v>
       </c>
       <c r="J442" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K442" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L442" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M442" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="443" spans="1:13">
       <c r="A443" s="1">
         <v>90251746500016</v>
       </c>
       <c r="B443" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C443" s="2" t="s">
         <v>1281</v>
       </c>
       <c r="D443" s="2"/>
       <c r="E443" s="2" t="s">
         <v>1282</v>
       </c>
       <c r="F443" s="2" t="s">
         <v>1283</v>
       </c>
       <c r="G443" s="2"/>
       <c r="H443" s="2" t="s">
-        <v>392</v>
+        <v>364</v>
       </c>
       <c r="I443" s="3">
         <v>11950738295</v>
       </c>
       <c r="J443" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K443" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L443" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M443" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="444" spans="1:13">
       <c r="A444" s="1">
         <v>90261357900017</v>
       </c>
       <c r="B444" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C444" s="2" t="s">
         <v>1284</v>
       </c>
       <c r="D444" s="2"/>
       <c r="E444" s="2" t="s">
         <v>1285</v>
       </c>
       <c r="F444" s="2" t="s">
         <v>1286</v>
       </c>
       <c r="G444" s="2" t="s">
-        <v>1039</v>
+        <v>1030</v>
       </c>
       <c r="H444" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I444" s="3"/>
       <c r="J444" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K444" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L444" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M444" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="445" spans="1:13">
       <c r="A445" s="1">
         <v>90269572500017</v>
       </c>
       <c r="B445" s="2" t="s">
         <v>14</v>
       </c>
@@ -22373,51 +22373,51 @@
         <v>21</v>
       </c>
       <c r="M447" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="448" spans="1:13">
       <c r="A448" s="1">
         <v>90313054000011</v>
       </c>
       <c r="B448" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C448" s="2" t="s">
         <v>1297</v>
       </c>
       <c r="D448" s="2"/>
       <c r="E448" s="2" t="s">
         <v>1197</v>
       </c>
       <c r="F448" s="2" t="s">
         <v>1298</v>
       </c>
       <c r="G448" s="2"/>
       <c r="H448" s="2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I448" s="3">
         <v>11756347775</v>
       </c>
       <c r="J448" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K448" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L448" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M448" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="449" spans="1:13">
       <c r="A449" s="1">
         <v>90322375800017</v>
       </c>
       <c r="B449" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C449" s="2" t="s">
@@ -22555,51 +22555,51 @@
       <c r="L452" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M452" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="453" spans="1:13">
       <c r="A453" s="1">
         <v>90355382400017</v>
       </c>
       <c r="B453" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C453" s="2" t="s">
         <v>1310</v>
       </c>
       <c r="D453" s="2"/>
       <c r="E453" s="2" t="s">
         <v>1311</v>
       </c>
       <c r="F453" s="2" t="s">
         <v>1309</v>
       </c>
       <c r="G453" s="2" t="s">
-        <v>1002</v>
+        <v>993</v>
       </c>
       <c r="H453" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I453" s="3"/>
       <c r="J453" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K453" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L453" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M453" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="454" spans="1:13">
       <c r="A454" s="1">
         <v>90356663600010</v>
       </c>
       <c r="B454" s="2" t="s">
         <v>111</v>
       </c>
@@ -22628,92 +22628,92 @@
       <c r="K454" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L454" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M454" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="455" spans="1:13">
       <c r="A455" s="1">
         <v>90376462900015</v>
       </c>
       <c r="B455" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C455" s="2" t="s">
         <v>1315</v>
       </c>
       <c r="D455" s="2"/>
       <c r="E455" s="2" t="s">
         <v>1316</v>
       </c>
       <c r="F455" s="2" t="s">
-        <v>687</v>
+        <v>677</v>
       </c>
       <c r="G455" s="2" t="s">
         <v>1317</v>
       </c>
       <c r="H455" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I455" s="3"/>
       <c r="J455" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K455" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L455" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M455" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="456" spans="1:13">
       <c r="A456" s="1">
         <v>90391487700027</v>
       </c>
       <c r="B456" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C456" s="2" t="s">
         <v>1318</v>
       </c>
       <c r="D456" s="2"/>
       <c r="E456" s="2" t="s">
         <v>1319</v>
       </c>
       <c r="F456" s="2" t="s">
         <v>1320</v>
       </c>
       <c r="G456" s="2"/>
       <c r="H456" s="2" t="s">
-        <v>392</v>
+        <v>364</v>
       </c>
       <c r="I456" s="3">
         <v>11930912093</v>
       </c>
       <c r="J456" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K456" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L456" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M456" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="457" spans="1:13">
       <c r="A457" s="1">
         <v>90417459600018</v>
       </c>
       <c r="B457" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C457" s="2" t="s">
@@ -22813,51 +22813,51 @@
       <c r="K459" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L459" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M459" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="460" spans="1:13">
       <c r="A460" s="1">
         <v>90467898400017</v>
       </c>
       <c r="B460" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C460" s="2" t="s">
         <v>1330</v>
       </c>
       <c r="D460" s="2"/>
       <c r="E460" s="2" t="s">
         <v>1331</v>
       </c>
       <c r="F460" s="2" t="s">
-        <v>523</v>
+        <v>505</v>
       </c>
       <c r="G460" s="2"/>
       <c r="H460" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I460" s="3">
         <v>11788530078</v>
       </c>
       <c r="J460" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K460" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L460" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M460" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="461" spans="1:13">
       <c r="A461" s="1">
         <v>90468475000014</v>
       </c>
@@ -22961,55 +22961,55 @@
       <c r="K463" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L463" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M463" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="464" spans="1:13">
       <c r="A464" s="1">
         <v>90495806300029</v>
       </c>
       <c r="B464" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C464" s="2" t="s">
         <v>1340</v>
       </c>
       <c r="D464" s="2"/>
       <c r="E464" s="2" t="s">
         <v>1341</v>
       </c>
       <c r="F464" s="2" t="s">
-        <v>220</v>
+        <v>302</v>
       </c>
       <c r="G464" s="2"/>
       <c r="H464" s="2" t="s">
-        <v>965</v>
+        <v>956</v>
       </c>
       <c r="I464" s="3">
         <v>84691913169</v>
       </c>
       <c r="J464" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K464" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L464" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M464" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="465" spans="1:13">
       <c r="A465" s="1">
         <v>90496466500015</v>
       </c>
       <c r="B465" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C465" s="2" t="s">
@@ -23076,51 +23076,51 @@
         <v>21</v>
       </c>
       <c r="M466" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="467" spans="1:13">
       <c r="A467" s="1">
         <v>90520134900016</v>
       </c>
       <c r="B467" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C467" s="2" t="s">
         <v>1347</v>
       </c>
       <c r="D467" s="2"/>
       <c r="E467" s="2" t="s">
         <v>1348</v>
       </c>
       <c r="F467" s="2" t="s">
         <v>1349</v>
       </c>
       <c r="G467" s="2"/>
       <c r="H467" s="2" t="s">
-        <v>392</v>
+        <v>364</v>
       </c>
       <c r="I467" s="3">
         <v>11756367775</v>
       </c>
       <c r="J467" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K467" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L467" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M467" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="468" spans="1:13">
       <c r="A468" s="1">
         <v>90520202400014</v>
       </c>
       <c r="B468" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C468" s="2" t="s">
@@ -23183,94 +23183,94 @@
       <c r="K469" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L469" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M469" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="470" spans="1:13">
       <c r="A470" s="1">
         <v>90539232000016</v>
       </c>
       <c r="B470" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C470" s="2" t="s">
         <v>1356</v>
       </c>
       <c r="D470" s="2"/>
       <c r="E470" s="2" t="s">
         <v>1357</v>
       </c>
       <c r="F470" s="2" t="s">
-        <v>687</v>
+        <v>677</v>
       </c>
       <c r="G470" s="2"/>
       <c r="H470" s="2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I470" s="3">
         <v>11930922093</v>
       </c>
       <c r="J470" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K470" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L470" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M470" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="471" spans="1:13">
       <c r="A471" s="1">
         <v>90747987700017</v>
       </c>
       <c r="B471" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C471" s="2" t="s">
         <v>1358</v>
       </c>
       <c r="D471" s="2"/>
       <c r="E471" s="2" t="s">
         <v>1359</v>
       </c>
       <c r="F471" s="2" t="s">
         <v>1162</v>
       </c>
       <c r="G471" s="2" t="s">
-        <v>1039</v>
+        <v>1030</v>
       </c>
       <c r="H471" s="2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I471" s="3"/>
       <c r="J471" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K471" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L471" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M471" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="472" spans="1:13">
       <c r="A472" s="1">
         <v>90761041400019</v>
       </c>
       <c r="B472" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C472" s="2" t="s">
         <v>1360</v>
       </c>
@@ -23294,51 +23294,51 @@
       <c r="K472" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L472" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M472" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="473" spans="1:13">
       <c r="A473" s="1">
         <v>90763069300014</v>
       </c>
       <c r="B473" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C473" s="2" t="s">
         <v>1364</v>
       </c>
       <c r="D473" s="2"/>
       <c r="E473" s="2" t="s">
         <v>1365</v>
       </c>
       <c r="F473" s="2" t="s">
-        <v>523</v>
+        <v>505</v>
       </c>
       <c r="G473" s="2"/>
       <c r="H473" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I473" s="3">
         <v>11922464892</v>
       </c>
       <c r="J473" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K473" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L473" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M473" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="474" spans="1:13">
       <c r="A474" s="1">
         <v>90765188900012</v>
       </c>
@@ -23372,51 +23372,51 @@
         <v>21</v>
       </c>
       <c r="M474" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="475" spans="1:13">
       <c r="A475" s="1">
         <v>90787643700027</v>
       </c>
       <c r="B475" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C475" s="2" t="s">
         <v>1369</v>
       </c>
       <c r="D475" s="2"/>
       <c r="E475" s="2" t="s">
         <v>1370</v>
       </c>
       <c r="F475" s="2" t="s">
         <v>1371</v>
       </c>
       <c r="G475" s="2"/>
       <c r="H475" s="2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I475" s="3">
         <v>32600380660</v>
       </c>
       <c r="J475" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K475" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L475" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M475" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="476" spans="1:13">
       <c r="A476" s="1">
         <v>90800847700014</v>
       </c>
       <c r="B476" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C476" s="2" t="s">
@@ -23446,124 +23446,124 @@
         <v>21</v>
       </c>
       <c r="M476" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="477" spans="1:13">
       <c r="A477" s="1">
         <v>90817892400019</v>
       </c>
       <c r="B477" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C477" s="2" t="s">
         <v>1374</v>
       </c>
       <c r="D477" s="2"/>
       <c r="E477" s="2" t="s">
         <v>1375</v>
       </c>
       <c r="F477" s="2" t="s">
         <v>1376</v>
       </c>
       <c r="G477" s="2"/>
       <c r="H477" s="2" t="s">
-        <v>1018</v>
+        <v>1009</v>
       </c>
       <c r="I477" s="3">
         <v>11941106294</v>
       </c>
       <c r="J477" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K477" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L477" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M477" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="478" spans="1:13">
       <c r="A478" s="1">
         <v>90819720500010</v>
       </c>
       <c r="B478" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C478" s="2" t="s">
         <v>1377</v>
       </c>
       <c r="D478" s="2"/>
       <c r="E478" s="2" t="s">
         <v>1378</v>
       </c>
       <c r="F478" s="2" t="s">
         <v>1379</v>
       </c>
       <c r="G478" s="2"/>
       <c r="H478" s="2" t="s">
-        <v>392</v>
+        <v>364</v>
       </c>
       <c r="I478" s="3">
         <v>11756395975</v>
       </c>
       <c r="J478" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K478" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L478" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M478" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="479" spans="1:13">
       <c r="A479" s="1">
         <v>90824967500012</v>
       </c>
       <c r="B479" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C479" s="2" t="s">
         <v>1380</v>
       </c>
       <c r="D479" s="2"/>
       <c r="E479" s="2" t="s">
         <v>1381</v>
       </c>
       <c r="F479" s="2" t="s">
         <v>1382</v>
       </c>
       <c r="G479" s="2" t="s">
-        <v>360</v>
+        <v>332</v>
       </c>
       <c r="H479" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I479" s="3"/>
       <c r="J479" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K479" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L479" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M479" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="480" spans="1:13">
       <c r="A480" s="1">
         <v>90856657300014</v>
       </c>
       <c r="B480" s="2" t="s">
         <v>14</v>
       </c>
@@ -23592,51 +23592,51 @@
         <v>21</v>
       </c>
       <c r="M480" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="481" spans="1:13">
       <c r="A481" s="1">
         <v>90867760200017</v>
       </c>
       <c r="B481" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C481" s="2" t="s">
         <v>1386</v>
       </c>
       <c r="D481" s="2"/>
       <c r="E481" s="2" t="s">
         <v>1387</v>
       </c>
       <c r="F481" s="2" t="s">
         <v>1388</v>
       </c>
       <c r="G481" s="2"/>
       <c r="H481" s="2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I481" s="3">
         <v>11911090291</v>
       </c>
       <c r="J481" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K481" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L481" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M481" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="482" spans="1:13">
       <c r="A482" s="1">
         <v>90868772600012</v>
       </c>
       <c r="B482" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C482" s="2" t="s">
@@ -23662,166 +23662,166 @@
       <c r="K482" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L482" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M482" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="483" spans="1:13">
       <c r="A483" s="1">
         <v>90872477600012</v>
       </c>
       <c r="B483" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C483" s="2" t="s">
         <v>1392</v>
       </c>
       <c r="D483" s="2"/>
       <c r="E483" s="2" t="s">
         <v>1393</v>
       </c>
       <c r="F483" s="2" t="s">
-        <v>523</v>
+        <v>505</v>
       </c>
       <c r="G483" s="2"/>
       <c r="H483" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I483" s="3">
         <v>11756416275</v>
       </c>
       <c r="J483" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K483" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L483" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M483" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="484" spans="1:13">
       <c r="A484" s="1">
         <v>90876828600019</v>
       </c>
       <c r="B484" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C484" s="2" t="s">
         <v>1394</v>
       </c>
       <c r="D484" s="2"/>
       <c r="E484" s="2" t="s">
         <v>1395</v>
       </c>
       <c r="F484" s="2" t="s">
-        <v>795</v>
+        <v>785</v>
       </c>
       <c r="G484" s="2" t="s">
         <v>1396</v>
       </c>
       <c r="H484" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I484" s="3"/>
       <c r="J484" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K484" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L484" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M484" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="485" spans="1:13">
       <c r="A485" s="1">
         <v>90878492900030</v>
       </c>
       <c r="B485" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C485" s="2" t="s">
         <v>1397</v>
       </c>
       <c r="D485" s="2"/>
       <c r="E485" s="2" t="s">
         <v>1398</v>
       </c>
       <c r="F485" s="2" t="s">
         <v>1320</v>
       </c>
       <c r="G485" s="2" t="s">
-        <v>767</v>
+        <v>757</v>
       </c>
       <c r="H485" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I485" s="3"/>
       <c r="J485" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K485" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L485" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M485" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="486" spans="1:13">
       <c r="A486" s="1">
         <v>90880569000017</v>
       </c>
       <c r="B486" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C486" s="2" t="s">
         <v>1399</v>
       </c>
       <c r="D486" s="2"/>
       <c r="E486" s="2" t="s">
         <v>1400</v>
       </c>
       <c r="F486" s="2" t="s">
         <v>1401</v>
       </c>
       <c r="G486" s="2"/>
       <c r="H486" s="2" t="s">
-        <v>549</v>
+        <v>531</v>
       </c>
       <c r="I486" s="3">
         <v>11756486775</v>
       </c>
       <c r="J486" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K486" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L486" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M486" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="487" spans="1:13">
       <c r="A487" s="1">
         <v>90887446400013</v>
       </c>
       <c r="B487" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C487" s="2" t="s">
@@ -23851,129 +23851,129 @@
         <v>21</v>
       </c>
       <c r="M487" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="488" spans="1:13">
       <c r="A488" s="1">
         <v>90888507200011</v>
       </c>
       <c r="B488" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C488" s="2" t="s">
         <v>1406</v>
       </c>
       <c r="D488" s="2"/>
       <c r="E488" s="2" t="s">
         <v>1407</v>
       </c>
       <c r="F488" s="2" t="s">
         <v>1388</v>
       </c>
       <c r="G488" s="2"/>
       <c r="H488" s="2" t="s">
-        <v>1029</v>
+        <v>1020</v>
       </c>
       <c r="I488" s="3">
         <v>93132014313</v>
       </c>
       <c r="J488" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K488" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L488" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M488" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="489" spans="1:13">
       <c r="A489" s="1">
         <v>90890909600012</v>
       </c>
       <c r="B489" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C489" s="2" t="s">
         <v>1408</v>
       </c>
       <c r="D489" s="2" t="s">
         <v>1409</v>
       </c>
       <c r="E489" s="2" t="s">
         <v>1197</v>
       </c>
       <c r="F489" s="2" t="s">
-        <v>523</v>
+        <v>505</v>
       </c>
       <c r="G489" s="2" t="s">
         <v>1410</v>
       </c>
       <c r="H489" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I489" s="3"/>
       <c r="J489" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K489" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L489" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M489" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="490" spans="1:13">
       <c r="A490" s="1">
         <v>90906302600019</v>
       </c>
       <c r="B490" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C490" s="2" t="s">
         <v>1411</v>
       </c>
       <c r="D490" s="2"/>
       <c r="E490" s="2" t="s">
         <v>1412</v>
       </c>
       <c r="F490" s="2" t="s">
         <v>1413</v>
       </c>
       <c r="G490" s="2" t="s">
         <v>1414</v>
       </c>
       <c r="H490" s="2" t="s">
-        <v>392</v>
+        <v>364</v>
       </c>
       <c r="I490" s="3"/>
       <c r="J490" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K490" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L490" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M490" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="491" spans="1:13">
       <c r="A491" s="1">
         <v>90919721200014</v>
       </c>
       <c r="B491" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C491" s="2" t="s">
         <v>1415</v>
       </c>
@@ -24185,51 +24185,51 @@
       <c r="L496" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M496" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="497" spans="1:13">
       <c r="A497" s="1">
         <v>90962985900010</v>
       </c>
       <c r="B497" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C497" s="2" t="s">
         <v>1433</v>
       </c>
       <c r="D497" s="2"/>
       <c r="E497" s="2" t="s">
         <v>1434</v>
       </c>
       <c r="F497" s="2" t="s">
         <v>1435</v>
       </c>
       <c r="G497" s="2" t="s">
-        <v>864</v>
+        <v>854</v>
       </c>
       <c r="H497" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I497" s="3"/>
       <c r="J497" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K497" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L497" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M497" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="498" spans="1:13">
       <c r="A498" s="1">
         <v>90966279300019</v>
       </c>
       <c r="B498" s="2" t="s">
         <v>111</v>
       </c>
@@ -24253,57 +24253,57 @@
       <c r="J498" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K498" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L498" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M498" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="499" spans="1:13">
       <c r="A499" s="1">
         <v>91003850400015</v>
       </c>
       <c r="B499" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C499" s="2" t="s">
         <v>1438</v>
       </c>
       <c r="D499" s="2"/>
       <c r="E499" s="2" t="s">
-        <v>997</v>
+        <v>988</v>
       </c>
       <c r="F499" s="2" t="s">
         <v>1439</v>
       </c>
       <c r="G499" s="2" t="s">
-        <v>503</v>
+        <v>481</v>
       </c>
       <c r="H499" s="2" t="s">
         <v>1440</v>
       </c>
       <c r="I499" s="3"/>
       <c r="J499" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K499" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L499" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M499" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="500" spans="1:13">
       <c r="A500" s="1">
         <v>91008631300020</v>
       </c>
       <c r="B500" s="2" t="s">
         <v>14</v>
       </c>
@@ -24371,51 +24371,51 @@
         <v>21</v>
       </c>
       <c r="M501" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="502" spans="1:13">
       <c r="A502" s="1">
         <v>91018544600010</v>
       </c>
       <c r="B502" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C502" s="2" t="s">
         <v>1446</v>
       </c>
       <c r="D502" s="2"/>
       <c r="E502" s="2" t="s">
         <v>1447</v>
       </c>
       <c r="F502" s="2" t="s">
         <v>1448</v>
       </c>
       <c r="G502" s="2"/>
       <c r="H502" s="2" t="s">
-        <v>392</v>
+        <v>364</v>
       </c>
       <c r="I502" s="3">
         <v>11756510475</v>
       </c>
       <c r="J502" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K502" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L502" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M502" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="503" spans="1:13">
       <c r="A503" s="1">
         <v>91038666300017</v>
       </c>
       <c r="B503" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C503" s="2" t="s">
@@ -24445,51 +24445,51 @@
         <v>21</v>
       </c>
       <c r="M503" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="504" spans="1:13">
       <c r="A504" s="1">
         <v>91040224700019</v>
       </c>
       <c r="B504" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C504" s="2" t="s">
         <v>1452</v>
       </c>
       <c r="D504" s="2"/>
       <c r="E504" s="2" t="s">
         <v>1453</v>
       </c>
       <c r="F504" s="2" t="s">
         <v>1454</v>
       </c>
       <c r="G504" s="2"/>
       <c r="H504" s="2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I504" s="3">
         <v>76660266466</v>
       </c>
       <c r="J504" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K504" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L504" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M504" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="505" spans="1:13">
       <c r="A505" s="1">
         <v>91046739800012</v>
       </c>
       <c r="B505" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C505" s="2" t="s">
@@ -24704,51 +24704,51 @@
         <v>21</v>
       </c>
       <c r="M510" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="511" spans="1:13">
       <c r="A511" s="1">
         <v>91090644500010</v>
       </c>
       <c r="B511" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C511" s="2" t="s">
         <v>1469</v>
       </c>
       <c r="D511" s="2"/>
       <c r="E511" s="2" t="s">
         <v>1470</v>
       </c>
       <c r="F511" s="2" t="s">
         <v>1471</v>
       </c>
       <c r="G511" s="2"/>
       <c r="H511" s="2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I511" s="3">
         <v>93830673683</v>
       </c>
       <c r="J511" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K511" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L511" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M511" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="512" spans="1:13">
       <c r="A512" s="1">
         <v>91091274000016</v>
       </c>
       <c r="B512" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C512" s="2" t="s">
@@ -24889,88 +24889,88 @@
         <v>21</v>
       </c>
       <c r="M515" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="516" spans="1:13">
       <c r="A516" s="1">
         <v>91139148000017</v>
       </c>
       <c r="B516" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C516" s="2" t="s">
         <v>1484</v>
       </c>
       <c r="D516" s="2"/>
       <c r="E516" s="2" t="s">
         <v>1485</v>
       </c>
       <c r="F516" s="2" t="s">
         <v>1388</v>
       </c>
       <c r="G516" s="2"/>
       <c r="H516" s="2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I516" s="3">
         <v>11950761495</v>
       </c>
       <c r="J516" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K516" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L516" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M516" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="517" spans="1:13">
       <c r="A517" s="1">
         <v>91152266200012</v>
       </c>
       <c r="B517" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C517" s="2" t="s">
         <v>1486</v>
       </c>
       <c r="D517" s="2"/>
       <c r="E517" s="2" t="s">
         <v>1487</v>
       </c>
       <c r="F517" s="2" t="s">
         <v>1488</v>
       </c>
       <c r="G517" s="2"/>
       <c r="H517" s="2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I517" s="3">
         <v>75331415833</v>
       </c>
       <c r="J517" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K517" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L517" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M517" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="518" spans="1:13">
       <c r="A518" s="1">
         <v>91168030400019</v>
       </c>
       <c r="B518" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C518" s="2" t="s">
@@ -24996,94 +24996,94 @@
       <c r="K518" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L518" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M518" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="519" spans="1:13">
       <c r="A519" s="1">
         <v>91190087600010</v>
       </c>
       <c r="B519" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C519" s="2" t="s">
         <v>1491</v>
       </c>
       <c r="D519" s="2"/>
       <c r="E519" s="2" t="s">
         <v>1492</v>
       </c>
       <c r="F519" s="2" t="s">
-        <v>254</v>
+        <v>210</v>
       </c>
       <c r="G519" s="2"/>
       <c r="H519" s="2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I519" s="3">
         <v>44570436057</v>
       </c>
       <c r="J519" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K519" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L519" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M519" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="520" spans="1:13">
       <c r="A520" s="1">
         <v>91233507200019</v>
       </c>
       <c r="B520" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C520" s="2" t="s">
         <v>1493</v>
       </c>
       <c r="D520" s="2"/>
       <c r="E520" s="2" t="s">
         <v>1494</v>
       </c>
       <c r="F520" s="2" t="s">
-        <v>254</v>
+        <v>210</v>
       </c>
       <c r="G520" s="2" t="s">
         <v>1495</v>
       </c>
       <c r="H520" s="2" t="s">
-        <v>392</v>
+        <v>364</v>
       </c>
       <c r="I520" s="3"/>
       <c r="J520" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K520" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L520" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M520" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="521" spans="1:13">
       <c r="A521" s="1">
         <v>91234277100017</v>
       </c>
       <c r="B521" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C521" s="2" t="s">
         <v>1496</v>
       </c>
@@ -25291,208 +25291,208 @@
       <c r="J526" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K526" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L526" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M526" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="527" spans="1:13">
       <c r="A527" s="1">
         <v>91331238500010</v>
       </c>
       <c r="B527" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C527" s="2" t="s">
         <v>1512</v>
       </c>
       <c r="D527" s="2"/>
       <c r="E527" s="2" t="s">
-        <v>510</v>
+        <v>488</v>
       </c>
       <c r="F527" s="2" t="s">
         <v>1112</v>
       </c>
       <c r="G527" s="2" t="s">
         <v>1513</v>
       </c>
       <c r="H527" s="2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I527" s="3"/>
       <c r="J527" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K527" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L527" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M527" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="528" spans="1:13">
       <c r="A528" s="1">
         <v>91332825800011</v>
       </c>
       <c r="B528" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C528" s="2" t="s">
         <v>1514</v>
       </c>
       <c r="D528" s="2"/>
       <c r="E528" s="2" t="s">
         <v>1515</v>
       </c>
       <c r="F528" s="2" t="s">
         <v>1516</v>
       </c>
       <c r="G528" s="2"/>
       <c r="H528" s="2" t="s">
-        <v>392</v>
+        <v>364</v>
       </c>
       <c r="I528" s="3">
         <v>11941128594</v>
       </c>
       <c r="J528" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K528" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L528" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M528" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="529" spans="1:13">
       <c r="A529" s="1">
         <v>91369727200015</v>
       </c>
       <c r="B529" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C529" s="2" t="s">
         <v>1517</v>
       </c>
       <c r="D529" s="2"/>
       <c r="E529" s="2" t="s">
         <v>1518</v>
       </c>
       <c r="F529" s="2" t="s">
         <v>1519</v>
       </c>
       <c r="G529" s="2" t="s">
         <v>1520</v>
       </c>
       <c r="H529" s="2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I529" s="3"/>
       <c r="J529" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K529" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L529" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M529" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="530" spans="1:13">
       <c r="A530" s="1">
         <v>91376063300010</v>
       </c>
       <c r="B530" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C530" s="2" t="s">
         <v>1521</v>
       </c>
       <c r="D530" s="2"/>
       <c r="E530" s="2" t="s">
         <v>1522</v>
       </c>
       <c r="F530" s="2" t="s">
-        <v>879</v>
+        <v>869</v>
       </c>
       <c r="G530" s="2"/>
       <c r="H530" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I530" s="3">
         <v>11770787477</v>
       </c>
       <c r="J530" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K530" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L530" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M530" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="531" spans="1:13">
       <c r="A531" s="1">
         <v>91409480000010</v>
       </c>
       <c r="B531" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C531" s="2" t="s">
         <v>1523</v>
       </c>
       <c r="D531" s="2"/>
       <c r="E531" s="2" t="s">
         <v>1524</v>
       </c>
       <c r="F531" s="2" t="s">
         <v>1443</v>
       </c>
       <c r="G531" s="2" t="s">
         <v>1525</v>
       </c>
       <c r="H531" s="2" t="s">
-        <v>392</v>
+        <v>364</v>
       </c>
       <c r="I531" s="3"/>
       <c r="J531" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K531" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L531" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M531" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="532" spans="1:13">
       <c r="A532" s="1">
         <v>91413148700011</v>
       </c>
       <c r="B532" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C532" s="2" t="s">
         <v>1526</v>
       </c>
@@ -25519,122 +25519,122 @@
       <c r="L532" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M532" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="533" spans="1:13">
       <c r="A533" s="1">
         <v>91432919800016</v>
       </c>
       <c r="B533" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C533" s="2" t="s">
         <v>1529</v>
       </c>
       <c r="D533" s="2"/>
       <c r="E533" s="2" t="s">
         <v>1530</v>
       </c>
       <c r="F533" s="2" t="s">
         <v>1531</v>
       </c>
       <c r="G533" s="2" t="s">
-        <v>503</v>
+        <v>481</v>
       </c>
       <c r="H533" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I533" s="3"/>
       <c r="J533" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K533" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L533" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M533" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="534" spans="1:13">
       <c r="A534" s="1">
         <v>91434048400015</v>
       </c>
       <c r="B534" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C534" s="2" t="s">
         <v>1532</v>
       </c>
       <c r="D534" s="2"/>
       <c r="E534" s="2" t="s">
         <v>1533</v>
       </c>
       <c r="F534" s="2" t="s">
         <v>1509</v>
       </c>
       <c r="G534" s="2"/>
       <c r="H534" s="2" t="s">
-        <v>392</v>
+        <v>364</v>
       </c>
       <c r="I534" s="3">
         <v>11922523392</v>
       </c>
       <c r="J534" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K534" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L534" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M534" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="535" spans="1:13">
       <c r="A535" s="1">
         <v>91443455000028</v>
       </c>
       <c r="B535" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C535" s="2" t="s">
         <v>1534</v>
       </c>
       <c r="D535" s="2"/>
       <c r="E535" s="2" t="s">
         <v>1354</v>
       </c>
       <c r="F535" s="2" t="s">
-        <v>531</v>
+        <v>513</v>
       </c>
       <c r="G535" s="2"/>
       <c r="H535" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I535" s="3">
         <v>11922585692</v>
       </c>
       <c r="J535" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K535" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L535" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M535" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="536" spans="1:13">
       <c r="A536" s="1">
         <v>91449766400013</v>
       </c>
@@ -25812,55 +25812,55 @@
       <c r="K540" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L540" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M540" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="541" spans="1:13">
       <c r="A541" s="1">
         <v>91469474000012</v>
       </c>
       <c r="B541" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C541" s="2" t="s">
         <v>1547</v>
       </c>
       <c r="D541" s="2"/>
       <c r="E541" s="2" t="s">
         <v>1548</v>
       </c>
       <c r="F541" s="2" t="s">
-        <v>636</v>
+        <v>623</v>
       </c>
       <c r="G541" s="2"/>
       <c r="H541" s="2" t="s">
-        <v>392</v>
+        <v>364</v>
       </c>
       <c r="I541" s="3">
         <v>11756538775</v>
       </c>
       <c r="J541" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K541" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L541" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M541" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="542" spans="1:13">
       <c r="A542" s="1">
         <v>91473331600022</v>
       </c>
       <c r="B542" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C542" s="2" t="s">
@@ -25927,84 +25927,84 @@
         <v>21</v>
       </c>
       <c r="M543" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="544" spans="1:13">
       <c r="A544" s="1">
         <v>91481574100014</v>
       </c>
       <c r="B544" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C544" s="2" t="s">
         <v>1556</v>
       </c>
       <c r="D544" s="2"/>
       <c r="E544" s="2" t="s">
         <v>1557</v>
       </c>
       <c r="F544" s="2" t="s">
         <v>1539</v>
       </c>
       <c r="G544" s="2"/>
       <c r="H544" s="2" t="s">
-        <v>392</v>
+        <v>364</v>
       </c>
       <c r="I544" s="3">
         <v>11922527192</v>
       </c>
       <c r="J544" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K544" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L544" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M544" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="545" spans="1:13">
       <c r="A545" s="1">
         <v>91493551500017</v>
       </c>
       <c r="B545" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C545" s="2" t="s">
         <v>1558</v>
       </c>
       <c r="D545" s="2"/>
       <c r="E545" s="2" t="s">
         <v>1559</v>
       </c>
       <c r="F545" s="2" t="s">
-        <v>1017</v>
+        <v>1008</v>
       </c>
       <c r="G545" s="2" t="s">
         <v>1560</v>
       </c>
       <c r="H545" s="2" t="s">
         <v>1561</v>
       </c>
       <c r="I545" s="3"/>
       <c r="J545" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K545" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L545" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M545" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="546" spans="1:13">
       <c r="A546" s="1">
         <v>91500411300014</v>
       </c>
@@ -26034,51 +26034,51 @@
       <c r="K546" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L546" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M546" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="547" spans="1:13">
       <c r="A547" s="1">
         <v>91502977100010</v>
       </c>
       <c r="B547" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C547" s="2" t="s">
         <v>1565</v>
       </c>
       <c r="D547" s="2"/>
       <c r="E547" s="2" t="s">
         <v>1566</v>
       </c>
       <c r="F547" s="2" t="s">
-        <v>492</v>
+        <v>470</v>
       </c>
       <c r="G547" s="2"/>
       <c r="H547" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I547" s="3">
         <v>11757046675</v>
       </c>
       <c r="J547" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K547" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L547" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M547" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="548" spans="1:13">
       <c r="A548" s="1">
         <v>91503269200013</v>
       </c>
@@ -26262,51 +26262,51 @@
       <c r="M552" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="553" spans="1:13">
       <c r="A553" s="1">
         <v>91522255800024</v>
       </c>
       <c r="B553" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C553" s="2" t="s">
         <v>1580</v>
       </c>
       <c r="D553" s="2"/>
       <c r="E553" s="2" t="s">
         <v>1581</v>
       </c>
       <c r="F553" s="2" t="s">
         <v>1582</v>
       </c>
       <c r="G553" s="2" t="s">
         <v>1583</v>
       </c>
       <c r="H553" s="2" t="s">
-        <v>392</v>
+        <v>364</v>
       </c>
       <c r="I553" s="3"/>
       <c r="J553" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K553" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L553" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M553" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="554" spans="1:13">
       <c r="A554" s="1">
         <v>91523362100019</v>
       </c>
       <c r="B554" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C554" s="2" t="s">
         <v>1584</v>
       </c>
@@ -26330,51 +26330,51 @@
       <c r="K554" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L554" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M554" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="555" spans="1:13">
       <c r="A555" s="1">
         <v>91526792600011</v>
       </c>
       <c r="B555" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C555" s="2" t="s">
         <v>1588</v>
       </c>
       <c r="D555" s="2"/>
       <c r="E555" s="2" t="s">
         <v>1589</v>
       </c>
       <c r="F555" s="2" t="s">
-        <v>1017</v>
+        <v>1008</v>
       </c>
       <c r="G555" s="2"/>
       <c r="H555" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I555" s="3">
         <v>11788559678</v>
       </c>
       <c r="J555" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K555" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L555" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M555" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="556" spans="1:13">
       <c r="A556" s="1">
         <v>91528757700018</v>
       </c>
@@ -26482,125 +26482,125 @@
         <v>21</v>
       </c>
       <c r="M558" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="559" spans="1:13">
       <c r="A559" s="1">
         <v>91743823600015</v>
       </c>
       <c r="B559" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C559" s="2" t="s">
         <v>1599</v>
       </c>
       <c r="D559" s="2"/>
       <c r="E559" s="2" t="s">
         <v>1600</v>
       </c>
       <c r="F559" s="2" t="s">
         <v>1601</v>
       </c>
       <c r="G559" s="2"/>
       <c r="H559" s="2" t="s">
-        <v>392</v>
+        <v>364</v>
       </c>
       <c r="I559" s="3"/>
       <c r="J559" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K559" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L559" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M559" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="560" spans="1:13">
       <c r="A560" s="1">
         <v>91750276700028</v>
       </c>
       <c r="B560" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C560" s="2" t="s">
         <v>1602</v>
       </c>
       <c r="D560" s="2"/>
       <c r="E560" s="2" t="s">
         <v>1403</v>
       </c>
       <c r="F560" s="2" t="s">
         <v>1603</v>
       </c>
       <c r="G560" s="2"/>
       <c r="H560" s="2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I560" s="3">
         <v>11922552792</v>
       </c>
       <c r="J560" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K560" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L560" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M560" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="561" spans="1:13">
       <c r="A561" s="1">
         <v>91759484800017</v>
       </c>
       <c r="B561" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C561" s="2" t="s">
         <v>1604</v>
       </c>
       <c r="D561" s="2"/>
       <c r="E561" s="2" t="s">
         <v>1605</v>
       </c>
       <c r="F561" s="2" t="s">
         <v>1606</v>
       </c>
       <c r="G561" s="2" t="s">
         <v>1607</v>
       </c>
       <c r="H561" s="2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I561" s="3"/>
       <c r="J561" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K561" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L561" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M561" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="562" spans="1:13">
       <c r="A562" s="1">
         <v>91762323300025</v>
       </c>
       <c r="B562" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C562" s="2" t="s">
         <v>1608</v>
       </c>
@@ -26665,90 +26665,90 @@
         <v>21</v>
       </c>
       <c r="M563" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="564" spans="1:13">
       <c r="A564" s="1">
         <v>91772607700014</v>
       </c>
       <c r="B564" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C564" s="2" t="s">
         <v>1613</v>
       </c>
       <c r="D564" s="2"/>
       <c r="E564" s="2" t="s">
         <v>1614</v>
       </c>
       <c r="F564" s="2" t="s">
         <v>1615</v>
       </c>
       <c r="G564" s="2"/>
       <c r="H564" s="2" t="s">
-        <v>392</v>
+        <v>364</v>
       </c>
       <c r="I564" s="3">
         <v>11910956891</v>
       </c>
       <c r="J564" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K564" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L564" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M564" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="565" spans="1:13">
       <c r="A565" s="1">
         <v>91786388800017</v>
       </c>
       <c r="B565" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C565" s="2" t="s">
         <v>1616</v>
       </c>
       <c r="D565" s="2"/>
       <c r="E565" s="2" t="s">
         <v>1617</v>
       </c>
       <c r="F565" s="2" t="s">
         <v>1618</v>
       </c>
       <c r="G565" s="2" t="s">
         <v>1074</v>
       </c>
       <c r="H565" s="2" t="s">
-        <v>392</v>
+        <v>364</v>
       </c>
       <c r="I565" s="3"/>
       <c r="J565" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K565" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L565" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M565" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="566" spans="1:13">
       <c r="A566" s="1">
         <v>91788830700019</v>
       </c>
       <c r="B566" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C566" s="2" t="s">
         <v>1619</v>
       </c>
@@ -26883,131 +26883,131 @@
       <c r="K569" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L569" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M569" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="570" spans="1:13">
       <c r="A570" s="1">
         <v>91803173300010</v>
       </c>
       <c r="B570" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C570" s="2" t="s">
         <v>1632</v>
       </c>
       <c r="D570" s="2"/>
       <c r="E570" s="2" t="s">
         <v>1633</v>
       </c>
       <c r="F570" s="2" t="s">
-        <v>1017</v>
+        <v>1008</v>
       </c>
       <c r="G570" s="2" t="s">
         <v>1634</v>
       </c>
       <c r="H570" s="2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I570" s="3"/>
       <c r="J570" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K570" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L570" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M570" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="571" spans="1:13">
       <c r="A571" s="1">
         <v>91803319200017</v>
       </c>
       <c r="B571" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C571" s="2" t="s">
         <v>1502</v>
       </c>
       <c r="D571" s="2"/>
       <c r="E571" s="2" t="s">
         <v>1635</v>
       </c>
       <c r="F571" s="2" t="s">
-        <v>1017</v>
+        <v>1008</v>
       </c>
       <c r="G571" s="2" t="s">
         <v>1636</v>
       </c>
       <c r="H571" s="2" t="s">
-        <v>392</v>
+        <v>364</v>
       </c>
       <c r="I571" s="3"/>
       <c r="J571" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K571" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L571" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M571" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="572" spans="1:13">
       <c r="A572" s="1">
         <v>91816086200010</v>
       </c>
       <c r="B572" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C572" s="2" t="s">
         <v>1637</v>
       </c>
       <c r="D572" s="2"/>
       <c r="E572" s="2" t="s">
         <v>1638</v>
       </c>
       <c r="F572" s="2" t="s">
-        <v>777</v>
+        <v>767</v>
       </c>
       <c r="G572" s="2" t="s">
         <v>1639</v>
       </c>
       <c r="H572" s="2" t="s">
-        <v>392</v>
+        <v>364</v>
       </c>
       <c r="I572" s="3"/>
       <c r="J572" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K572" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L572" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M572" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="573" spans="1:13">
       <c r="A573" s="1">
         <v>91816897200019</v>
       </c>
       <c r="B573" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C573" s="2" t="s">
         <v>1640</v>
       </c>
@@ -27074,160 +27074,160 @@
       <c r="M574" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="575" spans="1:13">
       <c r="A575" s="1">
         <v>91835492900013</v>
       </c>
       <c r="B575" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C575" s="2" t="s">
         <v>1645</v>
       </c>
       <c r="D575" s="2"/>
       <c r="E575" s="2" t="s">
         <v>1646</v>
       </c>
       <c r="F575" s="2" t="s">
         <v>1647</v>
       </c>
       <c r="G575" s="2" t="s">
         <v>1648</v>
       </c>
       <c r="H575" s="2" t="s">
-        <v>392</v>
+        <v>364</v>
       </c>
       <c r="I575" s="3"/>
       <c r="J575" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K575" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L575" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M575" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="576" spans="1:13">
       <c r="A576" s="1">
         <v>91835843300012</v>
       </c>
       <c r="B576" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C576" s="2" t="s">
         <v>1649</v>
       </c>
       <c r="D576" s="2"/>
       <c r="E576" s="2" t="s">
         <v>1450</v>
       </c>
       <c r="F576" s="2" t="s">
         <v>1642</v>
       </c>
       <c r="G576" s="2"/>
       <c r="H576" s="2" t="s">
-        <v>392</v>
+        <v>364</v>
       </c>
       <c r="I576" s="3">
         <v>11950773495</v>
       </c>
       <c r="J576" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K576" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L576" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M576" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="577" spans="1:13">
       <c r="A577" s="1">
         <v>91842690900019</v>
       </c>
       <c r="B577" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C577" s="2" t="s">
         <v>1650</v>
       </c>
       <c r="D577" s="2"/>
       <c r="E577" s="2" t="s">
         <v>1651</v>
       </c>
       <c r="F577" s="2" t="s">
         <v>1652</v>
       </c>
       <c r="G577" s="2" t="s">
-        <v>372</v>
+        <v>344</v>
       </c>
       <c r="H577" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I577" s="3"/>
       <c r="J577" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K577" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L577" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M577" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="578" spans="1:13">
       <c r="A578" s="1">
         <v>91851588300018</v>
       </c>
       <c r="B578" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C578" s="2" t="s">
         <v>1653</v>
       </c>
       <c r="D578" s="2"/>
       <c r="E578" s="2" t="s">
         <v>1654</v>
       </c>
       <c r="F578" s="2" t="s">
         <v>1652</v>
       </c>
       <c r="G578" s="2"/>
       <c r="H578" s="2" t="s">
-        <v>392</v>
+        <v>364</v>
       </c>
       <c r="I578" s="3">
         <v>11922543292</v>
       </c>
       <c r="J578" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K578" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L578" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M578" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="579" spans="1:13">
       <c r="A579" s="1">
         <v>91867223900012</v>
       </c>
       <c r="B579" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C579" s="2" t="s">
@@ -27257,125 +27257,125 @@
         <v>21</v>
       </c>
       <c r="M579" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="580" spans="1:13">
       <c r="A580" s="1">
         <v>91869845700010</v>
       </c>
       <c r="B580" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C580" s="2" t="s">
         <v>1658</v>
       </c>
       <c r="D580" s="2"/>
       <c r="E580" s="2" t="s">
         <v>1617</v>
       </c>
       <c r="F580" s="2" t="s">
         <v>1659</v>
       </c>
       <c r="G580" s="2"/>
       <c r="H580" s="2" t="s">
-        <v>392</v>
+        <v>364</v>
       </c>
       <c r="I580" s="3"/>
       <c r="J580" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K580" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L580" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M580" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="581" spans="1:13">
       <c r="A581" s="1">
         <v>91873343700019</v>
       </c>
       <c r="B581" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C581" s="2" t="s">
         <v>1660</v>
       </c>
       <c r="D581" s="2"/>
       <c r="E581" s="2" t="s">
         <v>1661</v>
       </c>
       <c r="F581" s="2" t="s">
         <v>1659</v>
       </c>
       <c r="G581" s="2"/>
       <c r="H581" s="2" t="s">
-        <v>392</v>
+        <v>364</v>
       </c>
       <c r="I581" s="3">
         <v>11950904795</v>
       </c>
       <c r="J581" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K581" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L581" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M581" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="582" spans="1:13">
       <c r="A582" s="1">
         <v>91873657000014</v>
       </c>
       <c r="B582" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C582" s="2" t="s">
         <v>1662</v>
       </c>
       <c r="D582" s="2"/>
       <c r="E582" s="2" t="s">
         <v>1663</v>
       </c>
       <c r="F582" s="2" t="s">
         <v>1664</v>
       </c>
       <c r="G582" s="2" t="s">
         <v>1665</v>
       </c>
       <c r="H582" s="2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I582" s="3"/>
       <c r="J582" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K582" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L582" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M582" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="583" spans="1:13">
       <c r="A583" s="1">
         <v>91885395300019</v>
       </c>
       <c r="B583" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C583" s="2" t="s">
         <v>1666</v>
       </c>
@@ -27405,51 +27405,51 @@
       <c r="M583" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="584" spans="1:13">
       <c r="A584" s="1">
         <v>91907439300019</v>
       </c>
       <c r="B584" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C584" s="2" t="s">
         <v>1669</v>
       </c>
       <c r="D584" s="2"/>
       <c r="E584" s="2" t="s">
         <v>1670</v>
       </c>
       <c r="F584" s="2" t="s">
         <v>1671</v>
       </c>
       <c r="G584" s="2" t="s">
         <v>1555</v>
       </c>
       <c r="H584" s="2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I584" s="3"/>
       <c r="J584" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K584" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L584" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M584" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="585" spans="1:13">
       <c r="A585" s="1">
         <v>91912745600011</v>
       </c>
       <c r="B585" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C585" s="2" t="s">
         <v>1672</v>
       </c>
@@ -27553,51 +27553,51 @@
       <c r="M587" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="588" spans="1:13">
       <c r="A588" s="1">
         <v>91971299200016</v>
       </c>
       <c r="B588" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C588" s="2" t="s">
         <v>1680</v>
       </c>
       <c r="D588" s="2"/>
       <c r="E588" s="2" t="s">
         <v>1403</v>
       </c>
       <c r="F588" s="2" t="s">
         <v>1681</v>
       </c>
       <c r="G588" s="2" t="s">
         <v>1410</v>
       </c>
       <c r="H588" s="2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I588" s="3"/>
       <c r="J588" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K588" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L588" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M588" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="589" spans="1:13">
       <c r="A589" s="1">
         <v>91978829900015</v>
       </c>
       <c r="B589" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C589" s="2" t="s">
         <v>1682</v>
       </c>
@@ -27701,125 +27701,125 @@
       <c r="M591" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="592" spans="1:13">
       <c r="A592" s="1">
         <v>91992612100022</v>
       </c>
       <c r="B592" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C592" s="2" t="s">
         <v>1690</v>
       </c>
       <c r="D592" s="2"/>
       <c r="E592" s="2" t="s">
         <v>1354</v>
       </c>
       <c r="F592" s="2" t="s">
         <v>1691</v>
       </c>
       <c r="G592" s="2" t="s">
         <v>1692</v>
       </c>
       <c r="H592" s="2" t="s">
-        <v>493</v>
+        <v>471</v>
       </c>
       <c r="I592" s="3"/>
       <c r="J592" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K592" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L592" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M592" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="593" spans="1:13">
       <c r="A593" s="1">
         <v>92007920900010</v>
       </c>
       <c r="B593" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C593" s="2" t="s">
         <v>1693</v>
       </c>
       <c r="D593" s="2"/>
       <c r="E593" s="2" t="s">
         <v>1300</v>
       </c>
       <c r="F593" s="2" t="s">
         <v>1694</v>
       </c>
       <c r="G593" s="2"/>
       <c r="H593" s="2" t="s">
-        <v>392</v>
+        <v>364</v>
       </c>
       <c r="I593" s="3">
         <v>11756624875</v>
       </c>
       <c r="J593" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K593" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L593" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M593" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="594" spans="1:13">
       <c r="A594" s="1">
         <v>92010671300018</v>
       </c>
       <c r="B594" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C594" s="2" t="s">
         <v>1695</v>
       </c>
       <c r="D594" s="2"/>
       <c r="E594" s="2" t="s">
         <v>1378</v>
       </c>
       <c r="F594" s="2" t="s">
         <v>1696</v>
       </c>
       <c r="G594" s="2" t="s">
         <v>1697</v>
       </c>
       <c r="H594" s="2" t="s">
-        <v>545</v>
+        <v>527</v>
       </c>
       <c r="I594" s="3"/>
       <c r="J594" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K594" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L594" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M594" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="595" spans="1:13">
       <c r="A595" s="1">
         <v>92030335100018</v>
       </c>
       <c r="B595" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C595" s="2" t="s">
         <v>1698</v>
       </c>
@@ -27847,88 +27847,88 @@
         <v>21</v>
       </c>
       <c r="M595" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="596" spans="1:13">
       <c r="A596" s="1">
         <v>92038033400010</v>
       </c>
       <c r="B596" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C596" s="2" t="s">
         <v>1702</v>
       </c>
       <c r="D596" s="2"/>
       <c r="E596" s="2" t="s">
         <v>1325</v>
       </c>
       <c r="F596" s="2" t="s">
         <v>1703</v>
       </c>
       <c r="G596" s="2"/>
       <c r="H596" s="2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I596" s="3">
         <v>84692613869</v>
       </c>
       <c r="J596" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K596" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L596" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M596" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="597" spans="1:13">
       <c r="A597" s="1">
         <v>92046307200016</v>
       </c>
       <c r="B597" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C597" s="2" t="s">
         <v>1704</v>
       </c>
       <c r="D597" s="2"/>
       <c r="E597" s="2" t="s">
         <v>1705</v>
       </c>
       <c r="F597" s="2" t="s">
         <v>1706</v>
       </c>
       <c r="G597" s="2"/>
       <c r="H597" s="2" t="s">
-        <v>267</v>
+        <v>223</v>
       </c>
       <c r="I597" s="3">
         <v>93830706483</v>
       </c>
       <c r="J597" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K597" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L597" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M597" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="598" spans="1:13">
       <c r="A598" s="1">
         <v>92051978200022</v>
       </c>
       <c r="B598" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C598" s="2" t="s">
@@ -27991,55 +27991,55 @@
       <c r="K599" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L599" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M599" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="600" spans="1:13">
       <c r="A600" s="1">
         <v>92085653100016</v>
       </c>
       <c r="B600" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C600" s="2" t="s">
         <v>1713</v>
       </c>
       <c r="D600" s="2"/>
       <c r="E600" s="2" t="s">
         <v>1714</v>
       </c>
       <c r="F600" s="2" t="s">
-        <v>812</v>
+        <v>802</v>
       </c>
       <c r="G600" s="2"/>
       <c r="H600" s="2" t="s">
-        <v>392</v>
+        <v>364</v>
       </c>
       <c r="I600" s="3">
         <v>93132075513</v>
       </c>
       <c r="J600" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K600" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L600" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M600" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="601" spans="1:13">
       <c r="A601" s="1">
         <v>92125238300010</v>
       </c>
       <c r="B601" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C601" s="2" t="s">
@@ -28291,161 +28291,161 @@
         <v>21</v>
       </c>
       <c r="M607" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="608" spans="1:13">
       <c r="A608" s="1">
         <v>92229277600015</v>
       </c>
       <c r="B608" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C608" s="2" t="s">
         <v>1732</v>
       </c>
       <c r="D608" s="2"/>
       <c r="E608" s="2" t="s">
         <v>1450</v>
       </c>
       <c r="F608" s="2" t="s">
         <v>1733</v>
       </c>
       <c r="G608" s="2"/>
       <c r="H608" s="2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I608" s="3">
         <v>11950797295</v>
       </c>
       <c r="J608" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K608" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L608" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M608" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="609" spans="1:13">
       <c r="A609" s="1">
         <v>92236740400014</v>
       </c>
       <c r="B609" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C609" s="2" t="s">
         <v>1734</v>
       </c>
       <c r="D609" s="2"/>
       <c r="E609" s="2" t="s">
         <v>1735</v>
       </c>
       <c r="F609" s="2" t="s">
-        <v>932</v>
+        <v>922</v>
       </c>
       <c r="G609" s="2" t="s">
         <v>1736</v>
       </c>
       <c r="H609" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I609" s="3"/>
       <c r="J609" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K609" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L609" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M609" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="610" spans="1:13">
       <c r="A610" s="1">
         <v>92243876700019</v>
       </c>
       <c r="B610" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C610" s="2" t="s">
         <v>1737</v>
       </c>
       <c r="D610" s="2"/>
       <c r="E610" s="2" t="s">
         <v>1738</v>
       </c>
       <c r="F610" s="2" t="s">
         <v>1739</v>
       </c>
       <c r="G610" s="2"/>
       <c r="H610" s="2" t="s">
-        <v>392</v>
+        <v>364</v>
       </c>
       <c r="I610" s="3">
         <v>11756665675</v>
       </c>
       <c r="J610" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K610" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L610" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M610" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="611" spans="1:13">
       <c r="A611" s="1">
         <v>92272118800014</v>
       </c>
       <c r="B611" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C611" s="2" t="s">
         <v>1740</v>
       </c>
       <c r="D611" s="2"/>
       <c r="E611" s="2" t="s">
         <v>1533</v>
       </c>
       <c r="F611" s="2" t="s">
         <v>1717</v>
       </c>
       <c r="G611" s="2" t="s">
-        <v>360</v>
+        <v>332</v>
       </c>
       <c r="H611" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I611" s="3"/>
       <c r="J611" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K611" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L611" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M611" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="612" spans="1:13">
       <c r="A612" s="1">
         <v>94814279900014</v>
       </c>
       <c r="B612" s="2" t="s">
         <v>14</v>
       </c>
@@ -28546,51 +28546,51 @@
       <c r="K614" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L614" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M614" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="615" spans="1:13">
       <c r="A615" s="1">
         <v>94845780900010</v>
       </c>
       <c r="B615" s="2" t="s">
         <v>111</v>
       </c>
       <c r="C615" s="2" t="s">
         <v>1752</v>
       </c>
       <c r="D615" s="2"/>
       <c r="E615" s="2" t="s">
         <v>1753</v>
       </c>
       <c r="F615" s="2" t="s">
-        <v>220</v>
+        <v>302</v>
       </c>
       <c r="G615" s="2" t="s">
         <v>1754</v>
       </c>
       <c r="H615" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I615" s="3"/>
       <c r="J615" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K615" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L615" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M615" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="616" spans="1:13">
       <c r="A616" s="1">
         <v>94925569900017</v>
       </c>
@@ -28624,51 +28624,51 @@
         <v>21</v>
       </c>
       <c r="M616" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="617" spans="1:13">
       <c r="A617" s="1">
         <v>95075268300017</v>
       </c>
       <c r="B617" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C617" s="2" t="s">
         <v>1757</v>
       </c>
       <c r="D617" s="2"/>
       <c r="E617" s="2" t="s">
         <v>1450</v>
       </c>
       <c r="F617" s="2" t="s">
         <v>1758</v>
       </c>
       <c r="G617" s="2"/>
       <c r="H617" s="2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I617" s="3">
         <v>11950922595</v>
       </c>
       <c r="J617" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K617" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L617" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M617" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="618" spans="1:13">
       <c r="A618" s="1">
         <v>95235171600016</v>
       </c>
       <c r="B618" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C618" s="2" t="s">
@@ -28809,31 +28809,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 03/20/2026 12:14:26</dc:description>
+  <dc:description>Export en date du 03/20/2026 14:07:00</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>