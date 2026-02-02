--- v0 (2025-12-09)
+++ v1 (2026-02-02)
@@ -193,50 +193,92 @@
   <si>
     <t>70 BOULEVARD BESSIERES 75017 PARIS</t>
   </si>
   <si>
     <t>03/05/1989</t>
   </si>
   <si>
     <t>1175P007675</t>
   </si>
   <si>
     <t>LYCEE ENS GEN TECHNO GUSTAVE FLAUBERT</t>
   </si>
   <si>
     <t>GRETA ROUEN MARITIME</t>
   </si>
   <si>
     <t>40 AVENUE DU MONT AUX MALADES 76130 MONT-SAINT-AIGNAN</t>
   </si>
   <si>
     <t>22/09/1989</t>
   </si>
   <si>
     <t>2376P001876</t>
   </si>
   <si>
+    <t>M2I</t>
+  </si>
+  <si>
+    <t>PARC DE L HORIZON DE LA HAUTE BORNE 4 AVENUE DE L’HORIZON 59650 VILLENEUVE-D'ASCQ</t>
+  </si>
+  <si>
+    <t>06/07/2012</t>
+  </si>
+  <si>
+    <t>INSTITUT FORMATION CONSEIL</t>
+  </si>
+  <si>
+    <t>250 RUE DU 12E REGIMENT DE ZOUAVES 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>25/07/1996</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>NOSCHOOL</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE VEGA 27 RUE THALES 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>01/09/2012</t>
+  </si>
+  <si>
+    <t>07/11/2023</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR VIDAL (ISV - FORMATION PROFESSIONNELLE)</t>
+  </si>
+  <si>
+    <t>10 RUE SESQUIERES 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>11/02/2005</t>
+  </si>
+  <si>
     <t>GROUPE CONSEIL ASSURANCES FORMATION</t>
   </si>
   <si>
     <t>SUP'TERTIAIRE</t>
   </si>
   <si>
     <t>39 RUE BOURET 75019 PARIS</t>
   </si>
   <si>
     <t>04/08/2020</t>
   </si>
   <si>
     <t>COMITE ORGANIS PATRONALE PROF IMMOBILIER</t>
   </si>
   <si>
     <t>46 RUE DE ROME 75008 PARIS</t>
   </si>
   <si>
     <t>17/12/2001</t>
   </si>
   <si>
     <t>MONCOUET FORMATION ET SERVICES</t>
   </si>
   <si>
     <t>BATIMENT HERMES 55 AVENUE LOUIS BREGUET 31400 TOULOUSE</t>
@@ -253,90 +295,102 @@
   <si>
     <t>01/07/2018</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>INSTITUT POUR LA FORMATION CONTINUE</t>
   </si>
   <si>
     <t>60 ALLEE WILHELM ROENTGEN 34000 MONTPELLIER</t>
   </si>
   <si>
     <t>01/06/2003</t>
   </si>
   <si>
     <t>ADONIS</t>
   </si>
   <si>
     <t>24 B RUE GANTOIS 59000 LILLE</t>
   </si>
   <si>
     <t>01/12/2014</t>
   </si>
   <si>
-    <t>Fermé</t>
-[...1 lines deleted...]
-  <si>
     <t>CLARA MIOTTO LA SOLUTION FORMATION</t>
   </si>
   <si>
     <t>10 PARC CLUB DU MILLENAIRE BAT 15 1025 AVENUE HENRI BECQUEREL 34000 MONTPELLIER</t>
   </si>
   <si>
     <t>02/05/2015</t>
   </si>
   <si>
     <t>01/03/2022</t>
   </si>
   <si>
     <t>ESI BUSINESS EXECUTIVE</t>
   </si>
   <si>
     <t>20 T RUE DE BEZONS 92400 COURBEVOIE</t>
   </si>
   <si>
     <t>12/02/2014</t>
   </si>
   <si>
     <t>ISFAC</t>
   </si>
   <si>
     <t>CENTRE D AFFAIRES ESPACE 10 17 RUE ALBIN HALLER 86000 POITIERS</t>
   </si>
   <si>
     <t>24/06/2006</t>
   </si>
   <si>
-    <t>M2I</t>
-[...5 lines deleted...]
-    <t>06/07/2012</t>
+    <t>IFC VALENCE</t>
+  </si>
+  <si>
+    <t>IFC</t>
+  </si>
+  <si>
+    <t>19 RUE PAUL HENRI CHARLES SPAAK 26000 VALENCE</t>
+  </si>
+  <si>
+    <t>15/04/2008</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION ET DE CONSEIL EN GESTION DE CARRIERES</t>
+  </si>
+  <si>
+    <t>IFCG CARRIERES</t>
+  </si>
+  <si>
+    <t>13 AVENUE JEAN JAURES 33150 CENON</t>
+  </si>
+  <si>
+    <t>24/07/2011</t>
   </si>
   <si>
     <t>OGEC SAINT MICHEL</t>
   </si>
   <si>
     <t>39 RUE MARTIN PELLER 51100 REIMS</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
     <t>CIPECMA</t>
   </si>
   <si>
     <t>MAISON DE LA FORMATION 17 AVENUE DU GENERAL DE GAULLE 17340 CHATELAILLON-PLAGE</t>
   </si>
   <si>
     <t>GROUPE ECOLE SUPERIEURE DES PROFESSIONS IMMOBILIERES</t>
   </si>
   <si>
     <t>23 RUE DE CRONSTADT 75015 PARIS</t>
   </si>
@@ -350,104 +404,50 @@
     <t>202 RUE DE SAINT AUBIN 72000 LE MANS</t>
   </si>
   <si>
     <t>25/12/1986</t>
   </si>
   <si>
     <t>FORTISSIMO FORMATION</t>
   </si>
   <si>
     <t>3 AVENUE DU COMMANDANT L'HERMINIER 44600 SAINT-NAZAIRE</t>
   </si>
   <si>
     <t>21/05/2013</t>
   </si>
   <si>
     <t>85.20Z</t>
   </si>
   <si>
     <t>GMG FORMATION</t>
   </si>
   <si>
     <t>171-175 171 AVENUE DU STADE DE FRANCE 93210 SAINT-DENIS</t>
   </si>
   <si>
     <t>01/06/2020</t>
-  </si>
-[...52 lines deleted...]
-    <t>11/02/2005</t>
   </si>
   <si>
     <t>SKEDYA</t>
   </si>
   <si>
     <t>83-85 83 BOULEVARD VINCENT AURIOL 75013 PARIS</t>
   </si>
   <si>
     <t>01/06/2017</t>
   </si>
   <si>
     <t>OF-EA</t>
   </si>
   <si>
     <t>14 CLOS PASCAL 459 CHEMIN DE LA SOURCE 83300 DRAGUIGNAN</t>
   </si>
   <si>
     <t>08/03/2019</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -1215,859 +1215,859 @@
       <c r="F10" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>42</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>58</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>39960905600052</v>
+        <v>33354415300310</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>59</v>
       </c>
       <c r="D11" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="E11" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="E11" s="2" t="s">
+      <c r="F11" s="2" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>42</v>
       </c>
       <c r="I11" s="3">
-        <v>11754593975</v>
+        <v>11751042775</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>40142155700034</v>
+        <v>37924163100058</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="I12" s="3"/>
+        <v>42</v>
+      </c>
+      <c r="I12" s="3">
+        <v>93840081584</v>
+      </c>
       <c r="J12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>41407769300060</v>
+        <v>38138042700058</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="D13" s="2"/>
+      <c r="D13" s="2" t="s">
+        <v>66</v>
+      </c>
       <c r="E13" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="G13" s="2"/>
+      <c r="G13" s="2" t="s">
+        <v>69</v>
+      </c>
       <c r="H13" s="2" t="s">
         <v>42</v>
       </c>
       <c r="I13" s="3">
-        <v>73310381331</v>
+        <v>72330212133</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>44846477600054</v>
+        <v>39262279100045</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>69</v>
-[...3 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>72</v>
+        <v>42</v>
       </c>
       <c r="I14" s="3">
-        <v>91340535134</v>
+        <v>73310193631</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>44974015800018</v>
+        <v>39960905600052</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="D15" s="2"/>
+      <c r="D15" s="2" t="s">
+        <v>74</v>
+      </c>
       <c r="E15" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>42</v>
       </c>
       <c r="I15" s="3">
-        <v>91340540134</v>
+        <v>11754593975</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>45125756200137</v>
+        <v>40142155700034</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>48383222600029</v>
+        <v>41407769300060</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>79</v>
+        <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>80</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>81</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>82</v>
       </c>
-      <c r="G17" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>42</v>
       </c>
       <c r="I17" s="3">
-        <v>91340596434</v>
+        <v>73310381331</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>48448287200021</v>
+        <v>44846477600054</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="E18" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="D18" s="2"/>
-      <c r="E18" s="2" t="s">
+      <c r="F18" s="2" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>42</v>
+        <v>86</v>
       </c>
       <c r="I18" s="3">
-        <v>11921554492</v>
+        <v>91340535134</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>49098556100011</v>
+        <v>44974015800018</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>88</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>89</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>42</v>
       </c>
       <c r="I19" s="3">
-        <v>54860098786</v>
+        <v>91340540134</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>33354415300310</v>
+        <v>45125756200137</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>90</v>
       </c>
-      <c r="D20" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>91</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>92</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>42</v>
       </c>
       <c r="I20" s="3">
-        <v>11751042775</v>
+        <v>76311242231</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>77811428000036</v>
+        <v>48383222600029</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>93</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>94</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="G21" s="2"/>
+      <c r="G21" s="2" t="s">
+        <v>96</v>
+      </c>
       <c r="H21" s="2" t="s">
-        <v>96</v>
+        <v>42</v>
       </c>
       <c r="I21" s="3">
-        <v>21510097651</v>
+        <v>91340596434</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>78128367600018</v>
+        <v>48448287200021</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>98</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>42</v>
       </c>
       <c r="I22" s="3">
-        <v>54170000117</v>
+        <v>11921554492</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>78461733400072</v>
+        <v>49098556100011</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>72</v>
+        <v>42</v>
       </c>
       <c r="I23" s="3">
-        <v>11755667075</v>
+        <v>54860098786</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>78633676800035</v>
+        <v>50434337700017</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="D24" s="2"/>
+        <v>103</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>104</v>
+      </c>
       <c r="E24" s="2" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>96</v>
+        <v>42</v>
       </c>
       <c r="I24" s="3">
-        <v>52720018672</v>
+        <v>82260166626</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>79373754500012</v>
+        <v>53412994500018</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="D25" s="2"/>
+        <v>107</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>108</v>
+      </c>
       <c r="E25" s="2" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>108</v>
+        <v>42</v>
       </c>
       <c r="I25" s="3">
-        <v>52440698144</v>
+        <v>72330848833</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>79430542500033</v>
+        <v>77811428000036</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>18</v>
+        <v>114</v>
       </c>
       <c r="I26" s="3">
-        <v>11930670893</v>
+        <v>21510097651</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>50434337700017</v>
+        <v>78128367600018</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="D27" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="D27" s="2"/>
+      <c r="E27" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="F27" s="2" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>42</v>
       </c>
       <c r="I27" s="3">
-        <v>82260166626</v>
+        <v>54170000117</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>53412994500018</v>
+        <v>78461733400072</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>116</v>
-[...1 lines deleted...]
-      <c r="D28" s="2" t="s">
         <v>117</v>
       </c>
+      <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>118</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>119</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>42</v>
+        <v>86</v>
       </c>
       <c r="I28" s="3">
-        <v>72330848833</v>
+        <v>11755667075</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>37924163100058</v>
+        <v>78633676800035</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>120</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>121</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>122</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>42</v>
+        <v>114</v>
       </c>
       <c r="I29" s="3">
-        <v>93840081584</v>
+        <v>52720018672</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>38138042700058</v>
+        <v>79373754500012</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>79</v>
+        <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>123</v>
       </c>
-      <c r="D30" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
         <v>124</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>125</v>
       </c>
-      <c r="G30" s="2" t="s">
+      <c r="G30" s="2"/>
+      <c r="H30" s="2" t="s">
         <v>126</v>
       </c>
-      <c r="H30" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I30" s="3">
-        <v>72330212133</v>
+        <v>52440698144</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>39262279100045</v>
+        <v>79430542500033</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>127</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>128</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>129</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="I31" s="3">
-        <v>73310193631</v>
+        <v>11930670893</v>
       </c>
       <c r="J31" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>83041024700019</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>130</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
         <v>131</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>72</v>
+        <v>86</v>
       </c>
       <c r="I32" s="3">
         <v>11755693775</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>84902206600013</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
@@ -2132,31 +2132,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/09/2025 08:16:32</dc:description>
+  <dc:description>Export en date du 02/02/2026 03:14:49</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>