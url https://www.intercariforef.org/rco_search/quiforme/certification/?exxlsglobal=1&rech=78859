--- v0 (2025-11-06)
+++ v1 (2026-01-09)
@@ -127,78 +127,78 @@
   <si>
     <t>16 RUE DE GUERNESEY 22000 SAINT-BRIEUC</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>5322P001722</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE DE LA VIENNE</t>
   </si>
   <si>
     <t>CTR DE FORMATION D'APPRENTIS</t>
   </si>
   <si>
     <t>POLE REPUBLIQUE 120 RUE DU PORTEAU 86000 POITIERS</t>
   </si>
   <si>
     <t>15/02/1984</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
+    <t>IP.SEQ.</t>
+  </si>
+  <si>
+    <t>5 A RUE DU CHALET 13008 MARSEILLE</t>
+  </si>
+  <si>
+    <t>29/10/2015</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
     <t>INTERFOR</t>
   </si>
   <si>
     <t>2 RUE VADE 80000 AMIENS</t>
   </si>
   <si>
     <t>28/09/1989</t>
   </si>
   <si>
     <t>ASSO FORMAT IMPRIMERIE INDUSTRIE GRAPHIQ</t>
   </si>
   <si>
     <t>AFIG - GRAPHIPOLIS BAT POLE DES ARTS G 1 PLACE ALBERT CAMUS 44300 NANTES</t>
   </si>
   <si>
     <t>06/08/2010</t>
-  </si>
-[...10 lines deleted...]
-    <t>85.59A</t>
   </si>
   <si>
     <t>ECOLE D'ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE-ET-MOSELLE</t>
   </si>
   <si>
     <t>3 RUE DU MOUZON 54520 LAXOU</t>
   </si>
   <si>
     <t>01/01/2019</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>FORMASEQ</t>
   </si>
   <si>
     <t>152 AVENUE DU PRADO 13008 MARSEILLE</t>
   </si>
   <si>
     <t>02/02/2020</t>
   </si>
   <si>
     <t>01/07/2023</t>
   </si>
@@ -838,154 +838,154 @@
       <c r="F6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I6" s="3">
         <v>54860109086</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>30340844700033</v>
+        <v>45033578100024</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="I7" s="3">
-        <v>22800001380</v>
+        <v>93131248613</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>32984426000045</v>
+        <v>30340844700033</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I8" s="3">
-        <v>52440549544</v>
+        <v>22800001380</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>45033578100024</v>
+        <v>32984426000045</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="I9" s="3">
-        <v>93131248613</v>
+        <v>52440549544</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>84458985300010</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>50</v>
@@ -1003,51 +1003,51 @@
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>88181485900016</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>54</v>
       </c>
       <c r="H11" s="2" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="I11" s="3">
         <v>93131828713</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>88280019600017</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="2" t="s">
@@ -1149,31 +1149,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/06/2025 08:55:40</dc:description>
+  <dc:description>Export en date du 01/09/2026 02:29:22</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>