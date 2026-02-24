--- v1 (2026-01-09)
+++ v2 (2026-02-24)
@@ -127,78 +127,78 @@
   <si>
     <t>16 RUE DE GUERNESEY 22000 SAINT-BRIEUC</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>5322P001722</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE DE LA VIENNE</t>
   </si>
   <si>
     <t>CTR DE FORMATION D'APPRENTIS</t>
   </si>
   <si>
     <t>POLE REPUBLIQUE 120 RUE DU PORTEAU 86000 POITIERS</t>
   </si>
   <si>
     <t>15/02/1984</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
+    <t>INTERFOR</t>
+  </si>
+  <si>
+    <t>2 RUE VADE 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>28/09/1989</t>
+  </si>
+  <si>
+    <t>ASSO FORMAT IMPRIMERIE INDUSTRIE GRAPHIQ</t>
+  </si>
+  <si>
+    <t>AFIG - GRAPHIPOLIS BAT POLE DES ARTS G 1 PLACE ALBERT CAMUS 44300 NANTES</t>
+  </si>
+  <si>
+    <t>06/08/2010</t>
+  </si>
+  <si>
     <t>IP.SEQ.</t>
   </si>
   <si>
     <t>5 A RUE DU CHALET 13008 MARSEILLE</t>
   </si>
   <si>
     <t>29/10/2015</t>
   </si>
   <si>
     <t>85.59A</t>
-  </si>
-[...16 lines deleted...]
-    <t>06/08/2010</t>
   </si>
   <si>
     <t>ECOLE D'ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE-ET-MOSELLE</t>
   </si>
   <si>
     <t>3 RUE DU MOUZON 54520 LAXOU</t>
   </si>
   <si>
     <t>01/01/2019</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>FORMASEQ</t>
   </si>
   <si>
     <t>152 AVENUE DU PRADO 13008 MARSEILLE</t>
   </si>
   <si>
     <t>02/02/2020</t>
   </si>
   <si>
     <t>01/07/2023</t>
   </si>
@@ -666,53 +666,51 @@
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
         <v>13000809700011</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I2" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
         <v>13002286600011</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>22</v>
@@ -838,154 +836,154 @@
       <c r="F6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I6" s="3">
         <v>54860109086</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>45033578100024</v>
+        <v>30340844700033</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I7" s="3">
-        <v>93131248613</v>
+        <v>22800001380</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>30340844700033</v>
+        <v>32984426000045</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I8" s="3">
-        <v>22800001380</v>
+        <v>52440549544</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>32984426000045</v>
+        <v>45033578100024</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="I9" s="3">
-        <v>52440549544</v>
+        <v>93131248613</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>84458985300010</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>50</v>
@@ -1003,55 +1001,53 @@
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>88181485900016</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>54</v>
       </c>
       <c r="H11" s="2" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="I11" s="3"/>
       <c r="J11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>88280019600017</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
@@ -1149,31 +1145,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/09/2026 02:29:22</dc:description>
+  <dc:description>Export en date du 02/24/2026 14:14:04</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>