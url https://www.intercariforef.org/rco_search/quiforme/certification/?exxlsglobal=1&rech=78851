--- v0 (2025-11-06)
+++ v1 (2026-01-10)
@@ -304,192 +304,192 @@
   <si>
     <t>5335P008435</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER REGIONAL UNIVERSITAIRE DE TOURS</t>
   </si>
   <si>
     <t>CHRU BRETONNEAU TOURS</t>
   </si>
   <si>
     <t>2 BOULEVARD TONNELLE 37000 TOURS</t>
   </si>
   <si>
     <t>2437P002037</t>
   </si>
   <si>
     <t>INSTITUT DE FORMATION POLYVALENT</t>
   </si>
   <si>
     <t>2 RUE MANSART 37170 CHAMBRAY-LES-TOURS</t>
   </si>
   <si>
     <t>01/12/1984</t>
   </si>
   <si>
-    <t>CENTRE HOSPITALIER REGIONAL DE GRENOBLE</t>
+    <t>CENTRE HOSPITALIER UNIVERSITAIRE GRENOBLE ALPES</t>
   </si>
   <si>
     <t>HOPITAL NORD</t>
   </si>
   <si>
     <t>BOULEVARD DE LA CHANTOURNE 38700 LA TRONCHE</t>
   </si>
   <si>
     <t>8238P233938</t>
   </si>
   <si>
+    <t>CENTRE HOSPITALIER UNIVERSITAIRE DE LILLE</t>
+  </si>
+  <si>
+    <t>2 AVENUE OSCAR LAMBRET 59000 LILLE</t>
+  </si>
+  <si>
+    <t>3159P001259</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER UNIVERSITAIRE</t>
+  </si>
+  <si>
+    <t>HOPITAL GABRIEL MONTPIED</t>
+  </si>
+  <si>
+    <t>58 RUE MONTALEMBERT 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>8363P001663</t>
+  </si>
+  <si>
+    <t>LES HOPITAUX UNIVERSITAIRES DE STRASBOURG</t>
+  </si>
+  <si>
+    <t>HOPITAL CIVIL</t>
+  </si>
+  <si>
+    <t>1 PLACE DE L'HOPITAL 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>4267P003067</t>
+  </si>
+  <si>
+    <t>HOSPICES CIVILS DE LYON</t>
+  </si>
+  <si>
+    <t>IFCS SECTEUR EST</t>
+  </si>
+  <si>
+    <t>3-5 5 AVENUE ESQUIROL 69003 LYON</t>
+  </si>
+  <si>
+    <t>8269P470869</t>
+  </si>
+  <si>
+    <t>ASSISTANCE PUBLIQUE HOPITAUX DE PARIS</t>
+  </si>
+  <si>
+    <t>55 BOULEVARD DIDEROT 75012 PARIS</t>
+  </si>
+  <si>
+    <t>12/09/2022</t>
+  </si>
+  <si>
+    <t>1175P015675</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER UNIVERSITAIRE ROUEN</t>
+  </si>
+  <si>
+    <t>HOPITAL CHARLES NICOLLE CHU ROUEN</t>
+  </si>
+  <si>
+    <t>1 RUE DE GERMONT 76000 ROUEN</t>
+  </si>
+  <si>
+    <t>10/08/1983</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER INTERCOMMUNAL DE POISSY SAINT GERMAIN</t>
+  </si>
+  <si>
+    <t>20 RUE ARMAGIS 78100 SAINT-GERMAIN-EN-LAYE</t>
+  </si>
+  <si>
+    <t>01/01/1998</t>
+  </si>
+  <si>
+    <t>1178P004578</t>
+  </si>
+  <si>
+    <t>ECOLE REGIONALE D'INFIRMIERS ANESTHESISTES</t>
+  </si>
+  <si>
+    <t>CHU SUD AV RENE LAENNEC 80480 SALOUEL</t>
+  </si>
+  <si>
+    <t>24/09/1993</t>
+  </si>
+  <si>
+    <t>2280P001880</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER ET UNIVERSITAIRE DE LIMOGES</t>
+  </si>
+  <si>
+    <t>HOPITAL DU CLUZEAU 23 AVENUE DOMINIQUE LARREY 87000 LIMOGES</t>
+  </si>
+  <si>
+    <t>04/04/2004</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER UNIVERSITAIRE DE LA GUADELOUPE</t>
+  </si>
+  <si>
+    <t>ROUTE DE CHAUVEL 97139 LES ABYMES</t>
+  </si>
+  <si>
+    <t>14/09/1983</t>
+  </si>
+  <si>
     <t>CHU NANTES</t>
   </si>
   <si>
     <t>DEP INSTITUTS FORMATION IRFPAS</t>
   </si>
   <si>
     <t>PLATEAU DES ECOLES 50 ROUTE DE SAINT SEBASTIEN 44200 NANTES</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER UNIVERSITAIRE REIMS</t>
   </si>
   <si>
     <t>45 RUE COGNACQ JAY 51100 REIMS</t>
   </si>
   <si>
     <t>08/12/2008</t>
   </si>
   <si>
     <t>2151P002551</t>
-  </si>
-[...109 lines deleted...]
-    <t>3159P001259</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1662,485 +1662,485 @@
       <c r="F21" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>99</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>26440013600067</v>
+        <v>26590671900017</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>100</v>
       </c>
-      <c r="D22" s="2" t="s">
+      <c r="D22" s="2"/>
+      <c r="E22" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="E22" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F22" s="2" t="s">
-        <v>46</v>
+        <v>75</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>52440433644</v>
+        <v>37</v>
+      </c>
+      <c r="I22" s="3" t="s">
+        <v>102</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>26510005700487</v>
+        <v>26630746100019</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="D23" s="2"/>
+      <c r="D23" s="2" t="s">
+        <v>104</v>
+      </c>
       <c r="E23" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>105</v>
+        <v>75</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>106</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>26630746100019</v>
+        <v>26670057400012</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>108</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>109</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>110</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>26670057400012</v>
+        <v>26690027300183</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>111</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>112</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>113</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>114</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>26690027300183</v>
+        <v>26750045201928</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>115</v>
       </c>
-      <c r="D26" s="2" t="s">
+      <c r="D26" s="2"/>
+      <c r="E26" s="2" t="s">
         <v>116</v>
       </c>
-      <c r="E26" s="2" t="s">
+      <c r="F26" s="2" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>118</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>26750045201928</v>
+        <v>26760168000015</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>119</v>
       </c>
-      <c r="D27" s="2"/>
+      <c r="D27" s="2" t="s">
+        <v>120</v>
+      </c>
       <c r="E27" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="I27" s="3" t="s">
-        <v>122</v>
+      <c r="I27" s="3">
+        <v>23760536676</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>26760168000015</v>
+        <v>26780580200019</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>123</v>
       </c>
-      <c r="D28" s="2" t="s">
+      <c r="D28" s="2"/>
+      <c r="E28" s="2" t="s">
         <v>124</v>
       </c>
-      <c r="E28" s="2" t="s">
+      <c r="F28" s="2" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="I28" s="3">
-        <v>23760536676</v>
+      <c r="I28" s="3" t="s">
+        <v>126</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>26780580200019</v>
+        <v>26800014800406</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="D29" s="2" t="s">
         <v>127</v>
       </c>
-      <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>128</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>129</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>130</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>26800014800406</v>
+        <v>26870851800280</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>107</v>
+        <v>131</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>131</v>
+        <v>25</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>132</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>133</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I30" s="3" t="s">
-        <v>134</v>
+      <c r="I30" s="3">
+        <v>75870168087</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>26870851800280</v>
+        <v>26971041400013</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="D31" s="2"/>
+      <c r="E31" s="2" t="s">
         <v>135</v>
       </c>
-      <c r="D31" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E31" s="2" t="s">
+      <c r="F31" s="2" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="I31" s="3">
-        <v>75870168087</v>
+        <v>95970181897</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>26971041400013</v>
+        <v>26440013600067</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="D32" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
         <v>139</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>140</v>
+        <v>46</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="I32" s="3">
-        <v>95970181897</v>
+        <v>52440433644</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>26590671900017</v>
+        <v>26510005700487</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="F33" s="2" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>143</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -2172,31 +2172,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/06/2025 16:27:54</dc:description>
+  <dc:description>Export en date du 01/10/2026 05:12:14</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>