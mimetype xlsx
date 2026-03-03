--- v1 (2026-01-10)
+++ v2 (2026-03-03)
@@ -316,50 +316,71 @@
   <si>
     <t>2437P002037</t>
   </si>
   <si>
     <t>INSTITUT DE FORMATION POLYVALENT</t>
   </si>
   <si>
     <t>2 RUE MANSART 37170 CHAMBRAY-LES-TOURS</t>
   </si>
   <si>
     <t>01/12/1984</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER UNIVERSITAIRE GRENOBLE ALPES</t>
   </si>
   <si>
     <t>HOPITAL NORD</t>
   </si>
   <si>
     <t>BOULEVARD DE LA CHANTOURNE 38700 LA TRONCHE</t>
   </si>
   <si>
     <t>8238P233938</t>
   </si>
   <si>
+    <t>CHU NANTES</t>
+  </si>
+  <si>
+    <t>DEP INSTITUTS FORMATION IRFPAS</t>
+  </si>
+  <si>
+    <t>PLATEAU DES ECOLES 50 ROUTE DE SAINT SEBASTIEN 44200 NANTES</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER UNIVERSITAIRE REIMS</t>
+  </si>
+  <si>
+    <t>45 RUE COGNACQ JAY 51100 REIMS</t>
+  </si>
+  <si>
+    <t>08/12/2008</t>
+  </si>
+  <si>
+    <t>2151P002551</t>
+  </si>
+  <si>
     <t>CENTRE HOSPITALIER UNIVERSITAIRE DE LILLE</t>
   </si>
   <si>
     <t>2 AVENUE OSCAR LAMBRET 59000 LILLE</t>
   </si>
   <si>
     <t>3159P001259</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER UNIVERSITAIRE</t>
   </si>
   <si>
     <t>HOPITAL GABRIEL MONTPIED</t>
   </si>
   <si>
     <t>58 RUE MONTALEMBERT 63000 CLERMONT-FERRAND</t>
   </si>
   <si>
     <t>8363P001663</t>
   </si>
   <si>
     <t>LES HOPITAUX UNIVERSITAIRES DE STRASBOURG</t>
   </si>
   <si>
     <t>HOPITAL CIVIL</t>
@@ -425,71 +446,50 @@
     <t>CHU SUD AV RENE LAENNEC 80480 SALOUEL</t>
   </si>
   <si>
     <t>24/09/1993</t>
   </si>
   <si>
     <t>2280P001880</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER ET UNIVERSITAIRE DE LIMOGES</t>
   </si>
   <si>
     <t>HOPITAL DU CLUZEAU 23 AVENUE DOMINIQUE LARREY 87000 LIMOGES</t>
   </si>
   <si>
     <t>04/04/2004</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER UNIVERSITAIRE DE LA GUADELOUPE</t>
   </si>
   <si>
     <t>ROUTE DE CHAUVEL 97139 LES ABYMES</t>
   </si>
   <si>
     <t>14/09/1983</t>
-  </si>
-[...19 lines deleted...]
-    <t>2151P002551</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1662,492 +1662,492 @@
       <c r="F21" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>99</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>26590671900017</v>
+        <v>26440013600067</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>100</v>
       </c>
-      <c r="D22" s="2"/>
+      <c r="D22" s="2" t="s">
+        <v>101</v>
+      </c>
       <c r="E22" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>102</v>
+        <v>22</v>
+      </c>
+      <c r="I22" s="3">
+        <v>52440433644</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>26630746100019</v>
+        <v>26510005700487</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="D23" s="2" t="s">
+      <c r="D23" s="2"/>
+      <c r="E23" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="E23" s="2" t="s">
+      <c r="F23" s="2" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>106</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>26670057400012</v>
+        <v>26590671900017</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="D24" s="2" t="s">
+      <c r="D24" s="2"/>
+      <c r="E24" s="2" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I24" s="3" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>26690027300183</v>
+        <v>26630746100019</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="D25" s="2" t="s">
         <v>111</v>
       </c>
-      <c r="D25" s="2" t="s">
+      <c r="E25" s="2" t="s">
         <v>112</v>
       </c>
-      <c r="E25" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F25" s="2" t="s">
-        <v>46</v>
+        <v>75</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="I25" s="3" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>26750045201928</v>
+        <v>26670057400012</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="D26" s="2" t="s">
         <v>115</v>
       </c>
-      <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>116</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>117</v>
+        <v>75</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I26" s="3" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>26760168000015</v>
+        <v>26690027300183</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="D27" s="2" t="s">
         <v>119</v>
       </c>
-      <c r="D27" s="2" t="s">
+      <c r="E27" s="2" t="s">
         <v>120</v>
       </c>
-      <c r="E27" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F27" s="2" t="s">
-        <v>122</v>
+        <v>46</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>23760536676</v>
+        <v>22</v>
+      </c>
+      <c r="I27" s="3" t="s">
+        <v>121</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>26780580200019</v>
+        <v>26750045201928</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="F28" s="2" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I28" s="3" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>26800014800406</v>
+        <v>26760168000015</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>103</v>
+        <v>126</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>127</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>128</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>129</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>37</v>
+      </c>
+      <c r="I29" s="3">
+        <v>23760536676</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>26870851800280</v>
+        <v>26780580200019</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="D30" s="2"/>
+      <c r="E30" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="D30" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E30" s="2" t="s">
+      <c r="F30" s="2" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>75870168087</v>
+        <v>37</v>
+      </c>
+      <c r="I30" s="3" t="s">
+        <v>133</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>26971041400013</v>
+        <v>26800014800406</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="D31" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>135</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>136</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>95970181897</v>
+        <v>22</v>
+      </c>
+      <c r="I31" s="3" t="s">
+        <v>137</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>26440013600067</v>
+        <v>26870851800280</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D32" s="2" t="s">
-        <v>138</v>
+        <v>25</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>139</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>46</v>
+        <v>140</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I32" s="3">
-        <v>52440433644</v>
+        <v>75870168087</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>26510005700487</v>
+        <v>26971041400013</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="I33" s="3" t="s">
-        <v>143</v>
+      <c r="I33" s="3">
+        <v>95970181897</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -2172,31 +2172,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/10/2026 05:12:14</dc:description>
+  <dc:description>Export en date du 03/03/2026 05:36:01</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>