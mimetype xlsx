--- v0 (2025-11-04)
+++ v1 (2026-01-01)
@@ -97,75 +97,75 @@
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>2 AVENUE CHARLES FLAHAULT 34090 MONTPELLIER</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>9134P074634</t>
   </si>
   <si>
     <t>COMITE PROVENCE-ALPES-COTE D'AZUR DE CANOE KAYAK</t>
   </si>
   <si>
     <t>LE QUARTZ 05120 L'ARGENTIERE-LA-BESSEE</t>
   </si>
   <si>
     <t>01/05/2007</t>
   </si>
   <si>
     <t>93.19Z</t>
   </si>
   <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>FEDERATION FRANC CANOE KAYAK</t>
+  </si>
+  <si>
+    <t>BASE NAUTIQUE OLYMPIQUE ET PARA 2024 ROUTE DE TORCY 77360 VAIRES-SUR-MARNE</t>
+  </si>
+  <si>
+    <t>06/04/2019</t>
+  </si>
+  <si>
+    <t>14/12/2024</t>
+  </si>
+  <si>
     <t>NAUTISME EN BRETAGNE</t>
   </si>
   <si>
     <t>PARC DE KEROBISTIN - SAINTE MARINE 5 RUE AR PUSSOU 29120 COMBRIT</t>
   </si>
   <si>
     <t>09/01/2017</t>
   </si>
   <si>
     <t>94.99Z</t>
-  </si>
-[...13 lines deleted...]
-    <t>14/12/2024</t>
   </si>
   <si>
     <t>ASSOCIATION LE MERLET</t>
   </si>
   <si>
     <t>20 RUE PELLET DE LA LOZERE 30270 SAINT-JEAN-DU-GARD</t>
   </si>
   <si>
     <t>01/01/1994</t>
   </si>
   <si>
     <t>55.20Z</t>
   </si>
   <si>
     <t>"ORGANISME CERTIFICATEUR DE LA BRANCHE DU SPORT" "OC SPORT"</t>
   </si>
   <si>
     <t>88 RUE MARCEL BOURDARIAS 94140 ALFORTVILLE</t>
   </si>
   <si>
     <t>04/12/2019</t>
   </si>
 </sst>
 </file>
 
@@ -702,122 +702,122 @@
       <c r="F4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I4" s="3">
         <v>93050063705</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>41025839600036</v>
+        <v>78572437800050</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G5" s="2"/>
+        <v>30</v>
+      </c>
+      <c r="G5" s="2" t="s">
+        <v>31</v>
+      </c>
       <c r="H5" s="2" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="I5" s="3">
-        <v>53290788129</v>
+        <v>11940516194</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>78572437800050</v>
+        <v>41025839600036</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="G6" s="2" t="s">
+      <c r="G6" s="2"/>
+      <c r="H6" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="H6" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I6" s="3">
-        <v>11940516194</v>
+        <v>53290788129</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>33303267000031</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I7" s="3">
         <v>91300267930</v>
@@ -902,31 +902,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/04/2025 01:07:55</dc:description>
+  <dc:description>Export en date du 01/01/2026 03:37:35</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>