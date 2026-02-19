--- v1 (2026-01-01)
+++ v2 (2026-02-19)
@@ -85,99 +85,99 @@
   <si>
     <t>150 PASSAGE FRANCOIS LECLER 07150 VALLON-PONT-D'ARC</t>
   </si>
   <si>
     <t>01/01/2014</t>
   </si>
   <si>
     <t>85.51Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>2 AVENUE CHARLES FLAHAULT 34090 MONTPELLIER</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>9134P074634</t>
   </si>
   <si>
+    <t>ASSOCIATION LE MERLET</t>
+  </si>
+  <si>
+    <t>20 RUE PELLET DE LA LOZERE 30270 SAINT-JEAN-DU-GARD</t>
+  </si>
+  <si>
+    <t>01/01/1994</t>
+  </si>
+  <si>
+    <t>55.20Z</t>
+  </si>
+  <si>
+    <t>NAUTISME EN BRETAGNE</t>
+  </si>
+  <si>
+    <t>PARC DE KEROBISTIN - SAINTE MARINE 5 RUE AR PUSSOU 29120 COMBRIT</t>
+  </si>
+  <si>
+    <t>09/01/2017</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
     <t>COMITE PROVENCE-ALPES-COTE D'AZUR DE CANOE KAYAK</t>
   </si>
   <si>
     <t>LE QUARTZ 05120 L'ARGENTIERE-LA-BESSEE</t>
   </si>
   <si>
     <t>01/05/2007</t>
   </si>
   <si>
     <t>93.19Z</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>FEDERATION FRANC CANOE KAYAK</t>
   </si>
   <si>
     <t>BASE NAUTIQUE OLYMPIQUE ET PARA 2024 ROUTE DE TORCY 77360 VAIRES-SUR-MARNE</t>
   </si>
   <si>
     <t>06/04/2019</t>
   </si>
   <si>
     <t>14/12/2024</t>
-  </si>
-[...22 lines deleted...]
-    <t>55.20Z</t>
   </si>
   <si>
     <t>"ORGANISME CERTIFICATEUR DE LA BRANCHE DU SPORT" "OC SPORT"</t>
   </si>
   <si>
     <t>88 RUE MARCEL BOURDARIAS 94140 ALFORTVILLE</t>
   </si>
   <si>
     <t>04/12/2019</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -665,218 +665,216 @@
       <c r="F3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>22</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>49755327100022</v>
+        <v>33303267000031</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I4" s="3">
-        <v>93050063705</v>
+        <v>91300267930</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>78572437800050</v>
+        <v>41025839600036</v>
       </c>
       <c r="B5" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C5" s="2" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="F5" s="2" t="s">
+      <c r="G5" s="2"/>
+      <c r="H5" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="G5" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I5" s="3">
-        <v>11940516194</v>
+        <v>53290788129</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>41025839600036</v>
+        <v>49755327100022</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="I6" s="3">
-        <v>53290788129</v>
+        <v>93050063705</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>33303267000031</v>
+        <v>78572437800050</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="G7" s="2"/>
+      <c r="G7" s="2" t="s">
+        <v>39</v>
+      </c>
       <c r="H7" s="2" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>89111513100015</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
@@ -902,31 +900,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/01/2026 03:37:35</dc:description>
+  <dc:description>Export en date du 02/19/2026 11:14:23</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>