--- v0 (2025-12-26)
+++ v1 (2026-03-27)
@@ -106,69 +106,69 @@
   <si>
     <t>20 CHEMIN DE COSTEVIEILLE HAUTE 48100 MARVEJOLS</t>
   </si>
   <si>
     <t>17/05/2021</t>
   </si>
   <si>
     <t>73.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>SARL GTR PERFORMANCE</t>
   </si>
   <si>
     <t>PISTE DE KARTING DE LAVAUD 03420 MARCILLAT-EN-COMBRAILLE</t>
   </si>
   <si>
     <t>03/05/2000</t>
   </si>
   <si>
     <t>93.21Z</t>
   </si>
   <si>
+    <t>PRO STAGE</t>
+  </si>
+  <si>
+    <t>1 RUE D’ESTREES 80200 ASSEVILLERS</t>
+  </si>
+  <si>
+    <t>08/09/2008</t>
+  </si>
+  <si>
+    <t>93.12Z</t>
+  </si>
+  <si>
     <t>FEDERATION FRANCAISE MOTOCYC</t>
   </si>
   <si>
     <t>74 AVENUE PARMENTIER 75011 PARIS</t>
   </si>
   <si>
     <t>01/01/1900</t>
-  </si>
-[...10 lines deleted...]
-    <t>08/09/2008</t>
   </si>
   <si>
     <t>SASU P2F</t>
   </si>
   <si>
     <t>PASCAL FINOT FORMATION</t>
   </si>
   <si>
     <t>DE LA MONTAGNE NOIRE SITE AERODROME DE LA MONTAGNE NO 31250 VAUDREUILLE</t>
   </si>
   <si>
     <t>12/02/2016</t>
   </si>
   <si>
     <t>85.51Z</t>
   </si>
   <si>
     <t>"ORGANISME CERTIFICATEUR DE LA BRANCHE DU SPORT" "OC SPORT"</t>
   </si>
   <si>
     <t>88 RUE MARCEL BOURDARIAS 94140 ALFORTVILLE</t>
   </si>
   <si>
     <t>04/12/2019</t>
   </si>
@@ -713,118 +713,118 @@
       <c r="F4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I4" s="3">
         <v>83030345703</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>78444874800029</v>
+        <v>51120222800017</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I5" s="3"/>
+      <c r="I5" s="3">
+        <v>22800161780</v>
+      </c>
       <c r="J5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>51120222800017</v>
+        <v>78444874800029</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I6" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>81905362000012</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>41</v>
       </c>
@@ -911,31 +911,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/26/2025 21:43:11</dc:description>
+  <dc:description>Export en date du 03/27/2026 02:31:29</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>