--- v0 (2025-11-17)
+++ v1 (2026-01-18)
@@ -160,135 +160,135 @@
   <si>
     <t>7233P001133</t>
   </si>
   <si>
     <t>INSTIT.FORMAT.CARRIERE SANTE</t>
   </si>
   <si>
     <t>RUE FRANCISCO FERRER 33000 BORDEAUX</t>
   </si>
   <si>
     <t>03/11/1993</t>
   </si>
   <si>
     <t>ECOLE DANHIER DE PEDICURIE PODOLOGIE</t>
   </si>
   <si>
     <t>78 RUE SAINT DENIS 93400 SAINT-OUEN-SUR-SEINE</t>
   </si>
   <si>
     <t>04/02/2021</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
+    <t>ASS INSTIT FORMAT PEDICU PODOL ERGO KINE</t>
+  </si>
+  <si>
+    <t>12 RUE JEAN-LOUIS BERTRAND 35000 RENNES</t>
+  </si>
+  <si>
+    <t>13/09/2004</t>
+  </si>
+  <si>
+    <t>ECOLE INFIRMIERE ASSIST SOCIAL</t>
+  </si>
+  <si>
+    <t>69373 LYON CEDEX 08 4 AVENUE ROCKEFELLER 69008 LYON</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>INSTITUT REGIONAL DE FORMATION AUX METIERS DE REEDUCATION ET DE READAPTATION DES PAYS DE LOIRE</t>
+  </si>
+  <si>
+    <t>54 RUE DE LA BAUGERIE 44230 SAINT-SEBASTIEN-SUR-LOIRE</t>
+  </si>
+  <si>
     <t>INSTITUT NATIONAL DE PODOLOGIE</t>
   </si>
   <si>
     <t>6 A 8 6 RUE SAINTE-ANNE 75001 PARIS</t>
   </si>
   <si>
     <t>01/11/2008</t>
   </si>
   <si>
-    <t>ASS INSTIT FORMAT PEDICU PODOL ERGO KINE</t>
-[...20 lines deleted...]
-    <t>54 RUE DE LA BAUGERIE 44230 SAINT-SEBASTIEN-SUR-LOIRE</t>
+    <t>FONDATION EFOM BORIS DOLTO</t>
+  </si>
+  <si>
+    <t>118 B RUE DE JAVEL 75015 PARIS</t>
+  </si>
+  <si>
+    <t>25/02/2010</t>
+  </si>
+  <si>
+    <t>ASSOCIATION POUR LA FORMATION LA RECHERCHE ET L EVALUATION EN PODOLOGIE</t>
+  </si>
+  <si>
+    <t>7 SENT DE LA COTE D ARGENT 92410 VILLE D'AVRAY</t>
+  </si>
+  <si>
+    <t>30/03/2010</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>ECOLE D'ASSAS REEDUCATION</t>
+  </si>
+  <si>
+    <t>4-6 4 VILLA THORETON 75015 PARIS</t>
+  </si>
+  <si>
+    <t>30/11/2018</t>
   </si>
   <si>
     <t>INST KINESITHERAPIE PODOLOGIE ORTHOPEDIE</t>
   </si>
   <si>
     <t>ECOLE MASSO KINESITHERAPIE REGION LILLE</t>
   </si>
   <si>
     <t>10 RUE SAINT-JEAN-BAPTISTE DE LA SALLE 59000 LILLE</t>
   </si>
   <si>
     <t>09/12/1980</t>
   </si>
   <si>
     <t>ASSOCIATION PIERRE NOAL</t>
   </si>
   <si>
     <t>IFRES</t>
   </si>
   <si>
     <t>25 RUE BALZAC 61000 ALENCON</t>
   </si>
   <si>
     <t>01/09/2003</t>
-  </si>
-[...28 lines deleted...]
-    <t>30/11/2018</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -999,377 +999,377 @@
       <c r="F9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>47</v>
       </c>
       <c r="I9" s="3">
         <v>11931094793</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>48058649400035</v>
+        <v>77774615700059</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="D10" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="3">
-        <v>11751790575</v>
+        <v>53350757635</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>77774615700059</v>
+        <v>77992578300010</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="3">
-        <v>53350757635</v>
+        <v>82690064169</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>77992578300010</v>
+        <v>78807167800015</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="3">
-        <v>82690064169</v>
+        <v>52440615544</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>78807167800015</v>
+        <v>48058649400035</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="E13" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="D13" s="2"/>
-      <c r="E13" s="2" t="s">
+      <c r="F13" s="2" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="3">
-        <v>52440615544</v>
+        <v>11751790575</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>30243213300023</v>
+        <v>52885548900019</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="D14" s="2" t="s">
+      <c r="D14" s="2"/>
+      <c r="E14" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="E14" s="2" t="s">
+      <c r="F14" s="2" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="3">
-        <v>31590012559</v>
+        <v>11754689075</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>31491218900037</v>
+        <v>53370923400017</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D15" s="2"/>
+      <c r="E15" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="D15" s="2" t="s">
+      <c r="F15" s="2" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>52885548900019</v>
+        <v>65205134300083</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="F16" s="2" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="3">
-        <v>11754689075</v>
+        <v>11755048975</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>53370923400017</v>
+        <v>30243213300023</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="D17" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>72</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="I17" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I17" s="3">
+        <v>31590012559</v>
+      </c>
       <c r="J17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>65205134300083</v>
+        <v>31491218900037</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="D18" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>75</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>76</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="I18" s="3">
-        <v>11755048975</v>
+        <v>25610064861</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
@@ -1388,31 +1388,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/17/2025 20:07:33</dc:description>
+  <dc:description>Export en date du 01/18/2026 12:29:44</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>