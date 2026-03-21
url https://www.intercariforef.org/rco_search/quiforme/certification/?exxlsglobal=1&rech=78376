--- v1 (2026-01-18)
+++ v2 (2026-03-21)
@@ -148,147 +148,147 @@
   <si>
     <t>01/09/2015</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER UNIVERSITAIRE DE BORDEAUX</t>
   </si>
   <si>
     <t>SIEGE ADMINISTRATIF</t>
   </si>
   <si>
     <t>12 RUE DUBERNAT 33400 TALENCE</t>
   </si>
   <si>
     <t>7233P001133</t>
   </si>
   <si>
     <t>INSTIT.FORMAT.CARRIERE SANTE</t>
   </si>
   <si>
     <t>RUE FRANCISCO FERRER 33000 BORDEAUX</t>
   </si>
   <si>
     <t>03/11/1993</t>
   </si>
   <si>
+    <t>INST KINESITHERAPIE PODOLOGIE ORTHOPEDIE</t>
+  </si>
+  <si>
+    <t>ECOLE MASSO KINESITHERAPIE REGION LILLE</t>
+  </si>
+  <si>
+    <t>10 RUE SAINT-JEAN-BAPTISTE DE LA SALLE 59000 LILLE</t>
+  </si>
+  <si>
+    <t>09/12/1980</t>
+  </si>
+  <si>
+    <t>ASSOCIATION PIERRE NOAL</t>
+  </si>
+  <si>
+    <t>IFRES</t>
+  </si>
+  <si>
+    <t>25 RUE BALZAC 61000 ALENCON</t>
+  </si>
+  <si>
+    <t>01/09/2003</t>
+  </si>
+  <si>
     <t>ECOLE DANHIER DE PEDICURIE PODOLOGIE</t>
   </si>
   <si>
     <t>78 RUE SAINT DENIS 93400 SAINT-OUEN-SUR-SEINE</t>
   </si>
   <si>
     <t>04/02/2021</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
+    <t>INSTITUT NATIONAL DE PODOLOGIE</t>
+  </si>
+  <si>
+    <t>6 A 8 6 RUE SAINTE-ANNE 75001 PARIS</t>
+  </si>
+  <si>
+    <t>01/11/2008</t>
+  </si>
+  <si>
+    <t>FONDATION EFOM BORIS DOLTO</t>
+  </si>
+  <si>
+    <t>118 B RUE DE JAVEL 75015 PARIS</t>
+  </si>
+  <si>
+    <t>25/02/2010</t>
+  </si>
+  <si>
+    <t>ASSOCIATION POUR LA FORMATION LA RECHERCHE ET L EVALUATION EN PODOLOGIE</t>
+  </si>
+  <si>
+    <t>7 SENT DE LA COTE D ARGENT 92410 VILLE D'AVRAY</t>
+  </si>
+  <si>
+    <t>30/03/2010</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>ECOLE D'ASSAS REEDUCATION</t>
+  </si>
+  <si>
+    <t>4-6 4 VILLA THORETON 75015 PARIS</t>
+  </si>
+  <si>
+    <t>30/11/2018</t>
+  </si>
+  <si>
     <t>ASS INSTIT FORMAT PEDICU PODOL ERGO KINE</t>
   </si>
   <si>
     <t>12 RUE JEAN-LOUIS BERTRAND 35000 RENNES</t>
   </si>
   <si>
     <t>13/09/2004</t>
   </si>
   <si>
     <t>ECOLE INFIRMIERE ASSIST SOCIAL</t>
   </si>
   <si>
     <t>69373 LYON CEDEX 08 4 AVENUE ROCKEFELLER 69008 LYON</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>INSTITUT REGIONAL DE FORMATION AUX METIERS DE REEDUCATION ET DE READAPTATION DES PAYS DE LOIRE</t>
   </si>
   <si>
     <t>54 RUE DE LA BAUGERIE 44230 SAINT-SEBASTIEN-SUR-LOIRE</t>
-  </si>
-[...61 lines deleted...]
-    <t>01/09/2003</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -962,408 +962,408 @@
       <c r="F8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>43226107100034</v>
+        <v>30243213300023</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="D9" s="2"/>
+      <c r="D9" s="2" t="s">
+        <v>45</v>
+      </c>
       <c r="E9" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="I9" s="3">
-        <v>11931094793</v>
+        <v>31590012559</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>77774615700059</v>
+        <v>31491218900037</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="D10" s="2"/>
+      <c r="D10" s="2" t="s">
+        <v>49</v>
+      </c>
       <c r="E10" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="I10" s="3">
-        <v>53350757635</v>
+        <v>25610064861</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>77992578300010</v>
+        <v>43226107100034</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="I11" s="3">
-        <v>82690064169</v>
+        <v>11931094793</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>78807167800015</v>
+        <v>48058649400035</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="D12" s="2"/>
+        <v>56</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>56</v>
+      </c>
       <c r="E12" s="2" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="3">
-        <v>52440615544</v>
+        <v>11751790575</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>48058649400035</v>
+        <v>52885548900019</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="3">
-        <v>11751790575</v>
+        <v>11754689075</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>52885548900019</v>
+        <v>53370923400017</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="I14" s="3"/>
       <c r="J14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>53370923400017</v>
+        <v>65205134300083</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="I15" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I15" s="3">
+        <v>11755048975</v>
+      </c>
       <c r="J15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>65205134300083</v>
+        <v>77774615700059</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="3">
-        <v>11755048975</v>
+        <v>53350757635</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>30243213300023</v>
+        <v>77992578300010</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>69</v>
-[...3 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="3">
-        <v>31590012559</v>
+        <v>82690064169</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>31491218900037</v>
+        <v>78807167800015</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="D18" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="D18" s="2"/>
+      <c r="E18" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>74</v>
-      </c>
-[...4 lines deleted...]
-        <v>76</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="I18" s="3">
-        <v>25610064861</v>
+        <v>52440615544</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -1388,31 +1388,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/18/2026 12:29:44</dc:description>
+  <dc:description>Export en date du 03/21/2026 11:20:41</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>