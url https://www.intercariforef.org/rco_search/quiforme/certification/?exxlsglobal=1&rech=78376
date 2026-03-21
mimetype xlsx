--- v2 (2026-03-21)
+++ v3 (2026-03-21)
@@ -1388,31 +1388,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 03/21/2026 11:20:41</dc:description>
+  <dc:description>Export en date du 03/21/2026 12:51:18</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>