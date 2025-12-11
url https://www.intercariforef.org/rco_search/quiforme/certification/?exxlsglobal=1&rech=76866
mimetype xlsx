--- v0 (2025-10-17)
+++ v1 (2025-12-11)
@@ -58,54 +58,54 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
-    <t>MINISTERE AUPRES MINISTERE TRAVAIL, SANTE, SOLIDARITE ET FAMILLES, CHARGE TRAVAIL ET EMPLOI</t>
-[...2 lines deleted...]
-    <t>HOTEL DU CHATELET 127 RUE DE GRENELLE 75007 PARIS</t>
+    <t>MINISTERE DU TRAVAIL ET DES SOLIDARITES</t>
+  </si>
+  <si>
+    <t>14 AVENUE DUQUESNE 75007 PARIS</t>
   </si>
   <si>
     <t>11/06/1997</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT LES LOMBARDS</t>
   </si>
   <si>
     <t>GRETA SUD CHAMPAGNE</t>
   </si>
   <si>
     <t>12 AVENUE DES LOMBARDS 10000 TROYES</t>
   </si>
   <si>
     <t>03/04/1989</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
@@ -1038,31 +1038,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/17/2025 04:00:58</dc:description>
+  <dc:description>Export en date du 12/11/2025 19:14:54</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>