--- v1 (2025-12-11)
+++ v2 (2026-02-02)
@@ -109,69 +109,69 @@
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>2110P000310</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DES LANDES</t>
   </si>
   <si>
     <t>CFPPA DES LANDES</t>
   </si>
   <si>
     <t>LEGTA HECTOR SERRES - DAX 2915 ROUTE DES BARTHES 40180 OEYRELUY</t>
   </si>
   <si>
     <t>17/01/1988</t>
   </si>
   <si>
     <t>7240P002640</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>15220 MARCOLES</t>
+  </si>
+  <si>
+    <t>01/01/1965</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
     <t>ASSOCIATION FORMATION AVENIR CONSEIL 24</t>
   </si>
   <si>
     <t>RUE JEAN BOUIN 24660 COULOUNIEIX-CHAMIERS</t>
   </si>
   <si>
     <t>26/06/1998</t>
-  </si>
-[...10 lines deleted...]
-    <t>85.32Z</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>MAISON FAMILIALE D'EDUCATION ET D'ORIENTATION DE SORIGNY</t>
   </si>
   <si>
     <t>RUE DE CHATEAU GAILLARD 37250 SORIGNY</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>22/07/2016</t>
   </si>
   <si>
     <t>94.12Z</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
     <t>5 ROUTE DE SERMOISE 58000 NEVERS</t>
   </si>
@@ -725,114 +725,114 @@
       <c r="F4" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>41983375100011</v>
+        <v>33495719800016</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="I5" s="3">
-        <v>72240090024</v>
+        <v>83150302415</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>33495719800016</v>
+        <v>41983375100011</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="I6" s="3">
-        <v>83150302415</v>
+        <v>72240090024</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>77531648200014</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>41</v>
       </c>
@@ -1038,31 +1038,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/11/2025 19:14:54</dc:description>
+  <dc:description>Export en date du 02/02/2026 01:33:18</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>