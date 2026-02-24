--- v0 (2025-12-17)
+++ v1 (2026-02-24)
@@ -852,53 +852,51 @@
     <row r="4" spans="1:13">
       <c r="A4" s="1">
         <v>34270750200296</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I4" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I4" s="3"/>
       <c r="J4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>34270750200403</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>14</v>
@@ -967,53 +965,51 @@
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>34270750200478</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>33</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I7" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>34270750200494</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
@@ -1230,53 +1226,51 @@
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>34270750200619</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>47</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>50</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="I14" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I14" s="3"/>
       <c r="J14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>34270750200627</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>47</v>
@@ -1569,53 +1563,51 @@
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>34270750200726</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>69</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="I23" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I23" s="3"/>
       <c r="J23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>34270750200734</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
@@ -1875,53 +1867,51 @@
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>77572257200523</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>24</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>82</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>26</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="I31" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I31" s="3"/>
       <c r="J31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>77572257200762</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
@@ -2062,53 +2052,51 @@
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>77572257200879</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G36" s="2" t="s">
         <v>88</v>
       </c>
       <c r="H36" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="I36" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I36" s="3"/>
       <c r="J36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>77572257200911</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
@@ -2286,53 +2274,51 @@
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
         <v>77572257201026</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>90</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="I42" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I42" s="3"/>
       <c r="J42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
         <v>77572257201034</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
@@ -2547,53 +2533,51 @@
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
         <v>77572257201117</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G49" s="2" t="s">
         <v>69</v>
       </c>
       <c r="H49" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="I49" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I49" s="3"/>
       <c r="J49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
         <v>77572257201133</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
@@ -2839,31 +2823,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/17/2025 15:48:17</dc:description>
+  <dc:description>Export en date du 02/24/2026 13:56:27</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>