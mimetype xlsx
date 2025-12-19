--- v0 (2025-10-14)
+++ v1 (2025-12-19)
@@ -14,160 +14,2278 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1166">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1167">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
+    <t>01625002900309</t>
+  </si>
+  <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>APRR</t>
+  </si>
+  <si>
+    <t>36 RUE DU DOCTEUR SCHMITT 21850 SAINT-APOLLINAIRE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>MINISTERE DE L'AGRICULTURE, DE L'AGRO-ALIMENTAIRE ET DE LA SOUVERAINETE ALIMENTAIRE</t>
+  </si>
+  <si>
+    <t>HOTEL DE VILLEROY 78 RUE DE VARENNE 75007 PARIS</t>
+  </si>
+  <si>
+    <t>01/03/1983</t>
+  </si>
+  <si>
+    <t>84.11Z</t>
+  </si>
+  <si>
+    <t>CHAMBRE D'AGRICULTURE DU NORD PAS DE CALAIS</t>
+  </si>
+  <si>
+    <t>CITE DE L'AGRICULTURE 56 AVENUE ROGER SALENGRO 62223 SAINT-LAURENT-BLANGY</t>
+  </si>
+  <si>
+    <t>01/01/2011</t>
+  </si>
+  <si>
+    <t>94.11Z</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>CHAMBRE INTERDEPARTEMENTALE D'AGRICULTURE DE SAVOIE MONT BLANC</t>
+  </si>
+  <si>
+    <t>52 AV DES ILES 74000 ANNECY</t>
+  </si>
+  <si>
+    <t>01/01/2013</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D INDUSTRIE DE REGION PARIS ILE DE FRANCE</t>
+  </si>
+  <si>
+    <t>L'EA ECOLES DES ECO-ACTIVITES CAMPUS AUBERGENVILLE</t>
+  </si>
+  <si>
+    <t>27 RUE DU CHANTIER D’HERUBE 78410 AUBERGENVILLE</t>
+  </si>
+  <si>
+    <t>01/01/2015</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>CHAMBRE D'AGRICULTURE D'ALSACE</t>
+  </si>
+  <si>
+    <t>ESPACE EUROPEEN ENTREPRISE 2 RUE DE ROME 67300 SCHILTIGHEIM</t>
+  </si>
+  <si>
+    <t>01/07/2013</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DE BORDEAUX</t>
+  </si>
+  <si>
+    <t>INSTITUT DES SCIENCES DE LA VIGNE ET DU VIN (ISVV)</t>
+  </si>
+  <si>
+    <t>210 CHEMIN DE LEYSOTTE 33140 VILLENAVE-D'ORNON</t>
+  </si>
+  <si>
+    <t>01/01/2014</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>CHAMBRE REGIONALE D'AGRICULTURE GRAND EST</t>
+  </si>
+  <si>
+    <t>COMPLEXE AGRICOLE DU MONT BERNARD ROUTE DE SUIPPES 51000 CHALONS-EN-CHAMPAGNE</t>
+  </si>
+  <si>
+    <t>01/01/2016</t>
+  </si>
+  <si>
+    <t>01/02/2024</t>
+  </si>
+  <si>
+    <t>CHAMBRE D'AGRICULTURE DE REGION ILE-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>19 RUE D'ANJOU 75008 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/2018</t>
+  </si>
+  <si>
+    <t>CHAMBRES D'AGRICULTURE FRANCE</t>
+  </si>
+  <si>
+    <t>9 AVENUE GEORGE V 75008 PARIS</t>
+  </si>
+  <si>
+    <t>CHAMBRE D'AGRICULTURE DE L'AIN</t>
+  </si>
+  <si>
+    <t>MAISON DE L'AGRICULTURE 4 AVENUE DU CHAMP DE FOIRE 01000 BOURG-EN-BRESSE</t>
+  </si>
+  <si>
+    <t>8201P000701</t>
+  </si>
+  <si>
+    <t>CHAMBRE DEP D'AGRICULTURE DE L'AISNE</t>
+  </si>
+  <si>
+    <t>1 RUE RENE BLONDELLE 02000 LAON</t>
+  </si>
+  <si>
+    <t>2202P001202</t>
+  </si>
+  <si>
+    <t>CHAMBRE DEPARTEMENTALE DE L AGRICULTURE DE L'ALLIER</t>
+  </si>
+  <si>
+    <t>60 COURS JEAN JAURES 03000 MOULINS</t>
+  </si>
+  <si>
+    <t>8303P002403</t>
+  </si>
+  <si>
+    <t>CHAMB DEP AGRIC ALPES HAUTE PROVENCE</t>
+  </si>
+  <si>
+    <t>66 BOULEVARD GASSENDI 04000 DIGNE-LES-BAINS</t>
+  </si>
+  <si>
+    <t>9304P000304</t>
+  </si>
+  <si>
+    <t>CHAMBRE DEP AGRICULTURE DES HAUTES ALPES</t>
+  </si>
+  <si>
+    <t>8 T RUE CAP DE BRESSON 05000 GAP</t>
+  </si>
+  <si>
+    <t>16/10/2023</t>
+  </si>
+  <si>
+    <t>9305P000405</t>
+  </si>
+  <si>
+    <t>CHAMBRE DEP AGRICULTURE ALPES MARITIMES</t>
+  </si>
+  <si>
+    <t>MIN FLEURS 17 BOX 85 MIN ST AUGUSTIN 06000 NICE</t>
+  </si>
+  <si>
+    <t>01/04/2000</t>
+  </si>
+  <si>
+    <t>CHAMBRE D AGRICULTURE DE L ARDECHE</t>
+  </si>
+  <si>
+    <t>4 AVENUE DE L'EUROPE UNIE 07000 PRIVAS</t>
+  </si>
+  <si>
+    <t>8207P000807</t>
+  </si>
+  <si>
+    <t>CHAMBRE DEP D'AGRICULTURE DES ARDENNES</t>
+  </si>
+  <si>
+    <t>1 RUE JACQUEMART TEMPLEUX 08000 CHARLEVILLE-MEZIERES</t>
+  </si>
+  <si>
+    <t>10/04/2014</t>
+  </si>
+  <si>
+    <t>CHAMBRE DEP D'AGRICULTURE DE L'AUBE</t>
+  </si>
+  <si>
+    <t>2 B RUE JEANNE D ARC 10000 TROYES</t>
+  </si>
+  <si>
+    <t>16/03/1983</t>
+  </si>
+  <si>
+    <t>02/04/2024</t>
+  </si>
+  <si>
+    <t>2110P001510</t>
+  </si>
+  <si>
+    <t>CHAMBRE DEP D AGRICULTURE DE L AUDE</t>
+  </si>
+  <si>
+    <t>ZONE ACTIVITES SAUTES 22 RUE DE L'INDUSTRIE 11800 TREBES</t>
+  </si>
+  <si>
+    <t>01/09/2004</t>
+  </si>
+  <si>
+    <t>9111P030711</t>
+  </si>
+  <si>
+    <t>CHAMBRE AGRICULTURE DES BOUCHES DU RHONE</t>
+  </si>
+  <si>
+    <t>MAISON DES AGRICULTEURS 22 AVENUE HENRI PONTIER 13100 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>9313P001413</t>
+  </si>
+  <si>
+    <t>CHAMBRE D AGRICULTURE DU CANTAL</t>
+  </si>
+  <si>
+    <t>26 RUE DU 139E RGT D’INFANTERIE 15000 AURILLAC</t>
+  </si>
+  <si>
+    <t>8315P001815</t>
+  </si>
+  <si>
+    <t>CHAMBRE DEPARTEMENTALE D'AGRICULTURE</t>
+  </si>
+  <si>
+    <t>MA CAMPAGNE ALLEE DES CHAUMES DE CRAGE 16000 ANGOULEME</t>
+  </si>
+  <si>
+    <t>04/08/1993</t>
+  </si>
+  <si>
+    <t>5416P001416</t>
+  </si>
+  <si>
+    <t>CHAMBRE D'AGRICULTURE DU CHER</t>
+  </si>
+  <si>
+    <t>2701 ROUTE D'ORLEANS 18230 SAINT-DOULCHARD</t>
+  </si>
+  <si>
+    <t>01/10/2003</t>
+  </si>
+  <si>
+    <t>2418P001518</t>
+  </si>
+  <si>
+    <t>CHAMBRE D AGRICULTURE DE LA CORREZE</t>
+  </si>
+  <si>
+    <t>IMMEUBLE CONSULAIRE PUY PINCON 19000 TULLE</t>
+  </si>
+  <si>
+    <t>26/07/1992</t>
+  </si>
+  <si>
+    <t>7419P002319</t>
+  </si>
+  <si>
+    <t>CHAMBRE DEP AGRICULTURE LA CORSE DU SUD</t>
+  </si>
+  <si>
+    <t>IMM LE RALLYE 19 AVENUE DU DOCTEUR NOEL FRANCHINI 20090 AJACCIO</t>
+  </si>
+  <si>
+    <t>31/12/1987</t>
+  </si>
+  <si>
+    <t>02/10/2023</t>
+  </si>
+  <si>
+    <t>9420P107320</t>
+  </si>
+  <si>
+    <t>CHAMBRE DEPARTEMENTALE D AGRICULTURE</t>
+  </si>
+  <si>
+    <t>1 RUE DES COULOTS 21110 BRETENIERE</t>
+  </si>
+  <si>
+    <t>28/09/2015</t>
+  </si>
+  <si>
+    <t>2621P001021</t>
+  </si>
+  <si>
+    <t>CHAMBRE D AGRICULTURE DE LA CREUSE</t>
+  </si>
+  <si>
+    <t>8 AVENUE D'AUVERGNE 23000 GUERET</t>
+  </si>
+  <si>
+    <t>01/02/2014</t>
+  </si>
+  <si>
+    <t>7423P001123</t>
+  </si>
+  <si>
+    <t>CRE@VALLEE N COULOUNIEIX CHAMIERS BOULEVARD DES SAVEURS 24660 COULOUNIEIX-CHAMIERS</t>
+  </si>
+  <si>
+    <t>23/11/2009</t>
+  </si>
+  <si>
+    <t>7224P005024</t>
+  </si>
+  <si>
+    <t>CHAMBRE D AGRICULTURE DE LA DROME</t>
+  </si>
+  <si>
+    <t>145 AVENUE GEORGES BRASSENS 26500 BOURG-LES-VALENCE</t>
+  </si>
+  <si>
+    <t>01/07/2011</t>
+  </si>
+  <si>
+    <t>8226P075726</t>
+  </si>
+  <si>
+    <t>CHAMBRE D'AGRICULTURE D'EURE ET LOIR</t>
+  </si>
+  <si>
+    <t>10 RUE DIEUDONNE COSTES 28000 CHARTRES</t>
+  </si>
+  <si>
+    <t>2428P001528</t>
+  </si>
+  <si>
+    <t>CHAMBRE D AGRICULTURE DU GARD</t>
+  </si>
+  <si>
+    <t>MAS DE L'AGRICULTURE 1120 ROUTE DE SAINT-GILLES 30000 NIMES</t>
+  </si>
+  <si>
+    <t>27/02/2001</t>
+  </si>
+  <si>
+    <t>9130P040530</t>
+  </si>
+  <si>
+    <t>32 RUE DE LISIEUX 31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>25/07/2017</t>
+  </si>
+  <si>
+    <t>7331P004731</t>
+  </si>
+  <si>
+    <t>MAISON DE L'AGRICULTURE CHEMIN DE LA CAILLAOUERE 32000 AUCH</t>
+  </si>
+  <si>
+    <t>10/08/1983</t>
+  </si>
+  <si>
+    <t>7332P000632</t>
+  </si>
+  <si>
+    <t>CHAMBRE D'AGRICULTURE DE LA GIRONDE</t>
+  </si>
+  <si>
+    <t>17 COURS XAVIER ARNOZAN 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/01/1986</t>
+  </si>
+  <si>
+    <t>7233P017733</t>
+  </si>
+  <si>
+    <t>CHAMBRE D AGRICULTURE DE L HERAULT</t>
+  </si>
+  <si>
+    <t>MAISON DES AGRICULTEURS - A MAS DE SAPORTA 34970 LATTES</t>
+  </si>
+  <si>
+    <t>01/01/1993</t>
+  </si>
+  <si>
+    <t>9134P369934</t>
+  </si>
+  <si>
+    <t>CHAMBRE D'AGRICULTURE DE L'INDRE</t>
+  </si>
+  <si>
+    <t>24 RUE DES INGRAINS 36000 CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>2436P001536</t>
+  </si>
+  <si>
+    <t>CHAMBRE D'AGRICULTURE D'INDRE ET LOIRE</t>
+  </si>
+  <si>
+    <t>38 RUE AUGUSTIN FRESNEL 37170 CHAMBRAY-LES-TOURS</t>
+  </si>
+  <si>
+    <t>2437P001437</t>
+  </si>
+  <si>
+    <t>CHAMBRE D'AGRICULTURE DES LANDES</t>
+  </si>
+  <si>
+    <t>AVENUE CRONSTADT 40000 MONT-DE-MARSAN</t>
+  </si>
+  <si>
+    <t>7240P003940</t>
+  </si>
+  <si>
+    <t>CHAMBRE D'AGRICULTURE DU LOIR ET CHER</t>
+  </si>
+  <si>
+    <t>CS 1808 N° 11A 15 11 RUE LOUIS JOSEPH PHILIPPE 41000 BLOIS</t>
+  </si>
+  <si>
+    <t>01/01/2006</t>
+  </si>
+  <si>
+    <t>2441P001041</t>
+  </si>
+  <si>
+    <t>CHAMBRE D AGRICULTURE DE LA LOIRE</t>
+  </si>
+  <si>
+    <t>43 AVENUE ALBERT RAIMOND 42270 SAINT-PRIEST-EN-JAREZ</t>
+  </si>
+  <si>
+    <t>25/01/1984</t>
+  </si>
+  <si>
+    <t>8242P001342</t>
+  </si>
+  <si>
+    <t>CHAMBRE D AGRICULTURE DE LA HAUTE LOIRE</t>
+  </si>
+  <si>
+    <t>16 BOULEVARD PRESIDENT BERTRAND 43000 VALS-PRES-LE-PUY</t>
+  </si>
+  <si>
+    <t>8343P001843</t>
+  </si>
+  <si>
+    <t>CHAMBRE REGIONALE D'AGRICULTURE DES PAYS DE LA LOIRE</t>
+  </si>
+  <si>
+    <t>9 RUE ANDRE BROUARD 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>26/08/2002</t>
+  </si>
+  <si>
+    <t>31/12/2023</t>
+  </si>
+  <si>
+    <t>CHAMBRE D'AGRICULTURE DU LOIRET</t>
+  </si>
+  <si>
+    <t>13 AVENUE DES DROITS DE L'HOMME 45000 ORLEANS</t>
+  </si>
+  <si>
+    <t>01/10/1992</t>
+  </si>
+  <si>
+    <t>2445P002745</t>
+  </si>
+  <si>
+    <t>430 AVENUE JEAN JAURES 46000 CAHORS</t>
+  </si>
+  <si>
+    <t>7346P000946</t>
+  </si>
+  <si>
+    <t>CHAMBRE DEP AGRICULTURE DU LOT &amp; GARONNE</t>
+  </si>
+  <si>
+    <t>271 RUE DE PECHABOUT 47000 AGEN</t>
+  </si>
+  <si>
+    <t>26/03/1991</t>
+  </si>
+  <si>
+    <t>7247P006447</t>
+  </si>
+  <si>
+    <t>CHAMBRE D AGRICULTURE DE LA LOZERE</t>
+  </si>
+  <si>
+    <t>25 AVENUE MARECHAL FOCH 48000 MENDE</t>
+  </si>
+  <si>
+    <t>01/01/2001</t>
+  </si>
+  <si>
+    <t>9148P004748</t>
+  </si>
+  <si>
+    <t>CHAMBRE DEP D'AGRICULTURE DE LA MARNE</t>
+  </si>
+  <si>
+    <t>ROUTE DE SUIPPES 51000 CHALONS-EN-CHAMPAGNE</t>
+  </si>
+  <si>
+    <t>2151P003651</t>
+  </si>
+  <si>
+    <t>CHAMBRE DEP AGRICULTURE LA HAUTE MARNE</t>
+  </si>
+  <si>
+    <t>26 AV DU 109E REGIMENT D'INFANTERIE 52000 CHAUMONT</t>
+  </si>
+  <si>
+    <t>2152P000852</t>
+  </si>
+  <si>
+    <t>CHAMBRE D AGRICULTURE DE LA NIEVRE</t>
+  </si>
+  <si>
+    <t>25 BOULEVARD LEON BLUM 58000 NEVERS</t>
+  </si>
+  <si>
+    <t>01/04/2006</t>
+  </si>
+  <si>
+    <t>2658P000658</t>
+  </si>
+  <si>
+    <t>CHAMBRE DEPARTEMENTALE AGRICULTURE OISE</t>
+  </si>
+  <si>
+    <t>AGRI60</t>
+  </si>
+  <si>
+    <t>RUE FRERE GAGNE 60000 BEAUVAIS</t>
+  </si>
+  <si>
+    <t>11/09/1986</t>
+  </si>
+  <si>
+    <t>2260P001260</t>
+  </si>
+  <si>
+    <t>CHAMBRE D'AGRICULTURE DU PUY DE DOME</t>
+  </si>
+  <si>
+    <t>11 ALLEE PIERRE DE FERMAT 63170 AUBIERE</t>
+  </si>
+  <si>
+    <t>05/01/2004</t>
+  </si>
+  <si>
+    <t>8363P004563</t>
+  </si>
+  <si>
+    <t>CHAMBRE AGRICULTURE PYR ATLANTIQUES</t>
+  </si>
+  <si>
+    <t>124 BOULEVARD TOURASSE 64000 PAU</t>
+  </si>
+  <si>
+    <t>01/10/1983</t>
+  </si>
+  <si>
+    <t>7264P007764</t>
+  </si>
+  <si>
+    <t>CHAMBRE AGRICULTURE PYRENEES ORIENTALES</t>
+  </si>
+  <si>
+    <t>19 AVENUE DE GRANDE-BRETAGNE 66000 PERPIGNAN</t>
+  </si>
+  <si>
+    <t>CHAMBRE D AGRICULTURE DU RHONE</t>
+  </si>
+  <si>
+    <t>MAISON DES AGRICULTEURS 18 AVENUE DES MONTS D'OR 69890 LA TOUR-DE-SALVAGNY</t>
+  </si>
+  <si>
+    <t>31/03/2003</t>
+  </si>
+  <si>
+    <t>8269P002869</t>
+  </si>
+  <si>
+    <t>CHAMBRE D AGRICULTURE DE SAONE ET LOIRE</t>
+  </si>
+  <si>
+    <t>59 RUE DU DIX NEUF MARS 1962 71000 MACON</t>
+  </si>
+  <si>
+    <t>2671P000771</t>
+  </si>
+  <si>
+    <t>CHAMBRE DEP D'AGRICULTURE DE LA SOMME</t>
+  </si>
+  <si>
+    <t>19 B RUE ALEXANDRE DUMAS 80090 AMIENS</t>
+  </si>
+  <si>
+    <t>CHAMBRE D'AGRICULTURE DU TARN</t>
+  </si>
+  <si>
+    <t>LA MILLIASSOLE 96 RUE DES AGRICULTEURS 81000 ALBI</t>
+  </si>
+  <si>
+    <t>25/10/1983</t>
+  </si>
+  <si>
+    <t>7381P000681</t>
+  </si>
+  <si>
+    <t>130 AVENUE MARCEL UNAL 82000 MONTAUBAN</t>
+  </si>
+  <si>
+    <t>7382P001282</t>
+  </si>
+  <si>
+    <t>CHAMBRE DEP D AGRICULTURE DU VAR</t>
+  </si>
+  <si>
+    <t>26 BOULEVARD JEAN JAURES 83300 DRAGUIGNAN</t>
+  </si>
+  <si>
+    <t>9383P000283</t>
+  </si>
+  <si>
+    <t>CHAMBRE DEP D AGRICULTURE DU VAUCLUSE</t>
+  </si>
+  <si>
+    <t>SITE AGROPARC RN7-CANTAREL ROUTE DE MARSEILLE 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>01/01/1995</t>
+  </si>
+  <si>
+    <t>9384P000284</t>
+  </si>
+  <si>
+    <t>AGROPOLE 2133 ROUTE DE CHAUVIGNY 86550 MIGNALOUX-BEAUVOIR</t>
+  </si>
+  <si>
+    <t>01/07/1987</t>
+  </si>
+  <si>
+    <t>5486P001386</t>
+  </si>
+  <si>
+    <t>CHAMBRE D AGRICULTURE DE LA HAUTE VIENNE</t>
+  </si>
+  <si>
+    <t>SAFRAN 2 AVENUE GEORGES GUINGOUIN 87350 PANAZOL</t>
+  </si>
+  <si>
+    <t>16/06/2008</t>
+  </si>
+  <si>
+    <t>7487P002587</t>
+  </si>
+  <si>
+    <t>CHAMBRE D AGRICULTURE DE L YONNE</t>
+  </si>
+  <si>
+    <t>14 B RUE GUYNEMER 89000 AUXERRE</t>
+  </si>
+  <si>
+    <t>2689P000789</t>
+  </si>
+  <si>
+    <t>CHAMBRE DEP AGRICULTURE DE LA GUADELOUPE</t>
+  </si>
+  <si>
+    <t>ESPACE REGIONAL AGRICOLE LD CONVENANCE 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>01/01/1990</t>
+  </si>
+  <si>
+    <t>9597P000497</t>
+  </si>
+  <si>
+    <t>CHAMBRE DEP AGRICULTURE DE LA MARTINIQUE</t>
+  </si>
+  <si>
+    <t>PLACE D'ARMES 97232 LE LAMENTIN</t>
+  </si>
+  <si>
+    <t>02/05/1988</t>
+  </si>
+  <si>
+    <t>02973132197</t>
+  </si>
+  <si>
+    <t>CHAMBRE D'AGRICULTURE DE LA GUYANE</t>
+  </si>
+  <si>
+    <t>1 AVENUE DES JARDINS DE SAINTE-AGATHE 97355 MACOURIA</t>
+  </si>
+  <si>
+    <t>31/03/2017</t>
+  </si>
+  <si>
+    <t>03973308697</t>
+  </si>
+  <si>
+    <t>CHAMBRE D'AGRICULTURE DE LA REUNION</t>
+  </si>
+  <si>
+    <t>24 RUE DE LA SOURCE 97400 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>02/08/1984</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE BOURG-EN-BRESSE</t>
+  </si>
+  <si>
+    <t>LEGTPA LYCEE AGRICOLE AGROALIMENTAIRE</t>
+  </si>
+  <si>
+    <t>79 AVENUE DE JASSERON 01000 BOURG-EN-BRESSE</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>8201P082601</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D ENSEIGNEMENT AGRICOLE AUMONT CREZANCY VERDILLY</t>
+  </si>
+  <si>
+    <t>CFPPA DE VERDILLY</t>
+  </si>
+  <si>
+    <t>4 AVENUE EUPHRASIE GUYNEMER 02400 VERDILLY</t>
+  </si>
+  <si>
+    <t>01/01/1983</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>2202P000302</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE VERVINS</t>
+  </si>
+  <si>
+    <t>CFPPA DE THIERACHE</t>
+  </si>
+  <si>
+    <t>RUE PORTE DES CHAMPS 02140 FONTAINE-LES-VERVINS</t>
+  </si>
+  <si>
+    <t>19/01/2006</t>
+  </si>
+  <si>
+    <t>2202P000702</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DU BOURBONNAIS</t>
+  </si>
+  <si>
+    <t>CFPPA DE MOULINS</t>
+  </si>
+  <si>
+    <t>NEUVILLE 03000 NEUVY</t>
+  </si>
+  <si>
+    <t>15/12/1988</t>
+  </si>
+  <si>
+    <t>8303P001003</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE DIGNE - CARMEJANE</t>
+  </si>
+  <si>
+    <t>CFPPA-UFA</t>
+  </si>
+  <si>
+    <t>CARMEJANE 04510 LE CHAFFAUT-SAINT-JURSON</t>
+  </si>
+  <si>
+    <t>11/07/1991</t>
+  </si>
+  <si>
+    <t>9304P001004</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE D'ANTIBES</t>
+  </si>
+  <si>
+    <t>CFPPA ET HORTICOLES</t>
+  </si>
+  <si>
+    <t>88 CHEMIN DES MAURES 06600 ANTIBES</t>
+  </si>
+  <si>
+    <t>01/01/1976</t>
+  </si>
+  <si>
+    <t>9306P002806</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES D'AUBENAS</t>
+  </si>
+  <si>
+    <t>CFPPA DU PRADEL</t>
+  </si>
+  <si>
+    <t>DOMAINE OLIVIER DE SERRE LE PRADEL 07170 MIRABEL</t>
+  </si>
+  <si>
+    <t>8207P000307</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE RETHEL</t>
+  </si>
+  <si>
+    <t>CFPPA RETHEL</t>
+  </si>
+  <si>
+    <t>RTE DE NOVION 08300 RETHEL</t>
+  </si>
+  <si>
+    <t>14/05/1983</t>
+  </si>
+  <si>
+    <t>2108P000608</t>
+  </si>
+  <si>
+    <t>EPLEFPA CAMPUS AGRO-ENVIRONNEMENTAL DE SAINT-LAURENT</t>
+  </si>
+  <si>
+    <t>CFPPA CAMPUS AGRO-ENVIRONNEMENTAL DE ST-LAURENT</t>
+  </si>
+  <si>
+    <t>27 RUE DU MUGUET 08090 SAINT-LAURENT</t>
+  </si>
+  <si>
+    <t>2108P000508</t>
+  </si>
+  <si>
+    <t>CAMPUS TERRES DE L AUBE</t>
+  </si>
+  <si>
+    <t>CFPPA SITE DE CROGNY</t>
+  </si>
+  <si>
+    <t>RUE DES ETANGS 10210 LES LOGES-MARGUERON</t>
+  </si>
+  <si>
+    <t>01/01/2002</t>
+  </si>
+  <si>
+    <t>2110P000810</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE CASTELNAUDARY</t>
+  </si>
+  <si>
+    <t>CFPPA</t>
+  </si>
+  <si>
+    <t>935 AVENUE DU DOCTEUR RENE LAENNEC 11400 CASTELNAUDARY</t>
+  </si>
+  <si>
+    <t>31/12/1972</t>
+  </si>
+  <si>
+    <t>9111P012311</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE RODEZ-LA-ROQUE</t>
+  </si>
+  <si>
+    <t>LA ROQUE ROUTE D'ESPALION 12850 ONET-LE-CHATEAU</t>
+  </si>
+  <si>
+    <t>10/05/1990</t>
+  </si>
+  <si>
+    <t>7312P001112</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE SAINT-AFFRIQUE</t>
+  </si>
+  <si>
+    <t>CFPPA DE SAINT AFFRIQUE</t>
+  </si>
+  <si>
+    <t>12 ROUTE DE BOURNAC 12400 SAINT-AFFRIQUE</t>
+  </si>
+  <si>
+    <t>7312P001212</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES AIX VALABRE MARSEILLE</t>
+  </si>
+  <si>
+    <t>CFPPA - SITE DE GARDANNE</t>
+  </si>
+  <si>
+    <t>CHEMIN DU MOULIN DU FORT 13120 GARDANNE</t>
+  </si>
+  <si>
+    <t>9313P006413</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE SAINT REMY DE PROVENCE</t>
+  </si>
+  <si>
+    <t>CFPPA DE SAINT REMY DE PROVENCE</t>
+  </si>
+  <si>
+    <t>AVENUE EDOUARD HERRIOT 13210 SAINT-REMY-DE-PROVENCE</t>
+  </si>
+  <si>
+    <t>01/09/2007</t>
+  </si>
+  <si>
+    <t>LYCEE GEN TECHNO AGRICOLE LE ROBILLARD</t>
+  </si>
+  <si>
+    <t>CTRE FORM PROF PROMO AGRICOLE CFPPA</t>
+  </si>
+  <si>
+    <t>LIEURY LD ROBILLARD 14140 SAINT-PIERRE-EN-AUGE</t>
+  </si>
+  <si>
+    <t>01/09/2002</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE VIRE</t>
+  </si>
+  <si>
+    <t>CFPPA DE VIRE</t>
+  </si>
+  <si>
+    <t>47 ROUTE DES CHAMPS DE TRACY 14500 VIRE NORMANDIE</t>
+  </si>
+  <si>
+    <t>05/03/1984</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE SAINT FLOUR</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL AGRICOLE LOUIS MALLET</t>
+  </si>
+  <si>
+    <t>ROUTE DES HAUTES TERRES 15100 SAINT-FLOUR</t>
+  </si>
+  <si>
+    <t>30/03/1990</t>
+  </si>
+  <si>
+    <t>8315P000815</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE L'OISELLERIE</t>
+  </si>
+  <si>
+    <t>CFPPA L'OISELLERIE</t>
+  </si>
+  <si>
+    <t>LOGIS DEL 'OISELLERIE 40 ALLEE DE L’OISELLERIE 16400 LA COURONNE</t>
+  </si>
+  <si>
+    <t>18/01/1988</t>
+  </si>
+  <si>
+    <t>5416P000416</t>
+  </si>
+  <si>
+    <t>EPLEFPA AGROCAMPUS DE SAINTONGE</t>
+  </si>
+  <si>
+    <t>CTRE FORMATION PROF PROMO AGRICOLES</t>
+  </si>
+  <si>
+    <t>RUE GEORGES DESCLAUDE 17100 SAINTES</t>
+  </si>
+  <si>
+    <t>5417P000517</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE BOURGES - LE SOLLIER</t>
+  </si>
+  <si>
+    <t>LE SOLLIER 18570 LE SUBDRAY</t>
+  </si>
+  <si>
+    <t>19/02/2010</t>
+  </si>
+  <si>
+    <t>2418P000618</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES EDGARD PISANI</t>
+  </si>
+  <si>
+    <t>CTRE FORMATION PROF PROMO AGRICOLE</t>
+  </si>
+  <si>
+    <t>CFPPA DE TULES NAVES CEZARIN 19460 NAVES</t>
+  </si>
+  <si>
+    <t>7419P001719</t>
+  </si>
+  <si>
+    <t>LYCEE AGRICOLE DE SARTENE</t>
+  </si>
+  <si>
+    <t>ROUTE DE LEVIE 20100 SARTENE</t>
+  </si>
+  <si>
+    <t>01/09/1985</t>
+  </si>
+  <si>
+    <t>9420P105320</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL AGRICOLE DE BORGO MARANA</t>
+  </si>
+  <si>
+    <t>CENTRE FORMATION PROF PROMO AGRICOLE</t>
+  </si>
+  <si>
+    <t>LD AGHJA ROSSA 20290 BORGO</t>
+  </si>
+  <si>
+    <t>01/09/1991</t>
+  </si>
+  <si>
+    <t>9420P202420</t>
+  </si>
+  <si>
+    <t>ETS PUB LOCAL ENS FORMATION PRO AGRI...</t>
+  </si>
+  <si>
+    <t>LYCEE ENS GENERAL TECHNOLOGIQUE AGRICOLE</t>
+  </si>
+  <si>
+    <t>LYCEE VITICOLE DE BEAUNE 16 AVENUE CHARLES JAFFELIN 21200 BEAUNE</t>
+  </si>
+  <si>
+    <t>2621P000821</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE QUETIGNY-PLOMBIERES LES DIJON</t>
+  </si>
+  <si>
+    <t>LEGTPA OLIVIER DE SERRES</t>
+  </si>
+  <si>
+    <t>21 BOULEVARD OLIVIER DE SERRES 21800 QUETIGNY</t>
+  </si>
+  <si>
+    <t>2621P002521</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE GUINGAMP-KERNILIEN</t>
+  </si>
+  <si>
+    <t>CFPPA TANGUY PRIGENT</t>
+  </si>
+  <si>
+    <t>ALL DE KERNILLIEN 22200 PLOUISY</t>
+  </si>
+  <si>
+    <t>01/01/1985</t>
+  </si>
+  <si>
+    <t>5322P005422</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DU PERIGORD</t>
+  </si>
+  <si>
+    <t>DOMAINE PEYROUSE 113 AVENUE WINSTON CHURCHILL 24660 COULOUNIEIX-CHAMIERS</t>
+  </si>
+  <si>
+    <t>7224P004224</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNEL AGRICOLE DE BESANCON GRANVELLE</t>
+  </si>
+  <si>
+    <t>CFPPA CHATEAUFARINE</t>
+  </si>
+  <si>
+    <t>10 RUE FRANCOIS VILLON 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>18/02/1993</t>
+  </si>
+  <si>
+    <t>4325P001225</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DU VALENTIN</t>
+  </si>
+  <si>
+    <t>LEGTA DE BOURG-LES-VALENCE</t>
+  </si>
+  <si>
+    <t>LE VALENTIN AVENUE DE LYON 26500 BOURG-LES-VALENCE</t>
+  </si>
+  <si>
+    <t>8226P000426</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES TERRE D'HORIZON</t>
+  </si>
+  <si>
+    <t>LEGTPA DE ROMANS SUR ISERE</t>
+  </si>
+  <si>
+    <t>1414 CHEMIN DE ROSEY OUEST 26100 ROMANS-SUR-ISERE</t>
+  </si>
+  <si>
+    <t>01/09/1995</t>
+  </si>
+  <si>
+    <t>ETAB PUBLIC LOCAL ENSEIGNEMENT FORMATION PROFESSIONNELLE AGRICOLES HORTI-POLE EVREUX - FORMATIONS NATURE ET PAYSAGE</t>
+  </si>
+  <si>
+    <t>6 RUE GEORGES POLITZER 27000 EVREUX</t>
+  </si>
+  <si>
+    <t>2327P002727</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE CHARTRES - LA SAUSSAYE</t>
+  </si>
+  <si>
+    <t>LA SAUSSAYE 28630 SOURS</t>
+  </si>
+  <si>
+    <t>19/01/1988</t>
+  </si>
+  <si>
+    <t>2428P001828</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES CHATEAULIN MORLAIX KERLIVER</t>
+  </si>
+  <si>
+    <t>KERLIVER 29460 HANVEC</t>
+  </si>
+  <si>
+    <t>02/06/1992</t>
+  </si>
+  <si>
+    <t>5329P007529</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE NIMES-RODILHAN</t>
+  </si>
+  <si>
+    <t>LEGTA DE NIMES-RODILHAN</t>
+  </si>
+  <si>
+    <t>DOMAINE DE DONADILLE CHEM DES CANAUX 30230 RODILHAN</t>
+  </si>
+  <si>
+    <t>9130P031930</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D' ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES D' ONDES</t>
+  </si>
+  <si>
+    <t>LEGTA D'ONDES</t>
+  </si>
+  <si>
+    <t>16 ROUTE DE CASTELNAU 31330 ONDES</t>
+  </si>
+  <si>
+    <t>7331P004531</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE TOULOUSE AUZEVILLE</t>
+  </si>
+  <si>
+    <t>CFPPA TOULOUSE AUZEVILLE DE CASTANET TOLOSAN</t>
+  </si>
+  <si>
+    <t>2, ROUTE DE NARBONNE AVENUE DE TOULOUSE 31320 CASTANET-TOLOSAN</t>
+  </si>
+  <si>
+    <t>7331P004431</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION AGRICOLE MIRANDE-RISCLE</t>
+  </si>
+  <si>
+    <t>CFPPA DU GERS</t>
+  </si>
+  <si>
+    <t>VALENTEES 32300 MIRANDE</t>
+  </si>
+  <si>
+    <t>06/04/1987</t>
+  </si>
+  <si>
+    <t>7332P000532</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE BORDEAUX GIRONDE</t>
+  </si>
+  <si>
+    <t>84 AVENUE DU GENERAL DE GAULLE 33290 BLANQUEFORT</t>
+  </si>
+  <si>
+    <t>06/03/2003</t>
+  </si>
+  <si>
+    <t>7233P020333</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE MONTPELLIER-ORB-HERAULT</t>
+  </si>
+  <si>
+    <t>CFPPA DE L'HERAULT - SITE DE MONTPELLIER</t>
+  </si>
+  <si>
+    <t>3224 ROUTE DE MENDE 34090 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>9134P567034</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE RENNES - LE RHEU</t>
+  </si>
+  <si>
+    <t>CENTRE PROMOTION SOCIALE AGRICOLE</t>
+  </si>
+  <si>
+    <t>AV DES PALMIERS 35270 COMBOURG</t>
+  </si>
+  <si>
+    <t>28/04/1983</t>
+  </si>
+  <si>
+    <t>5335P015535</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>CFPPA DE CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>ROUTE DE VELLES 36000 CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>04/04/2002</t>
+  </si>
+  <si>
+    <t>2436P000436</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE TOURS-FONDETTES</t>
+  </si>
+  <si>
+    <t>CFPPA DE TOURS-FONDETTES</t>
+  </si>
+  <si>
+    <t>LA PLAINE 37230 FONDETTES</t>
+  </si>
+  <si>
+    <t>12/04/1984</t>
+  </si>
+  <si>
+    <t>2437P000937</t>
+  </si>
+  <si>
+    <t>LYCEE D'ENSEIGNEMENT GENERAL ET TECHNOLOGIQUE AGRICOLE DE GRENOBLE - SAINT-ISMIER</t>
+  </si>
+  <si>
+    <t>CFPPA DE GRENOBLE SAINT-ISMIER</t>
+  </si>
+  <si>
+    <t>1 CHEMIN DE CHARVINIERE 38330 SAINT-ISMIER</t>
+  </si>
+  <si>
+    <t>11/12/2001</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE LA COTE ST ANDRE</t>
+  </si>
+  <si>
+    <t>CTRE FORMATION PROFES PROMOTION AGRICOLE</t>
+  </si>
+  <si>
+    <t>57 AVENUE CHARLES DE GAULLE 38260 LA COTE-SAINT-ANDRE</t>
+  </si>
+  <si>
+    <t>01/01/1988</t>
+  </si>
+  <si>
+    <t>8238P000838</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE LONS-LE-SAUNIER</t>
+  </si>
+  <si>
+    <t>LEGTA DE LONS-LE-SAUNIER EDGAR FAURE</t>
+  </si>
+  <si>
+    <t>614 AVENUE EDGAR FAURE 39570 MONTMOROT</t>
+  </si>
+  <si>
+    <t>4339P000839</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DES LANDES</t>
+  </si>
+  <si>
+    <t>CFPPA DES LANDES</t>
+  </si>
+  <si>
+    <t>LEGTA HECTOR SERRES - DAX 2915 ROUTE DES BARTHES 40180 OEYRELUY</t>
+  </si>
+  <si>
+    <t>17/01/1988</t>
+  </si>
+  <si>
+    <t>7240P002640</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DU LOIR ET CHER</t>
+  </si>
+  <si>
+    <t>LEGTA DE VENDOME</t>
+  </si>
+  <si>
+    <t>RUE DE LA VALLEE DU LOIR 41100 AREINES</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES CAMPUS AGRONOVA</t>
+  </si>
+  <si>
+    <t>LEGTA SITE DE PRECIEUX</t>
+  </si>
+  <si>
+    <t>LE BOURG 42600 PRECIEUX</t>
+  </si>
+  <si>
+    <t>8242P000442</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE MONTRAVEL-VILLARS</t>
+  </si>
+  <si>
+    <t>MONTRAVEL 42390 VILLARS</t>
+  </si>
+  <si>
+    <t>16/01/2001</t>
+  </si>
+  <si>
+    <t>8242P129442</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE BRIOUDE-BONNEFONT</t>
+  </si>
+  <si>
+    <t>CFPPA DE BRIOUDE-BONNEFONT</t>
+  </si>
+  <si>
+    <t>BONNEFONT 43100 FONTANNES</t>
+  </si>
+  <si>
+    <t>01/01/2000</t>
+  </si>
+  <si>
+    <t>8343P000643</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DU VELAY</t>
+  </si>
+  <si>
+    <t>CFPPA ADULTES D'YSSINGEAUX</t>
+  </si>
+  <si>
+    <t>DOMAINE DE CHOUMOUROUX 50 IMPASSE DES EPICEAS 43200 YSSINGEAUX</t>
+  </si>
+  <si>
+    <t>8343P000743</t>
+  </si>
+  <si>
+    <t>NANTES TERRE ATLANTIQUE</t>
+  </si>
+  <si>
+    <t>CFPPA-SITE JULES RIEFFEL</t>
+  </si>
+  <si>
+    <t>5 RUE DE LA SYONNIERE 44800 SAINT-HERBLAIN</t>
+  </si>
+  <si>
+    <t>01/12/2016</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC  LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DU LOIRET</t>
+  </si>
+  <si>
+    <t>LEGTA DE MONTARGIS</t>
+  </si>
+  <si>
+    <t>LE CHESNOY 2190 AVENUE D'ANTIBES 45200 AMILLY</t>
+  </si>
+  <si>
+    <t>06/07/1995</t>
+  </si>
+  <si>
+    <t>2445P001245</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DU LOT ET GARONNE</t>
+  </si>
+  <si>
+    <t>CTRE DEPT FORMAT PROFES PROMOTION AGRICOLES</t>
+  </si>
+  <si>
+    <t>ROUTE DE CASSENEUIL 47110 SAINTE-LIVRADE-SUR-LOT</t>
+  </si>
+  <si>
+    <t>21/12/1983</t>
+  </si>
+  <si>
+    <t>7247P005047</t>
+  </si>
+  <si>
+    <t>ETAB PUPLIC LOCAL ENSEIGNEMENT FORMATION PROFESSIONNELLE AGRICOLE DE LA LOZERE</t>
+  </si>
+  <si>
+    <t>LEGTPA FRANCOIS RABELAIS</t>
+  </si>
+  <si>
+    <t>CIVERGOLS 48200 SAINT-CHELY-D'APCHER</t>
+  </si>
+  <si>
+    <t>9148P021348</t>
+  </si>
+  <si>
+    <t>LYCEE D'ENSEIGNEMENT GENERAL ET TECHNOLOGIQUE AGRICOLE DE SAINTE-GEMMES</t>
+  </si>
+  <si>
+    <t>CFPPA  DU FRESNE</t>
+  </si>
+  <si>
+    <t>LE FRESNE 49130 STE GEMMES SUR LOIRE</t>
+  </si>
+  <si>
+    <t>21/02/1970</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE EDGARD PISANI</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL AGRICOLE EDGARD PISANI</t>
+  </si>
+  <si>
+    <t>ROUTE DE MERON 49260 MONTREUIL-BELLAY</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LYCEE AGRICOLE ET HORTICOLE DE COUTANCES</t>
+  </si>
+  <si>
+    <t>LA QUIBOUQUIERE RUE DE REGNEVILLE 50200 COUTANCES</t>
+  </si>
+  <si>
+    <t>2550P005050</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE</t>
+  </si>
+  <si>
+    <t>CENTRE FORMATION PROF ET PROMOTION AGRI CFPPA</t>
+  </si>
+  <si>
+    <t>EPLEFPA CHALONS EN CHAMPAGNE 52 RUE DU CHATEAU 51460 L'EPINE</t>
+  </si>
+  <si>
+    <t>2151P002051</t>
+  </si>
+  <si>
+    <t>LYCEE VITICOLE DE LA CHAMPAGNE</t>
+  </si>
+  <si>
+    <t>CFPPA FORMAXION</t>
+  </si>
+  <si>
+    <t>61 AVENUE DE MAZAGRAN 51190 AVIZE</t>
+  </si>
+  <si>
+    <t>15/11/1988</t>
+  </si>
+  <si>
+    <t>2151P000251</t>
+  </si>
+  <si>
+    <t>EPLEFPA DE LA HAUTE-MARNE</t>
+  </si>
+  <si>
+    <t>LEGTA REGIONAL DE LA HAUTE-MARNE</t>
+  </si>
+  <si>
+    <t>RUE DU LYCEE 52000 CHAMARANDES-CHOIGNES</t>
+  </si>
+  <si>
+    <t>2152P001252</t>
+  </si>
+  <si>
+    <t>AGRICAMPUS LAVAL</t>
+  </si>
+  <si>
+    <t>321 ROUTE DE SAINT NAZAIRE 53000 LAVAL</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE LA MEUSE</t>
+  </si>
+  <si>
+    <t>LEGTPA DE BAR LE DUC</t>
+  </si>
+  <si>
+    <t>TECHNOPOLE PHILIPPE DE VILMORIN CHEMIN DE POPEY 55000 BAR-LE-DUC</t>
+  </si>
+  <si>
+    <t>4155P000755</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE METZ COURCELLES-CHAUSSY</t>
+  </si>
+  <si>
+    <t>LYCEE D'ENSEIGNEMENT GENERAL ET TECHNOLOGIQUE</t>
+  </si>
+  <si>
+    <t>1 AVENUE D'URVILLE 57530 COURCELLES-CHAUSSY</t>
+  </si>
+  <si>
+    <t>4157P001557</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE NEVERS-COSNE-PLAGNY</t>
+  </si>
+  <si>
+    <t>CTRE FORM PROF PROMO AGRIC CFPPA</t>
+  </si>
+  <si>
+    <t>DOMAINE NEUF 58000 CHALLUY</t>
+  </si>
+  <si>
+    <t>01/09/1976</t>
+  </si>
+  <si>
+    <t>2658P000158</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC ENSEIGNEMENT ET FORMATION PROFESSIONNELLE AGRICOLE DU MORVAN</t>
+  </si>
+  <si>
+    <t>CFPPA DU MORVAN</t>
+  </si>
+  <si>
+    <t>RUE PIERRE MENDES FRANCE 58120 CHATEAU-CHINON (VILLE)</t>
+  </si>
+  <si>
+    <t>29/03/1996</t>
+  </si>
+  <si>
+    <t>2658P000258</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE DOUAI</t>
+  </si>
+  <si>
+    <t>CFPPA DU NORD</t>
+  </si>
+  <si>
+    <t>458 RUE DE LA MOTTE JULIEN 59500 DOUAI</t>
+  </si>
+  <si>
+    <t>26/11/1986</t>
+  </si>
+  <si>
+    <t>3159P003559</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DES FLANDRES</t>
+  </si>
+  <si>
+    <t>CFPPA SITE LOMME</t>
+  </si>
+  <si>
+    <t>RUE DE LA MITTERIE 59160 LILLE</t>
+  </si>
+  <si>
+    <t>01/01/2010</t>
+  </si>
+  <si>
+    <t>3159P005459</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL AGRICOLE DE RIBECOURT- LYCEE DES METIERS DE L’HORTICULTURE ET DU PAYSAGE</t>
+  </si>
+  <si>
+    <t>91 RUE ANDRE REGNIER 60170 RIBECOURT-DRESLINCOURT</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE OISE</t>
+  </si>
+  <si>
+    <t>CTRE FORMATION PROF POUR ADULTES</t>
+  </si>
+  <si>
+    <t>6 LE DESSUS DE L'ETANG 60600 AIRION</t>
+  </si>
+  <si>
+    <t>28/03/1996</t>
+  </si>
+  <si>
+    <t>2260P001160</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EPLEFPA ALENCON SEES  - CAMPUS TERRE § AVENIR </t>
+  </si>
+  <si>
+    <t>CENT FORM PROF PROMO AGRICOLE</t>
+  </si>
+  <si>
+    <t>AVENUE DE TONISVORST 61500 SEES</t>
+  </si>
+  <si>
+    <t>10/01/1985</t>
+  </si>
+  <si>
+    <t>2561P001061</t>
+  </si>
+  <si>
+    <t>CAMPUS AGRO-ENVIRONNEMENTAL 62</t>
+  </si>
+  <si>
+    <t>CFPPA-UFA 62</t>
+  </si>
+  <si>
+    <t>ROUTE DE CAMBRAI 62217 TILLOY-LES-MOFFLAINES</t>
+  </si>
+  <si>
+    <t>3162P002962</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE MARMILHAT</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION PROFESSIONNELLE ET DE</t>
+  </si>
+  <si>
+    <t>MARMILHAT 63370 LEMPDES</t>
+  </si>
+  <si>
+    <t>01/01/1971</t>
+  </si>
+  <si>
+    <t>8363P001463</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE PAU MONTARDON</t>
+  </si>
+  <si>
+    <t>ROUTE DE PAU 64121 MONTARDON</t>
+  </si>
+  <si>
+    <t>14/09/1989</t>
+  </si>
+  <si>
+    <t>7264P006064</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE VIC EN BIGORRE</t>
+  </si>
+  <si>
+    <t>CFPPA DES HTES PYRENEES</t>
+  </si>
+  <si>
+    <t>116 RUE DU BIDALET 65300 LANNEMEZAN</t>
+  </si>
+  <si>
+    <t>09/12/1988</t>
+  </si>
+  <si>
+    <t>7365P000865</t>
+  </si>
+  <si>
+    <t>EPLEFPA PERPIGNAN-ROUSSILLON</t>
+  </si>
+  <si>
+    <t>BD DES PYRENEES 66600 RIVESALTES</t>
+  </si>
+  <si>
+    <t>17/10/1995</t>
+  </si>
+  <si>
+    <t>9166P015966</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DU BAS-RHIN</t>
+  </si>
+  <si>
+    <t>CTRE FORM.PROF.-PROMOTION AGRICOLE</t>
+  </si>
+  <si>
+    <t>44 BOULEVARD DE L’EUROPE 67210 OBERNAI</t>
+  </si>
+  <si>
+    <t>01/09/1996</t>
+  </si>
+  <si>
+    <t>4267P002167</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES LES SILLONS DE HAUTE-ALSACE</t>
+  </si>
+  <si>
+    <t>CFPP AGRICOLES DU HAUT-RHIN</t>
+  </si>
+  <si>
+    <t>8 RUE AUX REMPARTS 68250 ROUFFACH</t>
+  </si>
+  <si>
+    <t>4268P001168</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE LYON-DARDILLY - RHONE</t>
+  </si>
+  <si>
+    <t>CENTRE FORMATION ET PROMOTION HORTICOLE D'ECULLY</t>
+  </si>
+  <si>
+    <t>13 AVENUE DE VERDUN 69130 ECULLY</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES</t>
+  </si>
+  <si>
+    <t>16 RUE EDOUARD BELIN 70000 VESOUL</t>
+  </si>
+  <si>
+    <t>4370P000770</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE MACON-DAVAYE</t>
+  </si>
+  <si>
+    <t>CTRE FOR PROF PROMOTION AGRICOLE MACON</t>
+  </si>
+  <si>
+    <t>71960 DAVAYE</t>
+  </si>
+  <si>
+    <t>18/03/1996</t>
+  </si>
+  <si>
+    <t>EPLEFPA DE FONTAINES</t>
+  </si>
+  <si>
+    <t>CFPPA SITE CHAROLLES</t>
+  </si>
+  <si>
+    <t>7 CHEMIN D’OUZE 71120 CHAROLLES</t>
+  </si>
+  <si>
+    <t>01/01/2004</t>
+  </si>
+  <si>
+    <t>2671P000671</t>
+  </si>
+  <si>
+    <t>LYCEE GENERAL ET TECHNOLOGIQUE AGRICOLE LA GERMINIERE-ROUILLON</t>
+  </si>
+  <si>
+    <t>LIEU-DIT LA GERMINIERE 72700 ROUILLON</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES CHAMBERY LA MOTTE-SERVOLEX (SAVOIE)</t>
+  </si>
+  <si>
+    <t>LEGTA DE CHAMBERY LA MOTTE-SERVOLEX</t>
+  </si>
+  <si>
+    <t>DOMAINE REINACH 1031 AVENUE CHARLES ALBERT 73290 LA MOTTE-SERVOLEX</t>
+  </si>
+  <si>
+    <t>8273P000373</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE CONTAMINE-SUR-ARVE</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL AGRICOLE</t>
+  </si>
+  <si>
+    <t>150 ROUTE DE LA MAIRIE 74130 CONTAMINE-SUR-ARVE</t>
+  </si>
+  <si>
+    <t>8274P054674</t>
+  </si>
+  <si>
+    <t>EPLEFPA DE LA SEINE MARITIME</t>
+  </si>
+  <si>
+    <t>CTRE FORMATION PROFESSIONNELLE</t>
+  </si>
+  <si>
+    <t>ROUTE DE CAUDEBEC 76190 AUZEBOSC</t>
+  </si>
+  <si>
+    <t>01/01/1984</t>
+  </si>
+  <si>
+    <t>CTRE FORMATION PROF ADULTES HORTICOLE</t>
+  </si>
+  <si>
+    <t>1333 RUE BERNARD THELU 76640 TERRES-DE-CAUX</t>
+  </si>
+  <si>
+    <t>15/09/1997</t>
+  </si>
+  <si>
+    <t>ETS PUBLIC LOCAL ENSEIGNEMENT FORMATION PROFESSIONNELLE AGRICOLE</t>
+  </si>
+  <si>
+    <t>LEGTPA</t>
+  </si>
+  <si>
+    <t>CAMPUS BOUGAINVILLE ROUTE DEPARTEMENTALE 319 77170 BRIE-COMTE-ROBERT</t>
+  </si>
+  <si>
+    <t>1177P000977</t>
+  </si>
+  <si>
+    <t>EPLEFPA DE SAINT GERMAIN EN LAYE- CHAMBOURCY</t>
+  </si>
+  <si>
+    <t>CENTRE FORMATION PROFESSION POUR ADULTES</t>
+  </si>
+  <si>
+    <t>RTE DES PRINCESSES 78100 SAINT-GERMAIN-EN-LAYE</t>
+  </si>
+  <si>
+    <t>EPLEFPA TERRES ET PAYSAGES SUD DEUX-SEVRES</t>
+  </si>
+  <si>
+    <t>RTE DE LA  ROCHE 79500 MELLE</t>
+  </si>
+  <si>
+    <t>5479P001579</t>
+  </si>
+  <si>
+    <t>LYCEE GEN TECHNOL AGRICOLE LE PARACLET</t>
+  </si>
+  <si>
+    <t>LD LE PARACLET 80440 COTTENCHY</t>
+  </si>
+  <si>
+    <t>2280P001380</t>
+  </si>
+  <si>
+    <t>LYCEE PROF AGRICOLE BAIE DE SOMME</t>
+  </si>
+  <si>
+    <t>21 RUE DU LIEUTENANT CARON 80100 ABBEVILLE</t>
+  </si>
+  <si>
+    <t>2280P001780</t>
+  </si>
+  <si>
+    <t>ETS PUB LOCAL ENSEIGNEMENT FORMATION PROFESSIONNELLE AGRICOLES TARN</t>
+  </si>
+  <si>
+    <t>CENTRE FORMAT PROF &amp; PROMOTION AGRICOLE</t>
+  </si>
+  <si>
+    <t>ROUTE DE TOULOUSE 81000 ALBI</t>
+  </si>
+  <si>
+    <t>7381P001481</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DES TARN ET GARONNE</t>
+  </si>
+  <si>
+    <t>CFPPA DE TARN ET GARONNE A MOISSAC</t>
+  </si>
+  <si>
+    <t>BOULEVARD DU QUERCY 82200 MOISSAC</t>
+  </si>
+  <si>
+    <t>7382P000782</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES AGRICAMPUS VAR</t>
+  </si>
+  <si>
+    <t>CENT FORM PROF PROM AGRICOLES AGRICAMPUS VAR</t>
+  </si>
+  <si>
+    <t>32 CHEMIN SAINT LAZARE 83400 HYERES</t>
+  </si>
+  <si>
+    <t>01/07/1984</t>
+  </si>
+  <si>
+    <t>9383P002883</t>
+  </si>
+  <si>
+    <t>ETS PUBLIC LOCAL ENSEIGNEMENT FORMATION PROF AGRICOLES LOUIS GIRAUD</t>
+  </si>
+  <si>
+    <t>LEGTA DE CARPENTRAS</t>
+  </si>
+  <si>
+    <t>HAMEAU DE SERRES 310 CHEMIN DE L'HERMITAGE 84200 CARPENTRAS</t>
+  </si>
+  <si>
+    <t>9384P002684</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE LA ROCHE SUR YON</t>
+  </si>
+  <si>
+    <t>CFPPA LYCEE AGRICOLE</t>
+  </si>
+  <si>
+    <t>LA BRELANDIERE 85000 ROCHE SUR YON (LA)</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE POITIERS-VENOURS</t>
+  </si>
+  <si>
+    <t>CENTRE FORMATION PROF PROMO AGRICOLES</t>
+  </si>
+  <si>
+    <t>CFPPA XAVIER BERNARD VENOURS 86480 ROUILLE</t>
+  </si>
+  <si>
+    <t>01/05/1985</t>
+  </si>
+  <si>
+    <t>5486P001186</t>
+  </si>
+  <si>
+    <t>LYCEE D'ENSEIGNEMENT GENERAL,TECHNOLOGIQUE ET PROFESSIONNEL AGRICOLE D'AUXERRE-LA-BROSSE</t>
+  </si>
+  <si>
+    <t>CFPPA LA BROSSE</t>
+  </si>
+  <si>
+    <t>89290 VENOY</t>
+  </si>
+  <si>
+    <t>07/08/1992</t>
+  </si>
+  <si>
+    <t>2689P000589</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE VALDOIE</t>
+  </si>
+  <si>
+    <t>LEGTA DE VALDOIE - LUCIEN QUELET</t>
+  </si>
+  <si>
+    <t>95 RUE DE TURENNE 90300 VALDOIE</t>
+  </si>
+  <si>
+    <t>4390P000790</t>
+  </si>
+  <si>
+    <t>CFPPA DE LA BASSE-TERRE</t>
+  </si>
+  <si>
+    <t>LD CHANTILLY-BREFORT 97129 LAMENTIN</t>
+  </si>
+  <si>
+    <t>01/01/1965</t>
+  </si>
+  <si>
+    <t>9597P001097</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL AGRICOLE DU ROBERT</t>
+  </si>
+  <si>
+    <t>CFPPA ATLANTIQUE</t>
+  </si>
+  <si>
+    <t>FOUR A CHAUX 97231 LE ROBERT</t>
+  </si>
+  <si>
+    <t>9797P001297</t>
+  </si>
+  <si>
+    <t>EPLEFPA DE CROIX-RIVAIL</t>
+  </si>
+  <si>
+    <t>CFPPA DU CARBET</t>
+  </si>
+  <si>
+    <t>ROUTE DES PITONS 97221 LE CARBET</t>
+  </si>
+  <si>
+    <t>06/10/1987</t>
+  </si>
+  <si>
+    <t>9797P001497</t>
+  </si>
+  <si>
+    <t>CFPPA DE RIVIERE PILOTE</t>
+  </si>
+  <si>
+    <t>BOURG 97211 RIVIERE-PILOTE</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUB LOCAL ENSEIGNEMENT FORMATION PROFESSIONNELLE AGRICOLES GUYANE</t>
+  </si>
+  <si>
+    <t>SAVANE MATITI - RN1 - PK40 AVENUE HENRY KONG 97355 MACOURIA</t>
+  </si>
+  <si>
+    <t>01/10/2001</t>
+  </si>
+  <si>
+    <t>EPLEFPA FORMA'TERRA</t>
+  </si>
+  <si>
+    <t>BEAULIEU CHEMIN GOYAVES 97470 SAINT-BENOIT</t>
+  </si>
+  <si>
+    <t>01/04/1992</t>
+  </si>
+  <si>
+    <t>LYCEE AGRICOLE DE MAYOTTE</t>
+  </si>
+  <si>
+    <t>COCONI 97670 OUANGANI</t>
+  </si>
+  <si>
+    <t>25/12/2005</t>
+  </si>
+  <si>
+    <t>06970000197</t>
+  </si>
+  <si>
+    <t>CAMPUS TERRE ET NATURE</t>
+  </si>
+  <si>
+    <t>CFPPA DES PAYS DE L'AUDE</t>
+  </si>
+  <si>
+    <t>CENTRE PIERRE REVERDY AVENUE DES ETANGS 11100 NARBONNE</t>
+  </si>
+  <si>
+    <t>01/01/2007</t>
+  </si>
+  <si>
+    <t>9111P089111</t>
+  </si>
+  <si>
+    <t>ECOLE DU BREUIL</t>
+  </si>
+  <si>
+    <t>BOIS DE VINCENNES ROUTE DE LA FERME 75012 PARIS</t>
+  </si>
+  <si>
+    <t>02/07/2018</t>
+  </si>
+  <si>
+    <t>84.13Z</t>
+  </si>
+  <si>
+    <t>ENTENTE INTERDEPARTEMENTALE POUR LA DEMOUSTICATION DU LITTORAL MEDITERRANEEN</t>
+  </si>
+  <si>
+    <t>165 RUE PAUL RIMBAUD 34080 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/01/1959</t>
+  </si>
+  <si>
+    <t>SOC INTERET COLLECTIF AGRIC MARIE-GALANT</t>
+  </si>
+  <si>
+    <t>USINE DE GRAND ANSE 97112 GRAND-BOURG</t>
+  </si>
+  <si>
+    <t>01/08/1987</t>
+  </si>
+  <si>
+    <t>01.14Z</t>
+  </si>
+  <si>
+    <t>ASSOCIATION GROUPE ESA</t>
+  </si>
+  <si>
+    <t>55 RUE RABELAIS 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>18/06/1987</t>
+  </si>
+  <si>
     <t>ARMOSA</t>
   </si>
   <si>
     <t>209-217- ET 21-23 SUR D YSER 209 AVENUE DE LA REPUBLIQUE 93800 EPINAY-SUR-SEINE</t>
   </si>
   <si>
     <t>15/06/2020</t>
   </si>
   <si>
     <t>46.75Z</t>
   </si>
   <si>
-    <t>FAUX</t>
-[...1 lines deleted...]
-  <si>
     <t>ASS POUR LA FORMATION NATIONALE AGRICOLE</t>
   </si>
   <si>
     <t>CS 80004 LES RURALIES 79230 PRAHECQ</t>
   </si>
   <si>
     <t>22/05/1989</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
-    <t>VRAI</t>
-[...1 lines deleted...]
-  <si>
     <t>IFOGECO</t>
   </si>
   <si>
     <t>1 RUE MONTAIGNE 45380 LA CHAPELLE-SAINT-MESMIN</t>
   </si>
   <si>
     <t>19/10/2020</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...1 lines deleted...]
-  <si>
     <t>AGRI TECH'SERVICE</t>
   </si>
   <si>
     <t>ZONE INDUSTRIELLE CALLOUET 22600 LOUDEAC</t>
   </si>
   <si>
     <t>01/04/1999</t>
   </si>
   <si>
     <t>74.90B</t>
   </si>
   <si>
     <t>A.D.P.S.P.A.</t>
   </si>
   <si>
-    <t>130 AVENUE MARCEL UNAL 82000 MONTAUBAN</t>
-[...1 lines deleted...]
-  <si>
     <t>23/11/1978</t>
   </si>
   <si>
-    <t>Fermé</t>
-[...1 lines deleted...]
-  <si>
     <t>PALAIS DES VINS DE SAINT CRESCENT</t>
   </si>
   <si>
     <t>DOM DE ST CRESCENT LE VIEL ROUTE DE PERPIGNAN 11100 NARBONNE</t>
   </si>
   <si>
     <t>02/01/1992</t>
   </si>
   <si>
     <t>12/12/2023</t>
   </si>
   <si>
     <t>47.25Z</t>
   </si>
   <si>
     <t>TER-QUALITECHS EXPERTISE CONSEIL &amp; FORMATION</t>
   </si>
   <si>
     <t>TER-QUALITECHS</t>
   </si>
   <si>
     <t>PA LA TEILLAIS - ZA PLANCHE FAGLINE ALLEE DE LA PLANCHE FAGLINE 35740 PACE</t>
   </si>
   <si>
     <t>24/04/2010</t>
@@ -196,65 +2314,59 @@
   <si>
     <t>93.12Z</t>
   </si>
   <si>
     <t>VEGEPHYL (ASSOCIATION POUR LA SANTE DES VEGETAUX)</t>
   </si>
   <si>
     <t>42 RUE RAYMOND JACLARD 94140 ALFORTVILLE</t>
   </si>
   <si>
     <t>26/06/2006</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>AGUF VIVARAIS FORMATION</t>
   </si>
   <si>
     <t>111 AVENUE DU 8 MAI 1945 07300 TOURNON-SUR-RHONE</t>
   </si>
   <si>
     <t>29/09/1998</t>
   </si>
   <si>
-    <t>85.32Z</t>
-[...1 lines deleted...]
-  <si>
     <t>FEDERATION EXPLOIT AGRICOLES IDF</t>
   </si>
   <si>
     <t>2 AV JEANNE D ARC 78150 LE CHESNAY-ROCQUENCOURT</t>
   </si>
   <si>
     <t>25/06/1992</t>
   </si>
   <si>
-    <t>94.11Z</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">LOSSOIS LOIC   </t>
   </si>
   <si>
     <t>DEP 6572 MAS DES BOUVIERS 30600 VESTRIC-ET-CANDIAC</t>
   </si>
   <si>
     <t>01/01/2009</t>
   </si>
   <si>
     <t xml:space="preserve">CUCHE PASCAL PAUL JEAN </t>
   </si>
   <si>
     <t>CHEMIN DES DONNEUSES D’EAU 97118 SAINT-FRANCOIS</t>
   </si>
   <si>
     <t>01/06/2020</t>
   </si>
   <si>
     <t>81.30Z</t>
   </si>
   <si>
     <t>FREDON AURA</t>
   </si>
   <si>
     <t>ZI CHAMP DOLIN 2 ALLEE DU LAZIO 69800 SAINT-PRIEST</t>
@@ -289,3273 +2401,1164 @@
   <si>
     <t>LOTISSEMENT DILLON STADE 9 RUE GEORGES EUCHARIS 97200 FORT-DE-FRANCE</t>
   </si>
   <si>
     <t>21/06/2018</t>
   </si>
   <si>
     <t>B.H.S</t>
   </si>
   <si>
     <t>LES CARNEAUX 1 RUE DE GUE MALAYE 95470 VEMARS</t>
   </si>
   <si>
     <t>01/11/2002</t>
   </si>
   <si>
     <t>FEDE REG DEFEN ORGANISMES NUISIBLES PACA</t>
   </si>
   <si>
     <t>39 RUE ALEXANDRE BLANC 84000 AVIGNON</t>
   </si>
   <si>
     <t>16/12/2014</t>
   </si>
   <si>
-    <t>01625002900309</t>
-[...2087 lines deleted...]
-    <t>01/01/1959</t>
+    <t>FEDER.REGION.DEFENSE CONTRE ORGANIS.NUIS</t>
+  </si>
+  <si>
+    <t>21 RUE JEAN BAPTISTE GAMBUT 21200 BEAUNE</t>
+  </si>
+  <si>
+    <t>05/07/2004</t>
+  </si>
+  <si>
+    <t>SOCIETE COOPERATIVE AGRICOLE ET AGRO-ALIMENTAIRE AGRIAL</t>
+  </si>
+  <si>
+    <t>4 RUE DES ROQUEMONTS 14000 CAEN</t>
+  </si>
+  <si>
+    <t>46.33Z</t>
+  </si>
+  <si>
+    <t>FEDERATION NATIONALE DES SYNDICATS D'EXPLOITANTS AGRICOLES  D'INDRE-ET-LOIRE</t>
+  </si>
+  <si>
+    <t>MAISON DES AGRICULTEURS 9 B RUE AUGUSTIN FRESNEL 37170 CHAMBRAY-LES-TOURS</t>
+  </si>
+  <si>
+    <t>11/10/2000</t>
+  </si>
+  <si>
+    <t>FORMADOC</t>
+  </si>
+  <si>
+    <t>24 AVENUE MARCEL DASSAULT 31500 TOULOUSE</t>
+  </si>
+  <si>
+    <t>14/12/2010</t>
+  </si>
+  <si>
+    <t>ASS AQUIFERE CALCAIRES CHAMPIGNY EN BRIE</t>
+  </si>
+  <si>
+    <t>145 QUAI VOLTAIRE 77190 DAMMARIE-LES-LYS</t>
+  </si>
+  <si>
+    <t>12/07/2001</t>
+  </si>
+  <si>
+    <t>FEDERATION REGIONALE DEFENSE CONTRE LES ORGANISMES NUISIBLES  DU GRAND EST</t>
+  </si>
+  <si>
+    <t>C.R.E.A 2 ESPLANADE ROLAND GARROS 51100 REIMS</t>
+  </si>
+  <si>
+    <t>26/11/2001</t>
+  </si>
+  <si>
+    <t>FORE ENTREPRISE</t>
+  </si>
+  <si>
+    <t>IMMEUBLE YERYSALYD - ZAC DE MOUDONG SU RUE CLAUDE EMMANUEL BLANDIN 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>01/07/2012</t>
+  </si>
+  <si>
+    <t>PICA CONSULTANT SARL</t>
+  </si>
+  <si>
+    <t>PICA-CONSULTANT</t>
+  </si>
+  <si>
+    <t>ZI DU BOSC ZONE INDUSTRIELLE 32500 FLEURANCE</t>
+  </si>
+  <si>
+    <t>11/07/2006</t>
+  </si>
+  <si>
+    <t>FREDON ILE DE FRANCE</t>
+  </si>
+  <si>
+    <t>16 B RUE DE PARIS 91160 CHAMPLAN</t>
+  </si>
+  <si>
+    <t>26/06/2018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LECINANA ODILE YVETTE  </t>
+  </si>
+  <si>
+    <t>BANAFOR</t>
+  </si>
+  <si>
+    <t>SABLE BLANC 97231 LE ROBERT</t>
+  </si>
+  <si>
+    <t>01/12/2014</t>
+  </si>
+  <si>
+    <t>FREDON MAIRIE DE CAURO</t>
+  </si>
+  <si>
+    <t>MAIRIE DE CAURO 20117 CAURO</t>
+  </si>
+  <si>
+    <t>15/07/2003</t>
+  </si>
+  <si>
+    <t>ARVALIS INSTITUT DU VEGETAL</t>
+  </si>
+  <si>
+    <t>3 RUE JOSEPH ET MARIE HACKIN 75016 PARIS</t>
+  </si>
+  <si>
+    <t>10/12/2003</t>
+  </si>
+  <si>
+    <t>72.19Z</t>
+  </si>
+  <si>
+    <t>SOCIETE COOPERATIVE AGRICOLE NATUP</t>
+  </si>
+  <si>
+    <t>PAT DE LA VATINE 16 RUE GEORGES CHARPAK 76130 MONT-SAINT-AIGNAN</t>
+  </si>
+  <si>
+    <t>17/09/2001</t>
+  </si>
+  <si>
+    <t>46.21Z</t>
+  </si>
+  <si>
+    <t>COOPERATIVE AGRICOLE PROVENCE LANGUEDOC</t>
+  </si>
+  <si>
+    <t>92 RUE JOSEPH VERNET 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>CAVAC</t>
+  </si>
+  <si>
+    <t>12 BOULEVARD REAUMUR 85000 LA ROCHE-SUR-YON</t>
+  </si>
+  <si>
+    <t>ASSOC MAISON FAMIL APPRENT RURAL</t>
+  </si>
+  <si>
+    <t>LD MURIGNEUX 42800 TARTARAS</t>
+  </si>
+  <si>
+    <t>ISETA - ECA</t>
+  </si>
+  <si>
+    <t>ECOLE D'AGRICULTURE DE POISY 859 ROUTE DE L'ECOLE D'AGRICULTURE 74330 POISY</t>
+  </si>
+  <si>
+    <t>ASS DEP PROMOTION SOCIALE AGRIC AVEYRON</t>
+  </si>
+  <si>
+    <t>CARREFOUR DE L AGRICULTURE 5 BD DU 122 EME RI 12000 RODEZ</t>
+  </si>
+  <si>
+    <t>12/09/1985</t>
+  </si>
+  <si>
+    <t>MFR SUD AGROMAT-CAMPUS ALTERNANCE</t>
+  </si>
+  <si>
+    <t>584 CHEMIN DE JOUAN PETIT 82700 ESCATALENS</t>
+  </si>
+  <si>
+    <t>ASS MAISON FAMILIALE ET INSTITUT, RURAL</t>
+  </si>
+  <si>
+    <t>36 RUE DE JESUS 25530 VERCEL-VILLEDIEU-LE-CAMP</t>
+  </si>
+  <si>
+    <t>29/02/1992</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE ET D'EDUCATION</t>
+  </si>
+  <si>
+    <t>PERSONNEL REGIME PRIVE 10 RUE DE L'EUROPE 26140 ANNEYRON</t>
+  </si>
+  <si>
+    <t>MAISON FAMIL RURALE DEDUC ORIEN DE MOZAS</t>
+  </si>
+  <si>
+    <t>4 CHEMIN DE MOZAS 38300 BOURGOIN-JALLIEU</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>CHAUMONT 38780 EYZIN-PINET</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR DE FORMATION PAR ALTERNANCE - OF - CFA "INSTITUT RICHEMONT"</t>
+  </si>
+  <si>
+    <t>RICHEMONT 12 ROUTE DE L'ANCIEN SEMINAIRE 16370 VAL-DE-COGNAC</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCATION ORIENT</t>
+  </si>
+  <si>
+    <t>2 RUE DE ROIFFE 17700 SAINT-PIERRE-LA-NOUE</t>
+  </si>
+  <si>
+    <t>SEVREUROPE-MFR SEVREUROPE BRESSUIRE</t>
+  </si>
+  <si>
+    <t>22 RUE DE LA BARITAUDERIE 79300 BRESSUIRE</t>
+  </si>
+  <si>
+    <t>47 RUE DE MONTMORILLON 86300 CHAUVIGNY</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE DU PERIGORDVERT</t>
+  </si>
+  <si>
+    <t>CHATEAU DE LA FILOLIE 24800 THIVIERS</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DU LIBOURNAIS</t>
+  </si>
+  <si>
+    <t>LIEU DIT LA TOUR BLANCHE 33230 LES EGLISOTTES-ET-CHALAURES</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DE VAYRES</t>
+  </si>
+  <si>
+    <t>3 CHEMIN DE PELARNON 33870 VAYRES</t>
+  </si>
+  <si>
+    <t>MAISON FAMILI RURALE EDUCATION ORIENTATI</t>
+  </si>
+  <si>
+    <t>ENCLAVE DES PAPES 84600 RICHERENCHES</t>
+  </si>
+  <si>
+    <t>MAISON FAMIL RURALE EDUCATION ORIENT</t>
+  </si>
+  <si>
+    <t>178 RUE DES RECOLLETS 88140 BULGNEVILLE</t>
+  </si>
+  <si>
+    <t>FEDER DEPART SYNDICAT EXPLOITANT AGRICOL</t>
+  </si>
+  <si>
+    <t>MAISON DES AGRICULTEURS 2 RUE DE L 'EPAU 59230 SARS-ET-ROSIERES</t>
+  </si>
+  <si>
+    <t>01/07/2004</t>
+  </si>
+  <si>
+    <t>FEDERAT DEPARTEMENT SYNDICATS EXPLOI</t>
+  </si>
+  <si>
+    <t>54 AVENUE ROGER SALENGRO 62223 SAINT-LAURENT-BLANGY</t>
+  </si>
+  <si>
+    <t>01/01/1999</t>
+  </si>
+  <si>
+    <t>69.20Z</t>
+  </si>
+  <si>
+    <t>SYNDICAT AGRICOLE HAUTS CHAMPS</t>
+  </si>
+  <si>
+    <t>LYCEE D ENSEIGNEMENT AGRICOLE PRIVE DE COULOGNE</t>
+  </si>
+  <si>
+    <t>RD 943 ROUTE DE SAINT OMER 62137 COULOGNE</t>
+  </si>
+  <si>
+    <t>01/01/1991</t>
+  </si>
+  <si>
+    <t>LYC D ENS AGRICOLE PRIVE SAVY BERLETTE</t>
+  </si>
+  <si>
+    <t>22 ANCIENNE ROUTE NATIONALE 62690 SAVY-BERLETTE</t>
+  </si>
+  <si>
+    <t>FED DEPART SYNDICATS EXPLOITAT AGRICOLES</t>
+  </si>
+  <si>
+    <t>418 RUE ARISTIDE BRIAND 77350 LE MEE-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>14/03/1979</t>
+  </si>
+  <si>
+    <t>ASSOCIATION FAMILIALE DE GESTION DE BRIACE</t>
+  </si>
+  <si>
+    <t>BRIACE 44430 LANDREAU (LE)</t>
+  </si>
+  <si>
+    <t>19/05/1954</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE HORTICOLE</t>
+  </si>
+  <si>
+    <t>312 BOULEVARD DES DOCTEURS MENAGER 44270 MACHECOUL-SAINT-MEME</t>
+  </si>
+  <si>
+    <t>CNPH PIVERDIERE</t>
+  </si>
+  <si>
+    <t>RUE DU ROI RENE 49250 LA MENITRE</t>
+  </si>
+  <si>
+    <t>25/12/1988</t>
+  </si>
+  <si>
+    <t>MFREO INSTITUT RURAL DES MAUGES</t>
+  </si>
+  <si>
+    <t>8 RUE DES CEDRES 49600 BEAUPREAU-EN-MAUGES</t>
+  </si>
+  <si>
+    <t>FEDER SYNDICATS EXPLOIT AGRICOL MAYENNE</t>
+  </si>
+  <si>
+    <t>PARC TECHNOPOLE RUE ALBERT EINSTEIN 53810 CHANGE</t>
+  </si>
+  <si>
+    <t>10/10/2006</t>
+  </si>
+  <si>
+    <t>FEDER DEP SYND EXPLOIT AGRICOLE</t>
+  </si>
+  <si>
+    <t>MAISON DES AGRICULTEURS 9 RUE JEAN GREMILLON 72000 LE MANS</t>
+  </si>
+  <si>
+    <t>01/10/2004</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION ET DE PROMOTION</t>
+  </si>
+  <si>
+    <t>LE PLESSIS BERGERET 85280 LA FERRIERE</t>
+  </si>
+  <si>
+    <t>SUIVI ACCOMPAGNEMENT FORMATION ENVIRONNEMENT</t>
+  </si>
+  <si>
+    <t>CAP QUALITE</t>
+  </si>
+  <si>
+    <t>11 ALLEE JAMES WATT 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>01/06/2018</t>
+  </si>
+  <si>
+    <t>IZIPEST</t>
+  </si>
+  <si>
+    <t>13 RUE DES EMERAUDES 69006 LYON</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION EUROPE CARAIBE</t>
+  </si>
+  <si>
+    <t>VALLEE DE LA GRANDE RIVIERE 97119 VIEUX-HABITANTS</t>
+  </si>
+  <si>
+    <t>20/02/2013</t>
+  </si>
+  <si>
+    <t>85.60Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANZALA FABIOLA JOHANA  </t>
+  </si>
+  <si>
+    <t>GROW UP</t>
+  </si>
+  <si>
+    <t>IMM FORUM 29 RUE FERDINAND FOREST 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>01/04/2018</t>
+  </si>
+  <si>
+    <t>01973172397</t>
+  </si>
+  <si>
+    <t>FED REG DEF C ORGANI NUISIBLES</t>
+  </si>
+  <si>
+    <t>CITE DE L AGRICULTURE 13 AVENUE DES DROITS DE L'HOMME 45000 ORLEANS</t>
+  </si>
+  <si>
+    <t>27/01/2012</t>
+  </si>
+  <si>
+    <t>ALTER EGO CONSEIL</t>
+  </si>
+  <si>
+    <t>21-23 21 RUE GABRIEL MASSIAS 33500 LIBOURNE</t>
+  </si>
+  <si>
+    <t>29/03/2019</t>
+  </si>
+  <si>
+    <t>PROXALYS ENVIRONNEMENT</t>
+  </si>
+  <si>
+    <t>5 RUE ANTOINE DE SAINT-EXUPERY 35235 THORIGNE-FOUILLARD</t>
+  </si>
+  <si>
+    <t>10/07/2006</t>
+  </si>
+  <si>
+    <t>71.12B</t>
+  </si>
+  <si>
+    <t>C R DISTRIBUTION</t>
+  </si>
+  <si>
+    <t>LIEU DIT GODEFROY LD GODEFROY 33270 BOULIAC</t>
+  </si>
+  <si>
+    <t>19/03/1990</t>
+  </si>
+  <si>
+    <t>46.76Z</t>
+  </si>
+  <si>
+    <t>ASFIS</t>
+  </si>
+  <si>
+    <t>44 RUE DU LOUVRE 75001 PARIS</t>
+  </si>
+  <si>
+    <t>24/01/2005</t>
+  </si>
+  <si>
+    <t>31/12/2022</t>
+  </si>
+  <si>
+    <t>EUSKAL HERRIKO LABORANTZA GANBARA</t>
+  </si>
+  <si>
+    <t>MAISON ZUENTZAT 64220 AINHICE-MONGELOS</t>
+  </si>
+  <si>
+    <t>27/01/2005</t>
+  </si>
+  <si>
+    <t>NATURA'LIS</t>
+  </si>
+  <si>
+    <t>4 BOULEVARD BEAUREGARD 21600 LONGVIC</t>
+  </si>
+  <si>
+    <t>16/06/2005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PASSERAT DE SILANS FRANCOIS   </t>
+  </si>
+  <si>
+    <t>6 RUE DE CAMPEYRAUT 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>LA COOPERATION AGRICOLE AUVERGNE RHONE-ALPES</t>
+  </si>
+  <si>
+    <t>AGRAPOLE 23 RUE JEAN BALDASSINI 69007 LYON</t>
+  </si>
+  <si>
+    <t>05/03/2007</t>
+  </si>
+  <si>
+    <t>AMT FORMATIONS</t>
+  </si>
+  <si>
+    <t>2 RUE DIDEROT 30300 BEAUCAIRE</t>
+  </si>
+  <si>
+    <t>01/03/2006</t>
+  </si>
+  <si>
+    <t>MSA SERVICES PICARDIE</t>
+  </si>
+  <si>
+    <t>RUE TURGOT 02000 LAON</t>
+  </si>
+  <si>
+    <t>05/12/2007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ALIN FRANCOIS CHARLES MARIE </t>
+  </si>
+  <si>
+    <t>5 RUE ABBE CHEVALLIER 21220 FIXIN</t>
+  </si>
+  <si>
+    <t>17/07/2006</t>
+  </si>
+  <si>
+    <t>46.19B</t>
+  </si>
+  <si>
+    <t>BMDC</t>
+  </si>
+  <si>
+    <t>MORNE VERGAIN 97139 LES ABYMES</t>
+  </si>
+  <si>
+    <t>15/07/2006</t>
+  </si>
+  <si>
+    <t>01/03/2023</t>
+  </si>
+  <si>
+    <t>ID2 JARDIN</t>
+  </si>
+  <si>
+    <t>ZONE AGRICOLE DE VALBACOL 13127 VITROLLES</t>
+  </si>
+  <si>
+    <t>01/12/2006</t>
+  </si>
+  <si>
+    <t>93.29Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RAULT CECILE   </t>
+  </si>
+  <si>
+    <t>LE CADAULAN 2 ROUTE DE CIVRAC 33350 SAINT-PEY-DE-CASTETS</t>
+  </si>
+  <si>
+    <t>01/08/2012</t>
+  </si>
+  <si>
+    <t>ISTAV</t>
+  </si>
+  <si>
+    <t>85 AVENUE PASTEUR 93260 LES LILAS</t>
+  </si>
+  <si>
+    <t>10/09/2007</t>
+  </si>
+  <si>
+    <t>QHSE CONCEPT</t>
+  </si>
+  <si>
+    <t>VILLAGE D'ENTREPRISES ZA ROZIER COREN 15100 COREN</t>
+  </si>
+  <si>
+    <t>07/01/2008</t>
+  </si>
+  <si>
+    <t>SOCIETE COOPERATIVE AGRICOLE AXEREAL</t>
+  </si>
+  <si>
+    <t>36 RUE DE LA MANUFACTURE 45160 OLIVET</t>
+  </si>
+  <si>
+    <t>01/09/2014</t>
+  </si>
+  <si>
+    <t>ARAMIS</t>
+  </si>
+  <si>
+    <t>ROUTE DE SAINT SEVER 40280 HAUT-MAUCO</t>
+  </si>
+  <si>
+    <t>24/04/2009</t>
+  </si>
+  <si>
+    <t>64.30Z</t>
+  </si>
+  <si>
+    <t>RAISOVERT</t>
+  </si>
+  <si>
+    <t>20 RUE DE LA GARENNE 30600 VAUVERT</t>
+  </si>
+  <si>
+    <t>01/09/2011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TATAR SEBASTIEN   </t>
+  </si>
+  <si>
+    <t>AGRIVERT EXPERT</t>
+  </si>
+  <si>
+    <t>219 CHEMIN DU CASTERAS 31600 SAINT-CLAR-DE-RIVIERE</t>
+  </si>
+  <si>
+    <t>12/07/2014</t>
+  </si>
+  <si>
+    <t>RACINE SUD AGRO PERRET</t>
+  </si>
+  <si>
+    <t>RACINE SAP</t>
+  </si>
+  <si>
+    <t>90 RUE DES ROMARINS 83170 BRIGNOLES</t>
+  </si>
+  <si>
+    <t>31/07/2007</t>
+  </si>
+  <si>
+    <t>VERNAZOBRES FRERES</t>
+  </si>
+  <si>
+    <t>20 ROUTE DE SOMMIERES 30250 SOUVIGNARGUES</t>
+  </si>
+  <si>
+    <t>[ND] [ND] [ND] [ND] [ND]</t>
+  </si>
+  <si>
+    <t>[ND]</t>
+  </si>
+  <si>
+    <t>AVRANCHES</t>
+  </si>
+  <si>
+    <t>01/03/2012</t>
+  </si>
+  <si>
+    <t>EMC2</t>
+  </si>
+  <si>
+    <t>ZI NID DE CYGNE LE NID DU CYGNE 55100 BRAS-SUR-MEUSE</t>
+  </si>
+  <si>
+    <t>CAPPERFO</t>
+  </si>
+  <si>
+    <t>LE CHATEAU DEVOY MARTINE 450 ROUTE NATIONALE 30126 SAINT-LAURENT-DES-ARBRES</t>
+  </si>
+  <si>
+    <t>01/09/2013</t>
+  </si>
+  <si>
+    <t>JURIFOR</t>
+  </si>
+  <si>
+    <t>LES RURALIES LE BOURG 79230 VOUILLE</t>
+  </si>
+  <si>
+    <t>29/09/2010</t>
+  </si>
+  <si>
+    <t>CEMIR</t>
+  </si>
+  <si>
+    <t>109 RUE DE LA REPUBLIQUE 69220 BELLEVILLE-EN-BEAUJOLAIS</t>
+  </si>
+  <si>
+    <t>01/04/1985</t>
+  </si>
+  <si>
+    <t>25/09/2023</t>
+  </si>
+  <si>
+    <t>LA COOPERATION AGRICOLE OCCITANIE</t>
+  </si>
+  <si>
+    <t>BP 82256 AUZEVILLE TOLOSANE 2 AVENUE DANIEL BRISEBOIS 31320 AUZEVILLE-TOLOSANE</t>
+  </si>
+  <si>
+    <t>08/06/2018</t>
+  </si>
+  <si>
+    <t>66 LA CROLIERE 51130 BLANCS-COTEAUX</t>
+  </si>
+  <si>
+    <t>ASS DE LA MAISON FAMILIALE</t>
+  </si>
+  <si>
+    <t>LA BROSSONNIERE 69280 SAINTE-CONSORCE</t>
+  </si>
+  <si>
+    <t>INTERDEPARTEMENTALE POUR LA FORMATION ET LE PERFECTIONNEMENT DES AGRICULTEURS ET DES SALARIES  DU DOUBS ET DU TERRITOIRE</t>
+  </si>
+  <si>
+    <t>130 B RUE DE BELFORT 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>COMITE REGIONAL FORMAT PROMOTION SOCIAL</t>
+  </si>
+  <si>
+    <t>RUE LEON PATOUX 51100 REIMS</t>
+  </si>
+  <si>
+    <t>MFR IREO DE LESNEVEN</t>
+  </si>
+  <si>
+    <t>RTE DE PLOUIDER 29260 LESNEVEN</t>
+  </si>
+  <si>
+    <t>LA COOPERATION AGRICOLE SUD</t>
+  </si>
+  <si>
+    <t>198 CHEMIN DES ENTRAGES 13300 SALON-DE-PROVENCE</t>
+  </si>
+  <si>
+    <t>03/04/2019</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE MIXTE</t>
+  </si>
+  <si>
+    <t>2 PLACE SAINTE- QUITTERIE 40800 AIRE-SUR-L'ADOUR</t>
+  </si>
+  <si>
+    <t>ASSO FORMATION PERFEC AGRICULT</t>
+  </si>
+  <si>
+    <t>17 QUAI YVES BARBIER 70000 VESOUL</t>
+  </si>
+  <si>
+    <t>01/01/1978</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DE MONTLUEL</t>
+  </si>
+  <si>
+    <t>ALLEE CESAIRE NIVIERE 01120 MONTLUEL</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE DE SAMER</t>
+  </si>
+  <si>
+    <t>277 RUE DE DESVRES 62830 SAMER</t>
+  </si>
+  <si>
+    <t>LA COOPERATION  AGRICOLE CENTRE VAL-DE LOIRE</t>
+  </si>
+  <si>
+    <t>1 AVENUE DE VENDOME 41000 BLOIS</t>
+  </si>
+  <si>
+    <t>01/01/1979</t>
+  </si>
+  <si>
+    <t>12/09/2025</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE DE BOURGOUGNAGUE-LAUZUN</t>
+  </si>
+  <si>
+    <t>LE JOLIBERT 47410 BOURGOUGNAGUE</t>
+  </si>
+  <si>
+    <t>24/01/2025</t>
+  </si>
+  <si>
+    <t>LYCEE AGRICOLE PRIVE DE NERMONT</t>
+  </si>
+  <si>
+    <t>2 RUE DE NERMONT 28200 LA CHAPELLE-DU-NOYER</t>
+  </si>
+  <si>
+    <t>01/01/1980</t>
+  </si>
+  <si>
+    <t>FEDERA DEPART SYNDICAT EXPLOITA AGRICOLE</t>
+  </si>
+  <si>
+    <t>TERRE SAINTE - LOCAL 9 12 CHEMIN DE LA CROIX DE JUBILE 97410 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>01/10/2008</t>
+  </si>
+  <si>
+    <t>FEDERATION DEPARTEMENTALE DES GROUPEMENTS DE DEFENSE CONTRE LES ORGANISMES NUISIBLES</t>
+  </si>
+  <si>
+    <t>COUR DE L'USINE SAVANNAH 23 RUE JULES THIREL 97460 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>01/04/1998</t>
+  </si>
+  <si>
+    <t>SICA DEVELOP EXPLOIT NORD GRANDE TERRE</t>
+  </si>
+  <si>
+    <t>BEAUPORT 97117 PORT LOUIS</t>
+  </si>
+  <si>
+    <t>28/08/1984</t>
+  </si>
+  <si>
+    <t>01973172197</t>
+  </si>
+  <si>
+    <t>ASS FAMILIALE DE GESTION DE L EAP</t>
+  </si>
+  <si>
+    <t>BOURBOURG FORMATION 110 AVENUE ANTHONY CARO 59630 BOURBOURG</t>
+  </si>
+  <si>
+    <t>04/12/2012</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCA ORIENT</t>
+  </si>
+  <si>
+    <t>1 BOULEVARD PASTEUR 56230 QUESTEMBERT</t>
+  </si>
+  <si>
+    <t>24/01/1986</t>
+  </si>
+  <si>
+    <t>1154 ROUTE DES ALLUAZ 74380 BONNE</t>
+  </si>
+  <si>
+    <t>14/11/1984</t>
+  </si>
+  <si>
+    <t>ASSOCIATION FAMILIALE DE GESTION DU LYCEE HORTICOLE PRIVE DE LYON PRESSIN</t>
+  </si>
+  <si>
+    <t>81 CHEMIN DE BEAUNANT 69230 SAINT-GENIS-LAVAL</t>
+  </si>
+  <si>
+    <t>LD LA COLOMBIERE 38160 CHATTE</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION  DE TRIAC-LAUTRAIT</t>
+  </si>
+  <si>
+    <t>16200 TRIAC-LAUTRAIT</t>
+  </si>
+  <si>
+    <t>26/05/1986</t>
+  </si>
+  <si>
+    <t>TERRENA INNOVATION</t>
+  </si>
+  <si>
+    <t>LA NOELLE BD PASTEUR 44150 ANCENIS-SAINT-GEREON</t>
+  </si>
+  <si>
+    <t>20/12/1995</t>
+  </si>
+  <si>
+    <t>ASS DEPART FORMATION PROF EN AGRICULTURE</t>
+  </si>
+  <si>
+    <t>MAISON DES AGRICULTEURS 455 RUE DU COLONEL DE CASTELJAU 39000 LONS-LE-SAUNIER</t>
+  </si>
+  <si>
+    <t>SERVICAR</t>
+  </si>
+  <si>
+    <t>18 RUE DU CALVAIRE 62112 GOUY-SOUS-BELLONNE</t>
+  </si>
+  <si>
+    <t>05/11/2008</t>
+  </si>
+  <si>
+    <t>01.61Z</t>
+  </si>
+  <si>
+    <t>CENTRE FORMATION AGRICOLE</t>
+  </si>
+  <si>
+    <t>01/01/1962</t>
+  </si>
+  <si>
+    <t>ARETAR</t>
+  </si>
+  <si>
+    <t>MAISON DE L'EMPLOI 1 RUE DE LA CHESNAIE 22600 LOUDEAC</t>
+  </si>
+  <si>
+    <t>04/05/2016</t>
+  </si>
+  <si>
+    <t>CENTR FORMATION TECHNICIENS AGRICOLES</t>
+  </si>
+  <si>
+    <t>25 RUE PIERRE NEVEU 61410 LA FERTE MACE</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION BEAUSEJOUR</t>
+  </si>
+  <si>
+    <t>1465 ROUTE DE BEAUSEJOUR. 33190 GIRONDE-SUR-DROPT</t>
+  </si>
+  <si>
+    <t>TECHNIQUES ETUDES ET  ACCOMPAGNEMENT</t>
+  </si>
+  <si>
+    <t>25 RUE MILLET 24100 BERGERAC</t>
+  </si>
+  <si>
+    <t>23/02/1998</t>
+  </si>
+  <si>
+    <t>CRODIP BRETAGNE</t>
+  </si>
+  <si>
+    <t>ATALANTE-CHAMPEAUX RPT MAURICE LE LANNOU 35000 RENNES</t>
+  </si>
+  <si>
+    <t>21/06/2001</t>
+  </si>
+  <si>
+    <t>FREDON NORMANDIE</t>
+  </si>
+  <si>
+    <t>1 RUE LEOPOLD SEDAR SENGHOR 14460 COLOMBELLES</t>
+  </si>
+  <si>
+    <t>20/06/2018</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE LE GRAND MAS</t>
+  </si>
+  <si>
+    <t>ROUTE DE NIMES 30700 UZES</t>
+  </si>
+  <si>
+    <t>13/12/1996</t>
+  </si>
+  <si>
+    <t>LA COOPERATION AGRICOLE SOLUTIONS+</t>
+  </si>
+  <si>
+    <t>43 RUE SEDAINE 75011 PARIS</t>
+  </si>
+  <si>
+    <t>10/03/2009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SCHMITT MICHEL   </t>
+  </si>
+  <si>
+    <t>4 RUE DU DOCTEUR CALMETTE 45700 VILLEMANDEUR</t>
+  </si>
+  <si>
+    <t>18/05/2011</t>
+  </si>
+  <si>
+    <t>INSTITUT TECHNOLOGIQUE FCBA (FORET CELLULOSE BOIS...)</t>
+  </si>
+  <si>
+    <t>10 RUE GALILEE 77420 CHAMPS-SUR-MARNE</t>
+  </si>
+  <si>
+    <t>01/11/2014</t>
+  </si>
+  <si>
+    <t>VIGNERONS DE TUTIAC</t>
+  </si>
+  <si>
+    <t>LA CAFOURCHE 491 RUE SIMONE VEIL 33860 VAL-DE-LIVENNE</t>
+  </si>
+  <si>
+    <t>01/09/2006</t>
+  </si>
+  <si>
+    <t>46.34Z</t>
+  </si>
+  <si>
+    <t>AIR9 CONSEIL</t>
+  </si>
+  <si>
+    <t>24 AVENUE DE PARIS 78000 VERSAILLES</t>
+  </si>
+  <si>
+    <t>06/03/2014</t>
+  </si>
+  <si>
+    <t>ISCAP - INSERTION SOCIOPROFESSIONNELLE CONSEIL ET ACCOMPAGNEMENT DE PROXIMITE</t>
+  </si>
+  <si>
+    <t>27 BOULEVARD PASTEUR 34310 CAPESTANG</t>
+  </si>
+  <si>
+    <t>30/09/2015</t>
+  </si>
+  <si>
+    <t>01/01/2024</t>
+  </si>
+  <si>
+    <t>88.99B</t>
+  </si>
+  <si>
+    <t>ASSOCIATION REGIONALE D'EDUCATION PERMANENTE ILLE ARMOR</t>
+  </si>
+  <si>
+    <t>190 AVENUE GENERAL GEORGE S. PATTON 35700 RENNES</t>
+  </si>
+  <si>
+    <t>09/07/2014</t>
+  </si>
+  <si>
+    <t>SAS BIOVA</t>
+  </si>
+  <si>
+    <t>PARC TECHNOLOGIQUE DU CANAL, BATIMENT 3 RUE ARIANE 31520 RAMONVILLE-SAINT-AGNE</t>
+  </si>
+  <si>
+    <t>01/02/2015</t>
+  </si>
+  <si>
+    <t>09/05/2025</t>
+  </si>
+  <si>
+    <t>71.20B</t>
   </si>
   <si>
     <t>COACH AU JARDIN</t>
   </si>
   <si>
     <t>1480 ROUTE DES FUMADES 30580 BROUZET-LES-ALES</t>
   </si>
   <si>
     <t>29/07/2014</t>
   </si>
   <si>
     <t>11/10/2021</t>
   </si>
   <si>
     <t>CAPINOV</t>
   </si>
   <si>
     <t>Z I DE LANRINOU 29800 LANDERNEAU</t>
   </si>
   <si>
     <t>11/01/2016</t>
   </si>
   <si>
-    <t>71.20B</t>
-[...1 lines deleted...]
-  <si>
     <t>FEDERATION REGIONALE DES MAISONS FAMILIALES RURALES D'EDUCATION ET D'ORIENTATION DE BOURGOGNE FRANCHE-COMTE</t>
   </si>
   <si>
     <t>PARC TERTIAIRE DES GRANDS CRUS 60 G AVENUE DU 14 JUILLET 21300 CHENOVE</t>
   </si>
   <si>
     <t>20/07/2016</t>
   </si>
   <si>
-    <t>ASS DEPART FORMATION PROF EN AGRICULTURE</t>
-[...1033 lines deleted...]
-  <si>
     <t>FEDERATION REGIONALE DES MAISONS FAMILIALES RURALES D'EDUCATION ET D'ORIENTATION DE NOUVELLE AQUITAINE</t>
   </si>
   <si>
     <t>IMMEUBLE SEQUOIA 27 RUE DE LA BLANCHERIE 33370 ARTIGUES-PRES-BORDEAUX</t>
   </si>
   <si>
     <t>06/12/2019</t>
   </si>
   <si>
     <t>EVERGREEN GARDEN CARE FRANCE SAS</t>
   </si>
   <si>
     <t>4 ALLEE DES SEQUOIAS 69760 LIMONEST</t>
   </si>
   <si>
     <t>29/11/2019</t>
   </si>
   <si>
     <t>20.15Z</t>
   </si>
   <si>
     <t>TERRES DE METIERS</t>
   </si>
   <si>
     <t>MAISON DE L'AGRICULTURE AVENUE DE PARIS 50000 SAINT-LO</t>
   </si>
   <si>
     <t>16/03/2018</t>
   </si>
   <si>
     <t xml:space="preserve">PECQUET THIERRY MICHEL   </t>
   </si>
   <si>
-    <t>[ND]</t>
-[...1 lines deleted...]
-  <si>
     <t>MONTIGNY-LENCOUP</t>
   </si>
   <si>
     <t>01/02/2019</t>
   </si>
   <si>
     <t>31/05/2025</t>
   </si>
   <si>
     <t>CERTIF'AGRI</t>
   </si>
   <si>
     <t>75 RUE DE NORMANDIE 92400 COURBEVOIE</t>
   </si>
   <si>
     <t>01/08/2019</t>
   </si>
   <si>
     <t>29/10/2024</t>
   </si>
   <si>
     <t>POLLENIZ</t>
   </si>
   <si>
     <t>9 AVENUE DU BOIS L'ABBE 49070 BEAUCOUZE</t>
   </si>
   <si>
     <t>20/06/2019</t>
+  </si>
+  <si>
+    <t>27/06/2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -3959,12389 +3962,12393 @@
         <v>5</v>
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
-      <c r="A2" s="1">
-        <v>34978307600087</v>
+      <c r="A2" s="1" t="s">
+        <v>13</v>
       </c>
       <c r="B2" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C2" s="2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F2" s="2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>35124920600019</v>
+        <v>11007001800012</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="I3" s="3"/>
       <c r="J3" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>35193688500042</v>
+        <v>13001354300025</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I4" s="3">
-        <v>24450043245</v>
+        <v>31590767559</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>37892029200026</v>
+        <v>13001692600011</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="I5" s="3">
-        <v>53220831022</v>
+        <v>82740279874</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>37940194600015</v>
+        <v>13001727000609</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="D6" s="2"/>
+      <c r="D6" s="2" t="s">
+        <v>33</v>
+      </c>
       <c r="E6" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>38397319500019</v>
+        <v>13001815300010</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="G7" s="2" t="s">
         <v>39</v>
       </c>
+      <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="I7" s="3"/>
+        <v>27</v>
+      </c>
+      <c r="I7" s="3">
+        <v>42670514467</v>
+      </c>
       <c r="J7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>38440613800022</v>
+        <v>13001835100119</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C8" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="D8" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="D8" s="2" t="s">
+      <c r="E8" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="E8" s="2" t="s">
+      <c r="F8" s="2" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="I8" s="3">
-        <v>53351057435</v>
+        <v>72330934133</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>38466091600014</v>
+        <v>13002166000019</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="F9" s="2" t="s">
+      <c r="G9" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="I9" s="3">
-        <v>93050012705</v>
+        <v>44510176751</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>38752624700029</v>
+        <v>13002381500017</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>50</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="I10" s="3">
-        <v>72640097164</v>
+        <v>11755691075</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>38848807400021</v>
+        <v>18007004700014</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>55</v>
+        <v>22</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>56</v>
+        <v>27</v>
       </c>
       <c r="I11" s="3">
-        <v>11940690394</v>
+        <v>11754797375</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>38881118400026</v>
+        <v>18011001700019</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>59</v>
+        <v>22</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>82070016507</v>
+        <v>27</v>
+      </c>
+      <c r="I12" s="3" t="s">
+        <v>56</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>39048270100013</v>
+        <v>18020251700017</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>11780549478</v>
+        <v>27</v>
+      </c>
+      <c r="I13" s="3" t="s">
+        <v>59</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>39129624100022</v>
+        <v>18030653200011</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I14" s="3">
-        <v>91300305430</v>
+      <c r="I14" s="3" t="s">
+        <v>62</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>39165789700040</v>
+        <v>18040002000012</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>70</v>
+        <v>22</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>95970114497</v>
+        <v>27</v>
+      </c>
+      <c r="I15" s="3" t="s">
+        <v>65</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>39228359400035</v>
+        <v>18050002700016</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="G16" s="2"/>
+        <v>22</v>
+      </c>
+      <c r="G16" s="2" t="s">
+        <v>68</v>
+      </c>
       <c r="H16" s="2" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>82690874369</v>
+        <v>27</v>
+      </c>
+      <c r="I16" s="3" t="s">
+        <v>69</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>39337298200016</v>
+        <v>18060002500035</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I17" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I17" s="3"/>
       <c r="J17" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>39363528900027</v>
+        <v>18071001400010</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>80</v>
+        <v>22</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>72330632633</v>
+        <v>27</v>
+      </c>
+      <c r="I18" s="3" t="s">
+        <v>75</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>39372454700061</v>
+        <v>18080251400067</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I19" s="3"/>
+      <c r="I19" s="3">
+        <v>44080057808</v>
+      </c>
       <c r="J19" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>39389467000032</v>
+        <v>18100251000020</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="G20" s="2"/>
+        <v>81</v>
+      </c>
+      <c r="G20" s="2" t="s">
+        <v>82</v>
+      </c>
       <c r="H20" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>11950654495</v>
+        <v>27</v>
+      </c>
+      <c r="I20" s="3" t="s">
+        <v>83</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>39396208900024</v>
+        <v>18110004100027</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>93840310084</v>
+        <v>27</v>
+      </c>
+      <c r="I21" s="3" t="s">
+        <v>87</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="22" spans="1:13">
-      <c r="A22" s="1" t="s">
-        <v>91</v>
+      <c r="A22" s="1">
+        <v>18130005400010</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>94</v>
+        <v>22</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="I22" s="3"/>
+        <v>27</v>
+      </c>
+      <c r="I22" s="3" t="s">
+        <v>90</v>
+      </c>
       <c r="J22" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>11007001800012</v>
+        <v>18150002600016</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>98</v>
+        <v>22</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="I23" s="3"/>
+        <v>27</v>
+      </c>
+      <c r="I23" s="3" t="s">
+        <v>93</v>
+      </c>
       <c r="J23" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>13001354300025</v>
+        <v>18160001600024</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>31590767559</v>
+        <v>27</v>
+      </c>
+      <c r="I24" s="3" t="s">
+        <v>97</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>13001692600011</v>
+        <v>18180003800026</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>82740279874</v>
+        <v>27</v>
+      </c>
+      <c r="I25" s="3" t="s">
+        <v>101</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>13001727000609</v>
+        <v>18190202400031</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>106</v>
-[...3 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="I26" s="3"/>
+        <v>27</v>
+      </c>
+      <c r="I26" s="3" t="s">
+        <v>105</v>
+      </c>
       <c r="J26" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>13001815300010</v>
+        <v>18201006600039</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="G27" s="2"/>
+        <v>108</v>
+      </c>
+      <c r="G27" s="2" t="s">
+        <v>109</v>
+      </c>
       <c r="H27" s="2" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>42670514467</v>
+        <v>27</v>
+      </c>
+      <c r="I27" s="3" t="s">
+        <v>110</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>13001835100119</v>
+        <v>18210004000027</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>114</v>
-[...3 lines deleted...]
-      </c>
+        <v>111</v>
+      </c>
+      <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>72330934133</v>
+        <v>27</v>
+      </c>
+      <c r="I28" s="3" t="s">
+        <v>114</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>13002166000019</v>
+        <v>18230202600022</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>120</v>
-[...3 lines deleted...]
-      </c>
+        <v>117</v>
+      </c>
+      <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>44510176751</v>
+        <v>27</v>
+      </c>
+      <c r="I29" s="3" t="s">
+        <v>118</v>
       </c>
       <c r="J29" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>13002381500017</v>
+        <v>18240001000191</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>122</v>
+        <v>94</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>11755691075</v>
+        <v>27</v>
+      </c>
+      <c r="I30" s="3" t="s">
+        <v>121</v>
       </c>
       <c r="J30" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>18007004700014</v>
+        <v>18261001400025</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>98</v>
+        <v>124</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>11754797375</v>
+        <v>27</v>
+      </c>
+      <c r="I31" s="3" t="s">
+        <v>125</v>
       </c>
       <c r="J31" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>18011001700019</v>
+        <v>18280003700018</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>98</v>
+        <v>22</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="I32" s="3" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="J32" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>18020251700017</v>
+        <v>18300004100032</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="F33" s="2" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>132</v>
       </c>
       <c r="J33" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>18030653200011</v>
+        <v>18310004900026</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>133</v>
+        <v>94</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="F34" s="2" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>135</v>
       </c>
       <c r="J34" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>18040002000012</v>
+        <v>18320002100016</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>136</v>
+        <v>94</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="F35" s="2" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>138</v>
       </c>
       <c r="J35" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>18050002700016</v>
+        <v>18330005200036</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>139</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
         <v>140</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="G36" s="2" t="s">
         <v>141</v>
       </c>
+      <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>142</v>
       </c>
       <c r="J36" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>18060002500035</v>
+        <v>18340003500030</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>143</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
         <v>144</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>145</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="I37" s="3"/>
+        <v>27</v>
+      </c>
+      <c r="I37" s="3" t="s">
+        <v>146</v>
+      </c>
       <c r="J37" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>18071001400010</v>
+        <v>18360003000013</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>98</v>
+        <v>22</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="I38" s="3" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="J38" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>18080251400067</v>
+        <v>18370003800015</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>151</v>
+        <v>137</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>44080057808</v>
+        <v>27</v>
+      </c>
+      <c r="I39" s="3" t="s">
+        <v>152</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>18100251000020</v>
+        <v>18400003200013</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>154</v>
-[...1 lines deleted...]
-      <c r="G40" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="G40" s="2"/>
+      <c r="H40" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="I40" s="3" t="s">
         <v>155</v>
       </c>
-      <c r="H40" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J40" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>18110004100027</v>
+        <v>18410003000057</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="F41" s="2" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="I41" s="3" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="J41" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>18130005400010</v>
+        <v>18421001100021</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="F42" s="2" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="I42" s="3" t="s">
         <v>163</v>
       </c>
       <c r="J42" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M42" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>18150002600016</v>
+        <v>18430003600011</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>164</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
         <v>165</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>98</v>
+        <v>22</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="I43" s="3" t="s">
         <v>166</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M43" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>18160001600024</v>
+        <v>18440135400057</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>167</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
         <v>168</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>169</v>
       </c>
-      <c r="G44" s="2"/>
+      <c r="G44" s="2" t="s">
+        <v>170</v>
+      </c>
       <c r="H44" s="2" t="s">
-        <v>64</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="I44" s="3"/>
       <c r="J44" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M44" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>18180003800026</v>
+        <v>18450003100028</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>171</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
         <v>172</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>173</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="I45" s="3" t="s">
         <v>174</v>
       </c>
       <c r="J45" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M45" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>18190202400031</v>
+        <v>18460002100010</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>175</v>
+        <v>94</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>177</v>
+        <v>137</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="I46" s="3" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="J46" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>18201006600039</v>
+        <v>18470002900020</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="F47" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="G47" s="2"/>
+      <c r="H47" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="I47" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="F47" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J47" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M47" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>18210004000027</v>
+        <v>18480001900020</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="I48" s="3" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="J48" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M48" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>18230202600022</v>
+        <v>18510251400014</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>190</v>
+        <v>22</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="I49" s="3" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="J49" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M49" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>18240001000191</v>
+        <v>18520251200017</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>167</v>
+        <v>188</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>193</v>
+        <v>22</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="I50" s="3" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="J50" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M50" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>18261001400025</v>
+        <v>18580001800037</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="I51" s="3" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="J51" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M51" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>18280003700018</v>
+        <v>18600251500028</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="D52" s="2"/>
+        <v>195</v>
+      </c>
+      <c r="D52" s="2" t="s">
+        <v>196</v>
+      </c>
       <c r="E52" s="2" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>98</v>
+        <v>198</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="I52" s="3" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="J52" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M52" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>18300004100032</v>
+        <v>18630690800044</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="I53" s="3" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="J53" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M53" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>18310004900026</v>
+        <v>18640003200022</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>167</v>
+        <v>204</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
+        <v>205</v>
+      </c>
+      <c r="F54" s="2" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="I54" s="3" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="J54" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M54" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>18320002100016</v>
+        <v>18660003700011</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>167</v>
+        <v>208</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
         <v>209</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>210</v>
+        <v>22</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>211</v>
+        <v>27</v>
+      </c>
+      <c r="I55" s="3">
+        <v>76660219466</v>
       </c>
       <c r="J55" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M55" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>18330005200036</v>
+        <v>18691001400031</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="I56" s="3" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="J56" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M56" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>18340003500030</v>
+        <v>18710004500017</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>218</v>
+        <v>22</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="I57" s="3" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="J57" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M57" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>18360003000013</v>
+        <v>18800251300011</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>98</v>
+        <v>22</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>222</v>
+        <v>27</v>
+      </c>
+      <c r="I58" s="3">
+        <v>22800173780</v>
       </c>
       <c r="J58" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>18370003800015</v>
+        <v>18810004400018</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>210</v>
+        <v>221</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="I59" s="3" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="J59" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M59" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>18400003200013</v>
+        <v>18820002600014</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>226</v>
+        <v>94</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>98</v>
+        <v>137</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="I60" s="3" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="J60" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M60" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>18410003000057</v>
+        <v>18830002400018</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>231</v>
+        <v>22</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="I61" s="3" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M61" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>18421001100021</v>
+        <v>18840002200029</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="I62" s="3" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M62" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>18430003600011</v>
+        <v>18860002700026</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>237</v>
+        <v>94</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>98</v>
+        <v>233</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="I63" s="3" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M63" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>18440135400057</v>
+        <v>18870202100034</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>242</v>
-[...3 lines deleted...]
-      </c>
+        <v>237</v>
+      </c>
+      <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="I64" s="3"/>
+        <v>27</v>
+      </c>
+      <c r="I64" s="3" t="s">
+        <v>238</v>
+      </c>
       <c r="J64" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M64" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>18450003100028</v>
+        <v>18890001300015</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>246</v>
+        <v>22</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="I65" s="3" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="J65" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M65" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>18460002100010</v>
+        <v>18971003100080</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>167</v>
+        <v>242</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>210</v>
+        <v>244</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="I66" s="3" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M66" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>18470002900020</v>
+        <v>18972003000023</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="I67" s="3" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="J67" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M67" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>18480001900020</v>
+        <v>18973301700066</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="I68" s="3" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="J68" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K68" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L68" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M68" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>18510251400014</v>
+        <v>18974111900011</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>98</v>
+        <v>256</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>260</v>
+        <v>27</v>
+      </c>
+      <c r="I69" s="3">
+        <v>98970020797</v>
       </c>
       <c r="J69" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L69" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M69" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>18520251200017</v>
+        <v>19010819100015</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="D70" s="2"/>
+        <v>257</v>
+      </c>
+      <c r="D70" s="2" t="s">
+        <v>258</v>
+      </c>
       <c r="E70" s="2" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>98</v>
+        <v>22</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>64</v>
+        <v>260</v>
       </c>
       <c r="I70" s="3" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="J70" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M70" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>18580001800037</v>
+        <v>19020060000020</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C71" s="2" t="s">
+        <v>262</v>
+      </c>
+      <c r="D71" s="2" t="s">
+        <v>263</v>
+      </c>
+      <c r="E71" s="2" t="s">
         <v>264</v>
       </c>
-      <c r="D71" s="2"/>
-      <c r="E71" s="2" t="s">
+      <c r="F71" s="2" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>64</v>
+        <v>266</v>
       </c>
       <c r="I71" s="3" t="s">
         <v>267</v>
       </c>
       <c r="J71" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K71" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L71" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M71" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>18600251500028</v>
+        <v>19021522800049</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>268</v>
       </c>
       <c r="D72" s="2" t="s">
         <v>269</v>
       </c>
       <c r="E72" s="2" t="s">
         <v>270</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>271</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>64</v>
+        <v>266</v>
       </c>
       <c r="I72" s="3" t="s">
         <v>272</v>
       </c>
       <c r="J72" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K72" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M72" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>18630690800044</v>
+        <v>19030094700057</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>273</v>
       </c>
-      <c r="D73" s="2"/>
+      <c r="D73" s="2" t="s">
+        <v>274</v>
+      </c>
       <c r="E73" s="2" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>64</v>
+        <v>266</v>
       </c>
       <c r="I73" s="3" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="J73" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K73" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M73" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>18640003200022</v>
+        <v>19040056400034</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>277</v>
-[...1 lines deleted...]
-      <c r="D74" s="2"/>
+        <v>278</v>
+      </c>
+      <c r="D74" s="2" t="s">
+        <v>279</v>
+      </c>
       <c r="E74" s="2" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>64</v>
+        <v>260</v>
       </c>
       <c r="I74" s="3" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="J74" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K74" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M74" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>18660003700011</v>
+        <v>19060793700033</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>281</v>
-[...1 lines deleted...]
-      <c r="D75" s="2"/>
+        <v>283</v>
+      </c>
+      <c r="D75" s="2" t="s">
+        <v>284</v>
+      </c>
       <c r="E75" s="2" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>98</v>
+        <v>286</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>76660219466</v>
+        <v>266</v>
+      </c>
+      <c r="I75" s="3" t="s">
+        <v>287</v>
       </c>
       <c r="J75" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M75" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>18691001400031</v>
+        <v>19070916200027</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>283</v>
-[...1 lines deleted...]
-      <c r="D76" s="2"/>
+        <v>288</v>
+      </c>
+      <c r="D76" s="2" t="s">
+        <v>289</v>
+      </c>
       <c r="E76" s="2" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>285</v>
+        <v>22</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>64</v>
+        <v>266</v>
       </c>
       <c r="I76" s="3" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="J76" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K76" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M76" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>18710004500017</v>
+        <v>19080804800036</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>287</v>
-[...1 lines deleted...]
-      <c r="D77" s="2"/>
+        <v>292</v>
+      </c>
+      <c r="D77" s="2" t="s">
+        <v>293</v>
+      </c>
       <c r="E77" s="2" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>98</v>
+        <v>295</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>64</v>
+        <v>266</v>
       </c>
       <c r="I77" s="3" t="s">
-        <v>289</v>
+        <v>296</v>
       </c>
       <c r="J77" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K77" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L77" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M77" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>18800251300011</v>
+        <v>19080863400025</v>
       </c>
       <c r="B78" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>290</v>
-[...1 lines deleted...]
-      <c r="D78" s="2"/>
+        <v>297</v>
+      </c>
+      <c r="D78" s="2" t="s">
+        <v>298</v>
+      </c>
       <c r="E78" s="2" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>98</v>
+        <v>81</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>22800173780</v>
+        <v>266</v>
+      </c>
+      <c r="I78" s="3" t="s">
+        <v>300</v>
       </c>
       <c r="J78" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M78" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>18810004400018</v>
+        <v>19100687300092</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="D79" s="2"/>
+        <v>301</v>
+      </c>
+      <c r="D79" s="2" t="s">
+        <v>302</v>
+      </c>
       <c r="E79" s="2" t="s">
-        <v>293</v>
+        <v>303</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>64</v>
+        <v>266</v>
       </c>
       <c r="I79" s="3" t="s">
-        <v>295</v>
+        <v>305</v>
       </c>
       <c r="J79" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K79" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M79" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>18820002600014</v>
+        <v>19110677200020</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="D80" s="2"/>
+        <v>306</v>
+      </c>
+      <c r="D80" s="2" t="s">
+        <v>307</v>
+      </c>
       <c r="E80" s="2" t="s">
-        <v>33</v>
+        <v>308</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>210</v>
+        <v>309</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>64</v>
+        <v>266</v>
       </c>
       <c r="I80" s="3" t="s">
-        <v>296</v>
+        <v>310</v>
       </c>
       <c r="J80" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M80" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>18830002400018</v>
+        <v>19120937800030</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>297</v>
-[...1 lines deleted...]
-      <c r="D81" s="2"/>
+        <v>311</v>
+      </c>
+      <c r="D81" s="2" t="s">
+        <v>307</v>
+      </c>
       <c r="E81" s="2" t="s">
-        <v>298</v>
+        <v>312</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>98</v>
+        <v>313</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>64</v>
+        <v>266</v>
       </c>
       <c r="I81" s="3" t="s">
-        <v>299</v>
+        <v>314</v>
       </c>
       <c r="J81" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K81" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L81" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M81" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>18840002200029</v>
+        <v>19120938600041</v>
       </c>
       <c r="B82" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>300</v>
-[...1 lines deleted...]
-      <c r="D82" s="2"/>
+        <v>315</v>
+      </c>
+      <c r="D82" s="2" t="s">
+        <v>316</v>
+      </c>
       <c r="E82" s="2" t="s">
-        <v>301</v>
+        <v>317</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>302</v>
+        <v>22</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>64</v>
+        <v>266</v>
       </c>
       <c r="I82" s="3" t="s">
-        <v>303</v>
+        <v>318</v>
       </c>
       <c r="J82" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K82" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L82" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M82" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>18860002700026</v>
+        <v>19131656100023</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="D83" s="2"/>
+        <v>319</v>
+      </c>
+      <c r="D83" s="2" t="s">
+        <v>320</v>
+      </c>
       <c r="E83" s="2" t="s">
-        <v>304</v>
+        <v>321</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>305</v>
+        <v>81</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>64</v>
+        <v>266</v>
       </c>
       <c r="I83" s="3" t="s">
-        <v>306</v>
+        <v>322</v>
       </c>
       <c r="J83" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K83" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L83" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M83" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>18870202100034</v>
+        <v>19131715500023</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>307</v>
-[...1 lines deleted...]
-      <c r="D84" s="2"/>
+        <v>323</v>
+      </c>
+      <c r="D84" s="2" t="s">
+        <v>324</v>
+      </c>
       <c r="E84" s="2" t="s">
-        <v>308</v>
+        <v>325</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>309</v>
+        <v>326</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>310</v>
+        <v>266</v>
+      </c>
+      <c r="I84" s="3">
+        <v>93131313713</v>
       </c>
       <c r="J84" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L84" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M84" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>18890001300015</v>
+        <v>19141112300059</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>311</v>
-[...1 lines deleted...]
-      <c r="D85" s="2"/>
+        <v>327</v>
+      </c>
+      <c r="D85" s="2" t="s">
+        <v>328</v>
+      </c>
       <c r="E85" s="2" t="s">
-        <v>312</v>
+        <v>329</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>98</v>
+        <v>330</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>313</v>
+        <v>266</v>
+      </c>
+      <c r="I85" s="3">
+        <v>25140183214</v>
       </c>
       <c r="J85" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K85" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L85" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M85" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>18971003100080</v>
+        <v>19141421800021</v>
       </c>
       <c r="B86" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>314</v>
-[...1 lines deleted...]
-      <c r="D86" s="2"/>
+        <v>331</v>
+      </c>
+      <c r="D86" s="2" t="s">
+        <v>332</v>
+      </c>
       <c r="E86" s="2" t="s">
-        <v>315</v>
+        <v>333</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>316</v>
+        <v>334</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>317</v>
+        <v>266</v>
+      </c>
+      <c r="I86" s="3">
+        <v>25140223914</v>
       </c>
       <c r="J86" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K86" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L86" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M86" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>18972003000023</v>
+        <v>19150599900026</v>
       </c>
       <c r="B87" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>318</v>
-[...1 lines deleted...]
-      <c r="D87" s="2"/>
+        <v>335</v>
+      </c>
+      <c r="D87" s="2" t="s">
+        <v>336</v>
+      </c>
       <c r="E87" s="2" t="s">
-        <v>319</v>
+        <v>337</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>320</v>
+        <v>338</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>64</v>
+        <v>260</v>
       </c>
       <c r="I87" s="3" t="s">
-        <v>321</v>
+        <v>339</v>
       </c>
       <c r="J87" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L87" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M87" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>18973301700066</v>
+        <v>19160006300033</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>322</v>
-[...1 lines deleted...]
-      <c r="D88" s="2"/>
+        <v>340</v>
+      </c>
+      <c r="D88" s="2" t="s">
+        <v>341</v>
+      </c>
       <c r="E88" s="2" t="s">
-        <v>323</v>
+        <v>342</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>324</v>
+        <v>343</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>64</v>
+        <v>266</v>
       </c>
       <c r="I88" s="3" t="s">
-        <v>325</v>
+        <v>344</v>
       </c>
       <c r="J88" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K88" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M88" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>18974111900011</v>
+        <v>19170087100038</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>326</v>
-[...1 lines deleted...]
-      <c r="D89" s="2"/>
+        <v>345</v>
+      </c>
+      <c r="D89" s="2" t="s">
+        <v>346</v>
+      </c>
       <c r="E89" s="2" t="s">
-        <v>327</v>
+        <v>347</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>328</v>
+        <v>22</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>98970020797</v>
+        <v>266</v>
+      </c>
+      <c r="I89" s="3" t="s">
+        <v>348</v>
       </c>
       <c r="J89" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K89" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L89" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M89" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>19010819100015</v>
+        <v>19180585200065</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>329</v>
+        <v>349</v>
       </c>
       <c r="D90" s="2" t="s">
-        <v>330</v>
+        <v>307</v>
       </c>
       <c r="E90" s="2" t="s">
-        <v>331</v>
+        <v>350</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>98</v>
+        <v>351</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>60</v>
+        <v>266</v>
       </c>
       <c r="I90" s="3" t="s">
-        <v>332</v>
+        <v>352</v>
       </c>
       <c r="J90" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K90" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L90" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M90" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>19020060000020</v>
+        <v>19190624700058</v>
       </c>
       <c r="B91" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>333</v>
+        <v>353</v>
       </c>
       <c r="D91" s="2" t="s">
-        <v>334</v>
+        <v>354</v>
       </c>
       <c r="E91" s="2" t="s">
-        <v>335</v>
+        <v>355</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>336</v>
+        <v>47</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="I91" s="3" t="s">
-        <v>337</v>
+        <v>356</v>
       </c>
       <c r="J91" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K91" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L91" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M91" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>19021522800049</v>
+        <v>19200002400013</v>
       </c>
       <c r="B92" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>338</v>
-[...3 lines deleted...]
-      </c>
+        <v>357</v>
+      </c>
+      <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>340</v>
+        <v>358</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>341</v>
+        <v>359</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
-        <v>27</v>
+        <v>260</v>
       </c>
       <c r="I92" s="3" t="s">
-        <v>342</v>
+        <v>360</v>
       </c>
       <c r="J92" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K92" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L92" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M92" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>19030094700057</v>
+        <v>19202599700060</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>343</v>
+        <v>361</v>
       </c>
       <c r="D93" s="2" t="s">
-        <v>344</v>
+        <v>362</v>
       </c>
       <c r="E93" s="2" t="s">
-        <v>345</v>
+        <v>363</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>346</v>
+        <v>364</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="I93" s="3" t="s">
-        <v>347</v>
+        <v>365</v>
       </c>
       <c r="J93" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K93" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L93" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M93" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>19040056400034</v>
+        <v>19210036000010</v>
       </c>
       <c r="B94" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>348</v>
+        <v>366</v>
       </c>
       <c r="D94" s="2" t="s">
-        <v>349</v>
+        <v>367</v>
       </c>
       <c r="E94" s="2" t="s">
-        <v>350</v>
+        <v>368</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>351</v>
+        <v>22</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
-        <v>60</v>
+        <v>260</v>
       </c>
       <c r="I94" s="3" t="s">
-        <v>352</v>
+        <v>369</v>
       </c>
       <c r="J94" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K94" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L94" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M94" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>19060793700033</v>
+        <v>19211135900019</v>
       </c>
       <c r="B95" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>353</v>
+        <v>370</v>
       </c>
       <c r="D95" s="2" t="s">
-        <v>354</v>
+        <v>371</v>
       </c>
       <c r="E95" s="2" t="s">
-        <v>355</v>
+        <v>372</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>356</v>
+        <v>22</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
-        <v>27</v>
+        <v>260</v>
       </c>
       <c r="I95" s="3" t="s">
-        <v>357</v>
+        <v>373</v>
       </c>
       <c r="J95" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K95" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L95" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M95" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>19070916200027</v>
+        <v>19220470900021</v>
       </c>
       <c r="B96" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>358</v>
+        <v>374</v>
       </c>
       <c r="D96" s="2" t="s">
-        <v>359</v>
+        <v>375</v>
       </c>
       <c r="E96" s="2" t="s">
-        <v>360</v>
+        <v>376</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>98</v>
+        <v>377</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="I96" s="3" t="s">
-        <v>361</v>
+        <v>378</v>
       </c>
       <c r="J96" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K96" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L96" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M96" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>19080804800036</v>
+        <v>19240023200026</v>
       </c>
       <c r="B97" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>362</v>
+        <v>379</v>
       </c>
       <c r="D97" s="2" t="s">
-        <v>363</v>
+        <v>307</v>
       </c>
       <c r="E97" s="2" t="s">
-        <v>364</v>
+        <v>380</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>365</v>
+        <v>265</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="I97" s="3" t="s">
-        <v>366</v>
+        <v>381</v>
       </c>
       <c r="J97" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K97" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L97" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M97" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>19080863400025</v>
+        <v>19251263000034</v>
       </c>
       <c r="B98" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>367</v>
+        <v>382</v>
       </c>
       <c r="D98" s="2" t="s">
-        <v>368</v>
+        <v>383</v>
       </c>
       <c r="E98" s="2" t="s">
-        <v>369</v>
+        <v>384</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>154</v>
+        <v>385</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="I98" s="3" t="s">
-        <v>370</v>
+        <v>386</v>
       </c>
       <c r="J98" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K98" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L98" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M98" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>19100687300092</v>
+        <v>19260765300016</v>
       </c>
       <c r="B99" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>371</v>
+        <v>387</v>
       </c>
       <c r="D99" s="2" t="s">
-        <v>372</v>
+        <v>388</v>
       </c>
       <c r="E99" s="2" t="s">
-        <v>373</v>
+        <v>389</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>374</v>
+        <v>22</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
-        <v>27</v>
+        <v>260</v>
       </c>
       <c r="I99" s="3" t="s">
-        <v>375</v>
+        <v>390</v>
       </c>
       <c r="J99" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K99" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L99" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M99" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>19110677200020</v>
+        <v>19260791900029</v>
       </c>
       <c r="B100" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>376</v>
+        <v>391</v>
       </c>
       <c r="D100" s="2" t="s">
-        <v>377</v>
+        <v>392</v>
       </c>
       <c r="E100" s="2" t="s">
-        <v>378</v>
+        <v>393</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>379</v>
+        <v>394</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>380</v>
+        <v>260</v>
+      </c>
+      <c r="I100" s="3">
+        <v>84260300326</v>
       </c>
       <c r="J100" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K100" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L100" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M100" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>19120937800030</v>
+        <v>19271107500023</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>381</v>
+        <v>395</v>
       </c>
       <c r="D101" s="2" t="s">
-        <v>377</v>
+        <v>307</v>
       </c>
       <c r="E101" s="2" t="s">
-        <v>382</v>
+        <v>396</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>383</v>
+        <v>145</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="I101" s="3" t="s">
-        <v>384</v>
+        <v>397</v>
       </c>
       <c r="J101" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K101" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L101" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M101" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>19120938600041</v>
+        <v>19280706300024</v>
       </c>
       <c r="B102" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>385</v>
+        <v>398</v>
       </c>
       <c r="D102" s="2" t="s">
-        <v>386</v>
+        <v>307</v>
       </c>
       <c r="E102" s="2" t="s">
-        <v>387</v>
+        <v>399</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>98</v>
+        <v>400</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="I102" s="3" t="s">
-        <v>388</v>
+        <v>401</v>
       </c>
       <c r="J102" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K102" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L102" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M102" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>19131656100023</v>
+        <v>19290341700041</v>
       </c>
       <c r="B103" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>389</v>
+        <v>402</v>
       </c>
       <c r="D103" s="2" t="s">
-        <v>390</v>
+        <v>307</v>
       </c>
       <c r="E103" s="2" t="s">
-        <v>391</v>
+        <v>403</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>154</v>
+        <v>404</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="I103" s="3" t="s">
-        <v>392</v>
+        <v>405</v>
       </c>
       <c r="J103" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K103" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L103" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M103" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>19131715500023</v>
+        <v>19300139300019</v>
       </c>
       <c r="B104" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>393</v>
+        <v>406</v>
       </c>
       <c r="D104" s="2" t="s">
-        <v>394</v>
+        <v>407</v>
       </c>
       <c r="E104" s="2" t="s">
-        <v>395</v>
+        <v>408</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>396</v>
+        <v>22</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>93131313713</v>
+        <v>260</v>
+      </c>
+      <c r="I104" s="3" t="s">
+        <v>409</v>
       </c>
       <c r="J104" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="K104" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L104" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M104" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>19141112300059</v>
+        <v>19311241400019</v>
       </c>
       <c r="B105" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>397</v>
+        <v>410</v>
       </c>
       <c r="D105" s="2" t="s">
-        <v>398</v>
+        <v>411</v>
       </c>
       <c r="E105" s="2" t="s">
-        <v>399</v>
+        <v>412</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>400</v>
+        <v>22</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>25140183214</v>
+        <v>260</v>
+      </c>
+      <c r="I105" s="3" t="s">
+        <v>413</v>
       </c>
       <c r="J105" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K105" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L105" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M105" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>19141421800021</v>
+        <v>19311262000037</v>
       </c>
       <c r="B106" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>401</v>
+        <v>414</v>
       </c>
       <c r="D106" s="2" t="s">
-        <v>402</v>
+        <v>415</v>
       </c>
       <c r="E106" s="2" t="s">
-        <v>403</v>
+        <v>416</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>404</v>
+        <v>81</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>25140223914</v>
+        <v>266</v>
+      </c>
+      <c r="I106" s="3" t="s">
+        <v>417</v>
       </c>
       <c r="J106" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="K106" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L106" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M106" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>19150599900026</v>
+        <v>19320557200020</v>
       </c>
       <c r="B107" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>405</v>
+        <v>418</v>
       </c>
       <c r="D107" s="2" t="s">
-        <v>406</v>
+        <v>419</v>
       </c>
       <c r="E107" s="2" t="s">
-        <v>407</v>
+        <v>420</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>408</v>
+        <v>421</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
-        <v>60</v>
+        <v>266</v>
       </c>
       <c r="I107" s="3" t="s">
-        <v>409</v>
+        <v>422</v>
       </c>
       <c r="J107" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K107" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L107" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M107" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>19160006300033</v>
+        <v>19331424200036</v>
       </c>
       <c r="B108" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>410</v>
+        <v>423</v>
       </c>
       <c r="D108" s="2" t="s">
-        <v>411</v>
+        <v>307</v>
       </c>
       <c r="E108" s="2" t="s">
-        <v>412</v>
+        <v>424</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>413</v>
+        <v>425</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="I108" s="3" t="s">
-        <v>414</v>
+        <v>426</v>
       </c>
       <c r="J108" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K108" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L108" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M108" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>19170087100038</v>
+        <v>19340128800082</v>
       </c>
       <c r="B109" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>415</v>
+        <v>427</v>
       </c>
       <c r="D109" s="2" t="s">
-        <v>416</v>
+        <v>428</v>
       </c>
       <c r="E109" s="2" t="s">
-        <v>417</v>
+        <v>429</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>98</v>
+        <v>22</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="I109" s="3" t="s">
-        <v>418</v>
+        <v>430</v>
       </c>
       <c r="J109" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K109" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L109" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M109" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>19180585200065</v>
+        <v>19350700100025</v>
       </c>
       <c r="B110" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>419</v>
+        <v>431</v>
       </c>
       <c r="D110" s="2" t="s">
-        <v>377</v>
+        <v>432</v>
       </c>
       <c r="E110" s="2" t="s">
-        <v>420</v>
+        <v>433</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>421</v>
+        <v>434</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="I110" s="3" t="s">
-        <v>422</v>
+        <v>435</v>
       </c>
       <c r="J110" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K110" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L110" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M110" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>19190624700058</v>
+        <v>19360017800134</v>
       </c>
       <c r="B111" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>423</v>
+        <v>436</v>
       </c>
       <c r="D111" s="2" t="s">
-        <v>424</v>
+        <v>437</v>
       </c>
       <c r="E111" s="2" t="s">
-        <v>425</v>
+        <v>438</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>120</v>
+        <v>439</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="I111" s="3" t="s">
-        <v>426</v>
+        <v>440</v>
       </c>
       <c r="J111" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K111" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L111" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M111" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>19200002400013</v>
+        <v>19370781700030</v>
       </c>
       <c r="B112" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>427</v>
-[...1 lines deleted...]
-      <c r="D112" s="2"/>
+        <v>441</v>
+      </c>
+      <c r="D112" s="2" t="s">
+        <v>442</v>
+      </c>
       <c r="E112" s="2" t="s">
-        <v>428</v>
+        <v>443</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>429</v>
+        <v>444</v>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
-        <v>60</v>
+        <v>266</v>
       </c>
       <c r="I112" s="3" t="s">
-        <v>430</v>
+        <v>445</v>
       </c>
       <c r="J112" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K112" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L112" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M112" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>19202599700060</v>
+        <v>19381817600037</v>
       </c>
       <c r="B113" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>431</v>
+        <v>446</v>
       </c>
       <c r="D113" s="2" t="s">
-        <v>432</v>
+        <v>447</v>
       </c>
       <c r="E113" s="2" t="s">
-        <v>433</v>
+        <v>448</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>434</v>
+        <v>449</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>435</v>
+        <v>266</v>
+      </c>
+      <c r="I113" s="3">
+        <v>82380455638</v>
       </c>
       <c r="J113" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K113" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L113" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M113" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>19210036000010</v>
+        <v>19381819200026</v>
       </c>
       <c r="B114" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>436</v>
+        <v>450</v>
       </c>
       <c r="D114" s="2" t="s">
-        <v>437</v>
+        <v>451</v>
       </c>
       <c r="E114" s="2" t="s">
-        <v>438</v>
+        <v>452</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>98</v>
+        <v>453</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
-        <v>60</v>
+        <v>266</v>
       </c>
       <c r="I114" s="3" t="s">
-        <v>439</v>
+        <v>454</v>
       </c>
       <c r="J114" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K114" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L114" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M114" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>19211135900019</v>
+        <v>19390810000012</v>
       </c>
       <c r="B115" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>440</v>
+        <v>455</v>
       </c>
       <c r="D115" s="2" t="s">
-        <v>441</v>
+        <v>456</v>
       </c>
       <c r="E115" s="2" t="s">
-        <v>442</v>
+        <v>457</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>98</v>
+        <v>22</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
-        <v>60</v>
+        <v>260</v>
       </c>
       <c r="I115" s="3" t="s">
-        <v>443</v>
+        <v>458</v>
       </c>
       <c r="J115" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K115" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L115" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M115" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
-        <v>19220470900021</v>
+        <v>19400750600026</v>
       </c>
       <c r="B116" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>444</v>
+        <v>459</v>
       </c>
       <c r="D116" s="2" t="s">
-        <v>445</v>
+        <v>460</v>
       </c>
       <c r="E116" s="2" t="s">
-        <v>446</v>
+        <v>461</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>447</v>
+        <v>462</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="I116" s="3" t="s">
-        <v>448</v>
+        <v>463</v>
       </c>
       <c r="J116" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K116" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L116" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M116" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
-        <v>19240023200026</v>
+        <v>19410018600015</v>
       </c>
       <c r="B117" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>449</v>
+        <v>464</v>
       </c>
       <c r="D117" s="2" t="s">
-        <v>377</v>
+        <v>465</v>
       </c>
       <c r="E117" s="2" t="s">
-        <v>450</v>
+        <v>466</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>336</v>
+        <v>22</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>451</v>
+        <v>260</v>
+      </c>
+      <c r="I117" s="3">
+        <v>24410173341</v>
       </c>
       <c r="J117" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K117" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L117" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M117" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>19251263000034</v>
+        <v>19421088600017</v>
       </c>
       <c r="B118" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>452</v>
+        <v>467</v>
       </c>
       <c r="D118" s="2" t="s">
-        <v>453</v>
+        <v>468</v>
       </c>
       <c r="E118" s="2" t="s">
-        <v>454</v>
+        <v>469</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>455</v>
+        <v>22</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
-        <v>27</v>
+        <v>260</v>
       </c>
       <c r="I118" s="3" t="s">
-        <v>456</v>
+        <v>470</v>
       </c>
       <c r="J118" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K118" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L118" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M118" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>19260765300016</v>
+        <v>19421210600026</v>
       </c>
       <c r="B119" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>457</v>
+        <v>471</v>
       </c>
       <c r="D119" s="2" t="s">
-        <v>458</v>
+        <v>307</v>
       </c>
       <c r="E119" s="2" t="s">
-        <v>459</v>
+        <v>472</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>98</v>
+        <v>473</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
-        <v>60</v>
+        <v>266</v>
       </c>
       <c r="I119" s="3" t="s">
-        <v>460</v>
+        <v>474</v>
       </c>
       <c r="J119" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K119" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L119" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M119" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>19260791900029</v>
+        <v>19430112300064</v>
       </c>
       <c r="B120" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>461</v>
+        <v>475</v>
       </c>
       <c r="D120" s="2" t="s">
-        <v>462</v>
+        <v>476</v>
       </c>
       <c r="E120" s="2" t="s">
-        <v>463</v>
+        <v>477</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>464</v>
+        <v>478</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>84260300326</v>
+        <v>266</v>
+      </c>
+      <c r="I120" s="3" t="s">
+        <v>479</v>
       </c>
       <c r="J120" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="K120" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L120" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M120" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>19271107500023</v>
+        <v>19430113100026</v>
       </c>
       <c r="B121" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>465</v>
+        <v>480</v>
       </c>
       <c r="D121" s="2" t="s">
-        <v>377</v>
+        <v>481</v>
       </c>
       <c r="E121" s="2" t="s">
-        <v>466</v>
+        <v>482</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>218</v>
+        <v>22</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="I121" s="3" t="s">
-        <v>467</v>
+        <v>483</v>
       </c>
       <c r="J121" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="K121" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L121" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M121" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>19280706300024</v>
+        <v>19442061800069</v>
       </c>
       <c r="B122" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>468</v>
+        <v>484</v>
       </c>
       <c r="D122" s="2" t="s">
-        <v>377</v>
+        <v>485</v>
       </c>
       <c r="E122" s="2" t="s">
-        <v>469</v>
+        <v>486</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>470</v>
+        <v>487</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>471</v>
+        <v>266</v>
+      </c>
+      <c r="I122" s="3">
+        <v>52440418844</v>
       </c>
       <c r="J122" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K122" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L122" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M122" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>19290341700041</v>
+        <v>19450094800048</v>
       </c>
       <c r="B123" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>472</v>
+        <v>488</v>
       </c>
       <c r="D123" s="2" t="s">
-        <v>377</v>
+        <v>489</v>
       </c>
       <c r="E123" s="2" t="s">
-        <v>473</v>
+        <v>490</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>474</v>
+        <v>491</v>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2" t="s">
-        <v>27</v>
+        <v>260</v>
       </c>
       <c r="I123" s="3" t="s">
-        <v>475</v>
+        <v>492</v>
       </c>
       <c r="J123" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K123" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L123" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M123" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
-        <v>19300139300019</v>
+        <v>19470019100050</v>
       </c>
       <c r="B124" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>476</v>
+        <v>493</v>
       </c>
       <c r="D124" s="2" t="s">
-        <v>477</v>
+        <v>494</v>
       </c>
       <c r="E124" s="2" t="s">
-        <v>478</v>
+        <v>495</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>98</v>
+        <v>496</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
-        <v>60</v>
+        <v>266</v>
       </c>
       <c r="I124" s="3" t="s">
-        <v>479</v>
+        <v>497</v>
       </c>
       <c r="J124" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K124" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L124" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M124" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
-        <v>19311241400019</v>
+        <v>19480514900011</v>
       </c>
       <c r="B125" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>480</v>
+        <v>498</v>
       </c>
       <c r="D125" s="2" t="s">
-        <v>481</v>
+        <v>499</v>
       </c>
       <c r="E125" s="2" t="s">
-        <v>482</v>
+        <v>500</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>98</v>
+        <v>22</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
-        <v>60</v>
+        <v>260</v>
       </c>
       <c r="I125" s="3" t="s">
-        <v>483</v>
+        <v>501</v>
       </c>
       <c r="J125" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K125" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L125" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M125" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
-        <v>19311262000037</v>
+        <v>19490946100049</v>
       </c>
       <c r="B126" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>484</v>
+        <v>502</v>
       </c>
       <c r="D126" s="2" t="s">
-        <v>485</v>
+        <v>503</v>
       </c>
       <c r="E126" s="2" t="s">
-        <v>486</v>
+        <v>504</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>154</v>
+        <v>505</v>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>487</v>
+        <v>266</v>
+      </c>
+      <c r="I126" s="3">
+        <v>52490194149</v>
       </c>
       <c r="J126" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K126" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L126" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M126" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
-        <v>19320557200020</v>
+        <v>19490963600012</v>
       </c>
       <c r="B127" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>488</v>
+        <v>506</v>
       </c>
       <c r="D127" s="2" t="s">
-        <v>489</v>
+        <v>507</v>
       </c>
       <c r="E127" s="2" t="s">
-        <v>490</v>
+        <v>508</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>491</v>
+        <v>22</v>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>492</v>
+        <v>260</v>
+      </c>
+      <c r="I127" s="3">
+        <v>52490194249</v>
       </c>
       <c r="J127" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K127" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L127" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M127" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
-        <v>19331424200036</v>
+        <v>19501213300060</v>
       </c>
       <c r="B128" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>493</v>
+        <v>509</v>
       </c>
       <c r="D128" s="2" t="s">
-        <v>377</v>
+        <v>307</v>
       </c>
       <c r="E128" s="2" t="s">
-        <v>494</v>
+        <v>510</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>495</v>
+        <v>304</v>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="I128" s="3" t="s">
-        <v>496</v>
+        <v>511</v>
       </c>
       <c r="J128" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K128" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L128" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M128" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
-        <v>19340128800082</v>
+        <v>19511196800036</v>
       </c>
       <c r="B129" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>497</v>
+        <v>512</v>
       </c>
       <c r="D129" s="2" t="s">
-        <v>498</v>
+        <v>513</v>
       </c>
       <c r="E129" s="2" t="s">
-        <v>499</v>
+        <v>514</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>98</v>
+        <v>496</v>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="I129" s="3" t="s">
-        <v>500</v>
+        <v>515</v>
       </c>
       <c r="J129" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K129" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L129" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M129" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
-        <v>19350700100025</v>
+        <v>19511219800047</v>
       </c>
       <c r="B130" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>501</v>
+        <v>516</v>
       </c>
       <c r="D130" s="2" t="s">
-        <v>502</v>
+        <v>517</v>
       </c>
       <c r="E130" s="2" t="s">
-        <v>503</v>
+        <v>518</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>504</v>
+        <v>519</v>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="I130" s="3" t="s">
-        <v>505</v>
+        <v>520</v>
       </c>
       <c r="J130" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K130" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L130" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M130" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
-        <v>19360017800134</v>
+        <v>19520727900017</v>
       </c>
       <c r="B131" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>506</v>
+        <v>521</v>
       </c>
       <c r="D131" s="2" t="s">
-        <v>507</v>
+        <v>522</v>
       </c>
       <c r="E131" s="2" t="s">
-        <v>508</v>
+        <v>523</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>509</v>
+        <v>22</v>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2" t="s">
-        <v>27</v>
+        <v>260</v>
       </c>
       <c r="I131" s="3" t="s">
-        <v>510</v>
+        <v>524</v>
       </c>
       <c r="J131" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K131" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L131" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M131" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
-        <v>19370781700030</v>
+        <v>19530081900016</v>
       </c>
       <c r="B132" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>511</v>
-[...3 lines deleted...]
-      </c>
+        <v>525</v>
+      </c>
+      <c r="D132" s="2"/>
       <c r="E132" s="2" t="s">
-        <v>513</v>
+        <v>526</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>514</v>
+        <v>22</v>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>515</v>
+        <v>260</v>
+      </c>
+      <c r="I132" s="3">
+        <v>52530049153</v>
       </c>
       <c r="J132" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K132" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L132" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M132" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
-        <v>19381817600037</v>
+        <v>19550752000011</v>
       </c>
       <c r="B133" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>516</v>
+        <v>527</v>
       </c>
       <c r="D133" s="2" t="s">
-        <v>517</v>
+        <v>528</v>
       </c>
       <c r="E133" s="2" t="s">
-        <v>518</v>
+        <v>529</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>519</v>
+        <v>22</v>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>82380455638</v>
+        <v>260</v>
+      </c>
+      <c r="I133" s="3" t="s">
+        <v>530</v>
       </c>
       <c r="J133" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K133" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L133" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M133" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
-        <v>19381819200026</v>
+        <v>19570086900017</v>
       </c>
       <c r="B134" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>520</v>
+        <v>531</v>
       </c>
       <c r="D134" s="2" t="s">
-        <v>521</v>
+        <v>532</v>
       </c>
       <c r="E134" s="2" t="s">
-        <v>522</v>
+        <v>533</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>523</v>
+        <v>22</v>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
-        <v>27</v>
+        <v>260</v>
       </c>
       <c r="I134" s="3" t="s">
-        <v>524</v>
+        <v>534</v>
       </c>
       <c r="J134" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K134" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L134" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M134" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
-        <v>19390810000012</v>
+        <v>19580055200059</v>
       </c>
       <c r="B135" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>525</v>
+        <v>535</v>
       </c>
       <c r="D135" s="2" t="s">
-        <v>526</v>
+        <v>536</v>
       </c>
       <c r="E135" s="2" t="s">
-        <v>527</v>
+        <v>537</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>98</v>
+        <v>538</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
-        <v>60</v>
+        <v>266</v>
       </c>
       <c r="I135" s="3" t="s">
-        <v>528</v>
+        <v>539</v>
       </c>
       <c r="J135" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K135" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L135" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M135" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
-        <v>19400750600026</v>
+        <v>19580101400026</v>
       </c>
       <c r="B136" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>529</v>
+        <v>540</v>
       </c>
       <c r="D136" s="2" t="s">
-        <v>530</v>
+        <v>541</v>
       </c>
       <c r="E136" s="2" t="s">
-        <v>531</v>
+        <v>542</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>532</v>
+        <v>543</v>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="I136" s="3" t="s">
-        <v>533</v>
+        <v>544</v>
       </c>
       <c r="J136" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K136" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L136" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M136" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
-        <v>19410018600015</v>
+        <v>19593255300082</v>
       </c>
       <c r="B137" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>534</v>
+        <v>545</v>
       </c>
       <c r="D137" s="2" t="s">
-        <v>535</v>
+        <v>546</v>
       </c>
       <c r="E137" s="2" t="s">
-        <v>536</v>
+        <v>547</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>98</v>
+        <v>548</v>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>24410173341</v>
+        <v>266</v>
+      </c>
+      <c r="I137" s="3" t="s">
+        <v>549</v>
       </c>
       <c r="J137" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K137" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L137" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M137" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
-        <v>19421088600017</v>
+        <v>19593395700035</v>
       </c>
       <c r="B138" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>537</v>
+        <v>550</v>
       </c>
       <c r="D138" s="2" t="s">
-        <v>538</v>
+        <v>551</v>
       </c>
       <c r="E138" s="2" t="s">
-        <v>539</v>
+        <v>552</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>98</v>
+        <v>553</v>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
-        <v>60</v>
+        <v>266</v>
       </c>
       <c r="I138" s="3" t="s">
-        <v>540</v>
+        <v>554</v>
       </c>
       <c r="J138" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K138" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L138" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M138" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
-        <v>19421210600026</v>
+        <v>19601265200018</v>
       </c>
       <c r="B139" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>541</v>
-[...3 lines deleted...]
-      </c>
+        <v>555</v>
+      </c>
+      <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
-        <v>542</v>
+        <v>556</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>543</v>
+        <v>22</v>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>544</v>
+        <v>260</v>
+      </c>
+      <c r="I139" s="3">
+        <v>32600319260</v>
       </c>
       <c r="J139" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K139" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L139" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M139" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
-        <v>19430112300064</v>
+        <v>19601782600021</v>
       </c>
       <c r="B140" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>545</v>
+        <v>557</v>
       </c>
       <c r="D140" s="2" t="s">
-        <v>546</v>
+        <v>558</v>
       </c>
       <c r="E140" s="2" t="s">
-        <v>547</v>
+        <v>559</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>548</v>
+        <v>560</v>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="I140" s="3" t="s">
-        <v>549</v>
+        <v>561</v>
       </c>
       <c r="J140" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="K140" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L140" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M140" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
-        <v>19430113100026</v>
+        <v>19610790800036</v>
       </c>
       <c r="B141" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>550</v>
+        <v>562</v>
       </c>
       <c r="D141" s="2" t="s">
-        <v>551</v>
+        <v>563</v>
       </c>
       <c r="E141" s="2" t="s">
-        <v>552</v>
+        <v>564</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>98</v>
+        <v>565</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="I141" s="3" t="s">
-        <v>553</v>
+        <v>566</v>
       </c>
       <c r="J141" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K141" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L141" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M141" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
-        <v>19442061800069</v>
+        <v>19622257400028</v>
       </c>
       <c r="B142" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>554</v>
+        <v>567</v>
       </c>
       <c r="D142" s="2" t="s">
-        <v>555</v>
+        <v>568</v>
       </c>
       <c r="E142" s="2" t="s">
-        <v>556</v>
+        <v>569</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>557</v>
+        <v>81</v>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>52440418844</v>
+        <v>266</v>
+      </c>
+      <c r="I142" s="3" t="s">
+        <v>570</v>
       </c>
       <c r="J142" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K142" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L142" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M142" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="1">
-        <v>19450094800048</v>
+        <v>19630984300031</v>
       </c>
       <c r="B143" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>558</v>
+        <v>571</v>
       </c>
       <c r="D143" s="2" t="s">
-        <v>559</v>
+        <v>572</v>
       </c>
       <c r="E143" s="2" t="s">
-        <v>560</v>
+        <v>573</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>561</v>
+        <v>574</v>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2" t="s">
-        <v>60</v>
+        <v>266</v>
       </c>
       <c r="I143" s="3" t="s">
-        <v>562</v>
+        <v>575</v>
       </c>
       <c r="J143" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K143" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L143" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M143" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" s="1">
-        <v>19470019100050</v>
+        <v>19640220000022</v>
       </c>
       <c r="B144" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>563</v>
+        <v>576</v>
       </c>
       <c r="D144" s="2" t="s">
-        <v>564</v>
+        <v>307</v>
       </c>
       <c r="E144" s="2" t="s">
-        <v>565</v>
+        <v>577</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>566</v>
+        <v>578</v>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="I144" s="3" t="s">
-        <v>567</v>
+        <v>579</v>
       </c>
       <c r="J144" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K144" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L144" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M144" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" s="1">
-        <v>19480514900011</v>
+        <v>19650139900030</v>
       </c>
       <c r="B145" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>568</v>
+        <v>580</v>
       </c>
       <c r="D145" s="2" t="s">
-        <v>569</v>
+        <v>581</v>
       </c>
       <c r="E145" s="2" t="s">
-        <v>570</v>
+        <v>582</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>98</v>
+        <v>583</v>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2" t="s">
-        <v>60</v>
+        <v>266</v>
       </c>
       <c r="I145" s="3" t="s">
-        <v>571</v>
+        <v>584</v>
       </c>
       <c r="J145" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K145" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L145" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M145" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" s="1">
-        <v>19490946100049</v>
+        <v>19660699000048</v>
       </c>
       <c r="B146" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>572</v>
+        <v>585</v>
       </c>
       <c r="D146" s="2" t="s">
-        <v>573</v>
+        <v>307</v>
       </c>
       <c r="E146" s="2" t="s">
-        <v>574</v>
+        <v>586</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>575</v>
+        <v>587</v>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>52490194149</v>
+        <v>266</v>
+      </c>
+      <c r="I146" s="3" t="s">
+        <v>588</v>
       </c>
       <c r="J146" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="K146" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L146" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M146" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" s="1">
-        <v>19490963600012</v>
+        <v>19671685600048</v>
       </c>
       <c r="B147" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>576</v>
+        <v>589</v>
       </c>
       <c r="D147" s="2" t="s">
-        <v>577</v>
+        <v>590</v>
       </c>
       <c r="E147" s="2" t="s">
-        <v>578</v>
+        <v>591</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>98</v>
+        <v>592</v>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>52490194249</v>
+        <v>266</v>
+      </c>
+      <c r="I147" s="3" t="s">
+        <v>593</v>
       </c>
       <c r="J147" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K147" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L147" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M147" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" s="1">
-        <v>19501213300060</v>
+        <v>19680003100037</v>
       </c>
       <c r="B148" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>579</v>
+        <v>594</v>
       </c>
       <c r="D148" s="2" t="s">
-        <v>377</v>
+        <v>595</v>
       </c>
       <c r="E148" s="2" t="s">
-        <v>580</v>
+        <v>596</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>374</v>
+        <v>538</v>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="I148" s="3" t="s">
-        <v>581</v>
+        <v>597</v>
       </c>
       <c r="J148" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K148" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L148" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M148" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" s="1">
-        <v>19511196800036</v>
+        <v>19690250600035</v>
       </c>
       <c r="B149" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>582</v>
+        <v>598</v>
       </c>
       <c r="D149" s="2" t="s">
-        <v>583</v>
+        <v>599</v>
       </c>
       <c r="E149" s="2" t="s">
-        <v>584</v>
+        <v>600</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>566</v>
+        <v>145</v>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>585</v>
+        <v>266</v>
+      </c>
+      <c r="I149" s="3">
+        <v>84691703069</v>
       </c>
       <c r="J149" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K149" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L149" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M149" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" s="1">
-        <v>19511219800047</v>
+        <v>19700827900022</v>
       </c>
       <c r="B150" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>586</v>
+        <v>601</v>
       </c>
       <c r="D150" s="2" t="s">
-        <v>587</v>
+        <v>307</v>
       </c>
       <c r="E150" s="2" t="s">
-        <v>588</v>
+        <v>602</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>589</v>
+        <v>145</v>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="I150" s="3" t="s">
-        <v>590</v>
+        <v>603</v>
       </c>
       <c r="J150" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="K150" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L150" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M150" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" s="1">
-        <v>19520727900017</v>
+        <v>19711067900036</v>
       </c>
       <c r="B151" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>591</v>
+        <v>604</v>
       </c>
       <c r="D151" s="2" t="s">
-        <v>592</v>
+        <v>605</v>
       </c>
       <c r="E151" s="2" t="s">
-        <v>593</v>
+        <v>606</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>98</v>
+        <v>607</v>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>594</v>
+        <v>266</v>
+      </c>
+      <c r="I151" s="3">
+        <v>27710257271</v>
       </c>
       <c r="J151" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K151" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L151" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M151" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" s="1">
-        <v>19530081900016</v>
+        <v>19711068700054</v>
       </c>
       <c r="B152" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>595</v>
-[...1 lines deleted...]
-      <c r="D152" s="2"/>
+        <v>608</v>
+      </c>
+      <c r="D152" s="2" t="s">
+        <v>609</v>
+      </c>
       <c r="E152" s="2" t="s">
-        <v>596</v>
+        <v>610</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>98</v>
+        <v>611</v>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>52530049153</v>
+        <v>266</v>
+      </c>
+      <c r="I152" s="3" t="s">
+        <v>612</v>
       </c>
       <c r="J152" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K152" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L152" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M152" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153" s="1">
-        <v>19550752000011</v>
+        <v>19720010800011</v>
       </c>
       <c r="B153" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>597</v>
-[...3 lines deleted...]
-      </c>
+        <v>613</v>
+      </c>
+      <c r="D153" s="2"/>
       <c r="E153" s="2" t="s">
-        <v>599</v>
+        <v>614</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>98</v>
+        <v>22</v>
       </c>
       <c r="G153" s="2"/>
       <c r="H153" s="2" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>600</v>
+        <v>615</v>
+      </c>
+      <c r="I153" s="3">
+        <v>52720100572</v>
       </c>
       <c r="J153" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K153" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L153" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M153" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="154" spans="1:13">
       <c r="A154" s="1">
-        <v>19570086900017</v>
+        <v>19730813300010</v>
       </c>
       <c r="B154" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>601</v>
+        <v>616</v>
       </c>
       <c r="D154" s="2" t="s">
-        <v>602</v>
+        <v>617</v>
       </c>
       <c r="E154" s="2" t="s">
-        <v>603</v>
+        <v>618</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>98</v>
+        <v>22</v>
       </c>
       <c r="G154" s="2"/>
       <c r="H154" s="2" t="s">
-        <v>60</v>
+        <v>260</v>
       </c>
       <c r="I154" s="3" t="s">
-        <v>604</v>
+        <v>619</v>
       </c>
       <c r="J154" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K154" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L154" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M154" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="155" spans="1:13">
       <c r="A155" s="1">
-        <v>19580055200059</v>
+        <v>19740276100013</v>
       </c>
       <c r="B155" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>605</v>
+        <v>620</v>
       </c>
       <c r="D155" s="2" t="s">
-        <v>606</v>
+        <v>621</v>
       </c>
       <c r="E155" s="2" t="s">
-        <v>607</v>
+        <v>622</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>608</v>
+        <v>22</v>
       </c>
       <c r="G155" s="2"/>
       <c r="H155" s="2" t="s">
-        <v>27</v>
+        <v>260</v>
       </c>
       <c r="I155" s="3" t="s">
-        <v>609</v>
+        <v>623</v>
       </c>
       <c r="J155" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K155" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L155" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M155" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="156" spans="1:13">
       <c r="A156" s="1">
-        <v>19580101400026</v>
+        <v>19761315100020</v>
       </c>
       <c r="B156" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>610</v>
+        <v>624</v>
       </c>
       <c r="D156" s="2" t="s">
-        <v>611</v>
+        <v>625</v>
       </c>
       <c r="E156" s="2" t="s">
-        <v>612</v>
+        <v>626</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>613</v>
+        <v>627</v>
       </c>
       <c r="G156" s="2"/>
       <c r="H156" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>614</v>
+        <v>266</v>
+      </c>
+      <c r="I156" s="3">
+        <v>28760601576</v>
       </c>
       <c r="J156" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="K156" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L156" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M156" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="157" spans="1:13">
       <c r="A157" s="1">
-        <v>19593255300082</v>
+        <v>19761315100111</v>
       </c>
       <c r="B157" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>615</v>
+        <v>624</v>
       </c>
       <c r="D157" s="2" t="s">
-        <v>616</v>
+        <v>628</v>
       </c>
       <c r="E157" s="2" t="s">
-        <v>617</v>
+        <v>629</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>618</v>
+        <v>630</v>
       </c>
       <c r="G157" s="2"/>
       <c r="H157" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>619</v>
+        <v>266</v>
+      </c>
+      <c r="I157" s="3">
+        <v>28760601576</v>
       </c>
       <c r="J157" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="K157" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L157" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M157" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="158" spans="1:13">
       <c r="A158" s="1">
-        <v>19593395700035</v>
+        <v>19771436300011</v>
       </c>
       <c r="B158" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>620</v>
+        <v>631</v>
       </c>
       <c r="D158" s="2" t="s">
-        <v>621</v>
+        <v>632</v>
       </c>
       <c r="E158" s="2" t="s">
-        <v>622</v>
+        <v>633</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>623</v>
+        <v>22</v>
       </c>
       <c r="G158" s="2"/>
       <c r="H158" s="2" t="s">
-        <v>27</v>
+        <v>260</v>
       </c>
       <c r="I158" s="3" t="s">
-        <v>624</v>
+        <v>634</v>
       </c>
       <c r="J158" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K158" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L158" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M158" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="159" spans="1:13">
       <c r="A159" s="1">
-        <v>19601265200018</v>
+        <v>19780004800039</v>
       </c>
       <c r="B159" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>625</v>
-[...1 lines deleted...]
-      <c r="D159" s="2"/>
+        <v>635</v>
+      </c>
+      <c r="D159" s="2" t="s">
+        <v>636</v>
+      </c>
       <c r="E159" s="2" t="s">
-        <v>626</v>
+        <v>637</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>98</v>
+        <v>22</v>
       </c>
       <c r="G159" s="2"/>
       <c r="H159" s="2" t="s">
-        <v>60</v>
+        <v>266</v>
       </c>
       <c r="I159" s="3">
-        <v>32600319260</v>
+        <v>11788184678</v>
       </c>
       <c r="J159" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K159" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L159" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M159" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="160" spans="1:13">
       <c r="A160" s="1">
-        <v>19601782600021</v>
+        <v>19790768600020</v>
       </c>
       <c r="B160" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>627</v>
+        <v>638</v>
       </c>
       <c r="D160" s="2" t="s">
-        <v>628</v>
+        <v>307</v>
       </c>
       <c r="E160" s="2" t="s">
-        <v>629</v>
+        <v>639</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>630</v>
+        <v>81</v>
       </c>
       <c r="G160" s="2"/>
       <c r="H160" s="2" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="I160" s="3" t="s">
-        <v>631</v>
+        <v>640</v>
       </c>
       <c r="J160" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="K160" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L160" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M160" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="161" spans="1:13">
       <c r="A161" s="1">
-        <v>19610790800036</v>
+        <v>19801272600016</v>
       </c>
       <c r="B161" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>632</v>
-[...3 lines deleted...]
-      </c>
+        <v>641</v>
+      </c>
+      <c r="D161" s="2"/>
       <c r="E161" s="2" t="s">
-        <v>634</v>
+        <v>642</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>635</v>
+        <v>22</v>
       </c>
       <c r="G161" s="2"/>
       <c r="H161" s="2" t="s">
-        <v>27</v>
+        <v>260</v>
       </c>
       <c r="I161" s="3" t="s">
-        <v>636</v>
+        <v>643</v>
       </c>
       <c r="J161" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K161" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L161" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M161" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="162" spans="1:13">
       <c r="A162" s="1">
-        <v>19622257400028</v>
+        <v>19801335100012</v>
       </c>
       <c r="B162" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>637</v>
-[...3 lines deleted...]
-      </c>
+        <v>644</v>
+      </c>
+      <c r="D162" s="2"/>
       <c r="E162" s="2" t="s">
-        <v>639</v>
+        <v>645</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>154</v>
+        <v>22</v>
       </c>
       <c r="G162" s="2"/>
       <c r="H162" s="2" t="s">
-        <v>27</v>
+        <v>260</v>
       </c>
       <c r="I162" s="3" t="s">
-        <v>640</v>
+        <v>646</v>
       </c>
       <c r="J162" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="K162" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L162" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M162" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="163" spans="1:13">
       <c r="A163" s="1">
-        <v>19630984300031</v>
+        <v>19810121400023</v>
       </c>
       <c r="B163" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
       <c r="D163" s="2" t="s">
-        <v>642</v>
+        <v>648</v>
       </c>
       <c r="E163" s="2" t="s">
-        <v>643</v>
+        <v>649</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>644</v>
+        <v>81</v>
       </c>
       <c r="G163" s="2"/>
       <c r="H163" s="2" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="I163" s="3" t="s">
-        <v>645</v>
+        <v>650</v>
       </c>
       <c r="J163" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K163" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L163" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M163" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="164" spans="1:13">
       <c r="A164" s="1">
-        <v>19640220000022</v>
+        <v>19820559300074</v>
       </c>
       <c r="B164" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>646</v>
+        <v>651</v>
       </c>
       <c r="D164" s="2" t="s">
-        <v>377</v>
+        <v>652</v>
       </c>
       <c r="E164" s="2" t="s">
-        <v>647</v>
+        <v>653</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>648</v>
+        <v>553</v>
       </c>
       <c r="G164" s="2"/>
       <c r="H164" s="2" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="I164" s="3" t="s">
-        <v>649</v>
+        <v>654</v>
       </c>
       <c r="J164" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K164" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L164" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M164" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="165" spans="1:13">
       <c r="A165" s="1">
-        <v>19650139900030</v>
+        <v>19830077400025</v>
       </c>
       <c r="B165" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>650</v>
+        <v>655</v>
       </c>
       <c r="D165" s="2" t="s">
-        <v>651</v>
+        <v>656</v>
       </c>
       <c r="E165" s="2" t="s">
-        <v>652</v>
+        <v>657</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>653</v>
+        <v>658</v>
       </c>
       <c r="G165" s="2"/>
       <c r="H165" s="2" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="I165" s="3" t="s">
-        <v>654</v>
+        <v>659</v>
       </c>
       <c r="J165" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K165" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L165" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M165" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="166" spans="1:13">
       <c r="A166" s="1">
-        <v>19660699000048</v>
+        <v>19840607600010</v>
       </c>
       <c r="B166" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>655</v>
+        <v>660</v>
       </c>
       <c r="D166" s="2" t="s">
-        <v>377</v>
+        <v>661</v>
       </c>
       <c r="E166" s="2" t="s">
-        <v>656</v>
+        <v>662</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>657</v>
+        <v>22</v>
       </c>
       <c r="G166" s="2"/>
       <c r="H166" s="2" t="s">
-        <v>27</v>
+        <v>260</v>
       </c>
       <c r="I166" s="3" t="s">
-        <v>658</v>
+        <v>663</v>
       </c>
       <c r="J166" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K166" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L166" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M166" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="167" spans="1:13">
       <c r="A167" s="1">
-        <v>19671685600048</v>
+        <v>19850144700033</v>
       </c>
       <c r="B167" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>659</v>
+        <v>664</v>
       </c>
       <c r="D167" s="2" t="s">
-        <v>660</v>
+        <v>665</v>
       </c>
       <c r="E167" s="2" t="s">
-        <v>661</v>
+        <v>666</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>662</v>
+        <v>81</v>
       </c>
       <c r="G167" s="2"/>
       <c r="H167" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>663</v>
+        <v>266</v>
+      </c>
+      <c r="I167" s="3">
+        <v>52850109685</v>
       </c>
       <c r="J167" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K167" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L167" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M167" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="168" spans="1:13">
       <c r="A168" s="1">
-        <v>19680003100037</v>
+        <v>19860718600022</v>
       </c>
       <c r="B168" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="D168" s="2" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="E168" s="2" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>608</v>
+        <v>670</v>
       </c>
       <c r="G168" s="2"/>
       <c r="H168" s="2" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="I168" s="3" t="s">
-        <v>667</v>
+        <v>671</v>
       </c>
       <c r="J168" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K168" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L168" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M168" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="169" spans="1:13">
       <c r="A169" s="1">
-        <v>19690250600035</v>
+        <v>19890045800045</v>
       </c>
       <c r="B169" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
       <c r="D169" s="2" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="E169" s="2" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>218</v>
+        <v>675</v>
       </c>
       <c r="G169" s="2"/>
       <c r="H169" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>84691703069</v>
+        <v>266</v>
+      </c>
+      <c r="I169" s="3" t="s">
+        <v>676</v>
       </c>
       <c r="J169" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K169" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L169" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M169" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="170" spans="1:13">
       <c r="A170" s="1">
-        <v>19700827900022</v>
+        <v>19900246000012</v>
       </c>
       <c r="B170" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>671</v>
+        <v>677</v>
       </c>
       <c r="D170" s="2" t="s">
-        <v>377</v>
+        <v>678</v>
       </c>
       <c r="E170" s="2" t="s">
-        <v>672</v>
+        <v>679</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>218</v>
+        <v>22</v>
       </c>
       <c r="G170" s="2"/>
       <c r="H170" s="2" t="s">
-        <v>27</v>
+        <v>260</v>
       </c>
       <c r="I170" s="3" t="s">
-        <v>673</v>
+        <v>680</v>
       </c>
       <c r="J170" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K170" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L170" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M170" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="171" spans="1:13">
       <c r="A171" s="1">
-        <v>19711067900036</v>
+        <v>19971804000058</v>
       </c>
       <c r="B171" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>674</v>
+        <v>601</v>
       </c>
       <c r="D171" s="2" t="s">
-        <v>675</v>
+        <v>681</v>
       </c>
       <c r="E171" s="2" t="s">
-        <v>676</v>
+        <v>682</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>677</v>
+        <v>683</v>
       </c>
       <c r="G171" s="2"/>
       <c r="H171" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>27710257271</v>
+        <v>266</v>
+      </c>
+      <c r="I171" s="3" t="s">
+        <v>684</v>
       </c>
       <c r="J171" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K171" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L171" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M171" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="172" spans="1:13">
       <c r="A172" s="1">
-        <v>19711068700054</v>
+        <v>19972518500060</v>
       </c>
       <c r="B172" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>678</v>
+        <v>685</v>
       </c>
       <c r="D172" s="2" t="s">
-        <v>679</v>
+        <v>686</v>
       </c>
       <c r="E172" s="2" t="s">
-        <v>680</v>
+        <v>687</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>681</v>
+        <v>47</v>
       </c>
       <c r="G172" s="2"/>
       <c r="H172" s="2" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="I172" s="3" t="s">
-        <v>682</v>
+        <v>688</v>
       </c>
       <c r="J172" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K172" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L172" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M172" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="173" spans="1:13">
       <c r="A173" s="1">
-        <v>19720010800011</v>
+        <v>19972616700026</v>
       </c>
       <c r="B173" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>683</v>
-[...1 lines deleted...]
-      <c r="D173" s="2"/>
+        <v>689</v>
+      </c>
+      <c r="D173" s="2" t="s">
+        <v>690</v>
+      </c>
       <c r="E173" s="2" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>98</v>
+        <v>692</v>
       </c>
       <c r="G173" s="2"/>
       <c r="H173" s="2" t="s">
-        <v>685</v>
-[...2 lines deleted...]
-        <v>52720100572</v>
+        <v>266</v>
+      </c>
+      <c r="I173" s="3" t="s">
+        <v>693</v>
       </c>
       <c r="J173" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K173" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L173" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M173" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="174" spans="1:13">
       <c r="A174" s="1">
-        <v>19730813300010</v>
+        <v>19972616700034</v>
       </c>
       <c r="B174" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C174" s="2" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="D174" s="2" t="s">
-        <v>687</v>
+        <v>694</v>
       </c>
       <c r="E174" s="2" t="s">
-        <v>688</v>
+        <v>695</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>98</v>
+        <v>692</v>
       </c>
       <c r="G174" s="2"/>
       <c r="H174" s="2" t="s">
-        <v>60</v>
+        <v>266</v>
       </c>
       <c r="I174" s="3" t="s">
-        <v>689</v>
+        <v>693</v>
       </c>
       <c r="J174" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K174" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L174" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M174" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="175" spans="1:13">
       <c r="A175" s="1">
-        <v>19740276100013</v>
+        <v>19973021900045</v>
       </c>
       <c r="B175" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>690</v>
+        <v>696</v>
       </c>
       <c r="D175" s="2" t="s">
-        <v>691</v>
+        <v>307</v>
       </c>
       <c r="E175" s="2" t="s">
-        <v>692</v>
+        <v>697</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>98</v>
+        <v>698</v>
       </c>
       <c r="G175" s="2"/>
       <c r="H175" s="2" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>693</v>
+        <v>266</v>
+      </c>
+      <c r="I175" s="3">
+        <v>96973035097</v>
       </c>
       <c r="J175" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K175" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L175" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M175" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="176" spans="1:13">
       <c r="A176" s="1">
-        <v>19761315100020</v>
+        <v>19974098600054</v>
       </c>
       <c r="B176" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>694</v>
+        <v>699</v>
       </c>
       <c r="D176" s="2" t="s">
-        <v>695</v>
+        <v>307</v>
       </c>
       <c r="E176" s="2" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="G176" s="2"/>
       <c r="H176" s="2" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="I176" s="3">
-        <v>28760601576</v>
+        <v>98970035397</v>
       </c>
       <c r="J176" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K176" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L176" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M176" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="177" spans="1:13">
       <c r="A177" s="1">
-        <v>19761315100111</v>
+        <v>20000528800010</v>
       </c>
       <c r="B177" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>694</v>
-[...3 lines deleted...]
-      </c>
+        <v>702</v>
+      </c>
+      <c r="D177" s="2"/>
       <c r="E177" s="2" t="s">
-        <v>699</v>
+        <v>703</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>700</v>
+        <v>704</v>
       </c>
       <c r="G177" s="2"/>
       <c r="H177" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>28760601576</v>
+        <v>260</v>
+      </c>
+      <c r="I177" s="3" t="s">
+        <v>705</v>
       </c>
       <c r="J177" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K177" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L177" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M177" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="178" spans="1:13">
       <c r="A178" s="1">
-        <v>19771436300011</v>
+        <v>20000746600069</v>
       </c>
       <c r="B178" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>701</v>
+        <v>706</v>
       </c>
       <c r="D178" s="2" t="s">
-        <v>702</v>
+        <v>707</v>
       </c>
       <c r="E178" s="2" t="s">
-        <v>703</v>
+        <v>708</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>98</v>
+        <v>709</v>
       </c>
       <c r="G178" s="2"/>
       <c r="H178" s="2" t="s">
-        <v>60</v>
+        <v>266</v>
       </c>
       <c r="I178" s="3" t="s">
-        <v>704</v>
+        <v>710</v>
       </c>
       <c r="J178" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="K178" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L178" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M178" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="179" spans="1:13">
       <c r="A179" s="1">
-        <v>19780004800039</v>
+        <v>20008180000019</v>
       </c>
       <c r="B179" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>705</v>
-[...3 lines deleted...]
-      </c>
+        <v>711</v>
+      </c>
+      <c r="D179" s="2"/>
       <c r="E179" s="2" t="s">
-        <v>707</v>
+        <v>712</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>98</v>
+        <v>713</v>
       </c>
       <c r="G179" s="2"/>
       <c r="H179" s="2" t="s">
-        <v>27</v>
+        <v>714</v>
       </c>
       <c r="I179" s="3">
-        <v>11788184678</v>
+        <v>11755850975</v>
       </c>
       <c r="J179" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K179" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L179" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M179" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="180" spans="1:13">
       <c r="A180" s="1">
-        <v>19790768600020</v>
+        <v>25340144200012</v>
       </c>
       <c r="B180" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>708</v>
-[...3 lines deleted...]
-      </c>
+        <v>715</v>
+      </c>
+      <c r="D180" s="2"/>
       <c r="E180" s="2" t="s">
-        <v>709</v>
+        <v>716</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>154</v>
+        <v>717</v>
       </c>
       <c r="G180" s="2"/>
       <c r="H180" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>710</v>
+        <v>23</v>
+      </c>
+      <c r="I180" s="3">
+        <v>76340900734</v>
       </c>
       <c r="J180" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K180" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L180" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M180" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="181" spans="1:13">
       <c r="A181" s="1">
-        <v>19801272600016</v>
+        <v>34234228400011</v>
       </c>
       <c r="B181" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>711</v>
+        <v>718</v>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2" t="s">
-        <v>712</v>
+        <v>719</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>98</v>
+        <v>720</v>
       </c>
       <c r="G181" s="2"/>
       <c r="H181" s="2" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>721</v>
+      </c>
+      <c r="I181" s="3"/>
       <c r="J181" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K181" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L181" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M181" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="182" spans="1:13">
       <c r="A182" s="1">
-        <v>19801335100012</v>
+        <v>34238263700011</v>
       </c>
       <c r="B182" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>714</v>
+        <v>722</v>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2" t="s">
-        <v>715</v>
+        <v>723</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>98</v>
+        <v>724</v>
       </c>
       <c r="G182" s="2"/>
       <c r="H182" s="2" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>716</v>
+        <v>36</v>
+      </c>
+      <c r="I182" s="3">
+        <v>52490003849</v>
       </c>
       <c r="J182" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="K182" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L182" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M182" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="183" spans="1:13">
       <c r="A183" s="1">
-        <v>19810121400023</v>
+        <v>34978307600087</v>
       </c>
       <c r="B183" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C183" s="2" t="s">
-        <v>717</v>
-[...3 lines deleted...]
-      </c>
+        <v>725</v>
+      </c>
+      <c r="D183" s="2"/>
       <c r="E183" s="2" t="s">
-        <v>719</v>
+        <v>726</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>154</v>
+        <v>727</v>
       </c>
       <c r="G183" s="2"/>
       <c r="H183" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>728</v>
+      </c>
+      <c r="I183" s="3"/>
       <c r="J183" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K183" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L183" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M183" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="184" spans="1:13">
       <c r="A184" s="1">
-        <v>19820559300074</v>
+        <v>35124920600019</v>
       </c>
       <c r="B184" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C184" s="2" t="s">
-        <v>721</v>
-[...3 lines deleted...]
-      </c>
+        <v>729</v>
+      </c>
+      <c r="D184" s="2"/>
       <c r="E184" s="2" t="s">
-        <v>723</v>
+        <v>730</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>623</v>
+        <v>731</v>
       </c>
       <c r="G184" s="2"/>
       <c r="H184" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>724</v>
+        <v>732</v>
+      </c>
+      <c r="I184" s="3">
+        <v>54790024579</v>
       </c>
       <c r="J184" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K184" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L184" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M184" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="185" spans="1:13">
       <c r="A185" s="1">
-        <v>19830077400025</v>
+        <v>35193688500042</v>
       </c>
       <c r="B185" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>725</v>
-[...3 lines deleted...]
-      </c>
+        <v>733</v>
+      </c>
+      <c r="D185" s="2"/>
       <c r="E185" s="2" t="s">
-        <v>727</v>
+        <v>734</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>728</v>
+        <v>735</v>
       </c>
       <c r="G185" s="2"/>
       <c r="H185" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>729</v>
+        <v>266</v>
+      </c>
+      <c r="I185" s="3">
+        <v>24450043245</v>
       </c>
       <c r="J185" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K185" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L185" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M185" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="186" spans="1:13">
       <c r="A186" s="1">
-        <v>19840607600010</v>
+        <v>37892029200026</v>
       </c>
       <c r="B186" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>730</v>
-[...3 lines deleted...]
-      </c>
+        <v>736</v>
+      </c>
+      <c r="D186" s="2"/>
       <c r="E186" s="2" t="s">
-        <v>732</v>
+        <v>737</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>98</v>
+        <v>738</v>
       </c>
       <c r="G186" s="2"/>
       <c r="H186" s="2" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>733</v>
+        <v>739</v>
+      </c>
+      <c r="I186" s="3">
+        <v>53220831022</v>
       </c>
       <c r="J186" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K186" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L186" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M186" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="187" spans="1:13">
       <c r="A187" s="1">
-        <v>19850144700033</v>
+        <v>37940194600015</v>
       </c>
       <c r="B187" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>734</v>
-[...3 lines deleted...]
-      </c>
+        <v>740</v>
+      </c>
+      <c r="D187" s="2"/>
       <c r="E187" s="2" t="s">
-        <v>736</v>
+        <v>223</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>154</v>
+        <v>741</v>
       </c>
       <c r="G187" s="2"/>
       <c r="H187" s="2" t="s">
-        <v>27</v>
+        <v>732</v>
       </c>
       <c r="I187" s="3">
-        <v>52850109685</v>
+        <v>73820000282</v>
       </c>
       <c r="J187" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K187" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L187" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M187" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="188" spans="1:13">
       <c r="A188" s="1">
-        <v>19860718600022</v>
+        <v>38397319500019</v>
       </c>
       <c r="B188" s="2" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>737</v>
-[...3 lines deleted...]
-      </c>
+        <v>742</v>
+      </c>
+      <c r="D188" s="2"/>
       <c r="E188" s="2" t="s">
-        <v>739</v>
+        <v>743</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>740</v>
-[...1 lines deleted...]
-      <c r="G188" s="2"/>
+        <v>744</v>
+      </c>
+      <c r="G188" s="2" t="s">
+        <v>745</v>
+      </c>
       <c r="H188" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>746</v>
+      </c>
+      <c r="I188" s="3"/>
       <c r="J188" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K188" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L188" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M188" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="189" spans="1:13">
       <c r="A189" s="1">
-        <v>19890045800045</v>
+        <v>38440613800022</v>
       </c>
       <c r="B189" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C189" s="2" t="s">
-        <v>742</v>
+        <v>747</v>
       </c>
       <c r="D189" s="2" t="s">
-        <v>743</v>
+        <v>748</v>
       </c>
       <c r="E189" s="2" t="s">
-        <v>744</v>
+        <v>749</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>745</v>
+        <v>750</v>
       </c>
       <c r="G189" s="2"/>
       <c r="H189" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>746</v>
+        <v>751</v>
+      </c>
+      <c r="I189" s="3">
+        <v>53351057435</v>
       </c>
       <c r="J189" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K189" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L189" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M189" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="190" spans="1:13">
       <c r="A190" s="1">
-        <v>19900246000012</v>
+        <v>38466091600014</v>
       </c>
       <c r="B190" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C190" s="2" t="s">
-        <v>747</v>
-[...3 lines deleted...]
-      </c>
+        <v>752</v>
+      </c>
+      <c r="D190" s="2"/>
       <c r="E190" s="2" t="s">
-        <v>749</v>
+        <v>753</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>98</v>
+        <v>754</v>
       </c>
       <c r="G190" s="2"/>
       <c r="H190" s="2" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>750</v>
+        <v>732</v>
+      </c>
+      <c r="I190" s="3">
+        <v>93050012705</v>
       </c>
       <c r="J190" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K190" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L190" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M190" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="191" spans="1:13">
       <c r="A191" s="1">
-        <v>19971804000058</v>
+        <v>38752624700029</v>
       </c>
       <c r="B191" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>671</v>
-[...3 lines deleted...]
-      </c>
+        <v>755</v>
+      </c>
+      <c r="D191" s="2"/>
       <c r="E191" s="2" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>753</v>
+        <v>757</v>
       </c>
       <c r="G191" s="2"/>
       <c r="H191" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>754</v>
+        <v>758</v>
+      </c>
+      <c r="I191" s="3">
+        <v>72640097164</v>
       </c>
       <c r="J191" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K191" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L191" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M191" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="192" spans="1:13">
       <c r="A192" s="1">
-        <v>19972518500060</v>
+        <v>38848807400021</v>
       </c>
       <c r="B192" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C192" s="2" t="s">
-        <v>755</v>
-[...3 lines deleted...]
-      </c>
+        <v>759</v>
+      </c>
+      <c r="D192" s="2"/>
       <c r="E192" s="2" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>120</v>
+        <v>761</v>
       </c>
       <c r="G192" s="2"/>
       <c r="H192" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>758</v>
+        <v>762</v>
+      </c>
+      <c r="I192" s="3">
+        <v>11940690394</v>
       </c>
       <c r="J192" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K192" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L192" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M192" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="193" spans="1:13">
       <c r="A193" s="1">
-        <v>19972616700026</v>
+        <v>38881118400026</v>
       </c>
       <c r="B193" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C193" s="2" t="s">
-        <v>759</v>
-[...3 lines deleted...]
-      </c>
+        <v>763</v>
+      </c>
+      <c r="D193" s="2"/>
       <c r="E193" s="2" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="G193" s="2"/>
       <c r="H193" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>763</v>
+        <v>260</v>
+      </c>
+      <c r="I193" s="3">
+        <v>82070016507</v>
       </c>
       <c r="J193" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K193" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L193" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M193" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="194" spans="1:13">
       <c r="A194" s="1">
-        <v>19972616700034</v>
+        <v>39048270100013</v>
       </c>
       <c r="B194" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C194" s="2" t="s">
-        <v>759</v>
-[...3 lines deleted...]
-      </c>
+        <v>766</v>
+      </c>
+      <c r="D194" s="2"/>
       <c r="E194" s="2" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>762</v>
+        <v>768</v>
       </c>
       <c r="G194" s="2"/>
       <c r="H194" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I194" s="3" t="s">
-        <v>763</v>
+      <c r="I194" s="3">
+        <v>11780549478</v>
       </c>
       <c r="J194" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K194" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L194" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M194" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="195" spans="1:13">
       <c r="A195" s="1">
-        <v>19973021900045</v>
+        <v>39129624100022</v>
       </c>
       <c r="B195" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C195" s="2" t="s">
-        <v>766</v>
-[...3 lines deleted...]
-      </c>
+        <v>769</v>
+      </c>
+      <c r="D195" s="2"/>
       <c r="E195" s="2" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
       <c r="G195" s="2"/>
       <c r="H195" s="2" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="I195" s="3">
-        <v>96973035097</v>
+        <v>91300305430</v>
       </c>
       <c r="J195" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K195" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L195" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M195" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="196" spans="1:13">
       <c r="A196" s="1">
-        <v>19974098600054</v>
+        <v>39165789700040</v>
       </c>
       <c r="B196" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C196" s="2" t="s">
-        <v>769</v>
-[...3 lines deleted...]
-      </c>
+        <v>772</v>
+      </c>
+      <c r="D196" s="2"/>
       <c r="E196" s="2" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="G196" s="2"/>
       <c r="H196" s="2" t="s">
-        <v>27</v>
+        <v>775</v>
       </c>
       <c r="I196" s="3">
-        <v>98970035397</v>
+        <v>95970114497</v>
       </c>
       <c r="J196" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K196" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L196" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M196" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="197" spans="1:13">
       <c r="A197" s="1">
-        <v>20000528800010</v>
+        <v>39228359400035</v>
       </c>
       <c r="B197" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C197" s="2" t="s">
-        <v>772</v>
+        <v>776</v>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>774</v>
+        <v>778</v>
       </c>
       <c r="G197" s="2"/>
       <c r="H197" s="2" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>775</v>
+        <v>27</v>
+      </c>
+      <c r="I197" s="3">
+        <v>82690874369</v>
       </c>
       <c r="J197" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K197" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L197" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M197" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="198" spans="1:13">
       <c r="A198" s="1">
-        <v>20000746600069</v>
+        <v>39337298200016</v>
       </c>
       <c r="B198" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C198" s="2" t="s">
-        <v>776</v>
-[...3 lines deleted...]
-      </c>
+        <v>779</v>
+      </c>
+      <c r="D198" s="2"/>
       <c r="E198" s="2" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="G198" s="2"/>
       <c r="H198" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>780</v>
+        <v>266</v>
+      </c>
+      <c r="I198" s="3">
+        <v>31590348259</v>
       </c>
       <c r="J198" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K198" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L198" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M198" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="199" spans="1:13">
       <c r="A199" s="1">
-        <v>20008180000019</v>
+        <v>39363528900027</v>
       </c>
       <c r="B199" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C199" s="2" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="D199" s="2"/>
       <c r="E199" s="2" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="G199" s="2"/>
       <c r="H199" s="2" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="I199" s="3">
-        <v>11755850975</v>
+        <v>72330632633</v>
       </c>
       <c r="J199" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K199" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L199" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M199" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="200" spans="1:13">
       <c r="A200" s="1">
-        <v>25340144200012</v>
+        <v>39372454700061</v>
       </c>
       <c r="B200" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C200" s="2" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="D200" s="2"/>
       <c r="E200" s="2" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="G200" s="2"/>
       <c r="H200" s="2" t="s">
-        <v>99</v>
-[...3 lines deleted...]
-      </c>
+        <v>266</v>
+      </c>
+      <c r="I200" s="3"/>
       <c r="J200" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K200" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L200" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M200" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="201" spans="1:13">
       <c r="A201" s="1">
-        <v>81108972100013</v>
+        <v>39389467000032</v>
       </c>
       <c r="B201" s="2" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="C201" s="2" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="D201" s="2"/>
       <c r="E201" s="2" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>790</v>
-[...1 lines deleted...]
-      <c r="G201" s="2" t="s">
         <v>791</v>
       </c>
+      <c r="G201" s="2"/>
       <c r="H201" s="2" t="s">
-        <v>27</v>
+        <v>728</v>
       </c>
       <c r="I201" s="3">
-        <v>91300387030</v>
+        <v>11950654495</v>
       </c>
       <c r="J201" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K201" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L201" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M201" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="202" spans="1:13">
       <c r="A202" s="1">
-        <v>81766815500010</v>
+        <v>39396208900024</v>
       </c>
       <c r="B202" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C202" s="2" t="s">
         <v>792</v>
       </c>
       <c r="D202" s="2"/>
       <c r="E202" s="2" t="s">
         <v>793</v>
       </c>
       <c r="F202" s="2" t="s">
         <v>794</v>
       </c>
       <c r="G202" s="2"/>
       <c r="H202" s="2" t="s">
-        <v>795</v>
-[...1 lines deleted...]
-      <c r="I202" s="3"/>
+        <v>27</v>
+      </c>
+      <c r="I202" s="3">
+        <v>93840310084</v>
+      </c>
       <c r="J202" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K202" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L202" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M202" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="203" spans="1:13">
       <c r="A203" s="1">
-        <v>82217313400013</v>
+        <v>42860273400025</v>
       </c>
       <c r="B203" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C203" s="2" t="s">
-        <v>796</v>
+        <v>795</v>
       </c>
       <c r="D203" s="2"/>
       <c r="E203" s="2" t="s">
+        <v>796</v>
+      </c>
+      <c r="F203" s="2" t="s">
         <v>797</v>
-      </c>
-[...1 lines deleted...]
-        <v>798</v>
       </c>
       <c r="G203" s="2"/>
       <c r="H203" s="2" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="I203" s="3"/>
+        <v>785</v>
+      </c>
+      <c r="I203" s="3">
+        <v>26210222621</v>
+      </c>
       <c r="J203" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K203" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L203" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M203" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="204" spans="1:13">
       <c r="A204" s="1">
-        <v>40452812700016</v>
+        <v>42861171900017</v>
       </c>
       <c r="B204" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C204" s="2" t="s">
-        <v>799</v>
+        <v>798</v>
       </c>
       <c r="D204" s="2"/>
       <c r="E204" s="2" t="s">
-        <v>800</v>
+        <v>799</v>
       </c>
       <c r="F204" s="2" t="s">
-        <v>356</v>
+        <v>478</v>
       </c>
       <c r="G204" s="2"/>
       <c r="H204" s="2" t="s">
-        <v>27</v>
+        <v>800</v>
       </c>
       <c r="I204" s="3">
-        <v>43390011239</v>
+        <v>25140245314</v>
       </c>
       <c r="J204" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K204" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L204" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M204" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="205" spans="1:13">
       <c r="A205" s="1">
-        <v>40863075400021</v>
+        <v>43323802900014</v>
       </c>
       <c r="B205" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C205" s="2" t="s">
         <v>801</v>
       </c>
       <c r="D205" s="2"/>
       <c r="E205" s="2" t="s">
         <v>802</v>
       </c>
       <c r="F205" s="2" t="s">
         <v>803</v>
       </c>
       <c r="G205" s="2"/>
       <c r="H205" s="2" t="s">
-        <v>804</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="I205" s="3"/>
       <c r="J205" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K205" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L205" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M205" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="206" spans="1:13">
       <c r="A206" s="1">
-        <v>40909451300010</v>
+        <v>43530561000030</v>
       </c>
       <c r="B206" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C206" s="2" t="s">
-        <v>805</v>
+        <v>804</v>
       </c>
       <c r="D206" s="2"/>
       <c r="E206" s="2" t="s">
-        <v>282</v>
+        <v>805</v>
       </c>
       <c r="F206" s="2" t="s">
         <v>806</v>
       </c>
       <c r="G206" s="2"/>
       <c r="H206" s="2" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="I206" s="3"/>
+        <v>266</v>
+      </c>
+      <c r="I206" s="3">
+        <v>73310612731</v>
+      </c>
       <c r="J206" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K206" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L206" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M206" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="207" spans="1:13">
       <c r="A207" s="1">
-        <v>41336206200023</v>
+        <v>43904185600014</v>
       </c>
       <c r="B207" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C207" s="2" t="s">
         <v>807</v>
       </c>
       <c r="D207" s="2"/>
       <c r="E207" s="2" t="s">
         <v>808</v>
       </c>
       <c r="F207" s="2" t="s">
         <v>809</v>
       </c>
       <c r="G207" s="2"/>
       <c r="H207" s="2" t="s">
-        <v>27</v>
+        <v>762</v>
       </c>
       <c r="I207" s="3">
-        <v>53220639022</v>
+        <v>11770464477</v>
       </c>
       <c r="J207" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K207" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L207" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M207" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="208" spans="1:13">
       <c r="A208" s="1">
-        <v>41461021200014</v>
+        <v>44040917500013</v>
       </c>
       <c r="B208" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C208" s="2" t="s">
         <v>810</v>
       </c>
       <c r="D208" s="2"/>
       <c r="E208" s="2" t="s">
         <v>811</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>523</v>
+        <v>812</v>
       </c>
       <c r="G208" s="2"/>
       <c r="H208" s="2" t="s">
-        <v>27</v>
+        <v>785</v>
       </c>
       <c r="I208" s="3">
-        <v>25610010561</v>
+        <v>21510126951</v>
       </c>
       <c r="J208" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K208" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L208" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M208" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="209" spans="1:13">
       <c r="A209" s="1">
-        <v>41479762100011</v>
+        <v>44065706200020</v>
       </c>
       <c r="B209" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C209" s="2" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="D209" s="2"/>
       <c r="E209" s="2" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>447</v>
+        <v>815</v>
       </c>
       <c r="G209" s="2"/>
       <c r="H209" s="2" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="I209" s="3">
-        <v>72330001333</v>
+        <v>95970114297</v>
       </c>
       <c r="J209" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="K209" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L209" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="M209" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="210" spans="1:13">
       <c r="A210" s="1">
-        <v>41780245100019</v>
+        <v>44296566100022</v>
       </c>
       <c r="B210" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C210" s="2" t="s">
-        <v>814</v>
-[...1 lines deleted...]
-      <c r="D210" s="2"/>
+        <v>816</v>
+      </c>
+      <c r="D210" s="2" t="s">
+        <v>817</v>
+      </c>
       <c r="E210" s="2" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>816</v>
+        <v>819</v>
       </c>
       <c r="G210" s="2"/>
       <c r="H210" s="2" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>266</v>
+      </c>
+      <c r="I210" s="3"/>
       <c r="J210" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K210" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L210" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M210" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="211" spans="1:13">
       <c r="A211" s="1">
-        <v>42057178800025</v>
+        <v>44361417700022</v>
       </c>
       <c r="B211" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C211" s="2" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
       <c r="D211" s="2"/>
       <c r="E211" s="2" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="F211" s="2" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="G211" s="2"/>
       <c r="H211" s="2" t="s">
-        <v>56</v>
+        <v>785</v>
       </c>
       <c r="I211" s="3">
-        <v>53350716735</v>
+        <v>11940748894</v>
       </c>
       <c r="J211" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K211" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L211" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M211" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="212" spans="1:13">
       <c r="A212" s="1">
-        <v>42086946300034</v>
+        <v>44387629700021</v>
       </c>
       <c r="B212" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C212" s="2" t="s">
-        <v>820</v>
-[...1 lines deleted...]
-      <c r="D212" s="2"/>
+        <v>823</v>
+      </c>
+      <c r="D212" s="2" t="s">
+        <v>824</v>
+      </c>
       <c r="E212" s="2" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
       <c r="G212" s="2"/>
       <c r="H212" s="2" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>266</v>
+      </c>
+      <c r="I212" s="3"/>
       <c r="J212" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K212" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L212" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M212" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="213" spans="1:13">
       <c r="A213" s="1">
-        <v>42117322000011</v>
+        <v>44991234400016</v>
       </c>
       <c r="B213" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C213" s="2" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
       <c r="D213" s="2"/>
       <c r="E213" s="2" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>825</v>
+        <v>829</v>
       </c>
       <c r="G213" s="2"/>
       <c r="H213" s="2" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>762</v>
+      </c>
+      <c r="I213" s="3"/>
       <c r="J213" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K213" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L213" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M213" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="214" spans="1:13">
       <c r="A214" s="1">
-        <v>42309316000020</v>
+        <v>77568577900313</v>
       </c>
       <c r="B214" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C214" s="2" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="D214" s="2"/>
       <c r="E214" s="2" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
       <c r="G214" s="2"/>
       <c r="H214" s="2" t="s">
-        <v>27</v>
+        <v>833</v>
       </c>
       <c r="I214" s="3">
-        <v>11753268175</v>
+        <v>11754685175</v>
       </c>
       <c r="J214" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K214" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L214" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M214" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="215" spans="1:13">
       <c r="A215" s="1">
-        <v>42860273400025</v>
+        <v>77570109701755</v>
       </c>
       <c r="B215" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C215" s="2" t="s">
-        <v>829</v>
+        <v>834</v>
       </c>
       <c r="D215" s="2"/>
       <c r="E215" s="2" t="s">
-        <v>830</v>
+        <v>835</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>831</v>
+        <v>836</v>
       </c>
       <c r="G215" s="2"/>
       <c r="H215" s="2" t="s">
-        <v>81</v>
+        <v>837</v>
       </c>
       <c r="I215" s="3">
-        <v>26210222621</v>
+        <v>23760447076</v>
       </c>
       <c r="J215" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K215" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L215" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M215" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="216" spans="1:13">
       <c r="A216" s="1">
-        <v>42861171900017</v>
+        <v>77571385200017</v>
       </c>
       <c r="B216" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C216" s="2" t="s">
-        <v>832</v>
+        <v>838</v>
       </c>
       <c r="D216" s="2"/>
       <c r="E216" s="2" t="s">
-        <v>833</v>
+        <v>839</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>548</v>
+        <v>17</v>
       </c>
       <c r="G216" s="2"/>
       <c r="H216" s="2" t="s">
-        <v>834</v>
+        <v>728</v>
       </c>
       <c r="I216" s="3">
-        <v>25140245314</v>
+        <v>93840295484</v>
       </c>
       <c r="J216" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K216" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L216" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M216" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="217" spans="1:13">
       <c r="A217" s="1">
-        <v>43323802900014</v>
+        <v>77571499100277</v>
       </c>
       <c r="B217" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C217" s="2" t="s">
-        <v>835</v>
+        <v>840</v>
       </c>
       <c r="D217" s="2"/>
       <c r="E217" s="2" t="s">
-        <v>836</v>
+        <v>841</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>837</v>
+        <v>17</v>
       </c>
       <c r="G217" s="2"/>
       <c r="H217" s="2" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="I217" s="3"/>
+        <v>837</v>
+      </c>
+      <c r="I217" s="3">
+        <v>52850146285</v>
+      </c>
       <c r="J217" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K217" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L217" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M217" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="218" spans="1:13">
       <c r="A218" s="1">
-        <v>30081951300031</v>
+        <v>77642180200013</v>
       </c>
       <c r="B218" s="2" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="C218" s="2" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="D218" s="2"/>
       <c r="E218" s="2" t="s">
-        <v>839</v>
+        <v>843</v>
       </c>
       <c r="F218" s="2" t="s">
-        <v>840</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="G218" s="2"/>
       <c r="H218" s="2" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>260</v>
+      </c>
+      <c r="I218" s="3"/>
       <c r="J218" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K218" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L218" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M218" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="219" spans="1:13">
       <c r="A219" s="1">
-        <v>30185924500062</v>
+        <v>77660306000018</v>
       </c>
       <c r="B219" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C219" s="2" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="D219" s="2"/>
       <c r="E219" s="2" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>844</v>
+        <v>17</v>
       </c>
       <c r="G219" s="2"/>
       <c r="H219" s="2" t="s">
-        <v>64</v>
+        <v>260</v>
       </c>
       <c r="I219" s="3">
-        <v>91340245234</v>
+        <v>82740107174</v>
       </c>
       <c r="J219" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K219" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L219" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M219" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="220" spans="1:13">
       <c r="A220" s="1">
-        <v>30286824500010</v>
+        <v>77674303100028</v>
       </c>
       <c r="B220" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C220" s="2" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="D220" s="2"/>
       <c r="E220" s="2" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>94</v>
+        <v>848</v>
       </c>
       <c r="G220" s="2"/>
       <c r="H220" s="2" t="s">
-        <v>60</v>
+        <v>732</v>
       </c>
       <c r="I220" s="3">
-        <v>21510123251</v>
+        <v>73120000712</v>
       </c>
       <c r="J220" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="K220" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L220" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M220" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="221" spans="1:13">
       <c r="A221" s="1">
-        <v>30293143100019</v>
+        <v>77727960500011</v>
       </c>
       <c r="B221" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C221" s="2" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="D221" s="2"/>
       <c r="E221" s="2" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>94</v>
+        <v>17</v>
       </c>
       <c r="G221" s="2"/>
       <c r="H221" s="2" t="s">
-        <v>60</v>
+        <v>260</v>
       </c>
       <c r="I221" s="3">
-        <v>82691132569</v>
+        <v>73820055182</v>
       </c>
       <c r="J221" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K221" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L221" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M221" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="222" spans="1:13">
       <c r="A222" s="1">
-        <v>30352831900013</v>
+        <v>77835631100010</v>
       </c>
       <c r="B222" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C222" s="2" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="D222" s="2"/>
       <c r="E222" s="2" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>94</v>
+        <v>853</v>
       </c>
       <c r="G222" s="2"/>
       <c r="H222" s="2" t="s">
-        <v>27</v>
+        <v>260</v>
       </c>
       <c r="I222" s="3">
-        <v>43250040425</v>
+        <v>43250148225</v>
       </c>
       <c r="J222" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K222" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L222" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M222" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="223" spans="1:13">
       <c r="A223" s="1">
-        <v>30438251800013</v>
+        <v>77939329700014</v>
       </c>
       <c r="B223" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C223" s="2" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="D223" s="2"/>
       <c r="E223" s="2" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>94</v>
+        <v>17</v>
       </c>
       <c r="G223" s="2"/>
       <c r="H223" s="2" t="s">
-        <v>27</v>
+        <v>260</v>
       </c>
       <c r="I223" s="3">
-        <v>21510003551</v>
+        <v>82260161826</v>
       </c>
       <c r="J223" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K223" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L223" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M223" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="224" spans="1:13">
       <c r="A224" s="1">
-        <v>30754662200019</v>
+        <v>77948850100015</v>
       </c>
       <c r="B224" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C224" s="2" t="s">
-        <v>853</v>
+        <v>856</v>
       </c>
       <c r="D224" s="2"/>
       <c r="E224" s="2" t="s">
-        <v>854</v>
+        <v>857</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>94</v>
+        <v>17</v>
       </c>
       <c r="G224" s="2"/>
       <c r="H224" s="2" t="s">
-        <v>60</v>
+        <v>732</v>
       </c>
       <c r="I224" s="3">
-        <v>53290326929</v>
+        <v>82380481838</v>
       </c>
       <c r="J224" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K224" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L224" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M224" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="225" spans="1:13">
       <c r="A225" s="1">
-        <v>31015997500039</v>
+        <v>77950951200017</v>
       </c>
       <c r="B225" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C225" s="2" t="s">
-        <v>855</v>
+        <v>858</v>
       </c>
       <c r="D225" s="2"/>
       <c r="E225" s="2" t="s">
-        <v>856</v>
+        <v>859</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>857</v>
+        <v>453</v>
       </c>
       <c r="G225" s="2"/>
       <c r="H225" s="2" t="s">
-        <v>81</v>
+        <v>732</v>
       </c>
       <c r="I225" s="3">
-        <v>93130483113</v>
+        <v>82380067138</v>
       </c>
       <c r="J225" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K225" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L225" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M225" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="226" spans="1:13">
       <c r="A226" s="1">
-        <v>31138229500013</v>
+        <v>78119478200012</v>
       </c>
       <c r="B226" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C226" s="2" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="D226" s="2"/>
       <c r="E226" s="2" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>94</v>
+        <v>17</v>
       </c>
       <c r="G226" s="2"/>
       <c r="H226" s="2" t="s">
-        <v>60</v>
+        <v>260</v>
       </c>
       <c r="I226" s="3">
-        <v>72400086640</v>
+        <v>54160018516</v>
       </c>
       <c r="J226" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K226" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L226" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M226" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="227" spans="1:13">
       <c r="A227" s="1">
-        <v>31238221100018</v>
+        <v>78136153000012</v>
       </c>
       <c r="B227" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C227" s="2" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="D227" s="2"/>
       <c r="E227" s="2" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>862</v>
+        <v>17</v>
       </c>
       <c r="G227" s="2"/>
       <c r="H227" s="2" t="s">
-        <v>27</v>
+        <v>260</v>
       </c>
       <c r="I227" s="3">
-        <v>43700007070</v>
+        <v>54170045017</v>
       </c>
       <c r="J227" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K227" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L227" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M227" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="228" spans="1:13">
       <c r="A228" s="1">
-        <v>31266699300026</v>
+        <v>78141312500019</v>
       </c>
       <c r="B228" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C228" s="2" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="D228" s="2"/>
       <c r="E228" s="2" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>429</v>
+        <v>17</v>
       </c>
       <c r="G228" s="2"/>
       <c r="H228" s="2" t="s">
-        <v>22</v>
+        <v>260</v>
       </c>
       <c r="I228" s="3">
-        <v>82010133801</v>
+        <v>54790026479</v>
       </c>
       <c r="J228" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K228" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L228" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M228" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="229" spans="1:13">
       <c r="A229" s="1">
-        <v>31350031600010</v>
+        <v>78151651300012</v>
       </c>
       <c r="B229" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C229" s="2" t="s">
-        <v>865</v>
+        <v>858</v>
       </c>
       <c r="D229" s="2"/>
       <c r="E229" s="2" t="s">
         <v>866</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>862</v>
+        <v>17</v>
       </c>
       <c r="G229" s="2"/>
       <c r="H229" s="2" t="s">
-        <v>60</v>
+        <v>260</v>
       </c>
       <c r="I229" s="3">
-        <v>31620042362</v>
+        <v>54860031786</v>
       </c>
       <c r="J229" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K229" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L229" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M229" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="230" spans="1:13">
       <c r="A230" s="1">
-        <v>31639182000016</v>
+        <v>78174099800013</v>
       </c>
       <c r="B230" s="2" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="C230" s="2" t="s">
         <v>867</v>
       </c>
       <c r="D230" s="2"/>
       <c r="E230" s="2" t="s">
         <v>868</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>869</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="G230" s="2"/>
       <c r="H230" s="2" t="s">
-        <v>64</v>
+        <v>260</v>
       </c>
       <c r="I230" s="3">
-        <v>24410101641</v>
+        <v>72240033624</v>
       </c>
       <c r="J230" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K230" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L230" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M230" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="231" spans="1:13">
       <c r="A231" s="1">
-        <v>31705055700014</v>
+        <v>78189192400016</v>
       </c>
       <c r="B231" s="2" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="C231" s="2" t="s">
-        <v>871</v>
+        <v>869</v>
       </c>
       <c r="D231" s="2"/>
       <c r="E231" s="2" t="s">
-        <v>872</v>
+        <v>870</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>869</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="G231" s="2"/>
       <c r="H231" s="2" t="s">
-        <v>60</v>
+        <v>260</v>
       </c>
       <c r="I231" s="3">
-        <v>72470022147</v>
+        <v>72330480833</v>
       </c>
       <c r="J231" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K231" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L231" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M231" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="232" spans="1:13">
       <c r="A232" s="1">
-        <v>31968154000013</v>
+        <v>78203159500013</v>
       </c>
       <c r="B232" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C232" s="2" t="s">
-        <v>874</v>
+        <v>871</v>
       </c>
       <c r="D232" s="2"/>
       <c r="E232" s="2" t="s">
-        <v>875</v>
+        <v>872</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>876</v>
+        <v>17</v>
       </c>
       <c r="G232" s="2"/>
       <c r="H232" s="2" t="s">
-        <v>60</v>
+        <v>260</v>
       </c>
       <c r="I232" s="3">
-        <v>24280033228</v>
+        <v>72330178333</v>
       </c>
       <c r="J232" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K232" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L232" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M232" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="233" spans="1:13">
       <c r="A233" s="1">
-        <v>32470021000051</v>
+        <v>78324704200014</v>
       </c>
       <c r="B233" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C233" s="2" t="s">
-        <v>877</v>
+        <v>873</v>
       </c>
       <c r="D233" s="2"/>
       <c r="E233" s="2" t="s">
-        <v>878</v>
+        <v>874</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>879</v>
+        <v>17</v>
       </c>
       <c r="G233" s="2"/>
       <c r="H233" s="2" t="s">
-        <v>81</v>
+        <v>260</v>
       </c>
       <c r="I233" s="3">
-        <v>98970329097</v>
+        <v>93840267984</v>
       </c>
       <c r="J233" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K233" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L233" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M233" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="234" spans="1:13">
       <c r="A234" s="1">
-        <v>33055941000023</v>
+        <v>78342337900016</v>
       </c>
       <c r="B234" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C234" s="2" t="s">
-        <v>880</v>
+        <v>875</v>
       </c>
       <c r="D234" s="2"/>
       <c r="E234" s="2" t="s">
-        <v>881</v>
+        <v>876</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>882</v>
+        <v>17</v>
       </c>
       <c r="G234" s="2"/>
       <c r="H234" s="2" t="s">
-        <v>883</v>
+        <v>260</v>
       </c>
       <c r="I234" s="3">
-        <v>98970211097</v>
+        <v>41880115288</v>
       </c>
       <c r="J234" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K234" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L234" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M234" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="235" spans="1:13">
       <c r="A235" s="1">
-        <v>33230349400014</v>
+        <v>78371120300027</v>
       </c>
       <c r="B235" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C235" s="2" t="s">
-        <v>884</v>
+        <v>877</v>
       </c>
       <c r="D235" s="2"/>
       <c r="E235" s="2" t="s">
-        <v>885</v>
+        <v>878</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>886</v>
+        <v>879</v>
       </c>
       <c r="G235" s="2"/>
       <c r="H235" s="2" t="s">
-        <v>887</v>
-[...2 lines deleted...]
-        <v>888</v>
+        <v>27</v>
+      </c>
+      <c r="I235" s="3">
+        <v>31590483559</v>
       </c>
       <c r="J235" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K235" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L235" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M235" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="236" spans="1:13">
       <c r="A236" s="1">
-        <v>33348856700046</v>
+        <v>78390629000011</v>
       </c>
       <c r="B236" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C236" s="2" t="s">
-        <v>889</v>
+        <v>880</v>
       </c>
       <c r="D236" s="2"/>
       <c r="E236" s="2" t="s">
-        <v>890</v>
+        <v>881</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>891</v>
+        <v>882</v>
       </c>
       <c r="G236" s="2"/>
       <c r="H236" s="2" t="s">
-        <v>22</v>
+        <v>883</v>
       </c>
       <c r="I236" s="3">
-        <v>31590286359</v>
+        <v>31620155462</v>
       </c>
       <c r="J236" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K236" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L236" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M236" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="237" spans="1:13">
       <c r="A237" s="1">
-        <v>33453512700016</v>
+        <v>78398196200021</v>
       </c>
       <c r="B237" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C237" s="2" t="s">
-        <v>892</v>
-[...1 lines deleted...]
-      <c r="D237" s="2"/>
+        <v>884</v>
+      </c>
+      <c r="D237" s="2" t="s">
+        <v>885</v>
+      </c>
       <c r="E237" s="2" t="s">
-        <v>893</v>
+        <v>886</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>894</v>
+        <v>887</v>
       </c>
       <c r="G237" s="2"/>
       <c r="H237" s="2" t="s">
-        <v>60</v>
+        <v>260</v>
       </c>
       <c r="I237" s="3">
-        <v>53560861756</v>
+        <v>31620031362</v>
       </c>
       <c r="J237" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K237" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L237" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M237" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="238" spans="1:13">
       <c r="A238" s="1">
-        <v>33499365600019</v>
+        <v>78408386700019</v>
       </c>
       <c r="B238" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C238" s="2" t="s">
-        <v>895</v>
+        <v>888</v>
       </c>
       <c r="D238" s="2"/>
       <c r="E238" s="2" t="s">
-        <v>896</v>
+        <v>889</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>897</v>
+        <v>17</v>
       </c>
       <c r="G238" s="2"/>
       <c r="H238" s="2" t="s">
-        <v>60</v>
+        <v>260</v>
       </c>
       <c r="I238" s="3">
-        <v>82740251174</v>
+        <v>31620162262</v>
       </c>
       <c r="J238" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K238" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L238" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M238" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="239" spans="1:13">
       <c r="A239" s="1">
-        <v>33509397700015</v>
+        <v>78497110300022</v>
       </c>
       <c r="B239" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C239" s="2" t="s">
-        <v>898</v>
+        <v>890</v>
       </c>
       <c r="D239" s="2"/>
       <c r="E239" s="2" t="s">
-        <v>899</v>
+        <v>891</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>429</v>
+        <v>892</v>
       </c>
       <c r="G239" s="2"/>
       <c r="H239" s="2" t="s">
-        <v>60</v>
+        <v>27</v>
       </c>
       <c r="I239" s="3">
-        <v>82691206369</v>
+        <v>11770177777</v>
       </c>
       <c r="J239" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K239" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L239" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M239" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="240" spans="1:13">
       <c r="A240" s="1">
-        <v>33532344000016</v>
+        <v>78596647400013</v>
       </c>
       <c r="B240" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C240" s="2" t="s">
-        <v>845</v>
+        <v>893</v>
       </c>
       <c r="D240" s="2"/>
       <c r="E240" s="2" t="s">
-        <v>900</v>
+        <v>894</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>429</v>
+        <v>895</v>
       </c>
       <c r="G240" s="2"/>
       <c r="H240" s="2" t="s">
-        <v>60</v>
+        <v>260</v>
       </c>
       <c r="I240" s="3">
-        <v>82380520538</v>
+        <v>52440459544</v>
       </c>
       <c r="J240" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K240" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L240" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M240" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="241" spans="1:13">
       <c r="A241" s="1">
-        <v>33778074600018</v>
+        <v>78596993200017</v>
       </c>
       <c r="B241" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C241" s="2" t="s">
-        <v>901</v>
+        <v>896</v>
       </c>
       <c r="D241" s="2"/>
       <c r="E241" s="2" t="s">
-        <v>902</v>
+        <v>897</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>903</v>
+        <v>17</v>
       </c>
       <c r="G241" s="2"/>
       <c r="H241" s="2" t="s">
-        <v>60</v>
+        <v>260</v>
       </c>
       <c r="I241" s="3">
-        <v>54160068816</v>
+        <v>52440546144</v>
       </c>
       <c r="J241" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K241" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L241" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M241" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="242" spans="1:13">
       <c r="A242" s="1">
-        <v>34234228400011</v>
+        <v>78611740800025</v>
       </c>
       <c r="B242" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C242" s="2" t="s">
-        <v>904</v>
+        <v>898</v>
       </c>
       <c r="D242" s="2"/>
       <c r="E242" s="2" t="s">
-        <v>905</v>
+        <v>899</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>906</v>
+        <v>900</v>
       </c>
       <c r="G242" s="2"/>
       <c r="H242" s="2" t="s">
-        <v>887</v>
-[...1 lines deleted...]
-      <c r="I242" s="3"/>
+        <v>266</v>
+      </c>
+      <c r="I242" s="3">
+        <v>52490004349</v>
+      </c>
       <c r="J242" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K242" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L242" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M242" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="243" spans="1:13">
       <c r="A243" s="1">
-        <v>34238263700011</v>
+        <v>78612761300010</v>
       </c>
       <c r="B243" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C243" s="2" t="s">
-        <v>907</v>
+        <v>901</v>
       </c>
       <c r="D243" s="2"/>
       <c r="E243" s="2" t="s">
-        <v>908</v>
+        <v>902</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>909</v>
+        <v>17</v>
       </c>
       <c r="G243" s="2"/>
       <c r="H243" s="2" t="s">
-        <v>110</v>
+        <v>260</v>
       </c>
       <c r="I243" s="3">
-        <v>52490003849</v>
+        <v>52490276449</v>
       </c>
       <c r="J243" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K243" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L243" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M243" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="244" spans="1:13">
       <c r="A244" s="1">
-        <v>48388176900028</v>
+        <v>78625707100021</v>
       </c>
       <c r="B244" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C244" s="2" t="s">
-        <v>910</v>
+        <v>903</v>
       </c>
       <c r="D244" s="2"/>
       <c r="E244" s="2" t="s">
-        <v>911</v>
+        <v>904</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>120</v>
+        <v>905</v>
       </c>
       <c r="G244" s="2"/>
       <c r="H244" s="2" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="I244" s="3">
-        <v>72330667733</v>
+        <v>52530054253</v>
       </c>
       <c r="J244" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K244" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L244" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M244" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="245" spans="1:13">
       <c r="A245" s="1">
-        <v>48489644400037</v>
+        <v>78633873100023</v>
       </c>
       <c r="B245" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C245" s="2" t="s">
-        <v>912</v>
+        <v>906</v>
       </c>
       <c r="D245" s="2"/>
       <c r="E245" s="2" t="s">
-        <v>913</v>
+        <v>907</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>914</v>
+        <v>908</v>
       </c>
       <c r="G245" s="2"/>
       <c r="H245" s="2" t="s">
-        <v>56</v>
+        <v>785</v>
       </c>
       <c r="I245" s="3">
-        <v>82690901969</v>
+        <v>52720029972</v>
       </c>
       <c r="J245" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K245" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L245" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M245" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="246" spans="1:13">
       <c r="A246" s="1">
-        <v>48881562200011</v>
+        <v>78640269300018</v>
       </c>
       <c r="B246" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C246" s="2" t="s">
-        <v>915</v>
+        <v>909</v>
       </c>
       <c r="D246" s="2"/>
       <c r="E246" s="2" t="s">
-        <v>916</v>
+        <v>910</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>917</v>
+        <v>17</v>
       </c>
       <c r="G246" s="2"/>
       <c r="H246" s="2" t="s">
-        <v>27</v>
+        <v>260</v>
       </c>
       <c r="I246" s="3">
-        <v>91300262030</v>
+        <v>52850014385</v>
       </c>
       <c r="J246" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="K246" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L246" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M246" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="247" spans="1:13">
       <c r="A247" s="1">
-        <v>48913022900029</v>
+        <v>78859233500020</v>
       </c>
       <c r="B247" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C247" s="2" t="s">
-        <v>918</v>
-[...1 lines deleted...]
-      <c r="D247" s="2"/>
+        <v>911</v>
+      </c>
+      <c r="D247" s="2" t="s">
+        <v>912</v>
+      </c>
       <c r="E247" s="2" t="s">
-        <v>919</v>
+        <v>913</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>920</v>
+        <v>914</v>
       </c>
       <c r="G247" s="2"/>
       <c r="H247" s="2" t="s">
-        <v>56</v>
+        <v>751</v>
       </c>
       <c r="I247" s="3">
-        <v>22020106502</v>
+        <v>72330879433</v>
       </c>
       <c r="J247" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K247" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L247" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M247" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="248" spans="1:13">
       <c r="A248" s="1">
-        <v>49098564500012</v>
+        <v>79099412300020</v>
       </c>
       <c r="B248" s="2" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="C248" s="2" t="s">
-        <v>921</v>
+        <v>915</v>
       </c>
       <c r="D248" s="2"/>
       <c r="E248" s="2" t="s">
-        <v>922</v>
+        <v>916</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>923</v>
-[...3 lines deleted...]
-      </c>
+        <v>914</v>
+      </c>
+      <c r="G248" s="2"/>
       <c r="H248" s="2" t="s">
-        <v>924</v>
-[...1 lines deleted...]
-      <c r="I248" s="3"/>
+        <v>739</v>
+      </c>
+      <c r="I248" s="3">
+        <v>84691556269</v>
+      </c>
       <c r="J248" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K248" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L248" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M248" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="249" spans="1:13">
       <c r="A249" s="1">
-        <v>49154650300013</v>
+        <v>79134667900016</v>
       </c>
       <c r="B249" s="2" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="C249" s="2" t="s">
-        <v>925</v>
+        <v>917</v>
       </c>
       <c r="D249" s="2"/>
       <c r="E249" s="2" t="s">
-        <v>926</v>
+        <v>918</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>927</v>
-[...3 lines deleted...]
-      </c>
+        <v>919</v>
+      </c>
+      <c r="G249" s="2"/>
       <c r="H249" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>920</v>
+      </c>
+      <c r="I249" s="3"/>
       <c r="J249" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K249" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L249" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M249" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="250" spans="1:13">
       <c r="A250" s="1">
-        <v>49291145800015</v>
+        <v>79159502800022</v>
       </c>
       <c r="B250" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C250" s="2" t="s">
-        <v>929</v>
-[...1 lines deleted...]
-      <c r="D250" s="2"/>
+        <v>921</v>
+      </c>
+      <c r="D250" s="2" t="s">
+        <v>922</v>
+      </c>
       <c r="E250" s="2" t="s">
-        <v>930</v>
+        <v>923</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>931</v>
+        <v>924</v>
       </c>
       <c r="G250" s="2"/>
       <c r="H250" s="2" t="s">
-        <v>932</v>
-[...1 lines deleted...]
-      <c r="I250" s="3"/>
+        <v>266</v>
+      </c>
+      <c r="I250" s="3" t="s">
+        <v>925</v>
+      </c>
       <c r="J250" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K250" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L250" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M250" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="251" spans="1:13">
       <c r="A251" s="1">
-        <v>49331844800039</v>
+        <v>45230448800029</v>
       </c>
       <c r="B251" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C251" s="2" t="s">
-        <v>933</v>
+        <v>926</v>
       </c>
       <c r="D251" s="2"/>
       <c r="E251" s="2" t="s">
-        <v>934</v>
+        <v>927</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>935</v>
+        <v>928</v>
       </c>
       <c r="G251" s="2"/>
       <c r="H251" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I251" s="3">
-        <v>72330941833</v>
+        <v>24450200645</v>
       </c>
       <c r="J251" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K251" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L251" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M251" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="252" spans="1:13">
       <c r="A252" s="1">
-        <v>49983805000015</v>
+        <v>45239747400043</v>
       </c>
       <c r="B252" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C252" s="2" t="s">
-        <v>936</v>
+        <v>929</v>
       </c>
       <c r="D252" s="2"/>
       <c r="E252" s="2" t="s">
-        <v>937</v>
+        <v>930</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>938</v>
+        <v>931</v>
       </c>
       <c r="G252" s="2"/>
       <c r="H252" s="2" t="s">
-        <v>22</v>
+        <v>266</v>
       </c>
       <c r="I252" s="3">
-        <v>11930559793</v>
+        <v>72330645133</v>
       </c>
       <c r="J252" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K252" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L252" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M252" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="253" spans="1:13">
       <c r="A253" s="1">
-        <v>50187658500016</v>
+        <v>45389014700029</v>
       </c>
       <c r="B253" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C253" s="2" t="s">
-        <v>939</v>
+        <v>932</v>
       </c>
       <c r="D253" s="2"/>
       <c r="E253" s="2" t="s">
-        <v>940</v>
+        <v>933</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>941</v>
+        <v>934</v>
       </c>
       <c r="G253" s="2"/>
       <c r="H253" s="2" t="s">
-        <v>31</v>
+        <v>935</v>
       </c>
       <c r="I253" s="3">
-        <v>83150309715</v>
+        <v>53350842535</v>
       </c>
       <c r="J253" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K253" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L253" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M253" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="254" spans="1:13">
       <c r="A254" s="1">
-        <v>50368180100935</v>
+        <v>47020214400023</v>
       </c>
       <c r="B254" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C254" s="2" t="s">
-        <v>942</v>
+        <v>936</v>
       </c>
       <c r="D254" s="2"/>
       <c r="E254" s="2" t="s">
-        <v>943</v>
+        <v>937</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>944</v>
+        <v>938</v>
       </c>
       <c r="G254" s="2"/>
       <c r="H254" s="2" t="s">
-        <v>945</v>
-[...1 lines deleted...]
-      <c r="I254" s="3"/>
+        <v>939</v>
+      </c>
+      <c r="I254" s="3">
+        <v>75331193333</v>
+      </c>
       <c r="J254" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K254" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L254" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M254" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="255" spans="1:13">
       <c r="A255" s="1">
-        <v>43904185600014</v>
+        <v>48116693200014</v>
       </c>
       <c r="B255" s="2" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="C255" s="2" t="s">
-        <v>946</v>
+        <v>940</v>
       </c>
       <c r="D255" s="2"/>
       <c r="E255" s="2" t="s">
-        <v>947</v>
+        <v>941</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>948</v>
-[...1 lines deleted...]
-      <c r="G255" s="2"/>
+        <v>942</v>
+      </c>
+      <c r="G255" s="2" t="s">
+        <v>943</v>
+      </c>
       <c r="H255" s="2" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>266</v>
+      </c>
+      <c r="I255" s="3"/>
       <c r="J255" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K255" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L255" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M255" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="256" spans="1:13">
       <c r="A256" s="1">
-        <v>44040917500013</v>
+        <v>48161113500015</v>
       </c>
       <c r="B256" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C256" s="2" t="s">
-        <v>949</v>
+        <v>944</v>
       </c>
       <c r="D256" s="2"/>
       <c r="E256" s="2" t="s">
-        <v>950</v>
+        <v>945</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>951</v>
+        <v>946</v>
       </c>
       <c r="G256" s="2"/>
       <c r="H256" s="2" t="s">
-        <v>81</v>
+        <v>785</v>
       </c>
       <c r="I256" s="3">
-        <v>21510126951</v>
+        <v>72640342664</v>
       </c>
       <c r="J256" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K256" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L256" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M256" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="257" spans="1:13">
       <c r="A257" s="1">
-        <v>44065706200020</v>
+        <v>48284547600019</v>
       </c>
       <c r="B257" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C257" s="2" t="s">
-        <v>952</v>
+        <v>947</v>
       </c>
       <c r="D257" s="2"/>
       <c r="E257" s="2" t="s">
-        <v>953</v>
+        <v>948</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>954</v>
+        <v>949</v>
       </c>
       <c r="G257" s="2"/>
       <c r="H257" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>728</v>
+      </c>
+      <c r="I257" s="3"/>
       <c r="J257" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K257" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L257" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M257" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="258" spans="1:13">
       <c r="A258" s="1">
-        <v>44296566100022</v>
+        <v>48388176900028</v>
       </c>
       <c r="B258" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C258" s="2" t="s">
-        <v>955</v>
-[...3 lines deleted...]
-      </c>
+        <v>950</v>
+      </c>
+      <c r="D258" s="2"/>
       <c r="E258" s="2" t="s">
-        <v>957</v>
+        <v>951</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>958</v>
+        <v>47</v>
       </c>
       <c r="G258" s="2"/>
       <c r="H258" s="2" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="I258" s="3"/>
+        <v>751</v>
+      </c>
+      <c r="I258" s="3">
+        <v>72330667733</v>
+      </c>
       <c r="J258" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K258" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L258" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M258" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="259" spans="1:13">
       <c r="A259" s="1">
-        <v>44361417700022</v>
+        <v>48489644400037</v>
       </c>
       <c r="B259" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C259" s="2" t="s">
-        <v>959</v>
+        <v>952</v>
       </c>
       <c r="D259" s="2"/>
       <c r="E259" s="2" t="s">
-        <v>960</v>
+        <v>953</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>961</v>
+        <v>954</v>
       </c>
       <c r="G259" s="2"/>
       <c r="H259" s="2" t="s">
-        <v>81</v>
+        <v>762</v>
       </c>
       <c r="I259" s="3">
-        <v>11940748894</v>
+        <v>82690901969</v>
       </c>
       <c r="J259" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K259" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L259" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M259" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="260" spans="1:13">
       <c r="A260" s="1">
-        <v>44387629700021</v>
+        <v>48881562200011</v>
       </c>
       <c r="B260" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C260" s="2" t="s">
-        <v>962</v>
-[...3 lines deleted...]
-      </c>
+        <v>955</v>
+      </c>
+      <c r="D260" s="2"/>
       <c r="E260" s="2" t="s">
-        <v>964</v>
+        <v>956</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>965</v>
+        <v>957</v>
       </c>
       <c r="G260" s="2"/>
       <c r="H260" s="2" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="I260" s="3"/>
+        <v>266</v>
+      </c>
+      <c r="I260" s="3">
+        <v>91300262030</v>
+      </c>
       <c r="J260" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K260" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L260" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M260" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="261" spans="1:13">
       <c r="A261" s="1">
-        <v>44991234400016</v>
+        <v>48913022900029</v>
       </c>
       <c r="B261" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C261" s="2" t="s">
-        <v>966</v>
+        <v>958</v>
       </c>
       <c r="D261" s="2"/>
       <c r="E261" s="2" t="s">
-        <v>967</v>
+        <v>959</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>968</v>
+        <v>960</v>
       </c>
       <c r="G261" s="2"/>
       <c r="H261" s="2" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="I261" s="3"/>
+        <v>762</v>
+      </c>
+      <c r="I261" s="3">
+        <v>22020106502</v>
+      </c>
       <c r="J261" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K261" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L261" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M261" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="262" spans="1:13">
       <c r="A262" s="1">
-        <v>45215759700058</v>
+        <v>49098564500012</v>
       </c>
       <c r="B262" s="2" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="C262" s="2" t="s">
-        <v>969</v>
+        <v>961</v>
       </c>
       <c r="D262" s="2"/>
       <c r="E262" s="2" t="s">
-        <v>970</v>
+        <v>962</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>971</v>
-[...1 lines deleted...]
-      <c r="G262" s="2"/>
+        <v>963</v>
+      </c>
+      <c r="G262" s="2" t="s">
+        <v>170</v>
+      </c>
       <c r="H262" s="2" t="s">
-        <v>972</v>
+        <v>964</v>
       </c>
       <c r="I262" s="3"/>
       <c r="J262" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K262" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L262" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M262" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="263" spans="1:13">
       <c r="A263" s="1">
-        <v>45230448800029</v>
+        <v>49154650300013</v>
       </c>
       <c r="B263" s="2" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="C263" s="2" t="s">
-        <v>973</v>
+        <v>965</v>
       </c>
       <c r="D263" s="2"/>
       <c r="E263" s="2" t="s">
-        <v>974</v>
+        <v>966</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>975</v>
-[...1 lines deleted...]
-      <c r="G263" s="2"/>
+        <v>967</v>
+      </c>
+      <c r="G263" s="2" t="s">
+        <v>968</v>
+      </c>
       <c r="H263" s="2" t="s">
-        <v>64</v>
+        <v>732</v>
       </c>
       <c r="I263" s="3">
-        <v>24450200645</v>
+        <v>95970138897</v>
       </c>
       <c r="J263" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K263" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L263" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M263" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="264" spans="1:13">
       <c r="A264" s="1">
-        <v>45239747400043</v>
+        <v>49291145800015</v>
       </c>
       <c r="B264" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C264" s="2" t="s">
-        <v>976</v>
+        <v>969</v>
       </c>
       <c r="D264" s="2"/>
       <c r="E264" s="2" t="s">
-        <v>977</v>
+        <v>970</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>978</v>
+        <v>971</v>
       </c>
       <c r="G264" s="2"/>
       <c r="H264" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>972</v>
+      </c>
+      <c r="I264" s="3"/>
       <c r="J264" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K264" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L264" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M264" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="265" spans="1:13">
       <c r="A265" s="1">
-        <v>45389014700029</v>
+        <v>49331844800039</v>
       </c>
       <c r="B265" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C265" s="2" t="s">
-        <v>979</v>
+        <v>973</v>
       </c>
       <c r="D265" s="2"/>
       <c r="E265" s="2" t="s">
-        <v>980</v>
+        <v>974</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>981</v>
+        <v>975</v>
       </c>
       <c r="G265" s="2"/>
       <c r="H265" s="2" t="s">
-        <v>982</v>
+        <v>266</v>
       </c>
       <c r="I265" s="3">
-        <v>53350842535</v>
+        <v>72330941833</v>
       </c>
       <c r="J265" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K265" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L265" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M265" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="266" spans="1:13">
       <c r="A266" s="1">
-        <v>47020214400023</v>
+        <v>49983805000015</v>
       </c>
       <c r="B266" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C266" s="2" t="s">
-        <v>983</v>
+        <v>976</v>
       </c>
       <c r="D266" s="2"/>
       <c r="E266" s="2" t="s">
-        <v>984</v>
+        <v>977</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>985</v>
+        <v>978</v>
       </c>
       <c r="G266" s="2"/>
       <c r="H266" s="2" t="s">
-        <v>986</v>
+        <v>732</v>
       </c>
       <c r="I266" s="3">
-        <v>75331193333</v>
+        <v>11930559793</v>
       </c>
       <c r="J266" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K266" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L266" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M266" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="267" spans="1:13">
       <c r="A267" s="1">
-        <v>48116693200014</v>
+        <v>50187658500016</v>
       </c>
       <c r="B267" s="2" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="C267" s="2" t="s">
-        <v>987</v>
+        <v>979</v>
       </c>
       <c r="D267" s="2"/>
       <c r="E267" s="2" t="s">
-        <v>988</v>
+        <v>980</v>
       </c>
       <c r="F267" s="2" t="s">
-        <v>989</v>
-[...3 lines deleted...]
-      </c>
+        <v>981</v>
+      </c>
+      <c r="G267" s="2"/>
       <c r="H267" s="2" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="I267" s="3"/>
+        <v>739</v>
+      </c>
+      <c r="I267" s="3">
+        <v>83150309715</v>
+      </c>
       <c r="J267" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K267" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L267" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M267" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="268" spans="1:13">
       <c r="A268" s="1">
-        <v>48161113500015</v>
+        <v>50368180100935</v>
       </c>
       <c r="B268" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C268" s="2" t="s">
-        <v>991</v>
+        <v>982</v>
       </c>
       <c r="D268" s="2"/>
       <c r="E268" s="2" t="s">
-        <v>992</v>
+        <v>983</v>
       </c>
       <c r="F268" s="2" t="s">
-        <v>993</v>
+        <v>984</v>
       </c>
       <c r="G268" s="2"/>
       <c r="H268" s="2" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>837</v>
+      </c>
+      <c r="I268" s="3"/>
       <c r="J268" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K268" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L268" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M268" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="269" spans="1:13">
       <c r="A269" s="1">
-        <v>80083053100011</v>
+        <v>51211348100018</v>
       </c>
       <c r="B269" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C269" s="2" t="s">
-        <v>994</v>
+        <v>985</v>
       </c>
       <c r="D269" s="2"/>
       <c r="E269" s="2" t="s">
-        <v>995</v>
+        <v>986</v>
       </c>
       <c r="F269" s="2" t="s">
-        <v>996</v>
+        <v>987</v>
       </c>
       <c r="G269" s="2"/>
       <c r="H269" s="2" t="s">
-        <v>45</v>
+        <v>988</v>
       </c>
       <c r="I269" s="3">
-        <v>11788401278</v>
+        <v>72400092040</v>
       </c>
       <c r="J269" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K269" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L269" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M269" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="270" spans="1:13">
       <c r="A270" s="1">
-        <v>80109342800028</v>
+        <v>53451561400012</v>
       </c>
       <c r="B270" s="2" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="C270" s="2" t="s">
-        <v>997</v>
+        <v>989</v>
       </c>
       <c r="D270" s="2"/>
       <c r="E270" s="2" t="s">
-        <v>998</v>
+        <v>990</v>
       </c>
       <c r="F270" s="2" t="s">
-        <v>999</v>
-[...3 lines deleted...]
-      </c>
+        <v>991</v>
+      </c>
+      <c r="G270" s="2"/>
       <c r="H270" s="2" t="s">
-        <v>1001</v>
+        <v>266</v>
       </c>
       <c r="I270" s="3">
-        <v>91340873034</v>
+        <v>91300323030</v>
       </c>
       <c r="J270" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K270" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L270" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M270" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="271" spans="1:13">
       <c r="A271" s="1">
-        <v>80783659800019</v>
+        <v>53749927900033</v>
       </c>
       <c r="B271" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C271" s="2" t="s">
-        <v>1002</v>
-[...1 lines deleted...]
-      <c r="D271" s="2"/>
+        <v>992</v>
+      </c>
+      <c r="D271" s="2" t="s">
+        <v>993</v>
+      </c>
       <c r="E271" s="2" t="s">
-        <v>1003</v>
+        <v>994</v>
       </c>
       <c r="F271" s="2" t="s">
-        <v>1004</v>
+        <v>995</v>
       </c>
       <c r="G271" s="2"/>
       <c r="H271" s="2" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="I271" s="3"/>
+        <v>266</v>
+      </c>
+      <c r="I271" s="3">
+        <v>73310783131</v>
+      </c>
       <c r="J271" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K271" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L271" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M271" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="272" spans="1:13">
       <c r="A272" s="1">
-        <v>80991562200017</v>
+        <v>55262109600171</v>
       </c>
       <c r="B272" s="2" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="C272" s="2" t="s">
-        <v>1005</v>
-[...1 lines deleted...]
-      <c r="D272" s="2"/>
+        <v>996</v>
+      </c>
+      <c r="D272" s="2" t="s">
+        <v>997</v>
+      </c>
       <c r="E272" s="2" t="s">
-        <v>1006</v>
+        <v>998</v>
       </c>
       <c r="F272" s="2" t="s">
-        <v>1007</v>
-[...3 lines deleted...]
-      </c>
+        <v>999</v>
+      </c>
+      <c r="G272" s="2"/>
       <c r="H272" s="2" t="s">
-        <v>795</v>
+        <v>728</v>
       </c>
       <c r="I272" s="3">
-        <v>73310784131</v>
+        <v>93830347783</v>
       </c>
       <c r="J272" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K272" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L272" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M272" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="273" spans="1:13">
       <c r="A273" s="1">
-        <v>51211348100018</v>
+        <v>61020023000015</v>
       </c>
       <c r="B273" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C273" s="2" t="s">
-        <v>1009</v>
+        <v>1000</v>
       </c>
       <c r="D273" s="2"/>
       <c r="E273" s="2" t="s">
-        <v>1010</v>
+        <v>1001</v>
       </c>
       <c r="F273" s="2" t="s">
-        <v>1011</v>
+        <v>17</v>
       </c>
       <c r="G273" s="2"/>
       <c r="H273" s="2" t="s">
-        <v>1012</v>
+        <v>728</v>
       </c>
       <c r="I273" s="3">
-        <v>72400092040</v>
+        <v>76300446430</v>
       </c>
       <c r="J273" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K273" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L273" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M273" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="274" spans="1:13">
       <c r="A274" s="1">
-        <v>51890772000024</v>
+        <v>75014602900012</v>
       </c>
       <c r="B274" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C274" s="2" t="s">
-        <v>1013</v>
-[...1 lines deleted...]
-      <c r="D274" s="2"/>
+        <v>1002</v>
+      </c>
+      <c r="D274" s="2" t="s">
+        <v>1003</v>
+      </c>
       <c r="E274" s="2" t="s">
-        <v>1014</v>
+        <v>1004</v>
       </c>
       <c r="F274" s="2" t="s">
-        <v>1015</v>
+        <v>1005</v>
       </c>
       <c r="G274" s="2"/>
       <c r="H274" s="2" t="s">
-        <v>27</v>
+        <v>751</v>
       </c>
       <c r="I274" s="3"/>
       <c r="J274" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K274" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L274" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M274" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="275" spans="1:13">
       <c r="A275" s="1">
-        <v>52985522300010</v>
+        <v>77561662600187</v>
       </c>
       <c r="B275" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C275" s="2" t="s">
-        <v>1016</v>
+        <v>1006</v>
       </c>
       <c r="D275" s="2"/>
       <c r="E275" s="2" t="s">
-        <v>1017</v>
+        <v>1007</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>1018</v>
+        <v>17</v>
       </c>
       <c r="G275" s="2"/>
       <c r="H275" s="2" t="s">
-        <v>64</v>
+        <v>837</v>
       </c>
       <c r="I275" s="3">
-        <v>54790095379</v>
+        <v>41550036055</v>
       </c>
       <c r="J275" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K275" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L275" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M275" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="276" spans="1:13">
       <c r="A276" s="1">
-        <v>53252460000014</v>
+        <v>51890772000024</v>
       </c>
       <c r="B276" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C276" s="2" t="s">
-        <v>1019</v>
+        <v>1008</v>
       </c>
       <c r="D276" s="2"/>
       <c r="E276" s="2" t="s">
-        <v>1020</v>
+        <v>1009</v>
       </c>
       <c r="F276" s="2" t="s">
-        <v>1021</v>
+        <v>1010</v>
       </c>
       <c r="G276" s="2"/>
       <c r="H276" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>266</v>
+      </c>
+      <c r="I276" s="3"/>
       <c r="J276" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K276" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L276" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M276" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="277" spans="1:13">
       <c r="A277" s="1">
-        <v>53451561400012</v>
+        <v>52985522300010</v>
       </c>
       <c r="B277" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C277" s="2" t="s">
-        <v>1022</v>
+        <v>1011</v>
       </c>
       <c r="D277" s="2"/>
       <c r="E277" s="2" t="s">
-        <v>1023</v>
+        <v>1012</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>1024</v>
+        <v>1013</v>
       </c>
       <c r="G277" s="2"/>
       <c r="H277" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I277" s="3">
-        <v>91300323030</v>
+        <v>54790095379</v>
       </c>
       <c r="J277" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K277" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L277" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M277" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="278" spans="1:13">
       <c r="A278" s="1">
-        <v>53749927900033</v>
+        <v>30081951300031</v>
       </c>
       <c r="B278" s="2" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="C278" s="2" t="s">
-        <v>1025</v>
-[...3 lines deleted...]
-      </c>
+        <v>1014</v>
+      </c>
+      <c r="D278" s="2"/>
       <c r="E278" s="2" t="s">
-        <v>1027</v>
+        <v>1015</v>
       </c>
       <c r="F278" s="2" t="s">
-        <v>1028</v>
-[...1 lines deleted...]
-      <c r="G278" s="2"/>
+        <v>1016</v>
+      </c>
+      <c r="G278" s="2" t="s">
+        <v>1017</v>
+      </c>
       <c r="H278" s="2" t="s">
-        <v>27</v>
+        <v>751</v>
       </c>
       <c r="I278" s="3">
-        <v>73310783131</v>
+        <v>84692497669</v>
       </c>
       <c r="J278" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K278" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L278" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M278" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="279" spans="1:13">
       <c r="A279" s="1">
-        <v>55262109600171</v>
+        <v>30185924500062</v>
       </c>
       <c r="B279" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C279" s="2" t="s">
-        <v>1029</v>
-[...3 lines deleted...]
-      </c>
+        <v>1018</v>
+      </c>
+      <c r="D279" s="2"/>
       <c r="E279" s="2" t="s">
-        <v>1031</v>
+        <v>1019</v>
       </c>
       <c r="F279" s="2" t="s">
-        <v>1032</v>
+        <v>1020</v>
       </c>
       <c r="G279" s="2"/>
       <c r="H279" s="2" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="I279" s="3">
-        <v>93830347783</v>
+        <v>91340245234</v>
       </c>
       <c r="J279" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K279" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L279" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M279" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="280" spans="1:13">
       <c r="A280" s="1">
-        <v>61020023000015</v>
+        <v>30286824500010</v>
       </c>
       <c r="B280" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C280" s="2" t="s">
-        <v>1033</v>
+        <v>862</v>
       </c>
       <c r="D280" s="2"/>
       <c r="E280" s="2" t="s">
-        <v>1034</v>
+        <v>1021</v>
       </c>
       <c r="F280" s="2" t="s">
-        <v>94</v>
+        <v>17</v>
       </c>
       <c r="G280" s="2"/>
       <c r="H280" s="2" t="s">
-        <v>17</v>
+        <v>260</v>
       </c>
       <c r="I280" s="3">
-        <v>76300446430</v>
+        <v>21510123251</v>
       </c>
       <c r="J280" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K280" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L280" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M280" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="281" spans="1:13">
       <c r="A281" s="1">
-        <v>75014602900012</v>
+        <v>30293143100019</v>
       </c>
       <c r="B281" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C281" s="2" t="s">
-        <v>1035</v>
+        <v>1022</v>
       </c>
       <c r="D281" s="2"/>
       <c r="E281" s="2" t="s">
-        <v>1036</v>
+        <v>1023</v>
       </c>
       <c r="F281" s="2" t="s">
-        <v>1037</v>
+        <v>17</v>
       </c>
       <c r="G281" s="2"/>
       <c r="H281" s="2" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="I281" s="3"/>
+        <v>260</v>
+      </c>
+      <c r="I281" s="3">
+        <v>82691132569</v>
+      </c>
       <c r="J281" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K281" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L281" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M281" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="282" spans="1:13">
       <c r="A282" s="1">
-        <v>79159502800022</v>
+        <v>30352831900013</v>
       </c>
       <c r="B282" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C282" s="2" t="s">
-        <v>1038</v>
-[...3 lines deleted...]
-      </c>
+        <v>1024</v>
+      </c>
+      <c r="D282" s="2"/>
       <c r="E282" s="2" t="s">
-        <v>1040</v>
+        <v>1025</v>
       </c>
       <c r="F282" s="2" t="s">
-        <v>1041</v>
+        <v>17</v>
       </c>
       <c r="G282" s="2"/>
       <c r="H282" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>1042</v>
+        <v>266</v>
+      </c>
+      <c r="I282" s="3">
+        <v>43250040425</v>
       </c>
       <c r="J282" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K282" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L282" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M282" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="283" spans="1:13">
       <c r="A283" s="1">
-        <v>43530561000030</v>
+        <v>30438251800013</v>
       </c>
       <c r="B283" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C283" s="2" t="s">
-        <v>1043</v>
+        <v>1026</v>
       </c>
       <c r="D283" s="2"/>
       <c r="E283" s="2" t="s">
-        <v>1044</v>
+        <v>1027</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>1045</v>
+        <v>17</v>
       </c>
       <c r="G283" s="2"/>
       <c r="H283" s="2" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="I283" s="3">
-        <v>73310612731</v>
+        <v>21510003551</v>
       </c>
       <c r="J283" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K283" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L283" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M283" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="284" spans="1:13">
       <c r="A284" s="1">
-        <v>40318412000018</v>
+        <v>30754662200019</v>
       </c>
       <c r="B284" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C284" s="2" t="s">
-        <v>1046</v>
+        <v>1028</v>
       </c>
       <c r="D284" s="2"/>
       <c r="E284" s="2" t="s">
-        <v>1047</v>
+        <v>1029</v>
       </c>
       <c r="F284" s="2" t="s">
-        <v>1048</v>
+        <v>17</v>
       </c>
       <c r="G284" s="2"/>
       <c r="H284" s="2" t="s">
-        <v>982</v>
+        <v>260</v>
       </c>
       <c r="I284" s="3">
-        <v>52440529944</v>
+        <v>53290326929</v>
       </c>
       <c r="J284" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K284" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L284" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M284" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="285" spans="1:13">
       <c r="A285" s="1">
-        <v>48284547600019</v>
+        <v>31015997500039</v>
       </c>
       <c r="B285" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C285" s="2" t="s">
-        <v>1049</v>
+        <v>1030</v>
       </c>
       <c r="D285" s="2"/>
       <c r="E285" s="2" t="s">
-        <v>1050</v>
+        <v>1031</v>
       </c>
       <c r="F285" s="2" t="s">
-        <v>1051</v>
+        <v>1032</v>
       </c>
       <c r="G285" s="2"/>
       <c r="H285" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I285" s="3"/>
+        <v>785</v>
+      </c>
+      <c r="I285" s="3">
+        <v>93130483113</v>
+      </c>
       <c r="J285" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K285" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L285" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M285" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="286" spans="1:13">
       <c r="A286" s="1">
-        <v>77561662600187</v>
+        <v>31138229500013</v>
       </c>
       <c r="B286" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C286" s="2" t="s">
-        <v>1052</v>
+        <v>1033</v>
       </c>
       <c r="D286" s="2"/>
       <c r="E286" s="2" t="s">
-        <v>1053</v>
+        <v>1034</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>94</v>
+        <v>17</v>
       </c>
       <c r="G286" s="2"/>
       <c r="H286" s="2" t="s">
-        <v>945</v>
+        <v>260</v>
       </c>
       <c r="I286" s="3">
-        <v>41550036055</v>
+        <v>72400086640</v>
       </c>
       <c r="J286" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K286" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L286" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M286" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="287" spans="1:13">
       <c r="A287" s="1">
-        <v>77568090300132</v>
+        <v>31238221100018</v>
       </c>
       <c r="B287" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C287" s="2" t="s">
-        <v>1054</v>
+        <v>1035</v>
       </c>
       <c r="D287" s="2"/>
       <c r="E287" s="2" t="s">
-        <v>1055</v>
+        <v>1036</v>
       </c>
       <c r="F287" s="2" t="s">
-        <v>1056</v>
+        <v>1037</v>
       </c>
       <c r="G287" s="2"/>
       <c r="H287" s="2" t="s">
-        <v>883</v>
+        <v>266</v>
       </c>
       <c r="I287" s="3">
-        <v>11750079975</v>
+        <v>43700007070</v>
       </c>
       <c r="J287" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K287" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L287" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M287" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="288" spans="1:13">
       <c r="A288" s="1">
-        <v>77568577900313</v>
+        <v>31266699300026</v>
       </c>
       <c r="B288" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C288" s="2" t="s">
-        <v>1057</v>
+        <v>1038</v>
       </c>
       <c r="D288" s="2"/>
       <c r="E288" s="2" t="s">
-        <v>1058</v>
+        <v>1039</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>1059</v>
+        <v>359</v>
       </c>
       <c r="G288" s="2"/>
       <c r="H288" s="2" t="s">
-        <v>883</v>
+        <v>732</v>
       </c>
       <c r="I288" s="3">
-        <v>11754685175</v>
+        <v>82010133801</v>
       </c>
       <c r="J288" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K288" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L288" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M288" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="289" spans="1:13">
       <c r="A289" s="1">
-        <v>77570109701755</v>
+        <v>31350031600010</v>
       </c>
       <c r="B289" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C289" s="2" t="s">
-        <v>1060</v>
+        <v>1040</v>
       </c>
       <c r="D289" s="2"/>
       <c r="E289" s="2" t="s">
-        <v>1061</v>
+        <v>1041</v>
       </c>
       <c r="F289" s="2" t="s">
-        <v>1062</v>
+        <v>1037</v>
       </c>
       <c r="G289" s="2"/>
       <c r="H289" s="2" t="s">
-        <v>945</v>
+        <v>260</v>
       </c>
       <c r="I289" s="3">
-        <v>23760447076</v>
+        <v>31620042362</v>
       </c>
       <c r="J289" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K289" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L289" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M289" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="290" spans="1:13">
       <c r="A290" s="1">
-        <v>77571385200017</v>
+        <v>31639182000016</v>
       </c>
       <c r="B290" s="2" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="C290" s="2" t="s">
-        <v>1063</v>
+        <v>1042</v>
       </c>
       <c r="D290" s="2"/>
       <c r="E290" s="2" t="s">
-        <v>1064</v>
+        <v>1043</v>
       </c>
       <c r="F290" s="2" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="G290" s="2"/>
+        <v>1044</v>
+      </c>
+      <c r="G290" s="2" t="s">
+        <v>1045</v>
+      </c>
       <c r="H290" s="2" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="I290" s="3">
-        <v>93840295484</v>
+        <v>24410101641</v>
       </c>
       <c r="J290" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K290" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L290" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M290" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="291" spans="1:13">
       <c r="A291" s="1">
-        <v>77571499100277</v>
+        <v>31705055700014</v>
       </c>
       <c r="B291" s="2" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="C291" s="2" t="s">
-        <v>1065</v>
+        <v>1046</v>
       </c>
       <c r="D291" s="2"/>
       <c r="E291" s="2" t="s">
-        <v>1066</v>
+        <v>1047</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="G291" s="2"/>
+        <v>1044</v>
+      </c>
+      <c r="G291" s="2" t="s">
+        <v>1048</v>
+      </c>
       <c r="H291" s="2" t="s">
-        <v>945</v>
+        <v>260</v>
       </c>
       <c r="I291" s="3">
-        <v>52850146285</v>
+        <v>72470022147</v>
       </c>
       <c r="J291" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K291" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L291" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M291" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="292" spans="1:13">
       <c r="A292" s="1">
-        <v>77642180200013</v>
+        <v>31968154000013</v>
       </c>
       <c r="B292" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C292" s="2" t="s">
-        <v>1067</v>
+        <v>1049</v>
       </c>
       <c r="D292" s="2"/>
       <c r="E292" s="2" t="s">
-        <v>1068</v>
+        <v>1050</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>94</v>
+        <v>1051</v>
       </c>
       <c r="G292" s="2"/>
       <c r="H292" s="2" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="I292" s="3"/>
+        <v>260</v>
+      </c>
+      <c r="I292" s="3">
+        <v>24280033228</v>
+      </c>
       <c r="J292" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K292" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L292" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M292" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="293" spans="1:13">
       <c r="A293" s="1">
-        <v>77660306000018</v>
+        <v>32470021000051</v>
       </c>
       <c r="B293" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C293" s="2" t="s">
-        <v>1069</v>
+        <v>1052</v>
       </c>
       <c r="D293" s="2"/>
       <c r="E293" s="2" t="s">
-        <v>1070</v>
+        <v>1053</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>94</v>
+        <v>1054</v>
       </c>
       <c r="G293" s="2"/>
       <c r="H293" s="2" t="s">
-        <v>60</v>
+        <v>785</v>
       </c>
       <c r="I293" s="3">
-        <v>82740107174</v>
+        <v>98970329097</v>
       </c>
       <c r="J293" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K293" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L293" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M293" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="294" spans="1:13">
       <c r="A294" s="1">
-        <v>77674303100028</v>
+        <v>33055941000023</v>
       </c>
       <c r="B294" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C294" s="2" t="s">
-        <v>1071</v>
+        <v>1055</v>
       </c>
       <c r="D294" s="2"/>
       <c r="E294" s="2" t="s">
-        <v>1072</v>
+        <v>1056</v>
       </c>
       <c r="F294" s="2" t="s">
-        <v>1073</v>
+        <v>1057</v>
       </c>
       <c r="G294" s="2"/>
       <c r="H294" s="2" t="s">
-        <v>22</v>
+        <v>833</v>
       </c>
       <c r="I294" s="3">
-        <v>73120000712</v>
+        <v>98970211097</v>
       </c>
       <c r="J294" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K294" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L294" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M294" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="295" spans="1:13">
       <c r="A295" s="1">
-        <v>77727960500011</v>
+        <v>33230349400014</v>
       </c>
       <c r="B295" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C295" s="2" t="s">
-        <v>1074</v>
+        <v>1058</v>
       </c>
       <c r="D295" s="2"/>
       <c r="E295" s="2" t="s">
-        <v>1075</v>
+        <v>1059</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>94</v>
+        <v>1060</v>
       </c>
       <c r="G295" s="2"/>
       <c r="H295" s="2" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>73820055182</v>
+        <v>721</v>
+      </c>
+      <c r="I295" s="3" t="s">
+        <v>1061</v>
       </c>
       <c r="J295" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K295" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L295" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M295" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="296" spans="1:13">
       <c r="A296" s="1">
-        <v>77835631100010</v>
+        <v>33348856700046</v>
       </c>
       <c r="B296" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C296" s="2" t="s">
-        <v>1076</v>
+        <v>1062</v>
       </c>
       <c r="D296" s="2"/>
       <c r="E296" s="2" t="s">
-        <v>1077</v>
+        <v>1063</v>
       </c>
       <c r="F296" s="2" t="s">
-        <v>1078</v>
+        <v>1064</v>
       </c>
       <c r="G296" s="2"/>
       <c r="H296" s="2" t="s">
-        <v>60</v>
+        <v>732</v>
       </c>
       <c r="I296" s="3">
-        <v>43250148225</v>
+        <v>31590286359</v>
       </c>
       <c r="J296" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K296" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L296" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M296" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="297" spans="1:13">
       <c r="A297" s="1">
-        <v>77939329700014</v>
+        <v>33453512700016</v>
       </c>
       <c r="B297" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C297" s="2" t="s">
-        <v>1079</v>
+        <v>1065</v>
       </c>
       <c r="D297" s="2"/>
       <c r="E297" s="2" t="s">
-        <v>1080</v>
+        <v>1066</v>
       </c>
       <c r="F297" s="2" t="s">
-        <v>94</v>
+        <v>1067</v>
       </c>
       <c r="G297" s="2"/>
       <c r="H297" s="2" t="s">
-        <v>60</v>
+        <v>260</v>
       </c>
       <c r="I297" s="3">
-        <v>82260161826</v>
+        <v>53560861756</v>
       </c>
       <c r="J297" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K297" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L297" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M297" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="298" spans="1:13">
       <c r="A298" s="1">
-        <v>77948850100015</v>
+        <v>33499365600019</v>
       </c>
       <c r="B298" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C298" s="2" t="s">
-        <v>1081</v>
+        <v>858</v>
       </c>
       <c r="D298" s="2"/>
       <c r="E298" s="2" t="s">
-        <v>1082</v>
+        <v>1068</v>
       </c>
       <c r="F298" s="2" t="s">
-        <v>94</v>
+        <v>1069</v>
       </c>
       <c r="G298" s="2"/>
       <c r="H298" s="2" t="s">
-        <v>22</v>
+        <v>260</v>
       </c>
       <c r="I298" s="3">
-        <v>82380481838</v>
+        <v>82740251174</v>
       </c>
       <c r="J298" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K298" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L298" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M298" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="299" spans="1:13">
       <c r="A299" s="1">
-        <v>77950951200017</v>
+        <v>33509397700015</v>
       </c>
       <c r="B299" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C299" s="2" t="s">
-        <v>895</v>
+        <v>1070</v>
       </c>
       <c r="D299" s="2"/>
       <c r="E299" s="2" t="s">
-        <v>1083</v>
+        <v>1071</v>
       </c>
       <c r="F299" s="2" t="s">
-        <v>523</v>
+        <v>359</v>
       </c>
       <c r="G299" s="2"/>
       <c r="H299" s="2" t="s">
-        <v>22</v>
+        <v>260</v>
       </c>
       <c r="I299" s="3">
-        <v>82380067138</v>
+        <v>82691206369</v>
       </c>
       <c r="J299" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K299" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L299" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M299" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="300" spans="1:13">
       <c r="A300" s="1">
-        <v>78119478200012</v>
+        <v>33532344000016</v>
       </c>
       <c r="B300" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C300" s="2" t="s">
-        <v>1084</v>
+        <v>862</v>
       </c>
       <c r="D300" s="2"/>
       <c r="E300" s="2" t="s">
-        <v>1085</v>
+        <v>1072</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>94</v>
+        <v>359</v>
       </c>
       <c r="G300" s="2"/>
       <c r="H300" s="2" t="s">
-        <v>60</v>
+        <v>260</v>
       </c>
       <c r="I300" s="3">
-        <v>54160018516</v>
+        <v>82380520538</v>
       </c>
       <c r="J300" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K300" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L300" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M300" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="301" spans="1:13">
       <c r="A301" s="1">
-        <v>78136153000012</v>
+        <v>33778074600018</v>
       </c>
       <c r="B301" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C301" s="2" t="s">
-        <v>845</v>
+        <v>1073</v>
       </c>
       <c r="D301" s="2"/>
       <c r="E301" s="2" t="s">
-        <v>1086</v>
+        <v>1074</v>
       </c>
       <c r="F301" s="2" t="s">
-        <v>94</v>
+        <v>1075</v>
       </c>
       <c r="G301" s="2"/>
       <c r="H301" s="2" t="s">
-        <v>60</v>
+        <v>260</v>
       </c>
       <c r="I301" s="3">
-        <v>54170045017</v>
+        <v>54160068816</v>
       </c>
       <c r="J301" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K301" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L301" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M301" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="302" spans="1:13">
       <c r="A302" s="1">
-        <v>78141312500019</v>
+        <v>40318412000018</v>
       </c>
       <c r="B302" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C302" s="2" t="s">
-        <v>1087</v>
+        <v>1076</v>
       </c>
       <c r="D302" s="2"/>
       <c r="E302" s="2" t="s">
-        <v>1088</v>
+        <v>1077</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>94</v>
+        <v>1078</v>
       </c>
       <c r="G302" s="2"/>
       <c r="H302" s="2" t="s">
-        <v>60</v>
+        <v>935</v>
       </c>
       <c r="I302" s="3">
-        <v>54790026479</v>
+        <v>52440529944</v>
       </c>
       <c r="J302" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K302" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L302" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M302" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="303" spans="1:13">
       <c r="A303" s="1">
-        <v>78151651300012</v>
+        <v>40452812700016</v>
       </c>
       <c r="B303" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C303" s="2" t="s">
-        <v>895</v>
+        <v>1079</v>
       </c>
       <c r="D303" s="2"/>
       <c r="E303" s="2" t="s">
-        <v>1089</v>
+        <v>1080</v>
       </c>
       <c r="F303" s="2" t="s">
-        <v>94</v>
+        <v>286</v>
       </c>
       <c r="G303" s="2"/>
       <c r="H303" s="2" t="s">
-        <v>60</v>
+        <v>266</v>
       </c>
       <c r="I303" s="3">
-        <v>54860031786</v>
+        <v>43390011239</v>
       </c>
       <c r="J303" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K303" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L303" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M303" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="304" spans="1:13">
       <c r="A304" s="1">
-        <v>78174099800013</v>
+        <v>40863075400021</v>
       </c>
       <c r="B304" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C304" s="2" t="s">
-        <v>1090</v>
+        <v>1081</v>
       </c>
       <c r="D304" s="2"/>
       <c r="E304" s="2" t="s">
-        <v>1091</v>
+        <v>1082</v>
       </c>
       <c r="F304" s="2" t="s">
-        <v>94</v>
+        <v>1083</v>
       </c>
       <c r="G304" s="2"/>
       <c r="H304" s="2" t="s">
-        <v>60</v>
+        <v>1084</v>
       </c>
       <c r="I304" s="3">
-        <v>72240033624</v>
+        <v>32620424962</v>
       </c>
       <c r="J304" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K304" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L304" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M304" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="305" spans="1:13">
       <c r="A305" s="1">
-        <v>78189192400016</v>
+        <v>40909451300010</v>
       </c>
       <c r="B305" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C305" s="2" t="s">
-        <v>1092</v>
+        <v>1085</v>
       </c>
       <c r="D305" s="2"/>
       <c r="E305" s="2" t="s">
-        <v>1093</v>
+        <v>209</v>
       </c>
       <c r="F305" s="2" t="s">
-        <v>94</v>
+        <v>1086</v>
       </c>
       <c r="G305" s="2"/>
       <c r="H305" s="2" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>266</v>
+      </c>
+      <c r="I305" s="3"/>
       <c r="J305" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K305" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L305" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M305" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="306" spans="1:13">
       <c r="A306" s="1">
-        <v>78203159500013</v>
+        <v>41336206200023</v>
       </c>
       <c r="B306" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C306" s="2" t="s">
-        <v>1094</v>
+        <v>1087</v>
       </c>
       <c r="D306" s="2"/>
       <c r="E306" s="2" t="s">
-        <v>1095</v>
+        <v>1088</v>
       </c>
       <c r="F306" s="2" t="s">
-        <v>94</v>
+        <v>1089</v>
       </c>
       <c r="G306" s="2"/>
       <c r="H306" s="2" t="s">
-        <v>60</v>
+        <v>266</v>
       </c>
       <c r="I306" s="3">
-        <v>72330178333</v>
+        <v>53220639022</v>
       </c>
       <c r="J306" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K306" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L306" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M306" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="307" spans="1:13">
       <c r="A307" s="1">
-        <v>78324704200014</v>
+        <v>41461021200014</v>
       </c>
       <c r="B307" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C307" s="2" t="s">
-        <v>1096</v>
+        <v>1090</v>
       </c>
       <c r="D307" s="2"/>
       <c r="E307" s="2" t="s">
-        <v>1097</v>
+        <v>1091</v>
       </c>
       <c r="F307" s="2" t="s">
-        <v>94</v>
+        <v>453</v>
       </c>
       <c r="G307" s="2"/>
       <c r="H307" s="2" t="s">
-        <v>60</v>
+        <v>266</v>
       </c>
       <c r="I307" s="3">
-        <v>93840267984</v>
+        <v>25610010561</v>
       </c>
       <c r="J307" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K307" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L307" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M307" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="308" spans="1:13">
       <c r="A308" s="1">
-        <v>78342337900016</v>
+        <v>41479762100011</v>
       </c>
       <c r="B308" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C308" s="2" t="s">
-        <v>1098</v>
+        <v>1092</v>
       </c>
       <c r="D308" s="2"/>
       <c r="E308" s="2" t="s">
-        <v>1099</v>
+        <v>1093</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>94</v>
+        <v>377</v>
       </c>
       <c r="G308" s="2"/>
       <c r="H308" s="2" t="s">
-        <v>60</v>
+        <v>266</v>
       </c>
       <c r="I308" s="3">
-        <v>41880115288</v>
+        <v>72330001333</v>
       </c>
       <c r="J308" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="K308" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L308" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="M308" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="309" spans="1:13">
       <c r="A309" s="1">
-        <v>78371120300027</v>
+        <v>41780245100019</v>
       </c>
       <c r="B309" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C309" s="2" t="s">
-        <v>1100</v>
+        <v>1094</v>
       </c>
       <c r="D309" s="2"/>
       <c r="E309" s="2" t="s">
-        <v>1101</v>
+        <v>1095</v>
       </c>
       <c r="F309" s="2" t="s">
-        <v>1102</v>
+        <v>1096</v>
       </c>
       <c r="G309" s="2"/>
       <c r="H309" s="2" t="s">
-        <v>64</v>
+        <v>751</v>
       </c>
       <c r="I309" s="3">
-        <v>31590483559</v>
+        <v>72240149824</v>
       </c>
       <c r="J309" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K309" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L309" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M309" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="310" spans="1:13">
       <c r="A310" s="1">
-        <v>78390629000011</v>
+        <v>42057178800025</v>
       </c>
       <c r="B310" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C310" s="2" t="s">
-        <v>1103</v>
+        <v>1097</v>
       </c>
       <c r="D310" s="2"/>
       <c r="E310" s="2" t="s">
-        <v>1104</v>
+        <v>1098</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>1105</v>
+        <v>1099</v>
       </c>
       <c r="G310" s="2"/>
       <c r="H310" s="2" t="s">
-        <v>1106</v>
+        <v>762</v>
       </c>
       <c r="I310" s="3">
-        <v>31620155462</v>
+        <v>53350716735</v>
       </c>
       <c r="J310" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K310" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L310" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M310" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="311" spans="1:13">
       <c r="A311" s="1">
-        <v>78398196200021</v>
+        <v>42086946300034</v>
       </c>
       <c r="B311" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C311" s="2" t="s">
-        <v>1107</v>
-[...3 lines deleted...]
-      </c>
+        <v>1100</v>
+      </c>
+      <c r="D311" s="2"/>
       <c r="E311" s="2" t="s">
-        <v>1109</v>
+        <v>1101</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>1110</v>
+        <v>1102</v>
       </c>
       <c r="G311" s="2"/>
       <c r="H311" s="2" t="s">
-        <v>60</v>
+        <v>785</v>
       </c>
       <c r="I311" s="3">
-        <v>31620031362</v>
+        <v>25140229714</v>
       </c>
       <c r="J311" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K311" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L311" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M311" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="312" spans="1:13">
       <c r="A312" s="1">
-        <v>78408386700019</v>
+        <v>42117322000011</v>
       </c>
       <c r="B312" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C312" s="2" t="s">
-        <v>1111</v>
+        <v>1103</v>
       </c>
       <c r="D312" s="2"/>
       <c r="E312" s="2" t="s">
-        <v>1112</v>
+        <v>1104</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>94</v>
+        <v>1105</v>
       </c>
       <c r="G312" s="2"/>
       <c r="H312" s="2" t="s">
-        <v>60</v>
+        <v>260</v>
       </c>
       <c r="I312" s="3">
-        <v>31620162262</v>
+        <v>91300014630</v>
       </c>
       <c r="J312" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K312" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="L312" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M312" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="313" spans="1:13">
       <c r="A313" s="1">
-        <v>78497110300022</v>
+        <v>42309316000020</v>
       </c>
       <c r="B313" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C313" s="2" t="s">
-        <v>1113</v>
+        <v>1106</v>
       </c>
       <c r="D313" s="2"/>
       <c r="E313" s="2" t="s">
-        <v>1114</v>
+        <v>1107</v>
       </c>
       <c r="F313" s="2" t="s">
-        <v>1115</v>
+        <v>1108</v>
       </c>
       <c r="G313" s="2"/>
       <c r="H313" s="2" t="s">
-        <v>64</v>
+        <v>266</v>
       </c>
       <c r="I313" s="3">
-        <v>11770177777</v>
+        <v>11753268175</v>
       </c>
       <c r="J313" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K313" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L313" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M313" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="314" spans="1:13">
       <c r="A314" s="1">
-        <v>78596647400013</v>
+        <v>53252460000014</v>
       </c>
       <c r="B314" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C314" s="2" t="s">
-        <v>1116</v>
+        <v>1109</v>
       </c>
       <c r="D314" s="2"/>
       <c r="E314" s="2" t="s">
-        <v>1117</v>
+        <v>1110</v>
       </c>
       <c r="F314" s="2" t="s">
-        <v>1118</v>
+        <v>1111</v>
       </c>
       <c r="G314" s="2"/>
       <c r="H314" s="2" t="s">
-        <v>60</v>
+        <v>732</v>
       </c>
       <c r="I314" s="3">
-        <v>52440459544</v>
+        <v>24450284045</v>
       </c>
       <c r="J314" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K314" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L314" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M314" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="315" spans="1:13">
       <c r="A315" s="1">
-        <v>78596993200017</v>
+        <v>77568090300132</v>
       </c>
       <c r="B315" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C315" s="2" t="s">
-        <v>1119</v>
+        <v>1112</v>
       </c>
       <c r="D315" s="2"/>
       <c r="E315" s="2" t="s">
-        <v>1120</v>
+        <v>1113</v>
       </c>
       <c r="F315" s="2" t="s">
-        <v>94</v>
+        <v>1114</v>
       </c>
       <c r="G315" s="2"/>
       <c r="H315" s="2" t="s">
-        <v>60</v>
+        <v>833</v>
       </c>
       <c r="I315" s="3">
-        <v>52440546144</v>
+        <v>11750079975</v>
       </c>
       <c r="J315" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K315" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L315" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M315" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="316" spans="1:13">
       <c r="A316" s="1">
-        <v>78611740800025</v>
+        <v>45215759700058</v>
       </c>
       <c r="B316" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C316" s="2" t="s">
-        <v>1121</v>
+        <v>1115</v>
       </c>
       <c r="D316" s="2"/>
       <c r="E316" s="2" t="s">
-        <v>1122</v>
+        <v>1116</v>
       </c>
       <c r="F316" s="2" t="s">
-        <v>1123</v>
+        <v>1117</v>
       </c>
       <c r="G316" s="2"/>
       <c r="H316" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>1118</v>
+      </c>
+      <c r="I316" s="3"/>
       <c r="J316" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K316" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L316" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M316" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="317" spans="1:13">
       <c r="A317" s="1">
-        <v>78612761300010</v>
+        <v>80083053100011</v>
       </c>
       <c r="B317" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C317" s="2" t="s">
-        <v>1124</v>
+        <v>1119</v>
       </c>
       <c r="D317" s="2"/>
       <c r="E317" s="2" t="s">
-        <v>1125</v>
+        <v>1120</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>94</v>
+        <v>1121</v>
       </c>
       <c r="G317" s="2"/>
       <c r="H317" s="2" t="s">
-        <v>60</v>
+        <v>751</v>
       </c>
       <c r="I317" s="3">
-        <v>52490276449</v>
+        <v>11788401278</v>
       </c>
       <c r="J317" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K317" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L317" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M317" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="318" spans="1:13">
       <c r="A318" s="1">
-        <v>78625707100021</v>
+        <v>80109342800028</v>
       </c>
       <c r="B318" s="2" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="C318" s="2" t="s">
-        <v>1126</v>
+        <v>1122</v>
       </c>
       <c r="D318" s="2"/>
       <c r="E318" s="2" t="s">
-        <v>1127</v>
+        <v>1123</v>
       </c>
       <c r="F318" s="2" t="s">
-        <v>1128</v>
-[...1 lines deleted...]
-      <c r="G318" s="2"/>
+        <v>1124</v>
+      </c>
+      <c r="G318" s="2" t="s">
+        <v>1125</v>
+      </c>
       <c r="H318" s="2" t="s">
-        <v>64</v>
+        <v>1126</v>
       </c>
       <c r="I318" s="3">
-        <v>52530054253</v>
+        <v>91340873034</v>
       </c>
       <c r="J318" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K318" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L318" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M318" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="319" spans="1:13">
       <c r="A319" s="1">
-        <v>78633873100023</v>
+        <v>80783659800019</v>
       </c>
       <c r="B319" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C319" s="2" t="s">
-        <v>1129</v>
+        <v>1127</v>
       </c>
       <c r="D319" s="2"/>
       <c r="E319" s="2" t="s">
-        <v>1130</v>
+        <v>1128</v>
       </c>
       <c r="F319" s="2" t="s">
-        <v>1131</v>
+        <v>1129</v>
       </c>
       <c r="G319" s="2"/>
       <c r="H319" s="2" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>266</v>
+      </c>
+      <c r="I319" s="3"/>
       <c r="J319" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K319" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L319" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M319" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="320" spans="1:13">
       <c r="A320" s="1">
-        <v>78640269300018</v>
+        <v>80991562200017</v>
       </c>
       <c r="B320" s="2" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="C320" s="2" t="s">
-        <v>1132</v>
+        <v>1130</v>
       </c>
       <c r="D320" s="2"/>
       <c r="E320" s="2" t="s">
+        <v>1131</v>
+      </c>
+      <c r="F320" s="2" t="s">
+        <v>1132</v>
+      </c>
+      <c r="G320" s="2" t="s">
         <v>1133</v>
       </c>
-      <c r="F320" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G320" s="2"/>
       <c r="H320" s="2" t="s">
-        <v>60</v>
+        <v>1134</v>
       </c>
       <c r="I320" s="3">
-        <v>52850014385</v>
+        <v>73310784131</v>
       </c>
       <c r="J320" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K320" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L320" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M320" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="321" spans="1:13">
       <c r="A321" s="1">
-        <v>78859233500020</v>
+        <v>81108972100013</v>
       </c>
       <c r="B321" s="2" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="C321" s="2" t="s">
-        <v>1134</v>
-[...1 lines deleted...]
-      <c r="D321" s="2" t="s">
         <v>1135</v>
       </c>
+      <c r="D321" s="2"/>
       <c r="E321" s="2" t="s">
         <v>1136</v>
       </c>
       <c r="F321" s="2" t="s">
         <v>1137</v>
       </c>
-      <c r="G321" s="2"/>
+      <c r="G321" s="2" t="s">
+        <v>1138</v>
+      </c>
       <c r="H321" s="2" t="s">
-        <v>45</v>
+        <v>266</v>
       </c>
       <c r="I321" s="3">
-        <v>72330879433</v>
+        <v>91300387030</v>
       </c>
       <c r="J321" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K321" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L321" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M321" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="322" spans="1:13">
       <c r="A322" s="1">
-        <v>79099412300020</v>
+        <v>81766815500010</v>
       </c>
       <c r="B322" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C322" s="2" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="D322" s="2"/>
       <c r="E322" s="2" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="F322" s="2" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
       <c r="G322" s="2"/>
       <c r="H322" s="2" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>1134</v>
+      </c>
+      <c r="I322" s="3"/>
       <c r="J322" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K322" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L322" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M322" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="323" spans="1:13">
       <c r="A323" s="1">
-        <v>79134667900016</v>
+        <v>82217313400013</v>
       </c>
       <c r="B323" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C323" s="2" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="D323" s="2"/>
       <c r="E323" s="2" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="F323" s="2" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="G323" s="2"/>
       <c r="H323" s="2" t="s">
-        <v>1143</v>
+        <v>762</v>
       </c>
       <c r="I323" s="3"/>
       <c r="J323" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K323" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L323" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M323" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="324" spans="1:13">
       <c r="A324" s="1">
         <v>82477102600021</v>
       </c>
       <c r="B324" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C324" s="2" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="D324" s="2"/>
       <c r="E324" s="2" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="F324" s="2" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="G324" s="2"/>
       <c r="H324" s="2" t="s">
-        <v>56</v>
+        <v>762</v>
       </c>
       <c r="I324" s="3">
         <v>75331055633</v>
       </c>
       <c r="J324" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K324" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L324" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M324" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="325" spans="1:13">
       <c r="A325" s="1">
         <v>83085400600061</v>
       </c>
       <c r="B325" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C325" s="2" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="D325" s="2"/>
       <c r="E325" s="2" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="F325" s="2" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="G325" s="2"/>
       <c r="H325" s="2" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="I325" s="3">
         <v>84691598769</v>
       </c>
       <c r="J325" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K325" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L325" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M325" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="326" spans="1:13">
       <c r="A326" s="1">
         <v>84028325300010</v>
       </c>
       <c r="B326" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C326" s="2" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="D326" s="2"/>
       <c r="E326" s="2" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="F326" s="2" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="G326" s="2"/>
       <c r="H326" s="2" t="s">
-        <v>81</v>
+        <v>785</v>
       </c>
       <c r="I326" s="3">
         <v>28500134550</v>
       </c>
       <c r="J326" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K326" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L326" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M326" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="327" spans="1:13">
       <c r="A327" s="1">
         <v>84829857600010</v>
       </c>
       <c r="B327" s="2" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="C327" s="2" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="D327" s="2" t="s">
-        <v>1155</v>
+        <v>1003</v>
       </c>
       <c r="E327" s="2" t="s">
         <v>1156</v>
       </c>
       <c r="F327" s="2" t="s">
         <v>1157</v>
       </c>
       <c r="G327" s="2" t="s">
         <v>1158</v>
       </c>
       <c r="H327" s="2" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="I327" s="3">
         <v>11770667277</v>
       </c>
       <c r="J327" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K327" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L327" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M327" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="328" spans="1:13">
       <c r="A328" s="1">
         <v>85313648900012</v>
       </c>
       <c r="B328" s="2" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="C328" s="2" t="s">
         <v>1159</v>
       </c>
       <c r="D328" s="2"/>
       <c r="E328" s="2" t="s">
         <v>1160</v>
       </c>
       <c r="F328" s="2" t="s">
         <v>1161</v>
       </c>
       <c r="G328" s="2" t="s">
         <v>1162</v>
       </c>
       <c r="H328" s="2" t="s">
-        <v>27</v>
+        <v>266</v>
       </c>
       <c r="I328" s="3">
         <v>11922293992</v>
       </c>
       <c r="J328" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K328" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L328" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M328" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="329" spans="1:13">
       <c r="A329" s="1">
         <v>87795906400016</v>
       </c>
       <c r="B329" s="2" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="C329" s="2" t="s">
         <v>1163</v>
       </c>
       <c r="D329" s="2"/>
       <c r="E329" s="2" t="s">
         <v>1164</v>
       </c>
       <c r="F329" s="2" t="s">
         <v>1165</v>
       </c>
-      <c r="G329" s="2"/>
+      <c r="G329" s="2" t="s">
+        <v>1166</v>
+      </c>
       <c r="H329" s="2" t="s">
-        <v>31</v>
+        <v>739</v>
       </c>
       <c r="I329" s="3"/>
       <c r="J329" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K329" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L329" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M329" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -16354,31 +16361,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/14/2025 22:37:19</dc:description>
+  <dc:description>Export en date du 12/19/2025 01:16:59</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>