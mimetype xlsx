--- v1 (2025-12-19)
+++ v2 (2026-02-24)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1167">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1163">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -223,95 +223,89 @@
   <si>
     <t>60 COURS JEAN JAURES 03000 MOULINS</t>
   </si>
   <si>
     <t>8303P002403</t>
   </si>
   <si>
     <t>CHAMB DEP AGRIC ALPES HAUTE PROVENCE</t>
   </si>
   <si>
     <t>66 BOULEVARD GASSENDI 04000 DIGNE-LES-BAINS</t>
   </si>
   <si>
     <t>9304P000304</t>
   </si>
   <si>
     <t>CHAMBRE DEP AGRICULTURE DES HAUTES ALPES</t>
   </si>
   <si>
     <t>8 T RUE CAP DE BRESSON 05000 GAP</t>
   </si>
   <si>
     <t>16/10/2023</t>
   </si>
   <si>
-    <t>9305P000405</t>
-[...1 lines deleted...]
-  <si>
     <t>CHAMBRE DEP AGRICULTURE ALPES MARITIMES</t>
   </si>
   <si>
     <t>MIN FLEURS 17 BOX 85 MIN ST AUGUSTIN 06000 NICE</t>
   </si>
   <si>
     <t>01/04/2000</t>
   </si>
   <si>
     <t>CHAMBRE D AGRICULTURE DE L ARDECHE</t>
   </si>
   <si>
     <t>4 AVENUE DE L'EUROPE UNIE 07000 PRIVAS</t>
   </si>
   <si>
     <t>8207P000807</t>
   </si>
   <si>
     <t>CHAMBRE DEP D'AGRICULTURE DES ARDENNES</t>
   </si>
   <si>
     <t>1 RUE JACQUEMART TEMPLEUX 08000 CHARLEVILLE-MEZIERES</t>
   </si>
   <si>
     <t>10/04/2014</t>
   </si>
   <si>
     <t>CHAMBRE DEP D'AGRICULTURE DE L'AUBE</t>
   </si>
   <si>
     <t>2 B RUE JEANNE D ARC 10000 TROYES</t>
   </si>
   <si>
     <t>16/03/1983</t>
   </si>
   <si>
     <t>02/04/2024</t>
   </si>
   <si>
-    <t>2110P001510</t>
-[...1 lines deleted...]
-  <si>
     <t>CHAMBRE DEP D AGRICULTURE DE L AUDE</t>
   </si>
   <si>
     <t>ZONE ACTIVITES SAUTES 22 RUE DE L'INDUSTRIE 11800 TREBES</t>
   </si>
   <si>
     <t>01/09/2004</t>
   </si>
   <si>
     <t>9111P030711</t>
   </si>
   <si>
     <t>CHAMBRE AGRICULTURE DES BOUCHES DU RHONE</t>
   </si>
   <si>
     <t>MAISON DES AGRICULTEURS 22 AVENUE HENRI PONTIER 13100 AIX-EN-PROVENCE</t>
   </si>
   <si>
     <t>9313P001413</t>
   </si>
   <si>
     <t>CHAMBRE D AGRICULTURE DU CANTAL</t>
   </si>
   <si>
     <t>26 RUE DU 139E RGT D’INFANTERIE 15000 AURILLAC</t>
@@ -346,53 +340,50 @@
   <si>
     <t>CHAMBRE D AGRICULTURE DE LA CORREZE</t>
   </si>
   <si>
     <t>IMMEUBLE CONSULAIRE PUY PINCON 19000 TULLE</t>
   </si>
   <si>
     <t>26/07/1992</t>
   </si>
   <si>
     <t>7419P002319</t>
   </si>
   <si>
     <t>CHAMBRE DEP AGRICULTURE LA CORSE DU SUD</t>
   </si>
   <si>
     <t>IMM LE RALLYE 19 AVENUE DU DOCTEUR NOEL FRANCHINI 20090 AJACCIO</t>
   </si>
   <si>
     <t>31/12/1987</t>
   </si>
   <si>
     <t>02/10/2023</t>
   </si>
   <si>
-    <t>9420P107320</t>
-[...1 lines deleted...]
-  <si>
     <t>CHAMBRE DEPARTEMENTALE D AGRICULTURE</t>
   </si>
   <si>
     <t>1 RUE DES COULOTS 21110 BRETENIERE</t>
   </si>
   <si>
     <t>28/09/2015</t>
   </si>
   <si>
     <t>2621P001021</t>
   </si>
   <si>
     <t>CHAMBRE D AGRICULTURE DE LA CREUSE</t>
   </si>
   <si>
     <t>8 AVENUE D'AUVERGNE 23000 GUERET</t>
   </si>
   <si>
     <t>01/02/2014</t>
   </si>
   <si>
     <t>7423P001123</t>
   </si>
   <si>
     <t>CRE@VALLEE N COULOUNIEIX CHAMIERS BOULEVARD DES SAVEURS 24660 COULOUNIEIX-CHAMIERS</t>
@@ -1561,51 +1552,51 @@
   <si>
     <t>LYCEE PROFESSIONNEL AGRICOLE EDGARD PISANI</t>
   </si>
   <si>
     <t>ROUTE DE MERON 49260 MONTREUIL-BELLAY</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LYCEE AGRICOLE ET HORTICOLE DE COUTANCES</t>
   </si>
   <si>
     <t>LA QUIBOUQUIERE RUE DE REGNEVILLE 50200 COUTANCES</t>
   </si>
   <si>
     <t>2550P005050</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE</t>
   </si>
   <si>
     <t>CENTRE FORMATION PROF ET PROMOTION AGRI CFPPA</t>
   </si>
   <si>
     <t>EPLEFPA CHALONS EN CHAMPAGNE 52 RUE DU CHATEAU 51460 L'EPINE</t>
   </si>
   <si>
-    <t>2151P002051</t>
+    <t>01/01/2026</t>
   </si>
   <si>
     <t>LYCEE VITICOLE DE LA CHAMPAGNE</t>
   </si>
   <si>
     <t>CFPPA FORMAXION</t>
   </si>
   <si>
     <t>61 AVENUE DE MAZAGRAN 51190 AVIZE</t>
   </si>
   <si>
     <t>15/11/1988</t>
   </si>
   <si>
     <t>2151P000251</t>
   </si>
   <si>
     <t>EPLEFPA DE LA HAUTE-MARNE</t>
   </si>
   <si>
     <t>LEGTA REGIONAL DE LA HAUTE-MARNE</t>
   </si>
   <si>
     <t>RUE DU LYCEE 52000 CHAMARANDES-CHOIGNES</t>
   </si>
@@ -2170,95 +2161,296 @@
   <si>
     <t>9111P089111</t>
   </si>
   <si>
     <t>ECOLE DU BREUIL</t>
   </si>
   <si>
     <t>BOIS DE VINCENNES ROUTE DE LA FERME 75012 PARIS</t>
   </si>
   <si>
     <t>02/07/2018</t>
   </si>
   <si>
     <t>84.13Z</t>
   </si>
   <si>
     <t>ENTENTE INTERDEPARTEMENTALE POUR LA DEMOUSTICATION DU LITTORAL MEDITERRANEEN</t>
   </si>
   <si>
     <t>165 RUE PAUL RIMBAUD 34080 MONTPELLIER</t>
   </si>
   <si>
     <t>01/01/1959</t>
   </si>
   <si>
+    <t>CEMIR</t>
+  </si>
+  <si>
+    <t>109 RUE DE LA REPUBLIQUE 69220 BELLEVILLE-EN-BEAUJOLAIS</t>
+  </si>
+  <si>
+    <t>01/04/1985</t>
+  </si>
+  <si>
+    <t>25/09/2023</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>LA COOPERATION AGRICOLE OCCITANIE</t>
+  </si>
+  <si>
+    <t>BP 82256 AUZEVILLE TOLOSANE 2 AVENUE DANIEL BRISEBOIS 31320 AUZEVILLE-TOLOSANE</t>
+  </si>
+  <si>
+    <t>08/06/2018</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCATION ORIENT</t>
+  </si>
+  <si>
+    <t>66 LA CROLIERE 51130 BLANCS-COTEAUX</t>
+  </si>
+  <si>
+    <t>ASS DE LA MAISON FAMILIALE</t>
+  </si>
+  <si>
+    <t>LA BROSSONNIERE 69280 SAINTE-CONSORCE</t>
+  </si>
+  <si>
+    <t>INTERDEPARTEMENTALE POUR LA FORMATION ET LE PERFECTIONNEMENT DES AGRICULTEURS ET DES SALARIES  DU DOUBS ET DU TERRITOIRE</t>
+  </si>
+  <si>
+    <t>130 B RUE DE BELFORT 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>COMITE REGIONAL FORMAT PROMOTION SOCIAL</t>
+  </si>
+  <si>
+    <t>RUE LEON PATOUX 51100 REIMS</t>
+  </si>
+  <si>
+    <t>MFR IREO DE LESNEVEN</t>
+  </si>
+  <si>
+    <t>RTE DE PLOUIDER 29260 LESNEVEN</t>
+  </si>
+  <si>
+    <t>LA COOPERATION AGRICOLE SUD</t>
+  </si>
+  <si>
+    <t>198 CHEMIN DES ENTRAGES 13300 SALON-DE-PROVENCE</t>
+  </si>
+  <si>
+    <t>03/04/2019</t>
+  </si>
+  <si>
+    <t>94.12Z</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE MIXTE</t>
+  </si>
+  <si>
+    <t>2 PLACE SAINTE- QUITTERIE 40800 AIRE-SUR-L'ADOUR</t>
+  </si>
+  <si>
+    <t>ASSO FORMATION PERFEC AGRICULT</t>
+  </si>
+  <si>
+    <t>17 QUAI YVES BARBIER 70000 VESOUL</t>
+  </si>
+  <si>
+    <t>01/01/1978</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DE MONTLUEL</t>
+  </si>
+  <si>
+    <t>ALLEE CESAIRE NIVIERE 01120 MONTLUEL</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE DE SAMER</t>
+  </si>
+  <si>
+    <t>277 RUE DE DESVRES 62830 SAMER</t>
+  </si>
+  <si>
+    <t>LA COOPERATION  AGRICOLE CENTRE VAL-DE LOIRE</t>
+  </si>
+  <si>
+    <t>1 AVENUE DE VENDOME 41000 BLOIS</t>
+  </si>
+  <si>
+    <t>01/01/1979</t>
+  </si>
+  <si>
+    <t>12/09/2025</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE DE BOURGOUGNAGUE-LAUZUN</t>
+  </si>
+  <si>
+    <t>LE JOLIBERT 47410 BOURGOUGNAGUE</t>
+  </si>
+  <si>
+    <t>24/01/2025</t>
+  </si>
+  <si>
+    <t>LYCEE AGRICOLE PRIVE DE NERMONT</t>
+  </si>
+  <si>
+    <t>2 RUE DE NERMONT 28200 LA CHAPELLE-DU-NOYER</t>
+  </si>
+  <si>
+    <t>01/01/1980</t>
+  </si>
+  <si>
+    <t>FEDERA DEPART SYNDICAT EXPLOITA AGRICOLE</t>
+  </si>
+  <si>
+    <t>TERRE SAINTE - LOCAL 9 12 CHEMIN DE LA CROIX DE JUBILE 97410 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>01/10/2008</t>
+  </si>
+  <si>
+    <t>FEDERATION DEPARTEMENTALE DES GROUPEMENTS DE DEFENSE CONTRE LES ORGANISMES NUISIBLES</t>
+  </si>
+  <si>
+    <t>COUR DE L'USINE SAVANNAH 23 RUE JULES THIREL 97460 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>01/04/1998</t>
+  </si>
+  <si>
+    <t>72.19Z</t>
+  </si>
+  <si>
+    <t>SICA DEVELOP EXPLOIT NORD GRANDE TERRE</t>
+  </si>
+  <si>
+    <t>BEAUPORT 97117 PORT LOUIS</t>
+  </si>
+  <si>
+    <t>28/08/1984</t>
+  </si>
+  <si>
+    <t>01.14Z</t>
+  </si>
+  <si>
+    <t>01973172197</t>
+  </si>
+  <si>
+    <t>ASS FAMILIALE DE GESTION DE L EAP</t>
+  </si>
+  <si>
+    <t>BOURBOURG FORMATION 110 AVENUE ANTHONY CARO 59630 BOURBOURG</t>
+  </si>
+  <si>
+    <t>04/12/2012</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCA ORIENT</t>
+  </si>
+  <si>
+    <t>1 BOULEVARD PASTEUR 56230 QUESTEMBERT</t>
+  </si>
+  <si>
+    <t>24/01/1986</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>1154 ROUTE DES ALLUAZ 74380 BONNE</t>
+  </si>
+  <si>
+    <t>14/11/1984</t>
+  </si>
+  <si>
+    <t>ASSOCIATION FAMILIALE DE GESTION DU LYCEE HORTICOLE PRIVE DE LYON PRESSIN</t>
+  </si>
+  <si>
+    <t>81 CHEMIN DE BEAUNANT 69230 SAINT-GENIS-LAVAL</t>
+  </si>
+  <si>
+    <t>LD LA COLOMBIERE 38160 CHATTE</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION  DE TRIAC-LAUTRAIT</t>
+  </si>
+  <si>
+    <t>16200 TRIAC-LAUTRAIT</t>
+  </si>
+  <si>
+    <t>26/05/1986</t>
+  </si>
+  <si>
     <t>SOC INTERET COLLECTIF AGRIC MARIE-GALANT</t>
   </si>
   <si>
     <t>USINE DE GRAND ANSE 97112 GRAND-BOURG</t>
   </si>
   <si>
     <t>01/08/1987</t>
   </si>
   <si>
-    <t>01.14Z</t>
-[...1 lines deleted...]
-  <si>
     <t>ASSOCIATION GROUPE ESA</t>
   </si>
   <si>
     <t>55 RUE RABELAIS 49000 ANGERS</t>
   </si>
   <si>
     <t>18/06/1987</t>
   </si>
   <si>
     <t>ARMOSA</t>
   </si>
   <si>
     <t>209-217- ET 21-23 SUR D YSER 209 AVENUE DE LA REPUBLIQUE 93800 EPINAY-SUR-SEINE</t>
   </si>
   <si>
     <t>15/06/2020</t>
   </si>
   <si>
     <t>46.75Z</t>
   </si>
   <si>
     <t>ASS POUR LA FORMATION NATIONALE AGRICOLE</t>
   </si>
   <si>
     <t>CS 80004 LES RURALIES 79230 PRAHECQ</t>
   </si>
   <si>
     <t>22/05/1989</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>IFOGECO</t>
   </si>
   <si>
     <t>1 RUE MONTAIGNE 45380 LA CHAPELLE-SAINT-MESMIN</t>
   </si>
   <si>
     <t>19/10/2020</t>
   </si>
   <si>
     <t>AGRI TECH'SERVICE</t>
   </si>
   <si>
     <t>ZONE INDUSTRIELLE CALLOUET 22600 LOUDEAC</t>
   </si>
   <si>
     <t>01/04/1999</t>
   </si>
   <si>
     <t>74.90B</t>
   </si>
   <si>
     <t>A.D.P.S.P.A.</t>
   </si>
   <si>
     <t>23/11/1978</t>
@@ -2269,57 +2461,54 @@
   <si>
     <t>DOM DE ST CRESCENT LE VIEL ROUTE DE PERPIGNAN 11100 NARBONNE</t>
   </si>
   <si>
     <t>02/01/1992</t>
   </si>
   <si>
     <t>12/12/2023</t>
   </si>
   <si>
     <t>47.25Z</t>
   </si>
   <si>
     <t>TER-QUALITECHS EXPERTISE CONSEIL &amp; FORMATION</t>
   </si>
   <si>
     <t>TER-QUALITECHS</t>
   </si>
   <si>
     <t>PA LA TEILLAIS - ZA PLANCHE FAGLINE ALLEE DE LA PLANCHE FAGLINE 35740 PACE</t>
   </si>
   <si>
     <t>24/04/2010</t>
   </si>
   <si>
-    <t>70.22Z</t>
-[...1 lines deleted...]
-  <si>
     <t>ASS DEP FORM PERF AGRICUL</t>
   </si>
   <si>
-    <t>10 RUE DES SILOS 05000 GAP</t>
+    <t>3 RUE PAUL AUBERT 05000 GAP</t>
   </si>
   <si>
     <t>02/03/1992</t>
   </si>
   <si>
     <t>ASS FR PERSONNEL ENTRETIEN TERRAIN GOLF</t>
   </si>
   <si>
     <t>18 RUE DE CAPARITS 64600 ANGLET</t>
   </si>
   <si>
     <t>17/07/2000</t>
   </si>
   <si>
     <t>93.12Z</t>
   </si>
   <si>
     <t>VEGEPHYL (ASSOCIATION POUR LA SANTE DES VEGETAUX)</t>
   </si>
   <si>
     <t>42 RUE RAYMOND JACLARD 94140 ALFORTVILLE</t>
   </si>
   <si>
     <t>26/06/2006</t>
   </si>
@@ -2353,134 +2542,275 @@
   <si>
     <t>01/01/2009</t>
   </si>
   <si>
     <t xml:space="preserve">CUCHE PASCAL PAUL JEAN </t>
   </si>
   <si>
     <t>CHEMIN DES DONNEUSES D’EAU 97118 SAINT-FRANCOIS</t>
   </si>
   <si>
     <t>01/06/2020</t>
   </si>
   <si>
     <t>81.30Z</t>
   </si>
   <si>
     <t>FREDON AURA</t>
   </si>
   <si>
     <t>ZI CHAMP DOLIN 2 ALLEE DU LAZIO 69800 SAINT-PRIEST</t>
   </si>
   <si>
     <t>01/04/2013</t>
   </si>
   <si>
+    <t>RACINE SUD AGRO PERRET</t>
+  </si>
+  <si>
+    <t>RACINE SAP</t>
+  </si>
+  <si>
+    <t>90 RUE DES ROMARINS 83170 BRIGNOLES</t>
+  </si>
+  <si>
+    <t>31/07/2007</t>
+  </si>
+  <si>
+    <t>VERNAZOBRES FRERES</t>
+  </si>
+  <si>
+    <t>20 ROUTE DE SOMMIERES 30250 SOUVIGNARGUES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ALIN FRANCOIS CHARLES MARIE </t>
+  </si>
+  <si>
+    <t>5 RUE ABBE CHEVALLIER 21220 FIXIN</t>
+  </si>
+  <si>
+    <t>17/07/2006</t>
+  </si>
+  <si>
+    <t>46.19B</t>
+  </si>
+  <si>
+    <t>BMDC</t>
+  </si>
+  <si>
+    <t>MORNE VERGAIN 97139 LES ABYMES</t>
+  </si>
+  <si>
+    <t>15/07/2006</t>
+  </si>
+  <si>
+    <t>01/03/2023</t>
+  </si>
+  <si>
     <t>GENECH CONSEIL</t>
   </si>
   <si>
     <t>RUE DE LA LIBERATION 59242 GENECH</t>
   </si>
   <si>
     <t>01/10/1993</t>
   </si>
   <si>
     <t>GRCETA</t>
   </si>
   <si>
     <t>4 ZONE INDUSTRIELLE LA REGUE 33830 BELIN-BELIET</t>
   </si>
   <si>
     <t>19/06/2000</t>
   </si>
   <si>
-    <t>94.12Z</t>
-[...1 lines deleted...]
-  <si>
     <t>INSTIT REGIONAL FORMAT METIERS SECURITE</t>
   </si>
   <si>
     <t>LOTISSEMENT DILLON STADE 9 RUE GEORGES EUCHARIS 97200 FORT-DE-FRANCE</t>
   </si>
   <si>
     <t>21/06/2018</t>
   </si>
   <si>
     <t>B.H.S</t>
   </si>
   <si>
     <t>LES CARNEAUX 1 RUE DE GUE MALAYE 95470 VEMARS</t>
   </si>
   <si>
     <t>01/11/2002</t>
   </si>
   <si>
     <t>FEDE REG DEFEN ORGANISMES NUISIBLES PACA</t>
   </si>
   <si>
     <t>39 RUE ALEXANDRE BLANC 84000 AVIGNON</t>
   </si>
   <si>
     <t>16/12/2014</t>
   </si>
   <si>
+    <t>FORMADOC</t>
+  </si>
+  <si>
+    <t>24 AVENUE MARCEL DASSAULT 31500 TOULOUSE</t>
+  </si>
+  <si>
+    <t>14/12/2010</t>
+  </si>
+  <si>
+    <t>TERRENA INNOVATION</t>
+  </si>
+  <si>
+    <t>LA NOELLE BD PASTEUR 44150 ANCENIS-SAINT-GEREON</t>
+  </si>
+  <si>
+    <t>20/12/1995</t>
+  </si>
+  <si>
+    <t>71.12B</t>
+  </si>
+  <si>
+    <t>ASS DEPART FORMATION PROF EN AGRICULTURE</t>
+  </si>
+  <si>
+    <t>MAISON DES AGRICULTEURS 455 RUE DU COLONEL DE CASTELJAU 39000 LONS-LE-SAUNIER</t>
+  </si>
+  <si>
+    <t>SERVICAR</t>
+  </si>
+  <si>
+    <t>18 RUE DU CALVAIRE 62112 GOUY-SOUS-BELLONNE</t>
+  </si>
+  <si>
+    <t>05/11/2008</t>
+  </si>
+  <si>
+    <t>01.61Z</t>
+  </si>
+  <si>
+    <t>CENTRE FORMATION AGRICOLE</t>
+  </si>
+  <si>
+    <t>01/01/1962</t>
+  </si>
+  <si>
+    <t>ARETAR</t>
+  </si>
+  <si>
+    <t>MAISON DE L'EMPLOI 1 RUE DE LA CHESNAIE 22600 LOUDEAC</t>
+  </si>
+  <si>
+    <t>04/05/2016</t>
+  </si>
+  <si>
+    <t>CENTR FORMATION TECHNICIENS AGRICOLES</t>
+  </si>
+  <si>
+    <t>25 RUE PIERRE NEVEU 61410 LA FERTE MACE</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION BEAUSEJOUR</t>
+  </si>
+  <si>
+    <t>1465 ROUTE DE BEAUSEJOUR. 33190 GIRONDE-SUR-DROPT</t>
+  </si>
+  <si>
+    <t>TECHNIQUES ETUDES ET  ACCOMPAGNEMENT</t>
+  </si>
+  <si>
+    <t>25 RUE MILLET 24100 BERGERAC</t>
+  </si>
+  <si>
+    <t>23/02/1998</t>
+  </si>
+  <si>
+    <t>CRODIP BRETAGNE</t>
+  </si>
+  <si>
+    <t>ATALANTE-CHAMPEAUX RPT MAURICE LE LANNOU 35000 RENNES</t>
+  </si>
+  <si>
+    <t>21/06/2001</t>
+  </si>
+  <si>
+    <t>FREDON NORMANDIE</t>
+  </si>
+  <si>
+    <t>1 RUE LEOPOLD SEDAR SENGHOR 14460 COLOMBELLES</t>
+  </si>
+  <si>
+    <t>20/06/2018</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE LE GRAND MAS</t>
+  </si>
+  <si>
+    <t>ROUTE DE NIMES 30700 UZES</t>
+  </si>
+  <si>
+    <t>13/12/1996</t>
+  </si>
+  <si>
+    <t>LA COOPERATION AGRICOLE SOLUTIONS+</t>
+  </si>
+  <si>
+    <t>43 RUE SEDAINE 75011 PARIS</t>
+  </si>
+  <si>
+    <t>10/03/2009</t>
+  </si>
+  <si>
     <t>FEDER.REGION.DEFENSE CONTRE ORGANIS.NUIS</t>
   </si>
   <si>
     <t>21 RUE JEAN BAPTISTE GAMBUT 21200 BEAUNE</t>
   </si>
   <si>
     <t>05/07/2004</t>
   </si>
   <si>
     <t>SOCIETE COOPERATIVE AGRICOLE ET AGRO-ALIMENTAIRE AGRIAL</t>
   </si>
   <si>
     <t>4 RUE DES ROQUEMONTS 14000 CAEN</t>
   </si>
   <si>
     <t>46.33Z</t>
   </si>
   <si>
     <t>FEDERATION NATIONALE DES SYNDICATS D'EXPLOITANTS AGRICOLES  D'INDRE-ET-LOIRE</t>
   </si>
   <si>
     <t>MAISON DES AGRICULTEURS 9 B RUE AUGUSTIN FRESNEL 37170 CHAMBRAY-LES-TOURS</t>
   </si>
   <si>
     <t>11/10/2000</t>
   </si>
   <si>
-    <t>FORMADOC</t>
-[...7 lines deleted...]
-  <si>
     <t>ASS AQUIFERE CALCAIRES CHAMPIGNY EN BRIE</t>
   </si>
   <si>
     <t>145 QUAI VOLTAIRE 77190 DAMMARIE-LES-LYS</t>
   </si>
   <si>
     <t>12/07/2001</t>
   </si>
   <si>
     <t>FEDERATION REGIONALE DEFENSE CONTRE LES ORGANISMES NUISIBLES  DU GRAND EST</t>
   </si>
   <si>
     <t>C.R.E.A 2 ESPLANADE ROLAND GARROS 51100 REIMS</t>
   </si>
   <si>
     <t>26/11/2001</t>
   </si>
   <si>
     <t>FORE ENTREPRISE</t>
   </si>
   <si>
     <t>IMMEUBLE YERYSALYD - ZAC DE MOUDONG SU RUE CLAUDE EMMANUEL BLANDIN 97122 BAIE-MAHAULT</t>
   </si>
   <si>
     <t>01/07/2012</t>
@@ -2506,74 +2836,320 @@
   <si>
     <t>26/06/2018</t>
   </si>
   <si>
     <t xml:space="preserve">LECINANA ODILE YVETTE  </t>
   </si>
   <si>
     <t>BANAFOR</t>
   </si>
   <si>
     <t>SABLE BLANC 97231 LE ROBERT</t>
   </si>
   <si>
     <t>01/12/2014</t>
   </si>
   <si>
     <t>FREDON MAIRIE DE CAURO</t>
   </si>
   <si>
     <t>MAIRIE DE CAURO 20117 CAURO</t>
   </si>
   <si>
     <t>15/07/2003</t>
   </si>
   <si>
+    <t>VIGNERONS DE TUTIAC</t>
+  </si>
+  <si>
+    <t>LA CAFOURCHE 491 RUE SIMONE VEIL 33860 VAL-DE-LIVENNE</t>
+  </si>
+  <si>
+    <t>01/09/2006</t>
+  </si>
+  <si>
+    <t>46.34Z</t>
+  </si>
+  <si>
+    <t>FED REG DEF C ORGANI NUISIBLES</t>
+  </si>
+  <si>
+    <t>CITE DE L AGRICULTURE 13 AVENUE DES DROITS DE L'HOMME 45000 ORLEANS</t>
+  </si>
+  <si>
+    <t>27/01/2012</t>
+  </si>
+  <si>
+    <t>ALTER EGO CONSEIL</t>
+  </si>
+  <si>
+    <t>21-23 21 RUE GABRIEL MASSIAS 33500 LIBOURNE</t>
+  </si>
+  <si>
+    <t>29/03/2019</t>
+  </si>
+  <si>
+    <t>PROXALYS ENVIRONNEMENT</t>
+  </si>
+  <si>
+    <t>5 RUE ANTOINE DE SAINT-EXUPERY 35235 THORIGNE-FOUILLARD</t>
+  </si>
+  <si>
+    <t>10/07/2006</t>
+  </si>
+  <si>
+    <t>C R DISTRIBUTION</t>
+  </si>
+  <si>
+    <t>LIEU DIT GODEFROY LD GODEFROY 33270 BOULIAC</t>
+  </si>
+  <si>
+    <t>19/03/1990</t>
+  </si>
+  <si>
+    <t>46.76Z</t>
+  </si>
+  <si>
+    <t>ASFIS</t>
+  </si>
+  <si>
+    <t>44 RUE DU LOUVRE 75001 PARIS</t>
+  </si>
+  <si>
+    <t>24/01/2005</t>
+  </si>
+  <si>
+    <t>31/12/2022</t>
+  </si>
+  <si>
+    <t>EUSKAL HERRIKO LABORANTZA GANBARA</t>
+  </si>
+  <si>
+    <t>MAISON ZUENTZAT 64220 AINHICE-MONGELOS</t>
+  </si>
+  <si>
+    <t>27/01/2005</t>
+  </si>
+  <si>
+    <t>NATURA'LIS</t>
+  </si>
+  <si>
+    <t>4 BOULEVARD BEAUREGARD 21600 LONGVIC</t>
+  </si>
+  <si>
+    <t>16/06/2005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PASSERAT DE SILANS FRANCOIS   </t>
+  </si>
+  <si>
+    <t>6 RUE DE CAMPEYRAUT 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>LA COOPERATION AGRICOLE AUVERGNE RHONE-ALPES</t>
+  </si>
+  <si>
+    <t>AGRAPOLE 23 RUE JEAN BALDASSINI 69007 LYON</t>
+  </si>
+  <si>
+    <t>05/03/2007</t>
+  </si>
+  <si>
+    <t>AMT FORMATIONS</t>
+  </si>
+  <si>
+    <t>2 RUE DIDEROT 30300 BEAUCAIRE</t>
+  </si>
+  <si>
+    <t>01/03/2006</t>
+  </si>
+  <si>
+    <t>MSA SERVICES PICARDIE</t>
+  </si>
+  <si>
+    <t>RUE TURGOT 02000 LAON</t>
+  </si>
+  <si>
+    <t>05/12/2007</t>
+  </si>
+  <si>
+    <t>ID2 JARDIN</t>
+  </si>
+  <si>
+    <t>ZONE AGRICOLE DE VALBACOL 13127 VITROLLES</t>
+  </si>
+  <si>
+    <t>01/12/2006</t>
+  </si>
+  <si>
+    <t>93.29Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RAULT CECILE   </t>
+  </si>
+  <si>
+    <t>LE CADAULAN 2 ROUTE DE CIVRAC 33350 SAINT-PEY-DE-CASTETS</t>
+  </si>
+  <si>
+    <t>01/08/2012</t>
+  </si>
+  <si>
+    <t>ISTAV</t>
+  </si>
+  <si>
+    <t>85 AVENUE PASTEUR 93260 LES LILAS</t>
+  </si>
+  <si>
+    <t>10/09/2007</t>
+  </si>
+  <si>
+    <t>QHSE CONCEPT</t>
+  </si>
+  <si>
+    <t>VILLAGE D'ENTREPRISES ZA ROZIER COREN 15100 COREN</t>
+  </si>
+  <si>
+    <t>07/01/2008</t>
+  </si>
+  <si>
+    <t>SOCIETE COOPERATIVE AGRICOLE AXEREAL</t>
+  </si>
+  <si>
+    <t>36 RUE DE LA MANUFACTURE 45160 OLIVET</t>
+  </si>
+  <si>
+    <t>01/09/2014</t>
+  </si>
+  <si>
+    <t>46.21Z</t>
+  </si>
+  <si>
+    <t>ARAMIS</t>
+  </si>
+  <si>
+    <t>ROUTE DE SAINT SEVER 40280 HAUT-MAUCO</t>
+  </si>
+  <si>
+    <t>24/04/2009</t>
+  </si>
+  <si>
+    <t>64.30Z</t>
+  </si>
+  <si>
+    <t>CAPPERFO</t>
+  </si>
+  <si>
+    <t>LE CHATEAU DEVOY MARTINE 450 ROUTE NATIONALE 30126 SAINT-LAURENT-DES-ARBRES</t>
+  </si>
+  <si>
+    <t>01/09/2013</t>
+  </si>
+  <si>
+    <t>JURIFOR</t>
+  </si>
+  <si>
+    <t>LES RURALIES LE BOURG 79230 VOUILLE</t>
+  </si>
+  <si>
+    <t>29/09/2010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SCHMITT MICHEL   </t>
+  </si>
+  <si>
+    <t>4 RUE DU DOCTEUR CALMETTE 45700 VILLEMANDEUR</t>
+  </si>
+  <si>
+    <t>18/05/2011</t>
+  </si>
+  <si>
+    <t>RAISOVERT</t>
+  </si>
+  <si>
+    <t>20 RUE DE LA GARENNE 30600 VAUVERT</t>
+  </si>
+  <si>
+    <t>01/09/2011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TATAR SEBASTIEN   </t>
+  </si>
+  <si>
+    <t>AGRIVERT EXPERT</t>
+  </si>
+  <si>
+    <t>219 CHEMIN DU CASTERAS 31600 SAINT-CLAR-DE-RIVIERE</t>
+  </si>
+  <si>
+    <t>12/07/2014</t>
+  </si>
+  <si>
+    <t>[ND] [ND] [ND] [ND] [ND]</t>
+  </si>
+  <si>
+    <t>[ND]</t>
+  </si>
+  <si>
+    <t>AVRANCHES</t>
+  </si>
+  <si>
+    <t>01/03/2012</t>
+  </si>
+  <si>
+    <t>EMC2</t>
+  </si>
+  <si>
+    <t>ZI NID DE CYGNE LE NID DU CYGNE 55100 BRAS-SUR-MEUSE</t>
+  </si>
+  <si>
+    <t>INSTITUT TECHNOLOGIQUE FCBA (FORET CELLULOSE BOIS...)</t>
+  </si>
+  <si>
+    <t>10 RUE GALILEE 77420 CHAMPS-SUR-MARNE</t>
+  </si>
+  <si>
+    <t>01/11/2014</t>
+  </si>
+  <si>
     <t>ARVALIS INSTITUT DU VEGETAL</t>
   </si>
   <si>
     <t>3 RUE JOSEPH ET MARIE HACKIN 75016 PARIS</t>
   </si>
   <si>
     <t>10/12/2003</t>
   </si>
   <si>
-    <t>72.19Z</t>
-[...1 lines deleted...]
-  <si>
     <t>SOCIETE COOPERATIVE AGRICOLE NATUP</t>
   </si>
   <si>
     <t>PAT DE LA VATINE 16 RUE GEORGES CHARPAK 76130 MONT-SAINT-AIGNAN</t>
   </si>
   <si>
     <t>17/09/2001</t>
   </si>
   <si>
-    <t>46.21Z</t>
-[...1 lines deleted...]
-  <si>
     <t>COOPERATIVE AGRICOLE PROVENCE LANGUEDOC</t>
   </si>
   <si>
     <t>92 RUE JOSEPH VERNET 84000 AVIGNON</t>
   </si>
   <si>
     <t>CAVAC</t>
   </si>
   <si>
     <t>12 BOULEVARD REAUMUR 85000 LA ROCHE-SUR-YON</t>
   </si>
   <si>
     <t>ASSOC MAISON FAMIL APPRENT RURAL</t>
   </si>
   <si>
     <t>LD MURIGNEUX 42800 TARTARAS</t>
   </si>
   <si>
     <t>ISETA - ECA</t>
   </si>
   <si>
     <t>ECOLE D'AGRICULTURE DE POISY 859 ROUTE DE L'ECOLE D'AGRICULTURE 74330 POISY</t>
   </si>
   <si>
     <t>ASS DEP PROMOTION SOCIALE AGRIC AVEYRON</t>
@@ -2590,65 +3166,59 @@
   <si>
     <t>584 CHEMIN DE JOUAN PETIT 82700 ESCATALENS</t>
   </si>
   <si>
     <t>ASS MAISON FAMILIALE ET INSTITUT, RURAL</t>
   </si>
   <si>
     <t>36 RUE DE JESUS 25530 VERCEL-VILLEDIEU-LE-CAMP</t>
   </si>
   <si>
     <t>29/02/1992</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE ET D'EDUCATION</t>
   </si>
   <si>
     <t>PERSONNEL REGIME PRIVE 10 RUE DE L'EUROPE 26140 ANNEYRON</t>
   </si>
   <si>
     <t>MAISON FAMIL RURALE DEDUC ORIEN DE MOZAS</t>
   </si>
   <si>
     <t>4 CHEMIN DE MOZAS 38300 BOURGOIN-JALLIEU</t>
   </si>
   <si>
-    <t>MAISON FAMILIALE RURALE</t>
-[...1 lines deleted...]
-  <si>
     <t>CHAUMONT 38780 EYZIN-PINET</t>
   </si>
   <si>
     <t>INSTITUT SUPERIEUR DE FORMATION PAR ALTERNANCE - OF - CFA "INSTITUT RICHEMONT"</t>
   </si>
   <si>
     <t>RICHEMONT 12 ROUTE DE L'ANCIEN SEMINAIRE 16370 VAL-DE-COGNAC</t>
   </si>
   <si>
-    <t>MAISON FAMILIALE RURALE EDUCATION ORIENT</t>
-[...1 lines deleted...]
-  <si>
     <t>2 RUE DE ROIFFE 17700 SAINT-PIERRE-LA-NOUE</t>
   </si>
   <si>
     <t>SEVREUROPE-MFR SEVREUROPE BRESSUIRE</t>
   </si>
   <si>
     <t>22 RUE DE LA BARITAUDERIE 79300 BRESSUIRE</t>
   </si>
   <si>
     <t>47 RUE DE MONTMORILLON 86300 CHAUVIGNY</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE DU PERIGORDVERT</t>
   </si>
   <si>
     <t>CHATEAU DE LA FILOLIE 24800 THIVIERS</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DU LIBOURNAIS</t>
   </si>
   <si>
     <t>LIEU DIT LA TOUR BLANCHE 33230 LES EGLISOTTES-ET-CHALAURES</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DE VAYRES</t>
@@ -2794,629 +3364,50 @@
   <si>
     <t>VALLEE DE LA GRANDE RIVIERE 97119 VIEUX-HABITANTS</t>
   </si>
   <si>
     <t>20/02/2013</t>
   </si>
   <si>
     <t>85.60Z</t>
   </si>
   <si>
     <t xml:space="preserve">ANZALA FABIOLA JOHANA  </t>
   </si>
   <si>
     <t>GROW UP</t>
   </si>
   <si>
     <t>IMM FORUM 29 RUE FERDINAND FOREST 97122 BAIE-MAHAULT</t>
   </si>
   <si>
     <t>01/04/2018</t>
   </si>
   <si>
     <t>01973172397</t>
   </si>
   <si>
-    <t>FED REG DEF C ORGANI NUISIBLES</t>
-[...577 lines deleted...]
-  <si>
     <t>AIR9 CONSEIL</t>
   </si>
   <si>
     <t>24 AVENUE DE PARIS 78000 VERSAILLES</t>
   </si>
   <si>
     <t>06/03/2014</t>
   </si>
   <si>
     <t>ISCAP - INSERTION SOCIOPROFESSIONNELLE CONSEIL ET ACCOMPAGNEMENT DE PROXIMITE</t>
   </si>
   <si>
     <t>27 BOULEVARD PASTEUR 34310 CAPESTANG</t>
   </si>
   <si>
     <t>30/09/2015</t>
   </si>
   <si>
     <t>01/01/2024</t>
   </si>
   <si>
     <t>88.99B</t>
   </si>
   <si>
     <t>ASSOCIATION REGIONALE D'EDUCATION PERMANENTE ILLE ARMOR</t>
@@ -3512,53 +3503,50 @@
     <t>01/02/2019</t>
   </si>
   <si>
     <t>31/05/2025</t>
   </si>
   <si>
     <t>CERTIF'AGRI</t>
   </si>
   <si>
     <t>75 RUE DE NORMANDIE 92400 COURBEVOIE</t>
   </si>
   <si>
     <t>01/08/2019</t>
   </si>
   <si>
     <t>29/10/2024</t>
   </si>
   <si>
     <t>POLLENIZ</t>
   </si>
   <si>
     <t>9 AVENUE DU BOIS L'ABBE 49070 BEAUCOUZE</t>
   </si>
   <si>
     <t>20/06/2019</t>
-  </si>
-[...1 lines deleted...]
-    <t>27/06/2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -4241,53 +4229,51 @@
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>13002166000019</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I9" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I9" s="3"/>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>13002381500017</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
@@ -4502,11840 +4488,11814 @@
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>18050002700016</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>68</v>
       </c>
       <c r="H16" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>18060002500035</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="F17" s="2" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I17" s="3"/>
       <c r="J17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>18071001400010</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I18" s="3" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>18080251400067</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="F19" s="2" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I19" s="3">
         <v>44080057808</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>18100251000020</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="F20" s="2" t="s">
         <v>80</v>
       </c>
-      <c r="F20" s="2" t="s">
+      <c r="G20" s="2" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I20" s="3"/>
       <c r="J20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>18110004100027</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I21" s="3" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>18130005400010</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I22" s="3" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>18150002600016</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I23" s="3" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>18160001600024</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I24" s="3" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>18180003800026</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I25" s="3" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
         <v>18190202400031</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I26" s="3" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>18201006600039</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="F27" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="G27" s="2" t="s">
         <v>107</v>
-      </c>
-[...4 lines deleted...]
-        <v>109</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I27" s="3"/>
       <c r="J27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>18210004000027</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I28" s="3" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>18230202600022</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I29" s="3" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
         <v>18240001000191</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I30" s="3" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>18261001400025</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I31" s="3" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>18280003700018</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I32" s="3" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>18300004100032</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I33" s="3" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>18310004900026</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I34" s="3" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>18320002100016</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I35" s="3" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>18330005200036</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I36" s="3" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>18340003500030</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I37" s="3" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
         <v>18360003000013</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I38" s="3" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
         <v>18370003800015</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I39" s="3" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
         <v>18400003200013</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I40" s="3" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
         <v>18410003000057</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I41" s="3" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
         <v>18421001100021</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I42" s="3" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
         <v>18430003600011</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I43" s="3" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
         <v>18440135400057</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="G44" s="2" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="H44" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I44" s="3"/>
       <c r="J44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
         <v>18450003100028</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I45" s="3" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
         <v>18460002100010</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I46" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
         <v>18470002900020</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I47" s="3" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
         <v>18480001900020</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I48" s="3" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
         <v>18510251400014</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I49" s="3" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
         <v>18520251200017</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I50" s="3" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
         <v>18580001800037</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I51" s="3" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
         <v>18600251500028</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="2" t="s">
+        <v>192</v>
+      </c>
+      <c r="D52" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="E52" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="F52" s="2" t="s">
         <v>195</v>
-      </c>
-[...7 lines deleted...]
-        <v>198</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I52" s="3" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
         <v>18630690800044</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I53" s="3" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
         <v>18640003200022</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I54" s="3" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
         <v>18660003700011</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I55" s="3">
         <v>76660219466</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
         <v>18691001400031</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I56" s="3" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
         <v>18710004500017</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I57" s="3" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
         <v>18800251300011</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I58" s="3">
         <v>22800173780</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
         <v>18810004400018</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I59" s="3" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
         <v>18820002600014</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I60" s="3" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
         <v>18830002400018</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I61" s="3" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
         <v>18840002200029</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I62" s="3" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
         <v>18860002700026</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I63" s="3" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
         <v>18870202100034</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I64" s="3" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
         <v>18890001300015</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I65" s="3" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
         <v>18971003100080</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I66" s="3" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
         <v>18972003000023</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I67" s="3" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
         <v>18973301700066</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I68" s="3" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
         <v>18974111900011</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I69" s="3">
         <v>98970020797</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
         <v>19010819100015</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="D70" s="2" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="E70" s="2" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="I70" s="3" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
         <v>19020060000020</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="2" t="s">
+        <v>259</v>
+      </c>
+      <c r="D71" s="2" t="s">
+        <v>260</v>
+      </c>
+      <c r="E71" s="2" t="s">
+        <v>261</v>
+      </c>
+      <c r="F71" s="2" t="s">
         <v>262</v>
-      </c>
-[...7 lines deleted...]
-        <v>265</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I71" s="3" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
         <v>19021522800049</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="2" t="s">
+        <v>265</v>
+      </c>
+      <c r="D72" s="2" t="s">
+        <v>266</v>
+      </c>
+      <c r="E72" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="F72" s="2" t="s">
         <v>268</v>
-      </c>
-[...7 lines deleted...]
-        <v>271</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I72" s="3" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
         <v>19030094700057</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="2" t="s">
+        <v>270</v>
+      </c>
+      <c r="D73" s="2" t="s">
+        <v>271</v>
+      </c>
+      <c r="E73" s="2" t="s">
+        <v>272</v>
+      </c>
+      <c r="F73" s="2" t="s">
         <v>273</v>
-      </c>
-[...7 lines deleted...]
-        <v>276</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I73" s="3" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
         <v>19040056400034</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="2" t="s">
+        <v>275</v>
+      </c>
+      <c r="D74" s="2" t="s">
+        <v>276</v>
+      </c>
+      <c r="E74" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="F74" s="2" t="s">
         <v>278</v>
-      </c>
-[...7 lines deleted...]
-        <v>281</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="I74" s="3" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
         <v>19060793700033</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="2" t="s">
+        <v>280</v>
+      </c>
+      <c r="D75" s="2" t="s">
+        <v>281</v>
+      </c>
+      <c r="E75" s="2" t="s">
+        <v>282</v>
+      </c>
+      <c r="F75" s="2" t="s">
         <v>283</v>
-      </c>
-[...7 lines deleted...]
-        <v>286</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I75" s="3" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
         <v>19070916200027</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="D76" s="2" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="E76" s="2" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I76" s="3" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
         <v>19080804800036</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="2" t="s">
+        <v>289</v>
+      </c>
+      <c r="D77" s="2" t="s">
+        <v>290</v>
+      </c>
+      <c r="E77" s="2" t="s">
+        <v>291</v>
+      </c>
+      <c r="F77" s="2" t="s">
         <v>292</v>
-      </c>
-[...7 lines deleted...]
-        <v>295</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I77" s="3" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
         <v>19080863400025</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="D78" s="2" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="E78" s="2" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I78" s="3" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
         <v>19100687300092</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="2" t="s">
+        <v>298</v>
+      </c>
+      <c r="D79" s="2" t="s">
+        <v>299</v>
+      </c>
+      <c r="E79" s="2" t="s">
+        <v>300</v>
+      </c>
+      <c r="F79" s="2" t="s">
         <v>301</v>
-      </c>
-[...7 lines deleted...]
-        <v>304</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I79" s="3" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
         <v>19110677200020</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="2" t="s">
+        <v>303</v>
+      </c>
+      <c r="D80" s="2" t="s">
+        <v>304</v>
+      </c>
+      <c r="E80" s="2" t="s">
+        <v>305</v>
+      </c>
+      <c r="F80" s="2" t="s">
         <v>306</v>
-      </c>
-[...7 lines deleted...]
-        <v>309</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I80" s="3" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
         <v>19120937800030</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="D81" s="2" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="E81" s="2" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I81" s="3" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
         <v>19120938600041</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="D82" s="2" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="E82" s="2" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I82" s="3" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
         <v>19131656100023</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="D83" s="2" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="E83" s="2" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I83" s="3" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
         <v>19131715500023</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="2" t="s">
+        <v>320</v>
+      </c>
+      <c r="D84" s="2" t="s">
+        <v>321</v>
+      </c>
+      <c r="E84" s="2" t="s">
+        <v>322</v>
+      </c>
+      <c r="F84" s="2" t="s">
         <v>323</v>
-      </c>
-[...7 lines deleted...]
-        <v>326</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I84" s="3">
         <v>93131313713</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
         <v>19141112300059</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D85" s="2" t="s">
+        <v>325</v>
+      </c>
+      <c r="E85" s="2" t="s">
+        <v>326</v>
+      </c>
+      <c r="F85" s="2" t="s">
         <v>327</v>
-      </c>
-[...7 lines deleted...]
-        <v>330</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I85" s="3">
         <v>25140183214</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
         <v>19141421800021</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="2" t="s">
+        <v>328</v>
+      </c>
+      <c r="D86" s="2" t="s">
+        <v>329</v>
+      </c>
+      <c r="E86" s="2" t="s">
+        <v>330</v>
+      </c>
+      <c r="F86" s="2" t="s">
         <v>331</v>
-      </c>
-[...7 lines deleted...]
-        <v>334</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I86" s="3">
         <v>25140223914</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
         <v>19150599900026</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="2" t="s">
+        <v>332</v>
+      </c>
+      <c r="D87" s="2" t="s">
+        <v>333</v>
+      </c>
+      <c r="E87" s="2" t="s">
+        <v>334</v>
+      </c>
+      <c r="F87" s="2" t="s">
         <v>335</v>
-      </c>
-[...7 lines deleted...]
-        <v>338</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="I87" s="3" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
         <v>19160006300033</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="2" t="s">
+        <v>337</v>
+      </c>
+      <c r="D88" s="2" t="s">
+        <v>338</v>
+      </c>
+      <c r="E88" s="2" t="s">
+        <v>339</v>
+      </c>
+      <c r="F88" s="2" t="s">
         <v>340</v>
-      </c>
-[...7 lines deleted...]
-        <v>343</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I88" s="3" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
         <v>19170087100038</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="D89" s="2" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="E89" s="2" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I89" s="3" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
         <v>19180585200065</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="D90" s="2" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="E90" s="2" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I90" s="3" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
         <v>19190624700058</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="D91" s="2" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="E91" s="2" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I91" s="3" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
         <v>19200002400013</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="I92" s="3" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K92" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
         <v>19202599700060</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="2" t="s">
+        <v>358</v>
+      </c>
+      <c r="D93" s="2" t="s">
+        <v>359</v>
+      </c>
+      <c r="E93" s="2" t="s">
+        <v>360</v>
+      </c>
+      <c r="F93" s="2" t="s">
         <v>361</v>
-      </c>
-[...7 lines deleted...]
-        <v>364</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I93" s="3" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
         <v>19210036000010</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="D94" s="2" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="E94" s="2" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="I94" s="3" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K94" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
         <v>19211135900019</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="D95" s="2" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="E95" s="2" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="I95" s="3" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K95" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L95" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
         <v>19220470900021</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="2" t="s">
+        <v>371</v>
+      </c>
+      <c r="D96" s="2" t="s">
+        <v>372</v>
+      </c>
+      <c r="E96" s="2" t="s">
+        <v>373</v>
+      </c>
+      <c r="F96" s="2" t="s">
         <v>374</v>
-      </c>
-[...7 lines deleted...]
-        <v>377</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I96" s="3" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K96" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L96" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
         <v>19240023200026</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="D97" s="2" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="E97" s="2" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I97" s="3" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="J97" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K97" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L97" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
         <v>19251263000034</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="2" t="s">
+        <v>379</v>
+      </c>
+      <c r="D98" s="2" t="s">
+        <v>380</v>
+      </c>
+      <c r="E98" s="2" t="s">
+        <v>381</v>
+      </c>
+      <c r="F98" s="2" t="s">
         <v>382</v>
-      </c>
-[...7 lines deleted...]
-        <v>385</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I98" s="3" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="J98" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K98" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
         <v>19260765300016</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="D99" s="2" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="E99" s="2" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="I99" s="3" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K99" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L99" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
         <v>19260791900029</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="2" t="s">
+        <v>388</v>
+      </c>
+      <c r="D100" s="2" t="s">
+        <v>389</v>
+      </c>
+      <c r="E100" s="2" t="s">
+        <v>390</v>
+      </c>
+      <c r="F100" s="2" t="s">
         <v>391</v>
-      </c>
-[...7 lines deleted...]
-        <v>394</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="I100" s="3">
         <v>84260300326</v>
       </c>
       <c r="J100" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K100" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L100" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
         <v>19271107500023</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="D101" s="2" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="E101" s="2" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I101" s="3" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="J101" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K101" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L101" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M101" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
         <v>19280706300024</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="D102" s="2" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="E102" s="2" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I102" s="3" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="J102" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K102" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L102" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
         <v>19290341700041</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="D103" s="2" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="E103" s="2" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I103" s="3" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="J103" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K103" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L103" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M103" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
         <v>19300139300019</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="D104" s="2" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="E104" s="2" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="I104" s="3" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="J104" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K104" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L104" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
         <v>19311241400019</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="D105" s="2" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="E105" s="2" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="I105" s="3" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="J105" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K105" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L105" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M105" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
         <v>19311262000037</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="D106" s="2" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
       <c r="E106" s="2" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I106" s="3" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="J106" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K106" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L106" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M106" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
         <v>19320557200020</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C107" s="2" t="s">
+        <v>415</v>
+      </c>
+      <c r="D107" s="2" t="s">
+        <v>416</v>
+      </c>
+      <c r="E107" s="2" t="s">
+        <v>417</v>
+      </c>
+      <c r="F107" s="2" t="s">
         <v>418</v>
-      </c>
-[...7 lines deleted...]
-        <v>421</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I107" s="3" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="J107" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K107" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L107" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M107" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
         <v>19331424200036</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="D108" s="2" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="E108" s="2" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I108" s="3" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K108" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L108" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
         <v>19340128800082</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="D109" s="2" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="E109" s="2" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I109" s="3" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="J109" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K109" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L109" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M109" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
         <v>19350700100025</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="2" t="s">
+        <v>428</v>
+      </c>
+      <c r="D110" s="2" t="s">
+        <v>429</v>
+      </c>
+      <c r="E110" s="2" t="s">
+        <v>430</v>
+      </c>
+      <c r="F110" s="2" t="s">
         <v>431</v>
-      </c>
-[...7 lines deleted...]
-        <v>434</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I110" s="3" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="J110" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K110" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L110" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M110" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
         <v>19360017800134</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="2" t="s">
+        <v>433</v>
+      </c>
+      <c r="D111" s="2" t="s">
+        <v>434</v>
+      </c>
+      <c r="E111" s="2" t="s">
+        <v>435</v>
+      </c>
+      <c r="F111" s="2" t="s">
         <v>436</v>
-      </c>
-[...7 lines deleted...]
-        <v>439</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I111" s="3" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="J111" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K111" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L111" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M111" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
         <v>19370781700030</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="2" t="s">
+        <v>438</v>
+      </c>
+      <c r="D112" s="2" t="s">
+        <v>439</v>
+      </c>
+      <c r="E112" s="2" t="s">
+        <v>440</v>
+      </c>
+      <c r="F112" s="2" t="s">
         <v>441</v>
-      </c>
-[...7 lines deleted...]
-        <v>444</v>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I112" s="3" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="J112" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K112" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L112" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M112" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
         <v>19381817600037</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="2" t="s">
+        <v>443</v>
+      </c>
+      <c r="D113" s="2" t="s">
+        <v>444</v>
+      </c>
+      <c r="E113" s="2" t="s">
+        <v>445</v>
+      </c>
+      <c r="F113" s="2" t="s">
         <v>446</v>
-      </c>
-[...7 lines deleted...]
-        <v>449</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I113" s="3">
         <v>82380455638</v>
       </c>
       <c r="J113" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K113" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L113" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M113" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
         <v>19381819200026</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="2" t="s">
+        <v>447</v>
+      </c>
+      <c r="D114" s="2" t="s">
+        <v>448</v>
+      </c>
+      <c r="E114" s="2" t="s">
+        <v>449</v>
+      </c>
+      <c r="F114" s="2" t="s">
         <v>450</v>
-      </c>
-[...7 lines deleted...]
-        <v>453</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I114" s="3" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="J114" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K114" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L114" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M114" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
         <v>19390810000012</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>455</v>
+        <v>452</v>
       </c>
       <c r="D115" s="2" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
       <c r="E115" s="2" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="I115" s="3" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="J115" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K115" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L115" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M115" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
         <v>19400750600026</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="2" t="s">
+        <v>456</v>
+      </c>
+      <c r="D116" s="2" t="s">
+        <v>457</v>
+      </c>
+      <c r="E116" s="2" t="s">
+        <v>458</v>
+      </c>
+      <c r="F116" s="2" t="s">
         <v>459</v>
-      </c>
-[...7 lines deleted...]
-        <v>462</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I116" s="3" t="s">
-        <v>463</v>
+        <v>460</v>
       </c>
       <c r="J116" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K116" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L116" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M116" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
         <v>19410018600015</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>464</v>
+        <v>461</v>
       </c>
       <c r="D117" s="2" t="s">
-        <v>465</v>
+        <v>462</v>
       </c>
       <c r="E117" s="2" t="s">
-        <v>466</v>
+        <v>463</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="I117" s="3">
         <v>24410173341</v>
       </c>
       <c r="J117" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K117" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L117" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M117" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
         <v>19421088600017</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c r="D118" s="2" t="s">
-        <v>468</v>
+        <v>465</v>
       </c>
       <c r="E118" s="2" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="I118" s="3" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
       <c r="J118" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K118" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L118" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M118" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
         <v>19421210600026</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
       <c r="D119" s="2" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="E119" s="2" t="s">
-        <v>472</v>
+        <v>469</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>473</v>
+        <v>470</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I119" s="3" t="s">
-        <v>474</v>
+        <v>471</v>
       </c>
       <c r="J119" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K119" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L119" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M119" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
         <v>19430112300064</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="D120" s="2" t="s">
+        <v>473</v>
+      </c>
+      <c r="E120" s="2" t="s">
+        <v>474</v>
+      </c>
+      <c r="F120" s="2" t="s">
         <v>475</v>
-      </c>
-[...7 lines deleted...]
-        <v>478</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I120" s="3" t="s">
-        <v>479</v>
+        <v>476</v>
       </c>
       <c r="J120" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K120" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L120" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M120" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
         <v>19430113100026</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="D121" s="2" t="s">
-        <v>481</v>
+        <v>478</v>
       </c>
       <c r="E121" s="2" t="s">
-        <v>482</v>
+        <v>479</v>
       </c>
       <c r="F121" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I121" s="3" t="s">
-        <v>483</v>
+        <v>480</v>
       </c>
       <c r="J121" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K121" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L121" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M121" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
         <v>19442061800069</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="2" t="s">
+        <v>481</v>
+      </c>
+      <c r="D122" s="2" t="s">
+        <v>482</v>
+      </c>
+      <c r="E122" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="F122" s="2" t="s">
         <v>484</v>
-      </c>
-[...7 lines deleted...]
-        <v>487</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I122" s="3">
         <v>52440418844</v>
       </c>
       <c r="J122" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K122" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L122" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M122" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
         <v>19450094800048</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C123" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="D123" s="2" t="s">
+        <v>486</v>
+      </c>
+      <c r="E123" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="F123" s="2" t="s">
         <v>488</v>
-      </c>
-[...7 lines deleted...]
-        <v>491</v>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="I123" s="3" t="s">
-        <v>492</v>
+        <v>489</v>
       </c>
       <c r="J123" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K123" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L123" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M123" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
         <v>19470019100050</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="D124" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="E124" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="F124" s="2" t="s">
         <v>493</v>
-      </c>
-[...7 lines deleted...]
-        <v>496</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I124" s="3" t="s">
-        <v>497</v>
+        <v>494</v>
       </c>
       <c r="J124" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K124" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L124" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M124" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
         <v>19480514900011</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>498</v>
+        <v>495</v>
       </c>
       <c r="D125" s="2" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="E125" s="2" t="s">
-        <v>500</v>
+        <v>497</v>
       </c>
       <c r="F125" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="I125" s="3" t="s">
-        <v>501</v>
+        <v>498</v>
       </c>
       <c r="J125" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K125" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L125" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M125" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
         <v>19490946100049</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="2" t="s">
+        <v>499</v>
+      </c>
+      <c r="D126" s="2" t="s">
+        <v>500</v>
+      </c>
+      <c r="E126" s="2" t="s">
+        <v>501</v>
+      </c>
+      <c r="F126" s="2" t="s">
         <v>502</v>
-      </c>
-[...7 lines deleted...]
-        <v>505</v>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I126" s="3">
         <v>52490194149</v>
       </c>
       <c r="J126" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K126" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L126" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M126" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
         <v>19490963600012</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="D127" s="2" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="E127" s="2" t="s">
-        <v>508</v>
+        <v>505</v>
       </c>
       <c r="F127" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="I127" s="3">
         <v>52490194249</v>
       </c>
       <c r="J127" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K127" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L127" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M127" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
         <v>19501213300060</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>509</v>
+        <v>506</v>
       </c>
       <c r="D128" s="2" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="E128" s="2" t="s">
-        <v>510</v>
+        <v>507</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I128" s="3" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="J128" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K128" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L128" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M128" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
         <v>19511196800036</v>
       </c>
       <c r="B129" s="2" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C129" s="2" t="s">
+        <v>509</v>
+      </c>
+      <c r="D129" s="2" t="s">
+        <v>510</v>
+      </c>
+      <c r="E129" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="F129" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="G129" s="2" t="s">
         <v>512</v>
       </c>
-      <c r="D129" s="2" t="s">
-[...8 lines deleted...]
-      <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
-        <v>266</v>
-[...3 lines deleted...]
-      </c>
+        <v>263</v>
+      </c>
+      <c r="I129" s="3"/>
       <c r="J129" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K129" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L129" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M129" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
         <v>19511219800047</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C130" s="2" t="s">
+        <v>513</v>
+      </c>
+      <c r="D130" s="2" t="s">
+        <v>514</v>
+      </c>
+      <c r="E130" s="2" t="s">
+        <v>515</v>
+      </c>
+      <c r="F130" s="2" t="s">
         <v>516</v>
-      </c>
-[...7 lines deleted...]
-        <v>519</v>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I130" s="3" t="s">
-        <v>520</v>
+        <v>517</v>
       </c>
       <c r="J130" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K130" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L130" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M130" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
         <v>19520727900017</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>521</v>
+        <v>518</v>
       </c>
       <c r="D131" s="2" t="s">
-        <v>522</v>
+        <v>519</v>
       </c>
       <c r="E131" s="2" t="s">
-        <v>523</v>
+        <v>520</v>
       </c>
       <c r="F131" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="I131" s="3" t="s">
-        <v>524</v>
+        <v>521</v>
       </c>
       <c r="J131" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K131" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L131" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M131" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
         <v>19530081900016</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>525</v>
+        <v>522</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="s">
-        <v>526</v>
+        <v>523</v>
       </c>
       <c r="F132" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="I132" s="3">
         <v>52530049153</v>
       </c>
       <c r="J132" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K132" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L132" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M132" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
         <v>19550752000011</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>527</v>
+        <v>524</v>
       </c>
       <c r="D133" s="2" t="s">
-        <v>528</v>
+        <v>525</v>
       </c>
       <c r="E133" s="2" t="s">
-        <v>529</v>
+        <v>526</v>
       </c>
       <c r="F133" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="I133" s="3" t="s">
-        <v>530</v>
+        <v>527</v>
       </c>
       <c r="J133" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K133" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L133" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M133" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
         <v>19570086900017</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>531</v>
+        <v>528</v>
       </c>
       <c r="D134" s="2" t="s">
-        <v>532</v>
+        <v>529</v>
       </c>
       <c r="E134" s="2" t="s">
-        <v>533</v>
+        <v>530</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="I134" s="3" t="s">
-        <v>534</v>
+        <v>531</v>
       </c>
       <c r="J134" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K134" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L134" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M134" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
         <v>19580055200059</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C135" s="2" t="s">
+        <v>532</v>
+      </c>
+      <c r="D135" s="2" t="s">
+        <v>533</v>
+      </c>
+      <c r="E135" s="2" t="s">
+        <v>534</v>
+      </c>
+      <c r="F135" s="2" t="s">
         <v>535</v>
-      </c>
-[...7 lines deleted...]
-        <v>538</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I135" s="3" t="s">
-        <v>539</v>
+        <v>536</v>
       </c>
       <c r="J135" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K135" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L135" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M135" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
         <v>19580101400026</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C136" s="2" t="s">
+        <v>537</v>
+      </c>
+      <c r="D136" s="2" t="s">
+        <v>538</v>
+      </c>
+      <c r="E136" s="2" t="s">
+        <v>539</v>
+      </c>
+      <c r="F136" s="2" t="s">
         <v>540</v>
-      </c>
-[...7 lines deleted...]
-        <v>543</v>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I136" s="3" t="s">
-        <v>544</v>
+        <v>541</v>
       </c>
       <c r="J136" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K136" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L136" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M136" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
         <v>19593255300082</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C137" s="2" t="s">
+        <v>542</v>
+      </c>
+      <c r="D137" s="2" t="s">
+        <v>543</v>
+      </c>
+      <c r="E137" s="2" t="s">
+        <v>544</v>
+      </c>
+      <c r="F137" s="2" t="s">
         <v>545</v>
-      </c>
-[...7 lines deleted...]
-        <v>548</v>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I137" s="3" t="s">
-        <v>549</v>
+        <v>546</v>
       </c>
       <c r="J137" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K137" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L137" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M137" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
         <v>19593395700035</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C138" s="2" t="s">
+        <v>547</v>
+      </c>
+      <c r="D138" s="2" t="s">
+        <v>548</v>
+      </c>
+      <c r="E138" s="2" t="s">
+        <v>549</v>
+      </c>
+      <c r="F138" s="2" t="s">
         <v>550</v>
-      </c>
-[...7 lines deleted...]
-        <v>553</v>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I138" s="3" t="s">
-        <v>554</v>
+        <v>551</v>
       </c>
       <c r="J138" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K138" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L138" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M138" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
         <v>19601265200018</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>555</v>
+        <v>552</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
-        <v>556</v>
+        <v>553</v>
       </c>
       <c r="F139" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="I139" s="3">
         <v>32600319260</v>
       </c>
       <c r="J139" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K139" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L139" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M139" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
         <v>19601782600021</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C140" s="2" t="s">
+        <v>554</v>
+      </c>
+      <c r="D140" s="2" t="s">
+        <v>555</v>
+      </c>
+      <c r="E140" s="2" t="s">
+        <v>556</v>
+      </c>
+      <c r="F140" s="2" t="s">
         <v>557</v>
-      </c>
-[...7 lines deleted...]
-        <v>560</v>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I140" s="3" t="s">
-        <v>561</v>
+        <v>558</v>
       </c>
       <c r="J140" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K140" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L140" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M140" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
         <v>19610790800036</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C141" s="2" t="s">
+        <v>559</v>
+      </c>
+      <c r="D141" s="2" t="s">
+        <v>560</v>
+      </c>
+      <c r="E141" s="2" t="s">
+        <v>561</v>
+      </c>
+      <c r="F141" s="2" t="s">
         <v>562</v>
-      </c>
-[...7 lines deleted...]
-        <v>565</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I141" s="3" t="s">
-        <v>566</v>
+        <v>563</v>
       </c>
       <c r="J141" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K141" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L141" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M141" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
         <v>19622257400028</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>567</v>
+        <v>564</v>
       </c>
       <c r="D142" s="2" t="s">
-        <v>568</v>
+        <v>565</v>
       </c>
       <c r="E142" s="2" t="s">
-        <v>569</v>
+        <v>566</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I142" s="3" t="s">
-        <v>570</v>
+        <v>567</v>
       </c>
       <c r="J142" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K142" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L142" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M142" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="1">
         <v>19630984300031</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C143" s="2" t="s">
+        <v>568</v>
+      </c>
+      <c r="D143" s="2" t="s">
+        <v>569</v>
+      </c>
+      <c r="E143" s="2" t="s">
+        <v>570</v>
+      </c>
+      <c r="F143" s="2" t="s">
         <v>571</v>
-      </c>
-[...7 lines deleted...]
-        <v>574</v>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I143" s="3" t="s">
-        <v>575</v>
+        <v>572</v>
       </c>
       <c r="J143" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K143" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L143" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M143" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" s="1">
         <v>19640220000022</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>576</v>
+        <v>573</v>
       </c>
       <c r="D144" s="2" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="E144" s="2" t="s">
-        <v>577</v>
+        <v>574</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>578</v>
+        <v>575</v>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I144" s="3" t="s">
-        <v>579</v>
+        <v>576</v>
       </c>
       <c r="J144" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K144" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L144" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M144" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" s="1">
         <v>19650139900030</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C145" s="2" t="s">
+        <v>577</v>
+      </c>
+      <c r="D145" s="2" t="s">
+        <v>578</v>
+      </c>
+      <c r="E145" s="2" t="s">
+        <v>579</v>
+      </c>
+      <c r="F145" s="2" t="s">
         <v>580</v>
-      </c>
-[...7 lines deleted...]
-        <v>583</v>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I145" s="3" t="s">
-        <v>584</v>
+        <v>581</v>
       </c>
       <c r="J145" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K145" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L145" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M145" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" s="1">
         <v>19660699000048</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>585</v>
+        <v>582</v>
       </c>
       <c r="D146" s="2" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="E146" s="2" t="s">
-        <v>586</v>
+        <v>583</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>587</v>
+        <v>584</v>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I146" s="3" t="s">
-        <v>588</v>
+        <v>585</v>
       </c>
       <c r="J146" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K146" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L146" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M146" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" s="1">
         <v>19671685600048</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C147" s="2" t="s">
+        <v>586</v>
+      </c>
+      <c r="D147" s="2" t="s">
+        <v>587</v>
+      </c>
+      <c r="E147" s="2" t="s">
+        <v>588</v>
+      </c>
+      <c r="F147" s="2" t="s">
         <v>589</v>
-      </c>
-[...7 lines deleted...]
-        <v>592</v>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I147" s="3" t="s">
-        <v>593</v>
+        <v>590</v>
       </c>
       <c r="J147" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K147" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L147" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M147" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" s="1">
         <v>19680003100037</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>594</v>
+        <v>591</v>
       </c>
       <c r="D148" s="2" t="s">
-        <v>595</v>
+        <v>592</v>
       </c>
       <c r="E148" s="2" t="s">
-        <v>596</v>
+        <v>593</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>538</v>
+        <v>535</v>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I148" s="3" t="s">
-        <v>597</v>
+        <v>594</v>
       </c>
       <c r="J148" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K148" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L148" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M148" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" s="1">
         <v>19690250600035</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>598</v>
+        <v>595</v>
       </c>
       <c r="D149" s="2" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="E149" s="2" t="s">
-        <v>600</v>
+        <v>597</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I149" s="3">
         <v>84691703069</v>
       </c>
       <c r="J149" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K149" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L149" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M149" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" s="1">
         <v>19700827900022</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>601</v>
+        <v>598</v>
       </c>
       <c r="D150" s="2" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="E150" s="2" t="s">
-        <v>602</v>
+        <v>599</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I150" s="3" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="J150" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K150" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L150" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M150" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" s="1">
         <v>19711067900036</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C151" s="2" t="s">
+        <v>601</v>
+      </c>
+      <c r="D151" s="2" t="s">
+        <v>602</v>
+      </c>
+      <c r="E151" s="2" t="s">
+        <v>603</v>
+      </c>
+      <c r="F151" s="2" t="s">
         <v>604</v>
-      </c>
-[...7 lines deleted...]
-        <v>607</v>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I151" s="3">
         <v>27710257271</v>
       </c>
       <c r="J151" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K151" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L151" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M151" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" s="1">
         <v>19711068700054</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C152" s="2" t="s">
+        <v>605</v>
+      </c>
+      <c r="D152" s="2" t="s">
+        <v>606</v>
+      </c>
+      <c r="E152" s="2" t="s">
+        <v>607</v>
+      </c>
+      <c r="F152" s="2" t="s">
         <v>608</v>
-      </c>
-[...7 lines deleted...]
-        <v>611</v>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I152" s="3" t="s">
-        <v>612</v>
+        <v>609</v>
       </c>
       <c r="J152" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K152" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L152" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M152" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153" s="1">
         <v>19720010800011</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>613</v>
+        <v>610</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="s">
-        <v>614</v>
+        <v>611</v>
       </c>
       <c r="F153" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G153" s="2"/>
       <c r="H153" s="2" t="s">
-        <v>615</v>
+        <v>612</v>
       </c>
       <c r="I153" s="3">
         <v>52720100572</v>
       </c>
       <c r="J153" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K153" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L153" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M153" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="154" spans="1:13">
       <c r="A154" s="1">
         <v>19730813300010</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>616</v>
+        <v>613</v>
       </c>
       <c r="D154" s="2" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="E154" s="2" t="s">
-        <v>618</v>
+        <v>615</v>
       </c>
       <c r="F154" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G154" s="2"/>
       <c r="H154" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="I154" s="3" t="s">
-        <v>619</v>
+        <v>616</v>
       </c>
       <c r="J154" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K154" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L154" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M154" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="155" spans="1:13">
       <c r="A155" s="1">
         <v>19740276100013</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>620</v>
+        <v>617</v>
       </c>
       <c r="D155" s="2" t="s">
-        <v>621</v>
+        <v>618</v>
       </c>
       <c r="E155" s="2" t="s">
-        <v>622</v>
+        <v>619</v>
       </c>
       <c r="F155" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G155" s="2"/>
       <c r="H155" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="I155" s="3" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
       <c r="J155" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K155" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L155" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M155" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="156" spans="1:13">
       <c r="A156" s="1">
         <v>19761315100020</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C156" s="2" t="s">
+        <v>621</v>
+      </c>
+      <c r="D156" s="2" t="s">
+        <v>622</v>
+      </c>
+      <c r="E156" s="2" t="s">
+        <v>623</v>
+      </c>
+      <c r="F156" s="2" t="s">
         <v>624</v>
-      </c>
-[...7 lines deleted...]
-        <v>627</v>
       </c>
       <c r="G156" s="2"/>
       <c r="H156" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I156" s="3">
         <v>28760601576</v>
       </c>
       <c r="J156" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K156" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L156" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M156" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="157" spans="1:13">
       <c r="A157" s="1">
         <v>19761315100111</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>624</v>
+        <v>621</v>
       </c>
       <c r="D157" s="2" t="s">
-        <v>628</v>
+        <v>625</v>
       </c>
       <c r="E157" s="2" t="s">
-        <v>629</v>
+        <v>626</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>630</v>
+        <v>627</v>
       </c>
       <c r="G157" s="2"/>
       <c r="H157" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I157" s="3">
         <v>28760601576</v>
       </c>
       <c r="J157" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K157" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L157" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M157" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="158" spans="1:13">
       <c r="A158" s="1">
         <v>19771436300011</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>631</v>
+        <v>628</v>
       </c>
       <c r="D158" s="2" t="s">
-        <v>632</v>
+        <v>629</v>
       </c>
       <c r="E158" s="2" t="s">
-        <v>633</v>
+        <v>630</v>
       </c>
       <c r="F158" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G158" s="2"/>
       <c r="H158" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="I158" s="3" t="s">
-        <v>634</v>
+        <v>631</v>
       </c>
       <c r="J158" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K158" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L158" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M158" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="159" spans="1:13">
       <c r="A159" s="1">
         <v>19780004800039</v>
       </c>
       <c r="B159" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>635</v>
+        <v>632</v>
       </c>
       <c r="D159" s="2" t="s">
-        <v>636</v>
+        <v>633</v>
       </c>
       <c r="E159" s="2" t="s">
-        <v>637</v>
+        <v>634</v>
       </c>
       <c r="F159" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G159" s="2"/>
       <c r="H159" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I159" s="3">
         <v>11788184678</v>
       </c>
       <c r="J159" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K159" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L159" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M159" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="160" spans="1:13">
       <c r="A160" s="1">
         <v>19790768600020</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>638</v>
+        <v>635</v>
       </c>
       <c r="D160" s="2" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="E160" s="2" t="s">
-        <v>639</v>
+        <v>636</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="G160" s="2"/>
       <c r="H160" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I160" s="3" t="s">
-        <v>640</v>
+        <v>637</v>
       </c>
       <c r="J160" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K160" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L160" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M160" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="161" spans="1:13">
       <c r="A161" s="1">
         <v>19801272600016</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>641</v>
+        <v>638</v>
       </c>
       <c r="D161" s="2"/>
       <c r="E161" s="2" t="s">
-        <v>642</v>
+        <v>639</v>
       </c>
       <c r="F161" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G161" s="2"/>
       <c r="H161" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="I161" s="3" t="s">
-        <v>643</v>
+        <v>640</v>
       </c>
       <c r="J161" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K161" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L161" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M161" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="162" spans="1:13">
       <c r="A162" s="1">
         <v>19801335100012</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>644</v>
+        <v>641</v>
       </c>
       <c r="D162" s="2"/>
       <c r="E162" s="2" t="s">
-        <v>645</v>
+        <v>642</v>
       </c>
       <c r="F162" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G162" s="2"/>
       <c r="H162" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="I162" s="3" t="s">
-        <v>646</v>
+        <v>643</v>
       </c>
       <c r="J162" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K162" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L162" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M162" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="163" spans="1:13">
       <c r="A163" s="1">
         <v>19810121400023</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>647</v>
+        <v>644</v>
       </c>
       <c r="D163" s="2" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
       <c r="E163" s="2" t="s">
-        <v>649</v>
+        <v>646</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="G163" s="2"/>
       <c r="H163" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I163" s="3" t="s">
-        <v>650</v>
+        <v>647</v>
       </c>
       <c r="J163" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K163" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L163" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M163" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="164" spans="1:13">
       <c r="A164" s="1">
         <v>19820559300074</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>651</v>
+        <v>648</v>
       </c>
       <c r="D164" s="2" t="s">
-        <v>652</v>
+        <v>649</v>
       </c>
       <c r="E164" s="2" t="s">
-        <v>653</v>
+        <v>650</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>553</v>
+        <v>550</v>
       </c>
       <c r="G164" s="2"/>
       <c r="H164" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I164" s="3" t="s">
-        <v>654</v>
+        <v>651</v>
       </c>
       <c r="J164" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K164" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L164" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M164" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="165" spans="1:13">
       <c r="A165" s="1">
         <v>19830077400025</v>
       </c>
       <c r="B165" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C165" s="2" t="s">
+        <v>652</v>
+      </c>
+      <c r="D165" s="2" t="s">
+        <v>653</v>
+      </c>
+      <c r="E165" s="2" t="s">
+        <v>654</v>
+      </c>
+      <c r="F165" s="2" t="s">
         <v>655</v>
-      </c>
-[...7 lines deleted...]
-        <v>658</v>
       </c>
       <c r="G165" s="2"/>
       <c r="H165" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I165" s="3" t="s">
-        <v>659</v>
+        <v>656</v>
       </c>
       <c r="J165" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K165" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L165" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M165" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="166" spans="1:13">
       <c r="A166" s="1">
         <v>19840607600010</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>660</v>
+        <v>657</v>
       </c>
       <c r="D166" s="2" t="s">
-        <v>661</v>
+        <v>658</v>
       </c>
       <c r="E166" s="2" t="s">
-        <v>662</v>
+        <v>659</v>
       </c>
       <c r="F166" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G166" s="2"/>
       <c r="H166" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="I166" s="3" t="s">
-        <v>663</v>
+        <v>660</v>
       </c>
       <c r="J166" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K166" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L166" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M166" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="167" spans="1:13">
       <c r="A167" s="1">
         <v>19850144700033</v>
       </c>
       <c r="B167" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>664</v>
+        <v>661</v>
       </c>
       <c r="D167" s="2" t="s">
-        <v>665</v>
+        <v>662</v>
       </c>
       <c r="E167" s="2" t="s">
-        <v>666</v>
+        <v>663</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="G167" s="2"/>
       <c r="H167" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I167" s="3">
         <v>52850109685</v>
       </c>
       <c r="J167" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K167" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L167" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M167" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="168" spans="1:13">
       <c r="A168" s="1">
         <v>19860718600022</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C168" s="2" t="s">
+        <v>664</v>
+      </c>
+      <c r="D168" s="2" t="s">
+        <v>665</v>
+      </c>
+      <c r="E168" s="2" t="s">
+        <v>666</v>
+      </c>
+      <c r="F168" s="2" t="s">
         <v>667</v>
-      </c>
-[...7 lines deleted...]
-        <v>670</v>
       </c>
       <c r="G168" s="2"/>
       <c r="H168" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I168" s="3" t="s">
-        <v>671</v>
+        <v>668</v>
       </c>
       <c r="J168" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K168" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L168" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M168" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="169" spans="1:13">
       <c r="A169" s="1">
         <v>19890045800045</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C169" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="D169" s="2" t="s">
+        <v>670</v>
+      </c>
+      <c r="E169" s="2" t="s">
+        <v>671</v>
+      </c>
+      <c r="F169" s="2" t="s">
         <v>672</v>
-      </c>
-[...7 lines deleted...]
-        <v>675</v>
       </c>
       <c r="G169" s="2"/>
       <c r="H169" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I169" s="3" t="s">
-        <v>676</v>
+        <v>673</v>
       </c>
       <c r="J169" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K169" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L169" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M169" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="170" spans="1:13">
       <c r="A170" s="1">
         <v>19900246000012</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>677</v>
+        <v>674</v>
       </c>
       <c r="D170" s="2" t="s">
-        <v>678</v>
+        <v>675</v>
       </c>
       <c r="E170" s="2" t="s">
-        <v>679</v>
+        <v>676</v>
       </c>
       <c r="F170" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G170" s="2"/>
       <c r="H170" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="I170" s="3" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="J170" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K170" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L170" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M170" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="171" spans="1:13">
       <c r="A171" s="1">
         <v>19971804000058</v>
       </c>
       <c r="B171" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>601</v>
+        <v>598</v>
       </c>
       <c r="D171" s="2" t="s">
-        <v>681</v>
+        <v>678</v>
       </c>
       <c r="E171" s="2" t="s">
-        <v>682</v>
+        <v>679</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="G171" s="2"/>
       <c r="H171" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I171" s="3" t="s">
-        <v>684</v>
+        <v>681</v>
       </c>
       <c r="J171" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K171" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L171" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M171" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="172" spans="1:13">
       <c r="A172" s="1">
         <v>19972518500060</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="D172" s="2" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="E172" s="2" t="s">
-        <v>687</v>
+        <v>684</v>
       </c>
       <c r="F172" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G172" s="2"/>
       <c r="H172" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I172" s="3" t="s">
-        <v>688</v>
+        <v>685</v>
       </c>
       <c r="J172" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K172" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L172" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M172" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="173" spans="1:13">
       <c r="A173" s="1">
         <v>19972616700026</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C173" s="2" t="s">
+        <v>686</v>
+      </c>
+      <c r="D173" s="2" t="s">
+        <v>687</v>
+      </c>
+      <c r="E173" s="2" t="s">
+        <v>688</v>
+      </c>
+      <c r="F173" s="2" t="s">
         <v>689</v>
-      </c>
-[...7 lines deleted...]
-        <v>692</v>
       </c>
       <c r="G173" s="2"/>
       <c r="H173" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I173" s="3" t="s">
-        <v>693</v>
+        <v>690</v>
       </c>
       <c r="J173" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K173" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L173" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M173" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="174" spans="1:13">
       <c r="A174" s="1">
         <v>19972616700034</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C174" s="2" t="s">
+        <v>686</v>
+      </c>
+      <c r="D174" s="2" t="s">
+        <v>691</v>
+      </c>
+      <c r="E174" s="2" t="s">
+        <v>692</v>
+      </c>
+      <c r="F174" s="2" t="s">
         <v>689</v>
-      </c>
-[...7 lines deleted...]
-        <v>692</v>
       </c>
       <c r="G174" s="2"/>
       <c r="H174" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I174" s="3" t="s">
-        <v>693</v>
+        <v>690</v>
       </c>
       <c r="J174" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K174" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L174" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M174" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="175" spans="1:13">
       <c r="A175" s="1">
         <v>19973021900045</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>696</v>
+        <v>693</v>
       </c>
       <c r="D175" s="2" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="E175" s="2" t="s">
-        <v>697</v>
+        <v>694</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="G175" s="2"/>
       <c r="H175" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I175" s="3">
         <v>96973035097</v>
       </c>
       <c r="J175" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K175" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L175" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M175" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="176" spans="1:13">
       <c r="A176" s="1">
         <v>19974098600054</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>699</v>
+        <v>696</v>
       </c>
       <c r="D176" s="2" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="E176" s="2" t="s">
-        <v>700</v>
+        <v>697</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>701</v>
+        <v>698</v>
       </c>
       <c r="G176" s="2"/>
       <c r="H176" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I176" s="3">
         <v>98970035397</v>
       </c>
       <c r="J176" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K176" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L176" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M176" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="177" spans="1:13">
       <c r="A177" s="1">
         <v>20000528800010</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>702</v>
+        <v>699</v>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>704</v>
+        <v>701</v>
       </c>
       <c r="G177" s="2"/>
       <c r="H177" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="I177" s="3" t="s">
-        <v>705</v>
+        <v>702</v>
       </c>
       <c r="J177" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K177" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L177" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M177" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="178" spans="1:13">
       <c r="A178" s="1">
         <v>20000746600069</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C178" s="2" t="s">
+        <v>703</v>
+      </c>
+      <c r="D178" s="2" t="s">
+        <v>704</v>
+      </c>
+      <c r="E178" s="2" t="s">
+        <v>705</v>
+      </c>
+      <c r="F178" s="2" t="s">
         <v>706</v>
-      </c>
-[...7 lines deleted...]
-        <v>709</v>
       </c>
       <c r="G178" s="2"/>
       <c r="H178" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I178" s="3" t="s">
-        <v>710</v>
+        <v>707</v>
       </c>
       <c r="J178" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K178" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L178" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M178" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="179" spans="1:13">
       <c r="A179" s="1">
         <v>20008180000019</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>711</v>
+        <v>708</v>
       </c>
       <c r="D179" s="2"/>
       <c r="E179" s="2" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>713</v>
+        <v>710</v>
       </c>
       <c r="G179" s="2"/>
       <c r="H179" s="2" t="s">
-        <v>714</v>
+        <v>711</v>
       </c>
       <c r="I179" s="3">
         <v>11755850975</v>
       </c>
       <c r="J179" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K179" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L179" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M179" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="180" spans="1:13">
       <c r="A180" s="1">
         <v>25340144200012</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2" t="s">
-        <v>716</v>
+        <v>713</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>717</v>
+        <v>714</v>
       </c>
       <c r="G180" s="2"/>
       <c r="H180" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I180" s="3">
         <v>76340900734</v>
       </c>
       <c r="J180" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K180" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L180" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M180" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="181" spans="1:13">
       <c r="A181" s="1">
-        <v>34234228400011</v>
+        <v>30081951300031</v>
       </c>
       <c r="B181" s="2" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2" t="s">
+        <v>716</v>
+      </c>
+      <c r="F181" s="2" t="s">
+        <v>717</v>
+      </c>
+      <c r="G181" s="2" t="s">
+        <v>718</v>
+      </c>
+      <c r="H181" s="2" t="s">
         <v>719</v>
-      </c>
-[...5 lines deleted...]
-        <v>721</v>
       </c>
       <c r="I181" s="3"/>
       <c r="J181" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K181" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L181" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M181" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="182" spans="1:13">
       <c r="A182" s="1">
-        <v>34238263700011</v>
+        <v>30185924500062</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>722</v>
+        <v>720</v>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2" t="s">
-        <v>723</v>
+        <v>721</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>724</v>
+        <v>722</v>
       </c>
       <c r="G182" s="2"/>
       <c r="H182" s="2" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="I182" s="3">
-        <v>52490003849</v>
+        <v>91340245234</v>
       </c>
       <c r="J182" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="K182" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="L182" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="M182" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="183" spans="1:13">
       <c r="A183" s="1">
-        <v>34978307600087</v>
+        <v>30286824500010</v>
       </c>
       <c r="B183" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C183" s="2" t="s">
-        <v>725</v>
+        <v>723</v>
       </c>
       <c r="D183" s="2"/>
       <c r="E183" s="2" t="s">
-        <v>726</v>
+        <v>724</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>727</v>
+        <v>17</v>
       </c>
       <c r="G183" s="2"/>
       <c r="H183" s="2" t="s">
-        <v>728</v>
-[...1 lines deleted...]
-      <c r="I183" s="3"/>
+        <v>257</v>
+      </c>
+      <c r="I183" s="3">
+        <v>21510123251</v>
+      </c>
       <c r="J183" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K183" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="L183" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M183" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="184" spans="1:13">
       <c r="A184" s="1">
-        <v>35124920600019</v>
+        <v>30293143100019</v>
       </c>
       <c r="B184" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C184" s="2" t="s">
-        <v>729</v>
+        <v>725</v>
       </c>
       <c r="D184" s="2"/>
       <c r="E184" s="2" t="s">
-        <v>730</v>
+        <v>726</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>731</v>
+        <v>17</v>
       </c>
       <c r="G184" s="2"/>
       <c r="H184" s="2" t="s">
-        <v>732</v>
+        <v>257</v>
       </c>
       <c r="I184" s="3">
-        <v>54790024579</v>
+        <v>82691132569</v>
       </c>
       <c r="J184" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K184" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="L184" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M184" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="185" spans="1:13">
       <c r="A185" s="1">
-        <v>35193688500042</v>
+        <v>30352831900013</v>
       </c>
       <c r="B185" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>733</v>
+        <v>727</v>
       </c>
       <c r="D185" s="2"/>
       <c r="E185" s="2" t="s">
-        <v>734</v>
+        <v>728</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>735</v>
+        <v>17</v>
       </c>
       <c r="G185" s="2"/>
       <c r="H185" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I185" s="3">
-        <v>24450043245</v>
+        <v>43250040425</v>
       </c>
       <c r="J185" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K185" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L185" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M185" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="186" spans="1:13">
       <c r="A186" s="1">
-        <v>37892029200026</v>
+        <v>30438251800013</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>736</v>
+        <v>729</v>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2" t="s">
-        <v>737</v>
+        <v>730</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>738</v>
+        <v>17</v>
       </c>
       <c r="G186" s="2"/>
       <c r="H186" s="2" t="s">
-        <v>739</v>
+        <v>263</v>
       </c>
       <c r="I186" s="3">
-        <v>53220831022</v>
+        <v>21510003551</v>
       </c>
       <c r="J186" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K186" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L186" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M186" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="187" spans="1:13">
       <c r="A187" s="1">
-        <v>37940194600015</v>
+        <v>30754662200019</v>
       </c>
       <c r="B187" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>740</v>
+        <v>731</v>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2" t="s">
-        <v>223</v>
+        <v>732</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>741</v>
+        <v>17</v>
       </c>
       <c r="G187" s="2"/>
       <c r="H187" s="2" t="s">
-        <v>732</v>
+        <v>257</v>
       </c>
       <c r="I187" s="3">
-        <v>73820000282</v>
+        <v>53290326929</v>
       </c>
       <c r="J187" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K187" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="L187" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M187" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="188" spans="1:13">
       <c r="A188" s="1">
-        <v>38397319500019</v>
+        <v>31015997500039</v>
       </c>
       <c r="B188" s="2" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>742</v>
+        <v>733</v>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2" t="s">
-        <v>743</v>
+        <v>734</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>744</v>
-[...3 lines deleted...]
-      </c>
+        <v>735</v>
+      </c>
+      <c r="G188" s="2"/>
       <c r="H188" s="2" t="s">
-        <v>746</v>
-[...1 lines deleted...]
-      <c r="I188" s="3"/>
+        <v>736</v>
+      </c>
+      <c r="I188" s="3">
+        <v>93130483113</v>
+      </c>
       <c r="J188" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K188" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L188" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M188" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="189" spans="1:13">
       <c r="A189" s="1">
-        <v>38440613800022</v>
+        <v>31138229500013</v>
       </c>
       <c r="B189" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C189" s="2" t="s">
-        <v>747</v>
-[...3 lines deleted...]
-      </c>
+        <v>737</v>
+      </c>
+      <c r="D189" s="2"/>
       <c r="E189" s="2" t="s">
-        <v>749</v>
+        <v>738</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>750</v>
+        <v>17</v>
       </c>
       <c r="G189" s="2"/>
       <c r="H189" s="2" t="s">
-        <v>751</v>
+        <v>257</v>
       </c>
       <c r="I189" s="3">
-        <v>53351057435</v>
+        <v>72400086640</v>
       </c>
       <c r="J189" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K189" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="L189" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M189" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="190" spans="1:13">
       <c r="A190" s="1">
-        <v>38466091600014</v>
+        <v>31238221100018</v>
       </c>
       <c r="B190" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C190" s="2" t="s">
-        <v>752</v>
+        <v>739</v>
       </c>
       <c r="D190" s="2"/>
       <c r="E190" s="2" t="s">
-        <v>753</v>
+        <v>740</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>754</v>
+        <v>741</v>
       </c>
       <c r="G190" s="2"/>
       <c r="H190" s="2" t="s">
-        <v>732</v>
+        <v>263</v>
       </c>
       <c r="I190" s="3">
-        <v>93050012705</v>
+        <v>43700007070</v>
       </c>
       <c r="J190" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K190" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="L190" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="M190" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="191" spans="1:13">
       <c r="A191" s="1">
-        <v>38752624700029</v>
+        <v>31266699300026</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>755</v>
+        <v>742</v>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2" t="s">
-        <v>756</v>
+        <v>743</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>757</v>
+        <v>356</v>
       </c>
       <c r="G191" s="2"/>
       <c r="H191" s="2" t="s">
-        <v>758</v>
+        <v>744</v>
       </c>
       <c r="I191" s="3">
-        <v>72640097164</v>
+        <v>82010133801</v>
       </c>
       <c r="J191" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K191" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="L191" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M191" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="192" spans="1:13">
       <c r="A192" s="1">
-        <v>38848807400021</v>
+        <v>31350031600010</v>
       </c>
       <c r="B192" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C192" s="2" t="s">
-        <v>759</v>
+        <v>745</v>
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2" t="s">
-        <v>760</v>
+        <v>746</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>761</v>
+        <v>741</v>
       </c>
       <c r="G192" s="2"/>
       <c r="H192" s="2" t="s">
-        <v>762</v>
+        <v>257</v>
       </c>
       <c r="I192" s="3">
-        <v>11940690394</v>
+        <v>31620042362</v>
       </c>
       <c r="J192" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K192" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="L192" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="M192" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="193" spans="1:13">
       <c r="A193" s="1">
-        <v>38881118400026</v>
+        <v>31639182000016</v>
       </c>
       <c r="B193" s="2" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C193" s="2" t="s">
-        <v>763</v>
+        <v>747</v>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2" t="s">
-        <v>764</v>
+        <v>748</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>765</v>
-[...1 lines deleted...]
-      <c r="G193" s="2"/>
+        <v>749</v>
+      </c>
+      <c r="G193" s="2" t="s">
+        <v>750</v>
+      </c>
       <c r="H193" s="2" t="s">
-        <v>260</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="I193" s="3"/>
       <c r="J193" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K193" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L193" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="M193" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="194" spans="1:13">
       <c r="A194" s="1">
-        <v>39048270100013</v>
+        <v>31705055700014</v>
       </c>
       <c r="B194" s="2" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C194" s="2" t="s">
-        <v>766</v>
+        <v>751</v>
       </c>
       <c r="D194" s="2"/>
       <c r="E194" s="2" t="s">
-        <v>767</v>
+        <v>752</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>768</v>
-[...1 lines deleted...]
-      <c r="G194" s="2"/>
+        <v>749</v>
+      </c>
+      <c r="G194" s="2" t="s">
+        <v>753</v>
+      </c>
       <c r="H194" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>257</v>
+      </c>
+      <c r="I194" s="3"/>
       <c r="J194" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K194" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L194" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M194" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="195" spans="1:13">
       <c r="A195" s="1">
-        <v>39129624100022</v>
+        <v>31968154000013</v>
       </c>
       <c r="B195" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C195" s="2" t="s">
-        <v>769</v>
+        <v>754</v>
       </c>
       <c r="D195" s="2"/>
       <c r="E195" s="2" t="s">
-        <v>770</v>
+        <v>755</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>771</v>
+        <v>756</v>
       </c>
       <c r="G195" s="2"/>
       <c r="H195" s="2" t="s">
-        <v>266</v>
+        <v>257</v>
       </c>
       <c r="I195" s="3">
-        <v>91300305430</v>
+        <v>24280033228</v>
       </c>
       <c r="J195" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K195" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L195" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M195" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="196" spans="1:13">
       <c r="A196" s="1">
-        <v>39165789700040</v>
+        <v>32470021000051</v>
       </c>
       <c r="B196" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C196" s="2" t="s">
-        <v>772</v>
+        <v>757</v>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2" t="s">
-        <v>773</v>
+        <v>758</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>774</v>
+        <v>759</v>
       </c>
       <c r="G196" s="2"/>
       <c r="H196" s="2" t="s">
-        <v>775</v>
+        <v>736</v>
       </c>
       <c r="I196" s="3">
-        <v>95970114497</v>
+        <v>98970329097</v>
       </c>
       <c r="J196" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K196" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L196" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M196" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="197" spans="1:13">
       <c r="A197" s="1">
-        <v>39228359400035</v>
+        <v>33055941000023</v>
       </c>
       <c r="B197" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C197" s="2" t="s">
-        <v>776</v>
+        <v>760</v>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2" t="s">
-        <v>777</v>
+        <v>761</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>778</v>
+        <v>762</v>
       </c>
       <c r="G197" s="2"/>
       <c r="H197" s="2" t="s">
-        <v>27</v>
+        <v>763</v>
       </c>
       <c r="I197" s="3">
-        <v>82690874369</v>
+        <v>98970211097</v>
       </c>
       <c r="J197" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K197" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L197" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M197" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="198" spans="1:13">
       <c r="A198" s="1">
-        <v>39337298200016</v>
+        <v>33230349400014</v>
       </c>
       <c r="B198" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C198" s="2" t="s">
-        <v>779</v>
+        <v>764</v>
       </c>
       <c r="D198" s="2"/>
       <c r="E198" s="2" t="s">
-        <v>780</v>
+        <v>765</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>781</v>
+        <v>766</v>
       </c>
       <c r="G198" s="2"/>
       <c r="H198" s="2" t="s">
-        <v>266</v>
-[...2 lines deleted...]
-        <v>31590348259</v>
+        <v>767</v>
+      </c>
+      <c r="I198" s="3" t="s">
+        <v>768</v>
       </c>
       <c r="J198" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K198" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L198" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M198" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="199" spans="1:13">
       <c r="A199" s="1">
-        <v>39363528900027</v>
+        <v>33348856700046</v>
       </c>
       <c r="B199" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C199" s="2" t="s">
-        <v>782</v>
+        <v>769</v>
       </c>
       <c r="D199" s="2"/>
       <c r="E199" s="2" t="s">
-        <v>783</v>
+        <v>770</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>784</v>
+        <v>771</v>
       </c>
       <c r="G199" s="2"/>
       <c r="H199" s="2" t="s">
-        <v>785</v>
+        <v>744</v>
       </c>
       <c r="I199" s="3">
-        <v>72330632633</v>
+        <v>31590286359</v>
       </c>
       <c r="J199" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K199" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L199" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M199" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="200" spans="1:13">
       <c r="A200" s="1">
-        <v>39372454700061</v>
+        <v>33453512700016</v>
       </c>
       <c r="B200" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C200" s="2" t="s">
-        <v>786</v>
+        <v>772</v>
       </c>
       <c r="D200" s="2"/>
       <c r="E200" s="2" t="s">
-        <v>787</v>
+        <v>773</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>788</v>
+        <v>774</v>
       </c>
       <c r="G200" s="2"/>
       <c r="H200" s="2" t="s">
-        <v>266</v>
-[...1 lines deleted...]
-      <c r="I200" s="3"/>
+        <v>257</v>
+      </c>
+      <c r="I200" s="3">
+        <v>53560861756</v>
+      </c>
       <c r="J200" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K200" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="L200" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M200" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="201" spans="1:13">
       <c r="A201" s="1">
-        <v>39389467000032</v>
+        <v>33499365600019</v>
       </c>
       <c r="B201" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C201" s="2" t="s">
-        <v>789</v>
+        <v>775</v>
       </c>
       <c r="D201" s="2"/>
       <c r="E201" s="2" t="s">
-        <v>790</v>
+        <v>776</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>791</v>
+        <v>777</v>
       </c>
       <c r="G201" s="2"/>
       <c r="H201" s="2" t="s">
-        <v>728</v>
+        <v>257</v>
       </c>
       <c r="I201" s="3">
-        <v>11950654495</v>
+        <v>82740251174</v>
       </c>
       <c r="J201" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K201" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="L201" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M201" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="202" spans="1:13">
       <c r="A202" s="1">
-        <v>39396208900024</v>
+        <v>33509397700015</v>
       </c>
       <c r="B202" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C202" s="2" t="s">
-        <v>792</v>
+        <v>778</v>
       </c>
       <c r="D202" s="2"/>
       <c r="E202" s="2" t="s">
-        <v>793</v>
+        <v>779</v>
       </c>
       <c r="F202" s="2" t="s">
-        <v>794</v>
+        <v>356</v>
       </c>
       <c r="G202" s="2"/>
       <c r="H202" s="2" t="s">
-        <v>27</v>
+        <v>257</v>
       </c>
       <c r="I202" s="3">
-        <v>93840310084</v>
+        <v>82691206369</v>
       </c>
       <c r="J202" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K202" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L202" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M202" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="203" spans="1:13">
       <c r="A203" s="1">
-        <v>42860273400025</v>
+        <v>33532344000016</v>
       </c>
       <c r="B203" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C203" s="2" t="s">
-        <v>795</v>
+        <v>723</v>
       </c>
       <c r="D203" s="2"/>
       <c r="E203" s="2" t="s">
-        <v>796</v>
+        <v>780</v>
       </c>
       <c r="F203" s="2" t="s">
-        <v>797</v>
+        <v>356</v>
       </c>
       <c r="G203" s="2"/>
       <c r="H203" s="2" t="s">
-        <v>785</v>
+        <v>257</v>
       </c>
       <c r="I203" s="3">
-        <v>26210222621</v>
+        <v>82380520538</v>
       </c>
       <c r="J203" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K203" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="L203" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M203" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="204" spans="1:13">
       <c r="A204" s="1">
-        <v>42861171900017</v>
+        <v>33778074600018</v>
       </c>
       <c r="B204" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C204" s="2" t="s">
-        <v>798</v>
+        <v>781</v>
       </c>
       <c r="D204" s="2"/>
       <c r="E204" s="2" t="s">
-        <v>799</v>
+        <v>782</v>
       </c>
       <c r="F204" s="2" t="s">
-        <v>478</v>
+        <v>783</v>
       </c>
       <c r="G204" s="2"/>
       <c r="H204" s="2" t="s">
-        <v>800</v>
+        <v>257</v>
       </c>
       <c r="I204" s="3">
-        <v>25140245314</v>
+        <v>54160068816</v>
       </c>
       <c r="J204" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K204" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="L204" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M204" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="205" spans="1:13">
       <c r="A205" s="1">
-        <v>43323802900014</v>
+        <v>34234228400011</v>
       </c>
       <c r="B205" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C205" s="2" t="s">
-        <v>801</v>
+        <v>784</v>
       </c>
       <c r="D205" s="2"/>
       <c r="E205" s="2" t="s">
-        <v>802</v>
+        <v>785</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>803</v>
+        <v>786</v>
       </c>
       <c r="G205" s="2"/>
       <c r="H205" s="2" t="s">
-        <v>27</v>
+        <v>767</v>
       </c>
       <c r="I205" s="3"/>
       <c r="J205" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K205" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L205" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M205" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="206" spans="1:13">
       <c r="A206" s="1">
-        <v>43530561000030</v>
+        <v>34238263700011</v>
       </c>
       <c r="B206" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C206" s="2" t="s">
-        <v>804</v>
+        <v>787</v>
       </c>
       <c r="D206" s="2"/>
       <c r="E206" s="2" t="s">
-        <v>805</v>
+        <v>788</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>806</v>
+        <v>789</v>
       </c>
       <c r="G206" s="2"/>
       <c r="H206" s="2" t="s">
-        <v>266</v>
+        <v>36</v>
       </c>
       <c r="I206" s="3">
-        <v>73310612731</v>
+        <v>52490003849</v>
       </c>
       <c r="J206" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="K206" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="L206" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="M206" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="207" spans="1:13">
       <c r="A207" s="1">
-        <v>43904185600014</v>
+        <v>34978307600087</v>
       </c>
       <c r="B207" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C207" s="2" t="s">
-        <v>807</v>
+        <v>790</v>
       </c>
       <c r="D207" s="2"/>
       <c r="E207" s="2" t="s">
-        <v>808</v>
+        <v>791</v>
       </c>
       <c r="F207" s="2" t="s">
-        <v>809</v>
+        <v>792</v>
       </c>
       <c r="G207" s="2"/>
       <c r="H207" s="2" t="s">
-        <v>762</v>
-[...3 lines deleted...]
-      </c>
+        <v>793</v>
+      </c>
+      <c r="I207" s="3"/>
       <c r="J207" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K207" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L207" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M207" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="208" spans="1:13">
       <c r="A208" s="1">
-        <v>44040917500013</v>
+        <v>35124920600019</v>
       </c>
       <c r="B208" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C208" s="2" t="s">
-        <v>810</v>
+        <v>794</v>
       </c>
       <c r="D208" s="2"/>
       <c r="E208" s="2" t="s">
-        <v>811</v>
+        <v>795</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>812</v>
+        <v>796</v>
       </c>
       <c r="G208" s="2"/>
       <c r="H208" s="2" t="s">
-        <v>785</v>
+        <v>744</v>
       </c>
       <c r="I208" s="3">
-        <v>21510126951</v>
+        <v>54790024579</v>
       </c>
       <c r="J208" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K208" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L208" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M208" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="209" spans="1:13">
       <c r="A209" s="1">
-        <v>44065706200020</v>
+        <v>35193688500042</v>
       </c>
       <c r="B209" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C209" s="2" t="s">
-        <v>813</v>
+        <v>797</v>
       </c>
       <c r="D209" s="2"/>
       <c r="E209" s="2" t="s">
-        <v>814</v>
+        <v>798</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>815</v>
+        <v>799</v>
       </c>
       <c r="G209" s="2"/>
       <c r="H209" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I209" s="3">
-        <v>95970114297</v>
+        <v>24450043245</v>
       </c>
       <c r="J209" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="K209" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L209" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="M209" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="210" spans="1:13">
       <c r="A210" s="1">
-        <v>44296566100022</v>
+        <v>37892029200026</v>
       </c>
       <c r="B210" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C210" s="2" t="s">
-        <v>816</v>
-[...3 lines deleted...]
-      </c>
+        <v>800</v>
+      </c>
+      <c r="D210" s="2"/>
       <c r="E210" s="2" t="s">
-        <v>818</v>
+        <v>801</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>819</v>
+        <v>802</v>
       </c>
       <c r="G210" s="2"/>
       <c r="H210" s="2" t="s">
-        <v>266</v>
-[...1 lines deleted...]
-      <c r="I210" s="3"/>
+        <v>803</v>
+      </c>
+      <c r="I210" s="3">
+        <v>53220831022</v>
+      </c>
       <c r="J210" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K210" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L210" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M210" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="211" spans="1:13">
       <c r="A211" s="1">
-        <v>44361417700022</v>
+        <v>37940194600015</v>
       </c>
       <c r="B211" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C211" s="2" t="s">
-        <v>820</v>
+        <v>804</v>
       </c>
       <c r="D211" s="2"/>
       <c r="E211" s="2" t="s">
-        <v>821</v>
+        <v>220</v>
       </c>
       <c r="F211" s="2" t="s">
-        <v>822</v>
+        <v>805</v>
       </c>
       <c r="G211" s="2"/>
       <c r="H211" s="2" t="s">
-        <v>785</v>
+        <v>744</v>
       </c>
       <c r="I211" s="3">
-        <v>11940748894</v>
+        <v>73820000282</v>
       </c>
       <c r="J211" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K211" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L211" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M211" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="212" spans="1:13">
       <c r="A212" s="1">
-        <v>44387629700021</v>
+        <v>38397319500019</v>
       </c>
       <c r="B212" s="2" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C212" s="2" t="s">
-        <v>823</v>
-[...3 lines deleted...]
-      </c>
+        <v>806</v>
+      </c>
+      <c r="D212" s="2"/>
       <c r="E212" s="2" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>826</v>
-[...1 lines deleted...]
-      <c r="G212" s="2"/>
+        <v>808</v>
+      </c>
+      <c r="G212" s="2" t="s">
+        <v>809</v>
+      </c>
       <c r="H212" s="2" t="s">
-        <v>266</v>
+        <v>810</v>
       </c>
       <c r="I212" s="3"/>
       <c r="J212" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K212" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L212" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M212" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="213" spans="1:13">
       <c r="A213" s="1">
-        <v>44991234400016</v>
+        <v>38440613800022</v>
       </c>
       <c r="B213" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C213" s="2" t="s">
-        <v>827</v>
-[...1 lines deleted...]
-      <c r="D213" s="2"/>
+        <v>811</v>
+      </c>
+      <c r="D213" s="2" t="s">
+        <v>812</v>
+      </c>
       <c r="E213" s="2" t="s">
-        <v>828</v>
+        <v>813</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>829</v>
+        <v>814</v>
       </c>
       <c r="G213" s="2"/>
       <c r="H213" s="2" t="s">
-        <v>762</v>
-[...1 lines deleted...]
-      <c r="I213" s="3"/>
+        <v>719</v>
+      </c>
+      <c r="I213" s="3">
+        <v>53351057435</v>
+      </c>
       <c r="J213" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K213" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L213" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M213" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="214" spans="1:13">
       <c r="A214" s="1">
-        <v>77568577900313</v>
+        <v>38466091600014</v>
       </c>
       <c r="B214" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C214" s="2" t="s">
-        <v>830</v>
+        <v>815</v>
       </c>
       <c r="D214" s="2"/>
       <c r="E214" s="2" t="s">
-        <v>831</v>
+        <v>816</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>832</v>
+        <v>817</v>
       </c>
       <c r="G214" s="2"/>
       <c r="H214" s="2" t="s">
-        <v>833</v>
+        <v>744</v>
       </c>
       <c r="I214" s="3">
-        <v>11754685175</v>
+        <v>93050012705</v>
       </c>
       <c r="J214" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K214" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="L214" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="M214" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="215" spans="1:13">
       <c r="A215" s="1">
-        <v>77570109701755</v>
+        <v>38752624700029</v>
       </c>
       <c r="B215" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C215" s="2" t="s">
-        <v>834</v>
+        <v>818</v>
       </c>
       <c r="D215" s="2"/>
       <c r="E215" s="2" t="s">
-        <v>835</v>
+        <v>819</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>836</v>
+        <v>820</v>
       </c>
       <c r="G215" s="2"/>
       <c r="H215" s="2" t="s">
-        <v>837</v>
+        <v>821</v>
       </c>
       <c r="I215" s="3">
-        <v>23760447076</v>
+        <v>72640097164</v>
       </c>
       <c r="J215" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K215" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L215" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M215" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="216" spans="1:13">
       <c r="A216" s="1">
-        <v>77571385200017</v>
+        <v>38848807400021</v>
       </c>
       <c r="B216" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C216" s="2" t="s">
-        <v>838</v>
+        <v>822</v>
       </c>
       <c r="D216" s="2"/>
       <c r="E216" s="2" t="s">
-        <v>839</v>
+        <v>823</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>17</v>
+        <v>824</v>
       </c>
       <c r="G216" s="2"/>
       <c r="H216" s="2" t="s">
-        <v>728</v>
+        <v>825</v>
       </c>
       <c r="I216" s="3">
-        <v>93840295484</v>
+        <v>11940690394</v>
       </c>
       <c r="J216" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K216" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L216" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M216" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="217" spans="1:13">
       <c r="A217" s="1">
-        <v>77571499100277</v>
+        <v>38881118400026</v>
       </c>
       <c r="B217" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C217" s="2" t="s">
-        <v>840</v>
+        <v>826</v>
       </c>
       <c r="D217" s="2"/>
       <c r="E217" s="2" t="s">
-        <v>841</v>
+        <v>827</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>17</v>
+        <v>828</v>
       </c>
       <c r="G217" s="2"/>
       <c r="H217" s="2" t="s">
-        <v>837</v>
+        <v>257</v>
       </c>
       <c r="I217" s="3">
-        <v>52850146285</v>
+        <v>82070016507</v>
       </c>
       <c r="J217" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K217" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L217" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="M217" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="218" spans="1:13">
       <c r="A218" s="1">
-        <v>77642180200013</v>
+        <v>39048270100013</v>
       </c>
       <c r="B218" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C218" s="2" t="s">
-        <v>842</v>
+        <v>829</v>
       </c>
       <c r="D218" s="2"/>
       <c r="E218" s="2" t="s">
-        <v>843</v>
+        <v>830</v>
       </c>
       <c r="F218" s="2" t="s">
-        <v>17</v>
+        <v>831</v>
       </c>
       <c r="G218" s="2"/>
       <c r="H218" s="2" t="s">
-        <v>260</v>
-[...1 lines deleted...]
-      <c r="I218" s="3"/>
+        <v>27</v>
+      </c>
+      <c r="I218" s="3">
+        <v>11780549478</v>
+      </c>
       <c r="J218" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K218" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L218" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M218" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="219" spans="1:13">
       <c r="A219" s="1">
-        <v>77660306000018</v>
+        <v>39129624100022</v>
       </c>
       <c r="B219" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C219" s="2" t="s">
-        <v>844</v>
+        <v>832</v>
       </c>
       <c r="D219" s="2"/>
       <c r="E219" s="2" t="s">
-        <v>845</v>
+        <v>833</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>17</v>
+        <v>834</v>
       </c>
       <c r="G219" s="2"/>
       <c r="H219" s="2" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="I219" s="3">
-        <v>82740107174</v>
+        <v>91300305430</v>
       </c>
       <c r="J219" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K219" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L219" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M219" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="220" spans="1:13">
       <c r="A220" s="1">
-        <v>77674303100028</v>
+        <v>39165789700040</v>
       </c>
       <c r="B220" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C220" s="2" t="s">
-        <v>846</v>
+        <v>835</v>
       </c>
       <c r="D220" s="2"/>
       <c r="E220" s="2" t="s">
-        <v>847</v>
+        <v>836</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>848</v>
+        <v>837</v>
       </c>
       <c r="G220" s="2"/>
       <c r="H220" s="2" t="s">
-        <v>732</v>
+        <v>838</v>
       </c>
       <c r="I220" s="3">
-        <v>73120000712</v>
+        <v>95970114497</v>
       </c>
       <c r="J220" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="K220" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L220" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="M220" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="221" spans="1:13">
       <c r="A221" s="1">
-        <v>77727960500011</v>
+        <v>39228359400035</v>
       </c>
       <c r="B221" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C221" s="2" t="s">
-        <v>849</v>
+        <v>839</v>
       </c>
       <c r="D221" s="2"/>
       <c r="E221" s="2" t="s">
-        <v>850</v>
+        <v>840</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>17</v>
+        <v>841</v>
       </c>
       <c r="G221" s="2"/>
       <c r="H221" s="2" t="s">
-        <v>260</v>
+        <v>27</v>
       </c>
       <c r="I221" s="3">
-        <v>73820055182</v>
+        <v>82690874369</v>
       </c>
       <c r="J221" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K221" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="L221" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M221" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="222" spans="1:13">
       <c r="A222" s="1">
-        <v>77835631100010</v>
+        <v>55262109600171</v>
       </c>
       <c r="B222" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C222" s="2" t="s">
-        <v>851</v>
-[...1 lines deleted...]
-      <c r="D222" s="2"/>
+        <v>842</v>
+      </c>
+      <c r="D222" s="2" t="s">
+        <v>843</v>
+      </c>
       <c r="E222" s="2" t="s">
-        <v>852</v>
+        <v>844</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>853</v>
+        <v>845</v>
       </c>
       <c r="G222" s="2"/>
       <c r="H222" s="2" t="s">
-        <v>260</v>
+        <v>793</v>
       </c>
       <c r="I222" s="3">
-        <v>43250148225</v>
+        <v>93830347783</v>
       </c>
       <c r="J222" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K222" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="L222" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="M222" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="223" spans="1:13">
       <c r="A223" s="1">
-        <v>77939329700014</v>
+        <v>61020023000015</v>
       </c>
       <c r="B223" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C223" s="2" t="s">
-        <v>854</v>
+        <v>846</v>
       </c>
       <c r="D223" s="2"/>
       <c r="E223" s="2" t="s">
-        <v>855</v>
+        <v>847</v>
       </c>
       <c r="F223" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G223" s="2"/>
       <c r="H223" s="2" t="s">
-        <v>260</v>
+        <v>793</v>
       </c>
       <c r="I223" s="3">
-        <v>82260161826</v>
+        <v>76300446430</v>
       </c>
       <c r="J223" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K223" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="L223" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M223" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="224" spans="1:13">
       <c r="A224" s="1">
-        <v>77948850100015</v>
+        <v>49098564500012</v>
       </c>
       <c r="B224" s="2" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C224" s="2" t="s">
-        <v>856</v>
+        <v>848</v>
       </c>
       <c r="D224" s="2"/>
       <c r="E224" s="2" t="s">
-        <v>857</v>
+        <v>849</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="G224" s="2"/>
+        <v>850</v>
+      </c>
+      <c r="G224" s="2" t="s">
+        <v>167</v>
+      </c>
       <c r="H224" s="2" t="s">
-        <v>732</v>
-[...3 lines deleted...]
-      </c>
+        <v>851</v>
+      </c>
+      <c r="I224" s="3"/>
       <c r="J224" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K224" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="L224" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M224" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="225" spans="1:13">
       <c r="A225" s="1">
-        <v>77950951200017</v>
+        <v>49154650300013</v>
       </c>
       <c r="B225" s="2" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C225" s="2" t="s">
-        <v>858</v>
+        <v>852</v>
       </c>
       <c r="D225" s="2"/>
       <c r="E225" s="2" t="s">
-        <v>859</v>
+        <v>853</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>453</v>
-[...1 lines deleted...]
-      <c r="G225" s="2"/>
+        <v>854</v>
+      </c>
+      <c r="G225" s="2" t="s">
+        <v>855</v>
+      </c>
       <c r="H225" s="2" t="s">
-        <v>732</v>
-[...3 lines deleted...]
-      </c>
+        <v>744</v>
+      </c>
+      <c r="I225" s="3"/>
       <c r="J225" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K225" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="L225" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M225" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="226" spans="1:13">
       <c r="A226" s="1">
-        <v>78119478200012</v>
+        <v>39337298200016</v>
       </c>
       <c r="B226" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C226" s="2" t="s">
-        <v>860</v>
+        <v>856</v>
       </c>
       <c r="D226" s="2"/>
       <c r="E226" s="2" t="s">
-        <v>861</v>
+        <v>857</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>17</v>
+        <v>858</v>
       </c>
       <c r="G226" s="2"/>
       <c r="H226" s="2" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="I226" s="3">
-        <v>54160018516</v>
+        <v>31590348259</v>
       </c>
       <c r="J226" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K226" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="L226" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M226" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="227" spans="1:13">
       <c r="A227" s="1">
-        <v>78136153000012</v>
+        <v>39363528900027</v>
       </c>
       <c r="B227" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C227" s="2" t="s">
-        <v>862</v>
+        <v>859</v>
       </c>
       <c r="D227" s="2"/>
       <c r="E227" s="2" t="s">
-        <v>863</v>
+        <v>860</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>17</v>
+        <v>861</v>
       </c>
       <c r="G227" s="2"/>
       <c r="H227" s="2" t="s">
-        <v>260</v>
+        <v>736</v>
       </c>
       <c r="I227" s="3">
-        <v>54170045017</v>
+        <v>72330632633</v>
       </c>
       <c r="J227" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K227" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="L227" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M227" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="228" spans="1:13">
       <c r="A228" s="1">
-        <v>78141312500019</v>
+        <v>39372454700061</v>
       </c>
       <c r="B228" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C228" s="2" t="s">
-        <v>864</v>
+        <v>862</v>
       </c>
       <c r="D228" s="2"/>
       <c r="E228" s="2" t="s">
-        <v>865</v>
+        <v>863</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>17</v>
+        <v>864</v>
       </c>
       <c r="G228" s="2"/>
       <c r="H228" s="2" t="s">
-        <v>260</v>
-[...3 lines deleted...]
-      </c>
+        <v>263</v>
+      </c>
+      <c r="I228" s="3"/>
       <c r="J228" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K228" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="L228" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M228" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="229" spans="1:13">
       <c r="A229" s="1">
-        <v>78151651300012</v>
+        <v>39389467000032</v>
       </c>
       <c r="B229" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C229" s="2" t="s">
-        <v>858</v>
+        <v>865</v>
       </c>
       <c r="D229" s="2"/>
       <c r="E229" s="2" t="s">
         <v>866</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>17</v>
+        <v>867</v>
       </c>
       <c r="G229" s="2"/>
       <c r="H229" s="2" t="s">
-        <v>260</v>
+        <v>793</v>
       </c>
       <c r="I229" s="3">
-        <v>54860031786</v>
+        <v>11950654495</v>
       </c>
       <c r="J229" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K229" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="L229" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M229" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="230" spans="1:13">
       <c r="A230" s="1">
-        <v>78174099800013</v>
+        <v>39396208900024</v>
       </c>
       <c r="B230" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C230" s="2" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="D230" s="2"/>
       <c r="E230" s="2" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>17</v>
+        <v>870</v>
       </c>
       <c r="G230" s="2"/>
       <c r="H230" s="2" t="s">
-        <v>260</v>
+        <v>27</v>
       </c>
       <c r="I230" s="3">
-        <v>72240033624</v>
+        <v>93840310084</v>
       </c>
       <c r="J230" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K230" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="L230" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M230" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="231" spans="1:13">
       <c r="A231" s="1">
-        <v>78189192400016</v>
+        <v>43530561000030</v>
       </c>
       <c r="B231" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C231" s="2" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="D231" s="2"/>
       <c r="E231" s="2" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>17</v>
+        <v>873</v>
       </c>
       <c r="G231" s="2"/>
       <c r="H231" s="2" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="I231" s="3">
-        <v>72330480833</v>
+        <v>73310612731</v>
       </c>
       <c r="J231" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K231" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="L231" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M231" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="232" spans="1:13">
       <c r="A232" s="1">
-        <v>78203159500013</v>
+        <v>40318412000018</v>
       </c>
       <c r="B232" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C232" s="2" t="s">
-        <v>871</v>
+        <v>874</v>
       </c>
       <c r="D232" s="2"/>
       <c r="E232" s="2" t="s">
-        <v>872</v>
+        <v>875</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>17</v>
+        <v>876</v>
       </c>
       <c r="G232" s="2"/>
       <c r="H232" s="2" t="s">
-        <v>260</v>
+        <v>877</v>
       </c>
       <c r="I232" s="3">
-        <v>72330178333</v>
+        <v>52440529944</v>
       </c>
       <c r="J232" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K232" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="L232" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M232" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="233" spans="1:13">
       <c r="A233" s="1">
-        <v>78324704200014</v>
+        <v>40452812700016</v>
       </c>
       <c r="B233" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C233" s="2" t="s">
-        <v>873</v>
+        <v>878</v>
       </c>
       <c r="D233" s="2"/>
       <c r="E233" s="2" t="s">
-        <v>874</v>
+        <v>879</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>17</v>
+        <v>283</v>
       </c>
       <c r="G233" s="2"/>
       <c r="H233" s="2" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="I233" s="3">
-        <v>93840267984</v>
+        <v>43390011239</v>
       </c>
       <c r="J233" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K233" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="L233" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M233" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="234" spans="1:13">
       <c r="A234" s="1">
-        <v>78342337900016</v>
+        <v>40863075400021</v>
       </c>
       <c r="B234" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C234" s="2" t="s">
-        <v>875</v>
+        <v>880</v>
       </c>
       <c r="D234" s="2"/>
       <c r="E234" s="2" t="s">
-        <v>876</v>
+        <v>881</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>17</v>
+        <v>882</v>
       </c>
       <c r="G234" s="2"/>
       <c r="H234" s="2" t="s">
-        <v>260</v>
+        <v>883</v>
       </c>
       <c r="I234" s="3">
-        <v>41880115288</v>
+        <v>32620424962</v>
       </c>
       <c r="J234" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K234" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="L234" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M234" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="235" spans="1:13">
       <c r="A235" s="1">
-        <v>78371120300027</v>
+        <v>40909451300010</v>
       </c>
       <c r="B235" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C235" s="2" t="s">
-        <v>877</v>
+        <v>884</v>
       </c>
       <c r="D235" s="2"/>
       <c r="E235" s="2" t="s">
-        <v>878</v>
+        <v>206</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>879</v>
+        <v>885</v>
       </c>
       <c r="G235" s="2"/>
       <c r="H235" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>263</v>
+      </c>
+      <c r="I235" s="3"/>
       <c r="J235" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K235" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L235" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M235" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="236" spans="1:13">
       <c r="A236" s="1">
-        <v>78390629000011</v>
+        <v>41336206200023</v>
       </c>
       <c r="B236" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C236" s="2" t="s">
-        <v>880</v>
+        <v>886</v>
       </c>
       <c r="D236" s="2"/>
       <c r="E236" s="2" t="s">
-        <v>881</v>
+        <v>887</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>882</v>
+        <v>888</v>
       </c>
       <c r="G236" s="2"/>
       <c r="H236" s="2" t="s">
-        <v>883</v>
+        <v>263</v>
       </c>
       <c r="I236" s="3">
-        <v>31620155462</v>
+        <v>53220639022</v>
       </c>
       <c r="J236" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K236" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L236" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M236" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="237" spans="1:13">
       <c r="A237" s="1">
-        <v>78398196200021</v>
+        <v>41461021200014</v>
       </c>
       <c r="B237" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C237" s="2" t="s">
-        <v>884</v>
-[...3 lines deleted...]
-      </c>
+        <v>889</v>
+      </c>
+      <c r="D237" s="2"/>
       <c r="E237" s="2" t="s">
-        <v>886</v>
+        <v>890</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>887</v>
+        <v>450</v>
       </c>
       <c r="G237" s="2"/>
       <c r="H237" s="2" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="I237" s="3">
-        <v>31620031362</v>
+        <v>25610010561</v>
       </c>
       <c r="J237" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K237" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="L237" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="M237" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="238" spans="1:13">
       <c r="A238" s="1">
-        <v>78408386700019</v>
+        <v>41479762100011</v>
       </c>
       <c r="B238" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C238" s="2" t="s">
-        <v>888</v>
+        <v>891</v>
       </c>
       <c r="D238" s="2"/>
       <c r="E238" s="2" t="s">
-        <v>889</v>
+        <v>892</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>17</v>
+        <v>374</v>
       </c>
       <c r="G238" s="2"/>
       <c r="H238" s="2" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="I238" s="3">
-        <v>31620162262</v>
+        <v>72330001333</v>
       </c>
       <c r="J238" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="K238" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="L238" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="M238" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="239" spans="1:13">
       <c r="A239" s="1">
-        <v>78497110300022</v>
+        <v>41780245100019</v>
       </c>
       <c r="B239" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C239" s="2" t="s">
-        <v>890</v>
+        <v>893</v>
       </c>
       <c r="D239" s="2"/>
       <c r="E239" s="2" t="s">
-        <v>891</v>
+        <v>894</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
       <c r="G239" s="2"/>
       <c r="H239" s="2" t="s">
-        <v>27</v>
+        <v>719</v>
       </c>
       <c r="I239" s="3">
-        <v>11770177777</v>
+        <v>72240149824</v>
       </c>
       <c r="J239" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K239" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L239" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M239" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="240" spans="1:13">
       <c r="A240" s="1">
-        <v>78596647400013</v>
+        <v>42057178800025</v>
       </c>
       <c r="B240" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C240" s="2" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="D240" s="2"/>
       <c r="E240" s="2" t="s">
-        <v>894</v>
+        <v>897</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="G240" s="2"/>
       <c r="H240" s="2" t="s">
-        <v>260</v>
+        <v>825</v>
       </c>
       <c r="I240" s="3">
-        <v>52440459544</v>
+        <v>53350716735</v>
       </c>
       <c r="J240" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K240" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L240" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M240" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="241" spans="1:13">
       <c r="A241" s="1">
-        <v>78596993200017</v>
+        <v>42086946300034</v>
       </c>
       <c r="B241" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C241" s="2" t="s">
-        <v>896</v>
+        <v>899</v>
       </c>
       <c r="D241" s="2"/>
       <c r="E241" s="2" t="s">
-        <v>897</v>
+        <v>900</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>17</v>
+        <v>901</v>
       </c>
       <c r="G241" s="2"/>
       <c r="H241" s="2" t="s">
-        <v>260</v>
+        <v>736</v>
       </c>
       <c r="I241" s="3">
-        <v>52440546144</v>
+        <v>25140229714</v>
       </c>
       <c r="J241" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K241" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="L241" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M241" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="242" spans="1:13">
       <c r="A242" s="1">
-        <v>78611740800025</v>
+        <v>42117322000011</v>
       </c>
       <c r="B242" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C242" s="2" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="D242" s="2"/>
       <c r="E242" s="2" t="s">
-        <v>899</v>
+        <v>903</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>900</v>
+        <v>904</v>
       </c>
       <c r="G242" s="2"/>
       <c r="H242" s="2" t="s">
-        <v>266</v>
+        <v>257</v>
       </c>
       <c r="I242" s="3">
-        <v>52490004349</v>
+        <v>91300014630</v>
       </c>
       <c r="J242" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K242" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L242" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="M242" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="243" spans="1:13">
       <c r="A243" s="1">
-        <v>78612761300010</v>
+        <v>42309316000020</v>
       </c>
       <c r="B243" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C243" s="2" t="s">
-        <v>901</v>
+        <v>905</v>
       </c>
       <c r="D243" s="2"/>
       <c r="E243" s="2" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>17</v>
+        <v>907</v>
       </c>
       <c r="G243" s="2"/>
       <c r="H243" s="2" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="I243" s="3">
-        <v>52490276449</v>
+        <v>11753268175</v>
       </c>
       <c r="J243" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K243" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="L243" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M243" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="244" spans="1:13">
       <c r="A244" s="1">
-        <v>78625707100021</v>
+        <v>42860273400025</v>
       </c>
       <c r="B244" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C244" s="2" t="s">
-        <v>903</v>
+        <v>908</v>
       </c>
       <c r="D244" s="2"/>
       <c r="E244" s="2" t="s">
-        <v>904</v>
+        <v>909</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>905</v>
+        <v>910</v>
       </c>
       <c r="G244" s="2"/>
       <c r="H244" s="2" t="s">
-        <v>27</v>
+        <v>736</v>
       </c>
       <c r="I244" s="3">
-        <v>52530054253</v>
+        <v>26210222621</v>
       </c>
       <c r="J244" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K244" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L244" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M244" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="245" spans="1:13">
       <c r="A245" s="1">
-        <v>78633873100023</v>
+        <v>42861171900017</v>
       </c>
       <c r="B245" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C245" s="2" t="s">
-        <v>906</v>
+        <v>911</v>
       </c>
       <c r="D245" s="2"/>
       <c r="E245" s="2" t="s">
-        <v>907</v>
+        <v>912</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>908</v>
+        <v>475</v>
       </c>
       <c r="G245" s="2"/>
       <c r="H245" s="2" t="s">
-        <v>785</v>
+        <v>913</v>
       </c>
       <c r="I245" s="3">
-        <v>52720029972</v>
+        <v>25140245314</v>
       </c>
       <c r="J245" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K245" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L245" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M245" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="246" spans="1:13">
       <c r="A246" s="1">
-        <v>78640269300018</v>
+        <v>43323802900014</v>
       </c>
       <c r="B246" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C246" s="2" t="s">
-        <v>909</v>
+        <v>914</v>
       </c>
       <c r="D246" s="2"/>
       <c r="E246" s="2" t="s">
-        <v>910</v>
+        <v>915</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>17</v>
+        <v>916</v>
       </c>
       <c r="G246" s="2"/>
       <c r="H246" s="2" t="s">
-        <v>260</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="I246" s="3"/>
       <c r="J246" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="K246" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="L246" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="M246" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="247" spans="1:13">
       <c r="A247" s="1">
-        <v>78859233500020</v>
+        <v>43904185600014</v>
       </c>
       <c r="B247" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C247" s="2" t="s">
-        <v>911</v>
-[...3 lines deleted...]
-      </c>
+        <v>917</v>
+      </c>
+      <c r="D247" s="2"/>
       <c r="E247" s="2" t="s">
-        <v>913</v>
+        <v>918</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>914</v>
+        <v>919</v>
       </c>
       <c r="G247" s="2"/>
       <c r="H247" s="2" t="s">
-        <v>751</v>
+        <v>825</v>
       </c>
       <c r="I247" s="3">
-        <v>72330879433</v>
+        <v>11770464477</v>
       </c>
       <c r="J247" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K247" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L247" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M247" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="248" spans="1:13">
       <c r="A248" s="1">
-        <v>79099412300020</v>
+        <v>44040917500013</v>
       </c>
       <c r="B248" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C248" s="2" t="s">
-        <v>915</v>
+        <v>920</v>
       </c>
       <c r="D248" s="2"/>
       <c r="E248" s="2" t="s">
-        <v>916</v>
+        <v>921</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>914</v>
+        <v>922</v>
       </c>
       <c r="G248" s="2"/>
       <c r="H248" s="2" t="s">
-        <v>739</v>
+        <v>736</v>
       </c>
       <c r="I248" s="3">
-        <v>84691556269</v>
+        <v>21510126951</v>
       </c>
       <c r="J248" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K248" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L248" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M248" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="249" spans="1:13">
       <c r="A249" s="1">
-        <v>79134667900016</v>
+        <v>44065706200020</v>
       </c>
       <c r="B249" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C249" s="2" t="s">
-        <v>917</v>
+        <v>923</v>
       </c>
       <c r="D249" s="2"/>
       <c r="E249" s="2" t="s">
-        <v>918</v>
+        <v>924</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>919</v>
+        <v>925</v>
       </c>
       <c r="G249" s="2"/>
       <c r="H249" s="2" t="s">
-        <v>920</v>
-[...1 lines deleted...]
-      <c r="I249" s="3"/>
+        <v>263</v>
+      </c>
+      <c r="I249" s="3">
+        <v>95970114297</v>
+      </c>
       <c r="J249" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="K249" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L249" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="M249" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="250" spans="1:13">
       <c r="A250" s="1">
-        <v>79159502800022</v>
+        <v>44296566100022</v>
       </c>
       <c r="B250" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C250" s="2" t="s">
-        <v>921</v>
+        <v>926</v>
       </c>
       <c r="D250" s="2" t="s">
-        <v>922</v>
+        <v>927</v>
       </c>
       <c r="E250" s="2" t="s">
-        <v>923</v>
+        <v>928</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>924</v>
+        <v>929</v>
       </c>
       <c r="G250" s="2"/>
       <c r="H250" s="2" t="s">
-        <v>266</v>
-[...3 lines deleted...]
-      </c>
+        <v>263</v>
+      </c>
+      <c r="I250" s="3"/>
       <c r="J250" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K250" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L250" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="M250" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="251" spans="1:13">
       <c r="A251" s="1">
-        <v>45230448800029</v>
+        <v>44361417700022</v>
       </c>
       <c r="B251" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C251" s="2" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="D251" s="2"/>
       <c r="E251" s="2" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>928</v>
+        <v>932</v>
       </c>
       <c r="G251" s="2"/>
       <c r="H251" s="2" t="s">
-        <v>27</v>
+        <v>736</v>
       </c>
       <c r="I251" s="3">
-        <v>24450200645</v>
+        <v>11940748894</v>
       </c>
       <c r="J251" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K251" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L251" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M251" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="252" spans="1:13">
       <c r="A252" s="1">
-        <v>45239747400043</v>
+        <v>44387629700021</v>
       </c>
       <c r="B252" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C252" s="2" t="s">
-        <v>929</v>
-[...1 lines deleted...]
-      <c r="D252" s="2"/>
+        <v>933</v>
+      </c>
+      <c r="D252" s="2" t="s">
+        <v>934</v>
+      </c>
       <c r="E252" s="2" t="s">
-        <v>930</v>
+        <v>935</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>931</v>
+        <v>936</v>
       </c>
       <c r="G252" s="2"/>
       <c r="H252" s="2" t="s">
-        <v>266</v>
-[...3 lines deleted...]
-      </c>
+        <v>263</v>
+      </c>
+      <c r="I252" s="3"/>
       <c r="J252" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K252" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L252" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="M252" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="253" spans="1:13">
       <c r="A253" s="1">
-        <v>45389014700029</v>
+        <v>44991234400016</v>
       </c>
       <c r="B253" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C253" s="2" t="s">
-        <v>932</v>
+        <v>937</v>
       </c>
       <c r="D253" s="2"/>
       <c r="E253" s="2" t="s">
-        <v>933</v>
+        <v>938</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>934</v>
+        <v>939</v>
       </c>
       <c r="G253" s="2"/>
       <c r="H253" s="2" t="s">
-        <v>935</v>
-[...3 lines deleted...]
-      </c>
+        <v>825</v>
+      </c>
+      <c r="I253" s="3"/>
       <c r="J253" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K253" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L253" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M253" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="254" spans="1:13">
       <c r="A254" s="1">
-        <v>47020214400023</v>
+        <v>45215759700058</v>
       </c>
       <c r="B254" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C254" s="2" t="s">
-        <v>936</v>
+        <v>940</v>
       </c>
       <c r="D254" s="2"/>
       <c r="E254" s="2" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="G254" s="2"/>
       <c r="H254" s="2" t="s">
-        <v>939</v>
-[...3 lines deleted...]
-      </c>
+        <v>943</v>
+      </c>
+      <c r="I254" s="3"/>
       <c r="J254" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K254" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L254" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M254" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="255" spans="1:13">
       <c r="A255" s="1">
-        <v>48116693200014</v>
+        <v>45230448800029</v>
       </c>
       <c r="B255" s="2" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C255" s="2" t="s">
-        <v>940</v>
+        <v>944</v>
       </c>
       <c r="D255" s="2"/>
       <c r="E255" s="2" t="s">
-        <v>941</v>
+        <v>945</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>942</v>
-[...3 lines deleted...]
-      </c>
+        <v>946</v>
+      </c>
+      <c r="G255" s="2"/>
       <c r="H255" s="2" t="s">
-        <v>266</v>
-[...1 lines deleted...]
-      <c r="I255" s="3"/>
+        <v>27</v>
+      </c>
+      <c r="I255" s="3">
+        <v>24450200645</v>
+      </c>
       <c r="J255" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K255" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L255" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M255" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="256" spans="1:13">
       <c r="A256" s="1">
-        <v>48161113500015</v>
+        <v>45239747400043</v>
       </c>
       <c r="B256" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C256" s="2" t="s">
-        <v>944</v>
+        <v>947</v>
       </c>
       <c r="D256" s="2"/>
       <c r="E256" s="2" t="s">
-        <v>945</v>
+        <v>948</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>946</v>
+        <v>949</v>
       </c>
       <c r="G256" s="2"/>
       <c r="H256" s="2" t="s">
-        <v>785</v>
+        <v>263</v>
       </c>
       <c r="I256" s="3">
-        <v>72640342664</v>
+        <v>72330645133</v>
       </c>
       <c r="J256" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K256" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L256" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="M256" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="257" spans="1:13">
       <c r="A257" s="1">
-        <v>48284547600019</v>
+        <v>45389014700029</v>
       </c>
       <c r="B257" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C257" s="2" t="s">
-        <v>947</v>
+        <v>950</v>
       </c>
       <c r="D257" s="2"/>
       <c r="E257" s="2" t="s">
-        <v>948</v>
+        <v>951</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>949</v>
+        <v>952</v>
       </c>
       <c r="G257" s="2"/>
       <c r="H257" s="2" t="s">
-        <v>728</v>
-[...1 lines deleted...]
-      <c r="I257" s="3"/>
+        <v>877</v>
+      </c>
+      <c r="I257" s="3">
+        <v>53350842535</v>
+      </c>
       <c r="J257" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K257" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L257" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M257" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="258" spans="1:13">
       <c r="A258" s="1">
-        <v>48388176900028</v>
+        <v>47020214400023</v>
       </c>
       <c r="B258" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C258" s="2" t="s">
-        <v>950</v>
+        <v>953</v>
       </c>
       <c r="D258" s="2"/>
       <c r="E258" s="2" t="s">
-        <v>951</v>
+        <v>954</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>47</v>
+        <v>955</v>
       </c>
       <c r="G258" s="2"/>
       <c r="H258" s="2" t="s">
-        <v>751</v>
+        <v>956</v>
       </c>
       <c r="I258" s="3">
-        <v>72330667733</v>
+        <v>75331193333</v>
       </c>
       <c r="J258" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K258" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L258" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M258" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="259" spans="1:13">
       <c r="A259" s="1">
-        <v>48489644400037</v>
+        <v>48116693200014</v>
       </c>
       <c r="B259" s="2" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C259" s="2" t="s">
-        <v>952</v>
+        <v>957</v>
       </c>
       <c r="D259" s="2"/>
       <c r="E259" s="2" t="s">
-        <v>953</v>
+        <v>958</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>954</v>
-[...1 lines deleted...]
-      <c r="G259" s="2"/>
+        <v>959</v>
+      </c>
+      <c r="G259" s="2" t="s">
+        <v>960</v>
+      </c>
       <c r="H259" s="2" t="s">
-        <v>762</v>
-[...3 lines deleted...]
-      </c>
+        <v>263</v>
+      </c>
+      <c r="I259" s="3"/>
       <c r="J259" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K259" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L259" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M259" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="260" spans="1:13">
       <c r="A260" s="1">
-        <v>48881562200011</v>
+        <v>48161113500015</v>
       </c>
       <c r="B260" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C260" s="2" t="s">
-        <v>955</v>
+        <v>961</v>
       </c>
       <c r="D260" s="2"/>
       <c r="E260" s="2" t="s">
-        <v>956</v>
+        <v>962</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>957</v>
+        <v>963</v>
       </c>
       <c r="G260" s="2"/>
       <c r="H260" s="2" t="s">
-        <v>266</v>
+        <v>736</v>
       </c>
       <c r="I260" s="3">
-        <v>91300262030</v>
+        <v>72640342664</v>
       </c>
       <c r="J260" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K260" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L260" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M260" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="261" spans="1:13">
       <c r="A261" s="1">
-        <v>48913022900029</v>
+        <v>48284547600019</v>
       </c>
       <c r="B261" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C261" s="2" t="s">
-        <v>958</v>
+        <v>964</v>
       </c>
       <c r="D261" s="2"/>
       <c r="E261" s="2" t="s">
-        <v>959</v>
+        <v>965</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>960</v>
+        <v>966</v>
       </c>
       <c r="G261" s="2"/>
       <c r="H261" s="2" t="s">
-        <v>762</v>
-[...3 lines deleted...]
-      </c>
+        <v>793</v>
+      </c>
+      <c r="I261" s="3"/>
       <c r="J261" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K261" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L261" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M261" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="262" spans="1:13">
       <c r="A262" s="1">
-        <v>49098564500012</v>
+        <v>48388176900028</v>
       </c>
       <c r="B262" s="2" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C262" s="2" t="s">
-        <v>961</v>
+        <v>967</v>
       </c>
       <c r="D262" s="2"/>
       <c r="E262" s="2" t="s">
-        <v>962</v>
+        <v>968</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>963</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="G262" s="2"/>
       <c r="H262" s="2" t="s">
-        <v>964</v>
-[...1 lines deleted...]
-      <c r="I262" s="3"/>
+        <v>719</v>
+      </c>
+      <c r="I262" s="3">
+        <v>72330667733</v>
+      </c>
       <c r="J262" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K262" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L262" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M262" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="263" spans="1:13">
       <c r="A263" s="1">
-        <v>49154650300013</v>
+        <v>48489644400037</v>
       </c>
       <c r="B263" s="2" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C263" s="2" t="s">
-        <v>965</v>
+        <v>969</v>
       </c>
       <c r="D263" s="2"/>
       <c r="E263" s="2" t="s">
-        <v>966</v>
+        <v>970</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>967</v>
-[...3 lines deleted...]
-      </c>
+        <v>971</v>
+      </c>
+      <c r="G263" s="2"/>
       <c r="H263" s="2" t="s">
-        <v>732</v>
+        <v>825</v>
       </c>
       <c r="I263" s="3">
-        <v>95970138897</v>
+        <v>82690901969</v>
       </c>
       <c r="J263" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K263" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L263" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M263" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="264" spans="1:13">
       <c r="A264" s="1">
-        <v>49291145800015</v>
+        <v>48881562200011</v>
       </c>
       <c r="B264" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C264" s="2" t="s">
-        <v>969</v>
+        <v>972</v>
       </c>
       <c r="D264" s="2"/>
       <c r="E264" s="2" t="s">
-        <v>970</v>
+        <v>973</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>971</v>
+        <v>974</v>
       </c>
       <c r="G264" s="2"/>
       <c r="H264" s="2" t="s">
-        <v>972</v>
-[...1 lines deleted...]
-      <c r="I264" s="3"/>
+        <v>263</v>
+      </c>
+      <c r="I264" s="3">
+        <v>91300262030</v>
+      </c>
       <c r="J264" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K264" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L264" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M264" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="265" spans="1:13">
       <c r="A265" s="1">
-        <v>49331844800039</v>
+        <v>48913022900029</v>
       </c>
       <c r="B265" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C265" s="2" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="D265" s="2"/>
       <c r="E265" s="2" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="G265" s="2"/>
       <c r="H265" s="2" t="s">
-        <v>266</v>
+        <v>825</v>
       </c>
       <c r="I265" s="3">
-        <v>72330941833</v>
+        <v>22020106502</v>
       </c>
       <c r="J265" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K265" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L265" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M265" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="266" spans="1:13">
       <c r="A266" s="1">
-        <v>49983805000015</v>
+        <v>49291145800015</v>
       </c>
       <c r="B266" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C266" s="2" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="D266" s="2"/>
       <c r="E266" s="2" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="G266" s="2"/>
       <c r="H266" s="2" t="s">
-        <v>732</v>
-[...3 lines deleted...]
-      </c>
+        <v>981</v>
+      </c>
+      <c r="I266" s="3"/>
       <c r="J266" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K266" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L266" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M266" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="267" spans="1:13">
       <c r="A267" s="1">
-        <v>50187658500016</v>
+        <v>49331844800039</v>
       </c>
       <c r="B267" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C267" s="2" t="s">
-        <v>979</v>
+        <v>982</v>
       </c>
       <c r="D267" s="2"/>
       <c r="E267" s="2" t="s">
-        <v>980</v>
+        <v>983</v>
       </c>
       <c r="F267" s="2" t="s">
-        <v>981</v>
+        <v>984</v>
       </c>
       <c r="G267" s="2"/>
       <c r="H267" s="2" t="s">
-        <v>739</v>
+        <v>263</v>
       </c>
       <c r="I267" s="3">
-        <v>83150309715</v>
+        <v>72330941833</v>
       </c>
       <c r="J267" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K267" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L267" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M267" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="268" spans="1:13">
       <c r="A268" s="1">
-        <v>50368180100935</v>
+        <v>49983805000015</v>
       </c>
       <c r="B268" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C268" s="2" t="s">
-        <v>982</v>
+        <v>985</v>
       </c>
       <c r="D268" s="2"/>
       <c r="E268" s="2" t="s">
-        <v>983</v>
+        <v>986</v>
       </c>
       <c r="F268" s="2" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="G268" s="2"/>
       <c r="H268" s="2" t="s">
-        <v>837</v>
-[...1 lines deleted...]
-      <c r="I268" s="3"/>
+        <v>744</v>
+      </c>
+      <c r="I268" s="3">
+        <v>11930559793</v>
+      </c>
       <c r="J268" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K268" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L268" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M268" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="269" spans="1:13">
       <c r="A269" s="1">
-        <v>51211348100018</v>
+        <v>50187658500016</v>
       </c>
       <c r="B269" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C269" s="2" t="s">
-        <v>985</v>
+        <v>988</v>
       </c>
       <c r="D269" s="2"/>
       <c r="E269" s="2" t="s">
-        <v>986</v>
+        <v>989</v>
       </c>
       <c r="F269" s="2" t="s">
-        <v>987</v>
+        <v>990</v>
       </c>
       <c r="G269" s="2"/>
       <c r="H269" s="2" t="s">
-        <v>988</v>
+        <v>803</v>
       </c>
       <c r="I269" s="3">
-        <v>72400092040</v>
+        <v>83150309715</v>
       </c>
       <c r="J269" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K269" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L269" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M269" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="270" spans="1:13">
       <c r="A270" s="1">
-        <v>53451561400012</v>
+        <v>50368180100935</v>
       </c>
       <c r="B270" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C270" s="2" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="D270" s="2"/>
       <c r="E270" s="2" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="F270" s="2" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="G270" s="2"/>
       <c r="H270" s="2" t="s">
-        <v>266</v>
-[...3 lines deleted...]
-      </c>
+        <v>994</v>
+      </c>
+      <c r="I270" s="3"/>
       <c r="J270" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K270" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L270" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M270" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="271" spans="1:13">
       <c r="A271" s="1">
-        <v>53749927900033</v>
+        <v>51211348100018</v>
       </c>
       <c r="B271" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C271" s="2" t="s">
-        <v>992</v>
-[...3 lines deleted...]
-      </c>
+        <v>995</v>
+      </c>
+      <c r="D271" s="2"/>
       <c r="E271" s="2" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="F271" s="2" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="G271" s="2"/>
       <c r="H271" s="2" t="s">
-        <v>266</v>
+        <v>998</v>
       </c>
       <c r="I271" s="3">
-        <v>73310783131</v>
+        <v>72400092040</v>
       </c>
       <c r="J271" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K271" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L271" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M271" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="272" spans="1:13">
       <c r="A272" s="1">
-        <v>55262109600171</v>
+        <v>51890772000024</v>
       </c>
       <c r="B272" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C272" s="2" t="s">
-        <v>996</v>
-[...3 lines deleted...]
-      </c>
+        <v>999</v>
+      </c>
+      <c r="D272" s="2"/>
       <c r="E272" s="2" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="F272" s="2" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="G272" s="2"/>
       <c r="H272" s="2" t="s">
-        <v>728</v>
-[...3 lines deleted...]
-      </c>
+        <v>263</v>
+      </c>
+      <c r="I272" s="3"/>
       <c r="J272" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K272" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L272" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M272" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="273" spans="1:13">
       <c r="A273" s="1">
-        <v>61020023000015</v>
+        <v>52985522300010</v>
       </c>
       <c r="B273" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C273" s="2" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="D273" s="2"/>
       <c r="E273" s="2" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="F273" s="2" t="s">
-        <v>17</v>
+        <v>1004</v>
       </c>
       <c r="G273" s="2"/>
       <c r="H273" s="2" t="s">
-        <v>728</v>
+        <v>27</v>
       </c>
       <c r="I273" s="3">
-        <v>76300446430</v>
+        <v>54790095379</v>
       </c>
       <c r="J273" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K273" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L273" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M273" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="274" spans="1:13">
       <c r="A274" s="1">
-        <v>75014602900012</v>
+        <v>53252460000014</v>
       </c>
       <c r="B274" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C274" s="2" t="s">
-        <v>1002</v>
-[...3 lines deleted...]
-      </c>
+        <v>1005</v>
+      </c>
+      <c r="D274" s="2"/>
       <c r="E274" s="2" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="F274" s="2" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="G274" s="2"/>
       <c r="H274" s="2" t="s">
-        <v>751</v>
-[...1 lines deleted...]
-      <c r="I274" s="3"/>
+        <v>744</v>
+      </c>
+      <c r="I274" s="3">
+        <v>24450284045</v>
+      </c>
       <c r="J274" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K274" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L274" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M274" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="275" spans="1:13">
       <c r="A275" s="1">
-        <v>77561662600187</v>
+        <v>53451561400012</v>
       </c>
       <c r="B275" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C275" s="2" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="D275" s="2"/>
       <c r="E275" s="2" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>17</v>
+        <v>1010</v>
       </c>
       <c r="G275" s="2"/>
       <c r="H275" s="2" t="s">
-        <v>837</v>
+        <v>263</v>
       </c>
       <c r="I275" s="3">
-        <v>41550036055</v>
+        <v>91300323030</v>
       </c>
       <c r="J275" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K275" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L275" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M275" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="276" spans="1:13">
       <c r="A276" s="1">
-        <v>51890772000024</v>
+        <v>53749927900033</v>
       </c>
       <c r="B276" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C276" s="2" t="s">
-        <v>1008</v>
-[...1 lines deleted...]
-      <c r="D276" s="2"/>
+        <v>1011</v>
+      </c>
+      <c r="D276" s="2" t="s">
+        <v>1012</v>
+      </c>
       <c r="E276" s="2" t="s">
-        <v>1009</v>
+        <v>1013</v>
       </c>
       <c r="F276" s="2" t="s">
-        <v>1010</v>
+        <v>1014</v>
       </c>
       <c r="G276" s="2"/>
       <c r="H276" s="2" t="s">
-        <v>266</v>
-[...1 lines deleted...]
-      <c r="I276" s="3"/>
+        <v>263</v>
+      </c>
+      <c r="I276" s="3">
+        <v>73310783131</v>
+      </c>
       <c r="J276" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K276" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L276" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M276" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="277" spans="1:13">
       <c r="A277" s="1">
-        <v>52985522300010</v>
+        <v>75014602900012</v>
       </c>
       <c r="B277" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C277" s="2" t="s">
-        <v>1011</v>
-[...1 lines deleted...]
-      <c r="D277" s="2"/>
+        <v>1015</v>
+      </c>
+      <c r="D277" s="2" t="s">
+        <v>1016</v>
+      </c>
       <c r="E277" s="2" t="s">
-        <v>1012</v>
+        <v>1017</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>1013</v>
+        <v>1018</v>
       </c>
       <c r="G277" s="2"/>
       <c r="H277" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>719</v>
+      </c>
+      <c r="I277" s="3"/>
       <c r="J277" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K277" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L277" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M277" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="278" spans="1:13">
       <c r="A278" s="1">
-        <v>30081951300031</v>
+        <v>77561662600187</v>
       </c>
       <c r="B278" s="2" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C278" s="2" t="s">
-        <v>1014</v>
+        <v>1019</v>
       </c>
       <c r="D278" s="2"/>
       <c r="E278" s="2" t="s">
-        <v>1015</v>
+        <v>1020</v>
       </c>
       <c r="F278" s="2" t="s">
-        <v>1016</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="G278" s="2"/>
       <c r="H278" s="2" t="s">
-        <v>751</v>
+        <v>994</v>
       </c>
       <c r="I278" s="3">
-        <v>84692497669</v>
+        <v>41550036055</v>
       </c>
       <c r="J278" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K278" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L278" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M278" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="279" spans="1:13">
       <c r="A279" s="1">
-        <v>30185924500062</v>
+        <v>77568090300132</v>
       </c>
       <c r="B279" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C279" s="2" t="s">
-        <v>1018</v>
+        <v>1021</v>
       </c>
       <c r="D279" s="2"/>
       <c r="E279" s="2" t="s">
-        <v>1019</v>
+        <v>1022</v>
       </c>
       <c r="F279" s="2" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="G279" s="2"/>
       <c r="H279" s="2" t="s">
-        <v>27</v>
+        <v>763</v>
       </c>
       <c r="I279" s="3">
-        <v>91340245234</v>
+        <v>11750079975</v>
       </c>
       <c r="J279" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K279" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L279" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M279" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="280" spans="1:13">
       <c r="A280" s="1">
-        <v>30286824500010</v>
+        <v>77568577900313</v>
       </c>
       <c r="B280" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C280" s="2" t="s">
-        <v>862</v>
+        <v>1024</v>
       </c>
       <c r="D280" s="2"/>
       <c r="E280" s="2" t="s">
-        <v>1021</v>
+        <v>1025</v>
       </c>
       <c r="F280" s="2" t="s">
-        <v>17</v>
+        <v>1026</v>
       </c>
       <c r="G280" s="2"/>
       <c r="H280" s="2" t="s">
-        <v>260</v>
+        <v>763</v>
       </c>
       <c r="I280" s="3">
-        <v>21510123251</v>
+        <v>11754685175</v>
       </c>
       <c r="J280" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K280" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="L280" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M280" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="281" spans="1:13">
       <c r="A281" s="1">
-        <v>30293143100019</v>
+        <v>77570109701755</v>
       </c>
       <c r="B281" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C281" s="2" t="s">
-        <v>1022</v>
+        <v>1027</v>
       </c>
       <c r="D281" s="2"/>
       <c r="E281" s="2" t="s">
-        <v>1023</v>
+        <v>1028</v>
       </c>
       <c r="F281" s="2" t="s">
-        <v>17</v>
+        <v>1029</v>
       </c>
       <c r="G281" s="2"/>
       <c r="H281" s="2" t="s">
-        <v>260</v>
+        <v>994</v>
       </c>
       <c r="I281" s="3">
-        <v>82691132569</v>
+        <v>23760447076</v>
       </c>
       <c r="J281" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K281" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="L281" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M281" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="282" spans="1:13">
       <c r="A282" s="1">
-        <v>30352831900013</v>
+        <v>77571385200017</v>
       </c>
       <c r="B282" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C282" s="2" t="s">
-        <v>1024</v>
+        <v>1030</v>
       </c>
       <c r="D282" s="2"/>
       <c r="E282" s="2" t="s">
-        <v>1025</v>
+        <v>1031</v>
       </c>
       <c r="F282" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G282" s="2"/>
       <c r="H282" s="2" t="s">
-        <v>266</v>
+        <v>793</v>
       </c>
       <c r="I282" s="3">
-        <v>43250040425</v>
+        <v>93840295484</v>
       </c>
       <c r="J282" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K282" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L282" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M282" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="283" spans="1:13">
       <c r="A283" s="1">
-        <v>30438251800013</v>
+        <v>77571499100277</v>
       </c>
       <c r="B283" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C283" s="2" t="s">
-        <v>1026</v>
+        <v>1032</v>
       </c>
       <c r="D283" s="2"/>
       <c r="E283" s="2" t="s">
-        <v>1027</v>
+        <v>1033</v>
       </c>
       <c r="F283" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G283" s="2"/>
       <c r="H283" s="2" t="s">
-        <v>266</v>
+        <v>994</v>
       </c>
       <c r="I283" s="3">
-        <v>21510003551</v>
+        <v>52850146285</v>
       </c>
       <c r="J283" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K283" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L283" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M283" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="284" spans="1:13">
       <c r="A284" s="1">
-        <v>30754662200019</v>
+        <v>77642180200013</v>
       </c>
       <c r="B284" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C284" s="2" t="s">
-        <v>1028</v>
+        <v>1034</v>
       </c>
       <c r="D284" s="2"/>
       <c r="E284" s="2" t="s">
-        <v>1029</v>
+        <v>1035</v>
       </c>
       <c r="F284" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G284" s="2"/>
       <c r="H284" s="2" t="s">
-        <v>260</v>
-[...3 lines deleted...]
-      </c>
+        <v>257</v>
+      </c>
+      <c r="I284" s="3"/>
       <c r="J284" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K284" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="L284" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M284" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="285" spans="1:13">
       <c r="A285" s="1">
-        <v>31015997500039</v>
+        <v>77660306000018</v>
       </c>
       <c r="B285" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C285" s="2" t="s">
-        <v>1030</v>
+        <v>1036</v>
       </c>
       <c r="D285" s="2"/>
       <c r="E285" s="2" t="s">
-        <v>1031</v>
+        <v>1037</v>
       </c>
       <c r="F285" s="2" t="s">
-        <v>1032</v>
+        <v>17</v>
       </c>
       <c r="G285" s="2"/>
       <c r="H285" s="2" t="s">
-        <v>785</v>
+        <v>257</v>
       </c>
       <c r="I285" s="3">
-        <v>93130483113</v>
+        <v>82740107174</v>
       </c>
       <c r="J285" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K285" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L285" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M285" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="286" spans="1:13">
       <c r="A286" s="1">
-        <v>31138229500013</v>
+        <v>77674303100028</v>
       </c>
       <c r="B286" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C286" s="2" t="s">
-        <v>1033</v>
+        <v>1038</v>
       </c>
       <c r="D286" s="2"/>
       <c r="E286" s="2" t="s">
-        <v>1034</v>
+        <v>1039</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>17</v>
+        <v>1040</v>
       </c>
       <c r="G286" s="2"/>
       <c r="H286" s="2" t="s">
-        <v>260</v>
+        <v>744</v>
       </c>
       <c r="I286" s="3">
-        <v>72400086640</v>
+        <v>73120000712</v>
       </c>
       <c r="J286" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="K286" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="L286" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="M286" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="287" spans="1:13">
       <c r="A287" s="1">
-        <v>31238221100018</v>
+        <v>77727960500011</v>
       </c>
       <c r="B287" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C287" s="2" t="s">
-        <v>1035</v>
+        <v>1041</v>
       </c>
       <c r="D287" s="2"/>
       <c r="E287" s="2" t="s">
-        <v>1036</v>
+        <v>1042</v>
       </c>
       <c r="F287" s="2" t="s">
-        <v>1037</v>
+        <v>17</v>
       </c>
       <c r="G287" s="2"/>
       <c r="H287" s="2" t="s">
-        <v>266</v>
+        <v>257</v>
       </c>
       <c r="I287" s="3">
-        <v>43700007070</v>
+        <v>73820055182</v>
       </c>
       <c r="J287" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K287" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="L287" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M287" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="288" spans="1:13">
       <c r="A288" s="1">
-        <v>31266699300026</v>
+        <v>77835631100010</v>
       </c>
       <c r="B288" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C288" s="2" t="s">
-        <v>1038</v>
+        <v>1043</v>
       </c>
       <c r="D288" s="2"/>
       <c r="E288" s="2" t="s">
-        <v>1039</v>
+        <v>1044</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>359</v>
+        <v>1045</v>
       </c>
       <c r="G288" s="2"/>
       <c r="H288" s="2" t="s">
-        <v>732</v>
+        <v>257</v>
       </c>
       <c r="I288" s="3">
-        <v>82010133801</v>
+        <v>43250148225</v>
       </c>
       <c r="J288" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K288" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L288" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="M288" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="289" spans="1:13">
       <c r="A289" s="1">
-        <v>31350031600010</v>
+        <v>77939329700014</v>
       </c>
       <c r="B289" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C289" s="2" t="s">
-        <v>1040</v>
+        <v>1046</v>
       </c>
       <c r="D289" s="2"/>
       <c r="E289" s="2" t="s">
-        <v>1041</v>
+        <v>1047</v>
       </c>
       <c r="F289" s="2" t="s">
-        <v>1037</v>
+        <v>17</v>
       </c>
       <c r="G289" s="2"/>
       <c r="H289" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="I289" s="3">
-        <v>31620042362</v>
+        <v>82260161826</v>
       </c>
       <c r="J289" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K289" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L289" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="M289" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="290" spans="1:13">
       <c r="A290" s="1">
-        <v>31639182000016</v>
+        <v>77948850100015</v>
       </c>
       <c r="B290" s="2" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C290" s="2" t="s">
-        <v>1042</v>
+        <v>1048</v>
       </c>
       <c r="D290" s="2"/>
       <c r="E290" s="2" t="s">
-        <v>1043</v>
+        <v>1049</v>
       </c>
       <c r="F290" s="2" t="s">
-        <v>1044</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="G290" s="2"/>
       <c r="H290" s="2" t="s">
-        <v>27</v>
+        <v>744</v>
       </c>
       <c r="I290" s="3">
-        <v>24410101641</v>
+        <v>82380481838</v>
       </c>
       <c r="J290" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K290" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="L290" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M290" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="291" spans="1:13">
       <c r="A291" s="1">
-        <v>31705055700014</v>
+        <v>77950951200017</v>
       </c>
       <c r="B291" s="2" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C291" s="2" t="s">
-        <v>1046</v>
+        <v>775</v>
       </c>
       <c r="D291" s="2"/>
       <c r="E291" s="2" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>1044</v>
-[...3 lines deleted...]
-      </c>
+        <v>450</v>
+      </c>
+      <c r="G291" s="2"/>
       <c r="H291" s="2" t="s">
-        <v>260</v>
+        <v>744</v>
       </c>
       <c r="I291" s="3">
-        <v>72470022147</v>
+        <v>82380067138</v>
       </c>
       <c r="J291" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K291" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="L291" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M291" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="292" spans="1:13">
       <c r="A292" s="1">
-        <v>31968154000013</v>
+        <v>78119478200012</v>
       </c>
       <c r="B292" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C292" s="2" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="D292" s="2"/>
       <c r="E292" s="2" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>1051</v>
+        <v>17</v>
       </c>
       <c r="G292" s="2"/>
       <c r="H292" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="I292" s="3">
-        <v>24280033228</v>
+        <v>54160018516</v>
       </c>
       <c r="J292" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K292" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="L292" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M292" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="293" spans="1:13">
       <c r="A293" s="1">
-        <v>32470021000051</v>
+        <v>78136153000012</v>
       </c>
       <c r="B293" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C293" s="2" t="s">
-        <v>1052</v>
+        <v>723</v>
       </c>
       <c r="D293" s="2"/>
       <c r="E293" s="2" t="s">
         <v>1053</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>1054</v>
+        <v>17</v>
       </c>
       <c r="G293" s="2"/>
       <c r="H293" s="2" t="s">
-        <v>785</v>
+        <v>257</v>
       </c>
       <c r="I293" s="3">
-        <v>98970329097</v>
+        <v>54170045017</v>
       </c>
       <c r="J293" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K293" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="L293" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M293" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="294" spans="1:13">
       <c r="A294" s="1">
-        <v>33055941000023</v>
+        <v>78141312500019</v>
       </c>
       <c r="B294" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C294" s="2" t="s">
-        <v>1055</v>
+        <v>1054</v>
       </c>
       <c r="D294" s="2"/>
       <c r="E294" s="2" t="s">
-        <v>1056</v>
+        <v>1055</v>
       </c>
       <c r="F294" s="2" t="s">
-        <v>1057</v>
+        <v>17</v>
       </c>
       <c r="G294" s="2"/>
       <c r="H294" s="2" t="s">
-        <v>833</v>
+        <v>257</v>
       </c>
       <c r="I294" s="3">
-        <v>98970211097</v>
+        <v>54790026479</v>
       </c>
       <c r="J294" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K294" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="L294" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M294" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="295" spans="1:13">
       <c r="A295" s="1">
-        <v>33230349400014</v>
+        <v>78151651300012</v>
       </c>
       <c r="B295" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C295" s="2" t="s">
-        <v>1058</v>
+        <v>775</v>
       </c>
       <c r="D295" s="2"/>
       <c r="E295" s="2" t="s">
-        <v>1059</v>
+        <v>1056</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>1060</v>
+        <v>17</v>
       </c>
       <c r="G295" s="2"/>
       <c r="H295" s="2" t="s">
-        <v>721</v>
-[...2 lines deleted...]
-        <v>1061</v>
+        <v>257</v>
+      </c>
+      <c r="I295" s="3">
+        <v>54860031786</v>
       </c>
       <c r="J295" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K295" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="L295" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M295" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="296" spans="1:13">
       <c r="A296" s="1">
-        <v>33348856700046</v>
+        <v>78174099800013</v>
       </c>
       <c r="B296" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C296" s="2" t="s">
-        <v>1062</v>
+        <v>1057</v>
       </c>
       <c r="D296" s="2"/>
       <c r="E296" s="2" t="s">
-        <v>1063</v>
+        <v>1058</v>
       </c>
       <c r="F296" s="2" t="s">
-        <v>1064</v>
+        <v>17</v>
       </c>
       <c r="G296" s="2"/>
       <c r="H296" s="2" t="s">
-        <v>732</v>
+        <v>257</v>
       </c>
       <c r="I296" s="3">
-        <v>31590286359</v>
+        <v>72240033624</v>
       </c>
       <c r="J296" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K296" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="L296" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M296" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="297" spans="1:13">
       <c r="A297" s="1">
-        <v>33453512700016</v>
+        <v>78189192400016</v>
       </c>
       <c r="B297" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C297" s="2" t="s">
-        <v>1065</v>
+        <v>1059</v>
       </c>
       <c r="D297" s="2"/>
       <c r="E297" s="2" t="s">
-        <v>1066</v>
+        <v>1060</v>
       </c>
       <c r="F297" s="2" t="s">
-        <v>1067</v>
+        <v>17</v>
       </c>
       <c r="G297" s="2"/>
       <c r="H297" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="I297" s="3">
-        <v>53560861756</v>
+        <v>72330480833</v>
       </c>
       <c r="J297" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K297" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L297" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M297" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="298" spans="1:13">
       <c r="A298" s="1">
-        <v>33499365600019</v>
+        <v>78203159500013</v>
       </c>
       <c r="B298" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C298" s="2" t="s">
-        <v>858</v>
+        <v>1061</v>
       </c>
       <c r="D298" s="2"/>
       <c r="E298" s="2" t="s">
-        <v>1068</v>
+        <v>1062</v>
       </c>
       <c r="F298" s="2" t="s">
-        <v>1069</v>
+        <v>17</v>
       </c>
       <c r="G298" s="2"/>
       <c r="H298" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="I298" s="3">
-        <v>82740251174</v>
+        <v>72330178333</v>
       </c>
       <c r="J298" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K298" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L298" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M298" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="299" spans="1:13">
       <c r="A299" s="1">
-        <v>33509397700015</v>
+        <v>78324704200014</v>
       </c>
       <c r="B299" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C299" s="2" t="s">
-        <v>1070</v>
+        <v>1063</v>
       </c>
       <c r="D299" s="2"/>
       <c r="E299" s="2" t="s">
-        <v>1071</v>
+        <v>1064</v>
       </c>
       <c r="F299" s="2" t="s">
-        <v>359</v>
+        <v>17</v>
       </c>
       <c r="G299" s="2"/>
       <c r="H299" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="I299" s="3">
-        <v>82691206369</v>
+        <v>93840267984</v>
       </c>
       <c r="J299" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K299" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="L299" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M299" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="300" spans="1:13">
       <c r="A300" s="1">
-        <v>33532344000016</v>
+        <v>78342337900016</v>
       </c>
       <c r="B300" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C300" s="2" t="s">
-        <v>862</v>
+        <v>1065</v>
       </c>
       <c r="D300" s="2"/>
       <c r="E300" s="2" t="s">
-        <v>1072</v>
+        <v>1066</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>359</v>
+        <v>17</v>
       </c>
       <c r="G300" s="2"/>
       <c r="H300" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="I300" s="3">
-        <v>82380520538</v>
+        <v>41880115288</v>
       </c>
       <c r="J300" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K300" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L300" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M300" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="301" spans="1:13">
       <c r="A301" s="1">
-        <v>33778074600018</v>
+        <v>78371120300027</v>
       </c>
       <c r="B301" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C301" s="2" t="s">
-        <v>1073</v>
+        <v>1067</v>
       </c>
       <c r="D301" s="2"/>
       <c r="E301" s="2" t="s">
-        <v>1074</v>
+        <v>1068</v>
       </c>
       <c r="F301" s="2" t="s">
-        <v>1075</v>
+        <v>1069</v>
       </c>
       <c r="G301" s="2"/>
       <c r="H301" s="2" t="s">
-        <v>260</v>
+        <v>27</v>
       </c>
       <c r="I301" s="3">
-        <v>54160068816</v>
+        <v>31590483559</v>
       </c>
       <c r="J301" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K301" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="L301" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M301" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="302" spans="1:13">
       <c r="A302" s="1">
-        <v>40318412000018</v>
+        <v>78390629000011</v>
       </c>
       <c r="B302" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C302" s="2" t="s">
-        <v>1076</v>
+        <v>1070</v>
       </c>
       <c r="D302" s="2"/>
       <c r="E302" s="2" t="s">
-        <v>1077</v>
+        <v>1071</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>1078</v>
+        <v>1072</v>
       </c>
       <c r="G302" s="2"/>
       <c r="H302" s="2" t="s">
-        <v>935</v>
+        <v>1073</v>
       </c>
       <c r="I302" s="3">
-        <v>52440529944</v>
+        <v>31620155462</v>
       </c>
       <c r="J302" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K302" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L302" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M302" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="303" spans="1:13">
       <c r="A303" s="1">
-        <v>40452812700016</v>
+        <v>78398196200021</v>
       </c>
       <c r="B303" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C303" s="2" t="s">
-        <v>1079</v>
-[...1 lines deleted...]
-      <c r="D303" s="2"/>
+        <v>1074</v>
+      </c>
+      <c r="D303" s="2" t="s">
+        <v>1075</v>
+      </c>
       <c r="E303" s="2" t="s">
-        <v>1080</v>
+        <v>1076</v>
       </c>
       <c r="F303" s="2" t="s">
-        <v>286</v>
+        <v>1077</v>
       </c>
       <c r="G303" s="2"/>
       <c r="H303" s="2" t="s">
-        <v>266</v>
+        <v>257</v>
       </c>
       <c r="I303" s="3">
-        <v>43390011239</v>
+        <v>31620031362</v>
       </c>
       <c r="J303" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K303" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L303" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M303" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="304" spans="1:13">
       <c r="A304" s="1">
-        <v>40863075400021</v>
+        <v>78408386700019</v>
       </c>
       <c r="B304" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C304" s="2" t="s">
-        <v>1081</v>
+        <v>1078</v>
       </c>
       <c r="D304" s="2"/>
       <c r="E304" s="2" t="s">
-        <v>1082</v>
+        <v>1079</v>
       </c>
       <c r="F304" s="2" t="s">
-        <v>1083</v>
+        <v>17</v>
       </c>
       <c r="G304" s="2"/>
       <c r="H304" s="2" t="s">
-        <v>1084</v>
+        <v>257</v>
       </c>
       <c r="I304" s="3">
-        <v>32620424962</v>
+        <v>31620162262</v>
       </c>
       <c r="J304" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K304" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L304" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M304" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="305" spans="1:13">
       <c r="A305" s="1">
-        <v>40909451300010</v>
+        <v>78497110300022</v>
       </c>
       <c r="B305" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C305" s="2" t="s">
-        <v>1085</v>
+        <v>1080</v>
       </c>
       <c r="D305" s="2"/>
       <c r="E305" s="2" t="s">
-        <v>209</v>
+        <v>1081</v>
       </c>
       <c r="F305" s="2" t="s">
-        <v>1086</v>
+        <v>1082</v>
       </c>
       <c r="G305" s="2"/>
       <c r="H305" s="2" t="s">
-        <v>266</v>
-[...1 lines deleted...]
-      <c r="I305" s="3"/>
+        <v>27</v>
+      </c>
+      <c r="I305" s="3">
+        <v>11770177777</v>
+      </c>
       <c r="J305" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K305" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L305" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M305" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="306" spans="1:13">
       <c r="A306" s="1">
-        <v>41336206200023</v>
+        <v>78596647400013</v>
       </c>
       <c r="B306" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C306" s="2" t="s">
-        <v>1087</v>
+        <v>1083</v>
       </c>
       <c r="D306" s="2"/>
       <c r="E306" s="2" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="F306" s="2" t="s">
-        <v>1089</v>
+        <v>1085</v>
       </c>
       <c r="G306" s="2"/>
       <c r="H306" s="2" t="s">
-        <v>266</v>
+        <v>257</v>
       </c>
       <c r="I306" s="3">
-        <v>53220639022</v>
+        <v>52440459544</v>
       </c>
       <c r="J306" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K306" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L306" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M306" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="307" spans="1:13">
       <c r="A307" s="1">
-        <v>41461021200014</v>
+        <v>78596993200017</v>
       </c>
       <c r="B307" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C307" s="2" t="s">
-        <v>1090</v>
+        <v>1086</v>
       </c>
       <c r="D307" s="2"/>
       <c r="E307" s="2" t="s">
-        <v>1091</v>
+        <v>1087</v>
       </c>
       <c r="F307" s="2" t="s">
-        <v>453</v>
+        <v>17</v>
       </c>
       <c r="G307" s="2"/>
       <c r="H307" s="2" t="s">
-        <v>266</v>
+        <v>257</v>
       </c>
       <c r="I307" s="3">
-        <v>25610010561</v>
+        <v>52440546144</v>
       </c>
       <c r="J307" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K307" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L307" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="M307" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="308" spans="1:13">
       <c r="A308" s="1">
-        <v>41479762100011</v>
+        <v>78611740800025</v>
       </c>
       <c r="B308" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C308" s="2" t="s">
-        <v>1092</v>
+        <v>1088</v>
       </c>
       <c r="D308" s="2"/>
       <c r="E308" s="2" t="s">
-        <v>1093</v>
+        <v>1089</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>377</v>
+        <v>1090</v>
       </c>
       <c r="G308" s="2"/>
       <c r="H308" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I308" s="3">
-        <v>72330001333</v>
+        <v>52490004349</v>
       </c>
       <c r="J308" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="K308" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L308" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M308" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="309" spans="1:13">
       <c r="A309" s="1">
-        <v>41780245100019</v>
+        <v>78612761300010</v>
       </c>
       <c r="B309" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C309" s="2" t="s">
-        <v>1094</v>
+        <v>1091</v>
       </c>
       <c r="D309" s="2"/>
       <c r="E309" s="2" t="s">
-        <v>1095</v>
+        <v>1092</v>
       </c>
       <c r="F309" s="2" t="s">
-        <v>1096</v>
+        <v>17</v>
       </c>
       <c r="G309" s="2"/>
       <c r="H309" s="2" t="s">
-        <v>751</v>
+        <v>257</v>
       </c>
       <c r="I309" s="3">
-        <v>72240149824</v>
+        <v>52490276449</v>
       </c>
       <c r="J309" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K309" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="L309" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M309" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="310" spans="1:13">
       <c r="A310" s="1">
-        <v>42057178800025</v>
+        <v>78625707100021</v>
       </c>
       <c r="B310" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C310" s="2" t="s">
-        <v>1097</v>
+        <v>1093</v>
       </c>
       <c r="D310" s="2"/>
       <c r="E310" s="2" t="s">
-        <v>1098</v>
+        <v>1094</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>1099</v>
+        <v>1095</v>
       </c>
       <c r="G310" s="2"/>
       <c r="H310" s="2" t="s">
-        <v>762</v>
+        <v>27</v>
       </c>
       <c r="I310" s="3">
-        <v>53350716735</v>
+        <v>52530054253</v>
       </c>
       <c r="J310" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K310" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L310" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M310" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="311" spans="1:13">
       <c r="A311" s="1">
-        <v>42086946300034</v>
+        <v>78633873100023</v>
       </c>
       <c r="B311" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C311" s="2" t="s">
-        <v>1100</v>
+        <v>1096</v>
       </c>
       <c r="D311" s="2"/>
       <c r="E311" s="2" t="s">
-        <v>1101</v>
+        <v>1097</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>1102</v>
+        <v>1098</v>
       </c>
       <c r="G311" s="2"/>
       <c r="H311" s="2" t="s">
-        <v>785</v>
+        <v>736</v>
       </c>
       <c r="I311" s="3">
-        <v>25140229714</v>
+        <v>52720029972</v>
       </c>
       <c r="J311" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K311" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L311" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M311" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="312" spans="1:13">
       <c r="A312" s="1">
-        <v>42117322000011</v>
+        <v>78640269300018</v>
       </c>
       <c r="B312" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C312" s="2" t="s">
-        <v>1103</v>
+        <v>1099</v>
       </c>
       <c r="D312" s="2"/>
       <c r="E312" s="2" t="s">
-        <v>1104</v>
+        <v>1100</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>1105</v>
+        <v>17</v>
       </c>
       <c r="G312" s="2"/>
       <c r="H312" s="2" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="I312" s="3">
-        <v>91300014630</v>
+        <v>52850014385</v>
       </c>
       <c r="J312" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="K312" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L312" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="M312" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="313" spans="1:13">
       <c r="A313" s="1">
-        <v>42309316000020</v>
+        <v>78859233500020</v>
       </c>
       <c r="B313" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C313" s="2" t="s">
-        <v>1106</v>
-[...1 lines deleted...]
-      <c r="D313" s="2"/>
+        <v>1101</v>
+      </c>
+      <c r="D313" s="2" t="s">
+        <v>1102</v>
+      </c>
       <c r="E313" s="2" t="s">
-        <v>1107</v>
+        <v>1103</v>
       </c>
       <c r="F313" s="2" t="s">
-        <v>1108</v>
+        <v>1104</v>
       </c>
       <c r="G313" s="2"/>
       <c r="H313" s="2" t="s">
-        <v>266</v>
+        <v>719</v>
       </c>
       <c r="I313" s="3">
-        <v>11753268175</v>
+        <v>72330879433</v>
       </c>
       <c r="J313" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K313" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L313" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M313" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="314" spans="1:13">
       <c r="A314" s="1">
-        <v>53252460000014</v>
+        <v>79099412300020</v>
       </c>
       <c r="B314" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C314" s="2" t="s">
-        <v>1109</v>
+        <v>1105</v>
       </c>
       <c r="D314" s="2"/>
       <c r="E314" s="2" t="s">
-        <v>1110</v>
+        <v>1106</v>
       </c>
       <c r="F314" s="2" t="s">
-        <v>1111</v>
+        <v>1104</v>
       </c>
       <c r="G314" s="2"/>
       <c r="H314" s="2" t="s">
-        <v>732</v>
+        <v>803</v>
       </c>
       <c r="I314" s="3">
-        <v>24450284045</v>
+        <v>84691556269</v>
       </c>
       <c r="J314" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K314" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L314" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M314" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="315" spans="1:13">
       <c r="A315" s="1">
-        <v>77568090300132</v>
+        <v>79134667900016</v>
       </c>
       <c r="B315" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C315" s="2" t="s">
-        <v>1112</v>
+        <v>1107</v>
       </c>
       <c r="D315" s="2"/>
       <c r="E315" s="2" t="s">
-        <v>1113</v>
+        <v>1108</v>
       </c>
       <c r="F315" s="2" t="s">
-        <v>1114</v>
+        <v>1109</v>
       </c>
       <c r="G315" s="2"/>
       <c r="H315" s="2" t="s">
-        <v>833</v>
-[...3 lines deleted...]
-      </c>
+        <v>1110</v>
+      </c>
+      <c r="I315" s="3"/>
       <c r="J315" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K315" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L315" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M315" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="316" spans="1:13">
       <c r="A316" s="1">
-        <v>45215759700058</v>
+        <v>79159502800022</v>
       </c>
       <c r="B316" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C316" s="2" t="s">
-        <v>1115</v>
-[...1 lines deleted...]
-      <c r="D316" s="2"/>
+        <v>1111</v>
+      </c>
+      <c r="D316" s="2" t="s">
+        <v>1112</v>
+      </c>
       <c r="E316" s="2" t="s">
-        <v>1116</v>
+        <v>1113</v>
       </c>
       <c r="F316" s="2" t="s">
-        <v>1117</v>
+        <v>1114</v>
       </c>
       <c r="G316" s="2"/>
       <c r="H316" s="2" t="s">
-        <v>1118</v>
-[...1 lines deleted...]
-      <c r="I316" s="3"/>
+        <v>263</v>
+      </c>
+      <c r="I316" s="3" t="s">
+        <v>1115</v>
+      </c>
       <c r="J316" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K316" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L316" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="M316" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="317" spans="1:13">
       <c r="A317" s="1">
         <v>80083053100011</v>
       </c>
       <c r="B317" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C317" s="2" t="s">
-        <v>1119</v>
+        <v>1116</v>
       </c>
       <c r="D317" s="2"/>
       <c r="E317" s="2" t="s">
-        <v>1120</v>
+        <v>1117</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>1121</v>
+        <v>1118</v>
       </c>
       <c r="G317" s="2"/>
       <c r="H317" s="2" t="s">
-        <v>751</v>
+        <v>719</v>
       </c>
       <c r="I317" s="3">
         <v>11788401278</v>
       </c>
       <c r="J317" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K317" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L317" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M317" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="318" spans="1:13">
       <c r="A318" s="1">
         <v>80109342800028</v>
       </c>
       <c r="B318" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C318" s="2" t="s">
-        <v>1122</v>
+        <v>1119</v>
       </c>
       <c r="D318" s="2"/>
       <c r="E318" s="2" t="s">
+        <v>1120</v>
+      </c>
+      <c r="F318" s="2" t="s">
+        <v>1121</v>
+      </c>
+      <c r="G318" s="2" t="s">
+        <v>1122</v>
+      </c>
+      <c r="H318" s="2" t="s">
         <v>1123</v>
       </c>
-      <c r="F318" s="2" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="I318" s="3"/>
       <c r="J318" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K318" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L318" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M318" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="319" spans="1:13">
       <c r="A319" s="1">
         <v>80783659800019</v>
       </c>
       <c r="B319" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C319" s="2" t="s">
-        <v>1127</v>
+        <v>1124</v>
       </c>
       <c r="D319" s="2"/>
       <c r="E319" s="2" t="s">
-        <v>1128</v>
+        <v>1125</v>
       </c>
       <c r="F319" s="2" t="s">
-        <v>1129</v>
+        <v>1126</v>
       </c>
       <c r="G319" s="2"/>
       <c r="H319" s="2" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="I319" s="3"/>
       <c r="J319" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K319" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L319" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M319" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="320" spans="1:13">
       <c r="A320" s="1">
         <v>80991562200017</v>
       </c>
       <c r="B320" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C320" s="2" t="s">
-        <v>1130</v>
+        <v>1127</v>
       </c>
       <c r="D320" s="2"/>
       <c r="E320" s="2" t="s">
+        <v>1128</v>
+      </c>
+      <c r="F320" s="2" t="s">
+        <v>1129</v>
+      </c>
+      <c r="G320" s="2" t="s">
+        <v>1130</v>
+      </c>
+      <c r="H320" s="2" t="s">
         <v>1131</v>
       </c>
-      <c r="F320" s="2" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="I320" s="3"/>
       <c r="J320" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K320" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L320" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M320" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="321" spans="1:13">
       <c r="A321" s="1">
         <v>81108972100013</v>
       </c>
       <c r="B321" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C321" s="2" t="s">
-        <v>1135</v>
+        <v>1132</v>
       </c>
       <c r="D321" s="2"/>
       <c r="E321" s="2" t="s">
-        <v>1136</v>
+        <v>1133</v>
       </c>
       <c r="F321" s="2" t="s">
-        <v>1137</v>
+        <v>1134</v>
       </c>
       <c r="G321" s="2" t="s">
-        <v>1138</v>
+        <v>1135</v>
       </c>
       <c r="H321" s="2" t="s">
-        <v>266</v>
-[...3 lines deleted...]
-      </c>
+        <v>263</v>
+      </c>
+      <c r="I321" s="3"/>
       <c r="J321" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K321" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L321" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M321" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="322" spans="1:13">
       <c r="A322" s="1">
         <v>81766815500010</v>
       </c>
       <c r="B322" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C322" s="2" t="s">
-        <v>1139</v>
+        <v>1136</v>
       </c>
       <c r="D322" s="2"/>
       <c r="E322" s="2" t="s">
-        <v>1140</v>
+        <v>1137</v>
       </c>
       <c r="F322" s="2" t="s">
-        <v>1141</v>
+        <v>1138</v>
       </c>
       <c r="G322" s="2"/>
       <c r="H322" s="2" t="s">
-        <v>1134</v>
+        <v>1131</v>
       </c>
       <c r="I322" s="3"/>
       <c r="J322" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K322" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L322" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M322" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="323" spans="1:13">
       <c r="A323" s="1">
         <v>82217313400013</v>
       </c>
       <c r="B323" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C323" s="2" t="s">
-        <v>1142</v>
+        <v>1139</v>
       </c>
       <c r="D323" s="2"/>
       <c r="E323" s="2" t="s">
-        <v>1143</v>
+        <v>1140</v>
       </c>
       <c r="F323" s="2" t="s">
-        <v>1144</v>
+        <v>1141</v>
       </c>
       <c r="G323" s="2"/>
       <c r="H323" s="2" t="s">
-        <v>762</v>
+        <v>825</v>
       </c>
       <c r="I323" s="3"/>
       <c r="J323" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K323" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L323" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M323" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="324" spans="1:13">
       <c r="A324" s="1">
         <v>82477102600021</v>
       </c>
       <c r="B324" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C324" s="2" t="s">
-        <v>1145</v>
+        <v>1142</v>
       </c>
       <c r="D324" s="2"/>
       <c r="E324" s="2" t="s">
-        <v>1146</v>
+        <v>1143</v>
       </c>
       <c r="F324" s="2" t="s">
-        <v>1147</v>
+        <v>1144</v>
       </c>
       <c r="G324" s="2"/>
       <c r="H324" s="2" t="s">
-        <v>762</v>
+        <v>825</v>
       </c>
       <c r="I324" s="3">
         <v>75331055633</v>
       </c>
       <c r="J324" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K324" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L324" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M324" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="325" spans="1:13">
       <c r="A325" s="1">
         <v>83085400600061</v>
       </c>
       <c r="B325" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C325" s="2" t="s">
-        <v>1148</v>
+        <v>1145</v>
       </c>
       <c r="D325" s="2"/>
       <c r="E325" s="2" t="s">
-        <v>1149</v>
+        <v>1146</v>
       </c>
       <c r="F325" s="2" t="s">
-        <v>1150</v>
+        <v>1147</v>
       </c>
       <c r="G325" s="2"/>
       <c r="H325" s="2" t="s">
-        <v>1151</v>
+        <v>1148</v>
       </c>
       <c r="I325" s="3">
         <v>84691598769</v>
       </c>
       <c r="J325" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K325" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L325" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M325" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="326" spans="1:13">
       <c r="A326" s="1">
         <v>84028325300010</v>
       </c>
       <c r="B326" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C326" s="2" t="s">
-        <v>1152</v>
+        <v>1149</v>
       </c>
       <c r="D326" s="2"/>
       <c r="E326" s="2" t="s">
-        <v>1153</v>
+        <v>1150</v>
       </c>
       <c r="F326" s="2" t="s">
-        <v>1154</v>
+        <v>1151</v>
       </c>
       <c r="G326" s="2"/>
       <c r="H326" s="2" t="s">
-        <v>785</v>
+        <v>736</v>
       </c>
       <c r="I326" s="3">
         <v>28500134550</v>
       </c>
       <c r="J326" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K326" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L326" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M326" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="327" spans="1:13">
       <c r="A327" s="1">
         <v>84829857600010</v>
       </c>
       <c r="B327" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C327" s="2" t="s">
+        <v>1152</v>
+      </c>
+      <c r="D327" s="2" t="s">
+        <v>1016</v>
+      </c>
+      <c r="E327" s="2" t="s">
+        <v>1153</v>
+      </c>
+      <c r="F327" s="2" t="s">
+        <v>1154</v>
+      </c>
+      <c r="G327" s="2" t="s">
         <v>1155</v>
       </c>
-      <c r="D327" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H327" s="2" t="s">
-        <v>266</v>
-[...3 lines deleted...]
-      </c>
+        <v>263</v>
+      </c>
+      <c r="I327" s="3"/>
       <c r="J327" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K327" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L327" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M327" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="328" spans="1:13">
       <c r="A328" s="1">
         <v>85313648900012</v>
       </c>
       <c r="B328" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C328" s="2" t="s">
-        <v>1159</v>
+        <v>1156</v>
       </c>
       <c r="D328" s="2"/>
       <c r="E328" s="2" t="s">
-        <v>1160</v>
+        <v>1157</v>
       </c>
       <c r="F328" s="2" t="s">
-        <v>1161</v>
+        <v>1158</v>
       </c>
       <c r="G328" s="2" t="s">
-        <v>1162</v>
+        <v>1159</v>
       </c>
       <c r="H328" s="2" t="s">
-        <v>266</v>
-[...3 lines deleted...]
-      </c>
+        <v>263</v>
+      </c>
+      <c r="I328" s="3"/>
       <c r="J328" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K328" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L328" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M328" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="329" spans="1:13">
       <c r="A329" s="1">
         <v>87795906400016</v>
       </c>
       <c r="B329" s="2" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C329" s="2" t="s">
-        <v>1163</v>
+        <v>1160</v>
       </c>
       <c r="D329" s="2"/>
       <c r="E329" s="2" t="s">
-        <v>1164</v>
+        <v>1161</v>
       </c>
       <c r="F329" s="2" t="s">
-        <v>1165</v>
-[...3 lines deleted...]
-      </c>
+        <v>1162</v>
+      </c>
+      <c r="G329" s="2"/>
       <c r="H329" s="2" t="s">
-        <v>739</v>
+        <v>803</v>
       </c>
       <c r="I329" s="3"/>
       <c r="J329" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K329" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L329" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M329" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
@@ -16361,31 +16321,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/19/2025 01:16:59</dc:description>
+  <dc:description>Export en date du 02/24/2026 15:14:46</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>