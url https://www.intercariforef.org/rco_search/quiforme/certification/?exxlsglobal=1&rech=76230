--- v0 (2025-12-06)
+++ v1 (2026-01-23)
@@ -124,249 +124,249 @@
   <si>
     <t>1 AVENUE MARCEL PROUST 28000 CHARTRES</t>
   </si>
   <si>
     <t>09/09/1985</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>2428P000128</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE DU VAR</t>
   </si>
   <si>
     <t>236 BOULEVARD MARECHAL LECLERC 83000 TOULON</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>9383P000183</t>
   </si>
   <si>
+    <t>POLE FORMATION DES INDUSTRIES TECHNOLOGIQUES</t>
+  </si>
+  <si>
+    <t>6 ROUTE DE MONETEAU 89000 AUXERRE</t>
+  </si>
+  <si>
+    <t>01/10/1989</t>
+  </si>
+  <si>
     <t>Fermé</t>
   </si>
   <si>
+    <t>COMPETENCES PRO</t>
+  </si>
+  <si>
+    <t>PARIS LA DEFENSE 8 20 JARDINS BOIELDIEU 92800 PUTEAUX</t>
+  </si>
+  <si>
+    <t>01/01/2018</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>47 RUE SERGENT MICHEL BERTHET 69009 LYON</t>
+  </si>
+  <si>
+    <t>01/09/2020</t>
+  </si>
+  <si>
+    <t>31/08/2025</t>
+  </si>
+  <si>
+    <t>4 RUE PAUL BERNIES 31200 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/12/2020</t>
+  </si>
+  <si>
+    <t>30/06/2025</t>
+  </si>
+  <si>
+    <t>114 RUE LUCIEN FAURE 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/01/2021</t>
+  </si>
+  <si>
+    <t>SUD MANAGEMENT</t>
+  </si>
+  <si>
+    <t>SITE DE L AGROPOLE AGROPOLE 47310 ESTILLAC</t>
+  </si>
+  <si>
+    <t>04/01/1993</t>
+  </si>
+  <si>
+    <t>ASS FORMATION AUX AFFAIRES ET GESTION</t>
+  </si>
+  <si>
+    <t>13/09/1993</t>
+  </si>
+  <si>
     <t>PRO-ALTERNA</t>
   </si>
   <si>
     <t>ESPACE TECHNOPOLIS 25 RUE DU DEPOT 62000 ARRAS</t>
   </si>
   <si>
     <t>01/01/2003</t>
   </si>
   <si>
-    <t>31/08/2025</t>
-[...4 lines deleted...]
-  <si>
     <t>437 AVENUE DES APOTHICAIRES 34090 MONTPELLIER</t>
   </si>
   <si>
     <t>05/09/2005</t>
   </si>
   <si>
     <t>31/08/2023</t>
   </si>
   <si>
     <t>89-97 89 RUE NATIONALE 59000 LILLE</t>
   </si>
   <si>
     <t>30/07/2013</t>
   </si>
   <si>
     <t>31/12/2022</t>
   </si>
   <si>
     <t>3 RUE DE LA CONDAMINE 38610 GIERES</t>
   </si>
   <si>
     <t>02/09/2013</t>
   </si>
   <si>
     <t>01/04/2022</t>
   </si>
   <si>
-    <t>47 RUE SERGENT MICHEL BERTHET 69009 LYON</t>
-[...1 lines deleted...]
-  <si>
     <t>03/12/2014</t>
   </si>
   <si>
-    <t>114 RUE LUCIEN FAURE 33300 BORDEAUX</t>
-[...1 lines deleted...]
-  <si>
     <t>01/04/2015</t>
   </si>
   <si>
-    <t>PARIS LA DEFENSE 8 20 JARDINS BOIELDIEU 92800 PUTEAUX</t>
-[...1 lines deleted...]
-  <si>
     <t>01/09/2017</t>
   </si>
   <si>
-    <t>30/06/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>16 BOULEVARD GENERAL DE GAULLE 44200 NANTES</t>
   </si>
   <si>
-    <t>01/01/2018</t>
-[...1 lines deleted...]
-  <si>
     <t>RUE FERNAND ROBERT 35000 RENNES</t>
   </si>
   <si>
     <t>01/03/2020</t>
   </si>
   <si>
-    <t>4 RUE PAUL BERNIES 31200 TOULOUSE</t>
-[...1 lines deleted...]
-  <si>
     <t>01/06/2020</t>
   </si>
   <si>
     <t>31/12/2023</t>
   </si>
   <si>
-    <t>POLE FORMATION DES INDUSTRIES TECHNOLOGIQUES</t>
-[...37 lines deleted...]
-  <si>
     <t>CFAI DE CHAMPAGNE ARDENNE</t>
   </si>
   <si>
     <t>3 RUE MAX HOLSTE 51100 REIMS</t>
   </si>
   <si>
     <t>28/06/2013</t>
   </si>
   <si>
     <t>ASSOCIATION POUR LA FORMATION AU MANAGEMENT A LA GESTION ET A L'ENTREPRENEURIAT</t>
   </si>
   <si>
     <t>01/08/2004</t>
   </si>
   <si>
     <t>89 RUE NATIONALE 59000 LILLE</t>
   </si>
   <si>
     <t>11/07/2013</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>PARIS LA DEFENSE 20 JARDINS BOIELDIEU 92800 PUTEAUX</t>
   </si>
   <si>
     <t>140 BD MALESHERBES 75017 PARIS 17</t>
   </si>
   <si>
     <t>20/12/2019</t>
   </si>
   <si>
     <t>31/08/2024</t>
   </si>
   <si>
     <t>01/02/2021</t>
   </si>
   <si>
     <t>CENTRE FORMATION APPRENTIS ACMP</t>
   </si>
   <si>
     <t>20 JARDINS BOIELDIEU 92800 PUTEAUX</t>
   </si>
   <si>
     <t>01/05/2018</t>
   </si>
   <si>
+    <t>ECOLE SUPERIEURE DE MANAGEMENT DES LANDES</t>
+  </si>
+  <si>
+    <t>293 AVENUE DU MARECHAL FOCH 40000 MONT-DE-MARSAN</t>
+  </si>
+  <si>
+    <t>27/07/2011</t>
+  </si>
+  <si>
+    <t>GROUPE SCOLAIRE D'ENSEIGNEMENT AGRICOLE  PRIVE ANTOINE DE SAINT-EXUPERY</t>
+  </si>
+  <si>
+    <t>LA LANDE DU BREIL 39 RUE FERNAND ROBERT 35000 RENNES</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
     <t>CAMPUS REUNION</t>
   </si>
   <si>
     <t>1 ALL FRANCIS SAUTRON 97420 LE PORT</t>
   </si>
   <si>
     <t>01/08/2015</t>
-  </si>
-[...16 lines deleted...]
-    <t>27/07/2011</t>
   </si>
   <si>
     <t>CAMPUS D'ENSEIGNEMENT SUPERIEURE PRIVE DE BREST</t>
   </si>
   <si>
     <t>CESPB</t>
   </si>
   <si>
     <t>475 RUE JOSEPHINE PENCALET 29200 BREST</t>
   </si>
   <si>
     <t>25/09/2015</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -937,690 +937,690 @@
       <c r="F5" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>39913469100092</v>
+        <v>35250115900011</v>
       </c>
       <c r="B6" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C6" s="2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="F6" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="I6" s="3">
-        <v>11754932475</v>
+        <v>26890094689</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>39913469100100</v>
+        <v>38961756400056</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="F7" s="2" t="s">
+      <c r="G7" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="G7" s="2" t="s">
+      <c r="H7" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="H7" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I7" s="3">
-        <v>11754932475</v>
+        <v>11921788192</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>39913469100175</v>
+        <v>38961756400072</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>47</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I8" s="3">
-        <v>11754932475</v>
+        <v>11921788192</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>39913469100191</v>
+        <v>38961756400080</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>50</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="3">
-        <v>11754932475</v>
+        <v>11921788192</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>39913469100233</v>
+        <v>38961756400098</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="3">
-        <v>11754932475</v>
+        <v>11921788192</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>39913469100241</v>
+        <v>38980235600011</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>37</v>
+        <v>53</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="I11" s="3">
-        <v>11754932475</v>
+        <v>72470032947</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>39913469100258</v>
+        <v>39265054500016</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>37</v>
+        <v>56</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="G12" s="2" t="s">
         <v>57</v>
       </c>
+      <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="I12" s="3"/>
       <c r="J12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>39913469100266</v>
+        <v>39913469100092</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G13" s="2" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H13" s="2" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="I13" s="3">
         <v>11754932475</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>39913469100274</v>
+        <v>39913469100100</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G14" s="2" t="s">
-        <v>40</v>
+        <v>63</v>
       </c>
       <c r="H14" s="2" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="I14" s="3">
         <v>11754932475</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>39913469100282</v>
+        <v>39913469100175</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="G15" s="2" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="3">
         <v>11754932475</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>35250115900011</v>
+        <v>39913469100191</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G16" s="2"/>
+        <v>68</v>
+      </c>
+      <c r="G16" s="2" t="s">
+        <v>69</v>
+      </c>
       <c r="H16" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="I16" s="3">
-        <v>26890094689</v>
+        <v>11754932475</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>38961756400056</v>
+        <v>39913469100233</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>59</v>
+        <v>70</v>
       </c>
       <c r="G17" s="2" t="s">
-        <v>69</v>
+        <v>47</v>
       </c>
       <c r="H17" s="2" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="I17" s="3">
-        <v>11921788192</v>
+        <v>11754932475</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>38961756400072</v>
+        <v>39913469100241</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G18" s="2" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H18" s="2" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="I18" s="3">
-        <v>11921788192</v>
+        <v>11754932475</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>38961756400080</v>
+        <v>39913469100258</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>62</v>
+        <v>41</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G19" s="2" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="H19" s="2" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="I19" s="3">
-        <v>11921788192</v>
+        <v>11754932475</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>38961756400098</v>
+        <v>39913469100266</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>53</v>
+        <v>73</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>72</v>
+        <v>42</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H20" s="2" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="I20" s="3">
-        <v>11921788192</v>
+        <v>11754932475</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>38980235600011</v>
+        <v>39913469100274</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>73</v>
+        <v>58</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="G21" s="2"/>
+      <c r="G21" s="2" t="s">
+        <v>47</v>
+      </c>
       <c r="H21" s="2" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="I21" s="3">
-        <v>72470032947</v>
+        <v>11754932475</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>39265054500016</v>
+        <v>39913469100282</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>76</v>
+        <v>58</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>66</v>
+        <v>48</v>
       </c>
       <c r="F22" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="G22" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="I22" s="3"/>
+        <v>30</v>
+      </c>
+      <c r="I22" s="3">
+        <v>11754932475</v>
+      </c>
       <c r="J22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>40120610700062</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
@@ -1639,361 +1639,361 @@
       <c r="J23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>42084724600089</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>82</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="3">
         <v>11754013675</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>42084724600154</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>83</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G25" s="2" t="s">
-        <v>47</v>
+        <v>66</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="3">
         <v>11754013675</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
         <v>42084724600196</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>85</v>
       </c>
       <c r="I26" s="3">
         <v>11754013675</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>42084724600204</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>86</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>56</v>
+        <v>72</v>
       </c>
       <c r="G27" s="2" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="3">
         <v>11754013675</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>42084724600212</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>59</v>
+        <v>42</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="3">
         <v>11754013675</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>42084724600238</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>87</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>88</v>
       </c>
       <c r="G29" s="2" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="3">
         <v>11754013675</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
         <v>42084724600246</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>60</v>
+        <v>74</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>61</v>
+        <v>75</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="3">
         <v>11754013675</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>42084724600253</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>63</v>
+        <v>76</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>89</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="3">
         <v>11754013675</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>42084724600261</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>42</v>
+        <v>61</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>90</v>
       </c>
       <c r="G32" s="2" t="s">
-        <v>44</v>
+        <v>63</v>
       </c>
       <c r="H32" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="3">
         <v>11754013675</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>42467421600033</v>
       </c>
       <c r="B33" s="2" t="s">
@@ -2007,71 +2007,71 @@
         <v>92</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>85</v>
       </c>
       <c r="I33" s="3"/>
       <c r="J33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>80521403800020</v>
+        <v>53379925000014</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>94</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>95</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>96</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="3">
-        <v>98970429597</v>
+        <v>72400095540</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>77774619900010</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D35" s="2"/>
@@ -2081,71 +2081,71 @@
       <c r="F35" s="2" t="s">
         <v>99</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="3">
         <v>53350117135</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>53379925000014</v>
+        <v>80521403800020</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>100</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
         <v>101</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>102</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="3">
-        <v>72400095540</v>
+        <v>98970429597</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>81398319400016</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>103</v>
       </c>
       <c r="D37" s="2" t="s">
@@ -2209,31 +2209,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/06/2025 06:38:02</dc:description>
+  <dc:description>Export en date du 01/23/2026 12:42:54</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>