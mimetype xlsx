--- v1 (2026-01-23)
+++ v2 (2026-03-14)
@@ -995,170 +995,162 @@
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>38961756400056</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="I7" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>38961756400072</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>47</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="I8" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>38961756400080</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>50</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="I9" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I9" s="3"/>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>38961756400098</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="I10" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I10" s="3"/>
       <c r="J10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>38980235600011</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
@@ -1223,404 +1215,384 @@
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>39913469100092</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>59</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>60</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>47</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="I13" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I13" s="3"/>
       <c r="J13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>39913469100100</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>62</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>63</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="I14" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I14" s="3"/>
       <c r="J14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>39913469100175</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>66</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="I15" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>39913469100191</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>69</v>
       </c>
       <c r="H16" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="I16" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>39913469100233</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>70</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>47</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="I17" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I17" s="3"/>
       <c r="J17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>39913469100241</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>47</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="I18" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I18" s="3"/>
       <c r="J18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>39913469100258</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>72</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>50</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="I19" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I19" s="3"/>
       <c r="J19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>39913469100266</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>73</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>47</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="I20" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I20" s="3"/>
       <c r="J20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>39913469100274</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>47</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="I21" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I21" s="3"/>
       <c r="J21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>39913469100282</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>76</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>77</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="I22" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I22" s="3"/>
       <c r="J22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>40120610700062</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
@@ -1687,53 +1659,51 @@
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>42084724600154</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>83</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>66</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="I25" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I25" s="3"/>
       <c r="J25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
         <v>42084724600196</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
@@ -1763,53 +1733,51 @@
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>42084724600204</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>86</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>72</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>50</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="I27" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I27" s="3"/>
       <c r="J27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>42084724600212</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
@@ -1839,53 +1807,51 @@
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>42084724600238</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>87</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>88</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>50</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="I29" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I29" s="3"/>
       <c r="J29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
         <v>42084724600246</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
@@ -1915,92 +1881,88 @@
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>42084724600253</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>76</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>89</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="I31" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I31" s="3"/>
       <c r="J31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>42084724600261</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>39</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>90</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>63</v>
       </c>
       <c r="H32" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="I32" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I32" s="3"/>
       <c r="J32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>42467421600033</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
@@ -2209,31 +2171,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/23/2026 12:42:54</dc:description>
+  <dc:description>Export en date du 03/14/2026 11:50:32</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>