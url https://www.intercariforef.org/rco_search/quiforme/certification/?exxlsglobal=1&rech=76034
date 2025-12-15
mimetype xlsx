--- v0 (2025-10-19)
+++ v1 (2025-12-15)
@@ -112,87 +112,87 @@
   <si>
     <t>10 BOULEVARD EDMOND MICHELET 69008 LYON</t>
   </si>
   <si>
     <t>11/09/2020</t>
   </si>
   <si>
     <t>9 RUE LOISELEUR DESLONGCHAMPS 28100 DREUX</t>
   </si>
   <si>
     <t>25/06/2021</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>12 AVENUE PIERRE MAUROY 59120 LOOS</t>
   </si>
   <si>
     <t>18/02/2022</t>
   </si>
   <si>
     <t>02/09/2024</t>
   </si>
   <si>
+    <t>IMT INDUSTRIES</t>
+  </si>
+  <si>
+    <t>38 A 40 38 AVENUE MARCEL DASSAULT 37200 TOURS</t>
+  </si>
+  <si>
+    <t>01/06/2001</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>BP 8051 10 BOULEVARD EDMOND MICHELET 69008 LYON</t>
+  </si>
+  <si>
+    <t>01/10/2017</t>
+  </si>
+  <si>
+    <t>IMMEUBLE GALAXIE VOIE DE L'INSTITUT 27100 VAL-DE-REUIL</t>
+  </si>
+  <si>
+    <t>01/07/2018</t>
+  </si>
+  <si>
+    <t>GENOPOLE CAMPUS 3 1 RUE PIERRE FONTAINE 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>10/01/2020</t>
+  </si>
+  <si>
+    <t>16/06/2022</t>
+  </si>
+  <si>
     <t>GPE INSTIT METIERS TECHN PRODUITS SANTE</t>
   </si>
   <si>
     <t>19/07/2001</t>
-  </si>
-[...31 lines deleted...]
-    <t>16/06/2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -821,260 +821,260 @@
       </c>
       <c r="G7" s="2" t="s">
         <v>31</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="3">
         <v>24370304437</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>38459854600057</v>
+        <v>34394952500053</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="I8" s="3">
-        <v>24370205637</v>
+        <v>24370057337</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>34394952500053</v>
+        <v>34394952500079</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="I9" s="3">
         <v>24370057337</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>34394952500079</v>
+        <v>34394952500087</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="3">
         <v>24370057337</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>34394952500087</v>
+        <v>34394952500095</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="3">
         <v>24370057337</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>34394952500095</v>
+        <v>34394952500103</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="D12" s="2"/>
+        <v>32</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>32</v>
+      </c>
       <c r="E12" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="F12" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G12" s="2"/>
+      <c r="G12" s="2" t="s">
+        <v>31</v>
+      </c>
       <c r="H12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="3">
         <v>24370057337</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>34394952500103</v>
+        <v>38459854600057</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="G13" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="3">
-        <v>24370057337</v>
+        <v>24370205637</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -1099,31 +1099,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/19/2025 22:26:24</dc:description>
+  <dc:description>Export en date du 12/15/2025 19:09:43</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>