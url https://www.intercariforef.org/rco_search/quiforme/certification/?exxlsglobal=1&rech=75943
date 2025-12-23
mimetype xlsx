--- v0 (2025-11-04)
+++ v1 (2025-12-23)
@@ -211,63 +211,63 @@
   <si>
     <t>44 BOULEVARD DE L’EUROPE 67210 OBERNAI</t>
   </si>
   <si>
     <t>4267P002167</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL NICOLAS LOUIS VAUQUELIN</t>
   </si>
   <si>
     <t>13 A 21 13 AVENUE BOUTROUX 75013 PARIS</t>
   </si>
   <si>
     <t>ETS PUB LOCAL ENSEIGNEMENT FORMATION PROFESSIONNELLE AGRICOLES TARN</t>
   </si>
   <si>
     <t>LEGTPA ALBI</t>
   </si>
   <si>
     <t>FONTLABOUR ROUTE DE TOULOUSE 81000 ALBI</t>
   </si>
   <si>
     <t>7381P001481</t>
   </si>
   <si>
+    <t>ISETA - ECA</t>
+  </si>
+  <si>
+    <t>ECOLE D'AGRICULTURE DE POISY 859 ROUTE DE L'ECOLE D'AGRICULTURE 74330 POISY</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
     <t>CAMPUS LA MOUILLERE ORLEANS LOIRE VALLEY</t>
   </si>
   <si>
     <t>66 AVENUE DE LA MOUILLERE 45100 ORLEANS</t>
-  </si>
-[...7 lines deleted...]
-    <t>ECOLE D'AGRICULTURE DE POISY 859 ROUTE DE L'ECOLE D'AGRICULTURE 74330 POISY</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1171,114 +1171,114 @@
       <c r="F14" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>64</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>77551109000018</v>
+        <v>77660306000018</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>66</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>67</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I15" s="3">
-        <v>24450000345</v>
+        <v>82740107174</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>77660306000018</v>
+        <v>77551109000018</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>69</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>67</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I16" s="3">
-        <v>82740107174</v>
+        <v>24450000345</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
@@ -1297,31 +1297,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/04/2025 16:50:48</dc:description>
+  <dc:description>Export en date du 12/23/2025 11:54:52</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>