--- v1 (2025-12-23)
+++ v2 (2025-12-23)
@@ -1297,31 +1297,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/23/2025 11:54:52</dc:description>
+  <dc:description>Export en date du 12/23/2025 13:31:25</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>