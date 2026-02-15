--- v2 (2025-12-23)
+++ v3 (2026-02-15)
@@ -211,63 +211,63 @@
   <si>
     <t>44 BOULEVARD DE L’EUROPE 67210 OBERNAI</t>
   </si>
   <si>
     <t>4267P002167</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL NICOLAS LOUIS VAUQUELIN</t>
   </si>
   <si>
     <t>13 A 21 13 AVENUE BOUTROUX 75013 PARIS</t>
   </si>
   <si>
     <t>ETS PUB LOCAL ENSEIGNEMENT FORMATION PROFESSIONNELLE AGRICOLES TARN</t>
   </si>
   <si>
     <t>LEGTPA ALBI</t>
   </si>
   <si>
     <t>FONTLABOUR ROUTE DE TOULOUSE 81000 ALBI</t>
   </si>
   <si>
     <t>7381P001481</t>
   </si>
   <si>
+    <t>CAMPUS LA MOUILLERE ORLEANS LOIRE VALLEY</t>
+  </si>
+  <si>
+    <t>66 AVENUE DE LA MOUILLERE 45100 ORLEANS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
     <t>ISETA - ECA</t>
   </si>
   <si>
     <t>ECOLE D'AGRICULTURE DE POISY 859 ROUTE DE L'ECOLE D'AGRICULTURE 74330 POISY</t>
-  </si>
-[...7 lines deleted...]
-    <t>66 AVENUE DE LA MOUILLERE 45100 ORLEANS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1171,114 +1171,114 @@
       <c r="F14" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>64</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>77660306000018</v>
+        <v>77551109000018</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>66</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>67</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I15" s="3">
-        <v>82740107174</v>
+        <v>24450000345</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>77551109000018</v>
+        <v>77660306000018</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>69</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>67</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I16" s="3">
-        <v>24450000345</v>
+        <v>82740107174</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
@@ -1297,31 +1297,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/23/2025 13:31:25</dc:description>
+  <dc:description>Export en date du 02/15/2026 08:28:25</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>