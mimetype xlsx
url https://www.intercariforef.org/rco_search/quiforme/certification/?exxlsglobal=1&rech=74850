--- v0 (2025-10-25)
+++ v1 (2025-12-15)
@@ -58,102 +58,102 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>GINGER FORMATION</t>
+  </si>
+  <si>
+    <t>ZAC DE CLE SAINT PIERRE 12 AVENUE GAY-LUSSAC 78990 ELANCOURT</t>
+  </si>
+  <si>
+    <t>05/02/2009</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
     <t>ORGANISME FORMATIONS EN IMMOBILIER BAT</t>
   </si>
   <si>
     <t>28 RUE XAVIER BICHAT 72000 LE MANS</t>
   </si>
   <si>
     <t>17/12/2021</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...5 lines deleted...]
-    <t>VRAI</t>
+    <t>ABCIDIA FORMATION</t>
+  </si>
+  <si>
+    <t>DOMAINE ST PAUL BAT 6 102 ROUTE DE LIMOURS 78470 SAINT-REMY-LES-CHEVREUSE</t>
+  </si>
+  <si>
+    <t>27/09/2017</t>
   </si>
   <si>
     <t>IRILUS</t>
   </si>
   <si>
     <t>IMMEUBLE HORIZON ESPLANADE DE FRANCE 3 RUE JACQUES CONSTANT MILLERET 42000 SAINT-ETIENNE</t>
   </si>
   <si>
     <t>01/06/2016</t>
   </si>
   <si>
-    <t>ABCIDIA FORMATION</t>
-[...7 lines deleted...]
-  <si>
     <t>ODE FORMATION</t>
   </si>
   <si>
     <t>87 B RUE DE PARIS 93100 MONTREUIL</t>
   </si>
   <si>
     <t>01/09/2009</t>
-  </si>
-[...7 lines deleted...]
-    <t>05/02/2009</t>
   </si>
   <si>
     <t>NEO FORMATIONS</t>
   </si>
   <si>
     <t>11 RUE J CUGNOT 57000 METZ</t>
   </si>
   <si>
     <t>01/03/2021</t>
   </si>
   <si>
     <t>SFG DEVELOPPEMENT</t>
   </si>
   <si>
     <t>20 AVENUE GABRIEL PERI 95870 BEZONS</t>
   </si>
   <si>
     <t>17/03/2017</t>
   </si>
   <si>
     <t>JURIS DEVELOPPEMENT</t>
   </si>
   <si>
     <t>LE SLAM 70 RUE SAINT JEAN DE DIEU 69007 LYON</t>
   </si>
@@ -624,108 +624,108 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>47967919300082</v>
+        <v>40275310700034</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
-        <v>52720110772</v>
+        <v>11788096478</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>80910743600028</v>
+        <v>47967919300082</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="3">
-        <v>82420276542</v>
+        <v>52720110772</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
         <v>51171314100030</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="2"/>
@@ -735,108 +735,108 @@
       <c r="F4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="3">
         <v>11910637691</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>51454169700025</v>
+        <v>80910743600028</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="3">
-        <v>11930695093</v>
+        <v>82420276542</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>40275310700034</v>
+        <v>51454169700025</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="3">
-        <v>11788096478</v>
+        <v>11930695093</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>81235702800024</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D7" s="2"/>
@@ -1122,31 +1122,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/25/2025 16:51:20</dc:description>
+  <dc:description>Export en date du 12/15/2025 22:50:26</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>