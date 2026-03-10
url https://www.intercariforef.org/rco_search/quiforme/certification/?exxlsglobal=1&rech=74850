--- v1 (2025-12-15)
+++ v2 (2026-03-10)
@@ -58,102 +58,102 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>ODE FORMATION</t>
+  </si>
+  <si>
+    <t>87 B RUE DE PARIS 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>01/09/2009</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
     <t>GINGER FORMATION</t>
   </si>
   <si>
     <t>ZAC DE CLE SAINT PIERRE 12 AVENUE GAY-LUSSAC 78990 ELANCOURT</t>
   </si>
   <si>
     <t>05/02/2009</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...7 lines deleted...]
-  <si>
     <t>ORGANISME FORMATIONS EN IMMOBILIER BAT</t>
   </si>
   <si>
     <t>28 RUE XAVIER BICHAT 72000 LE MANS</t>
   </si>
   <si>
     <t>17/12/2021</t>
   </si>
   <si>
     <t>ABCIDIA FORMATION</t>
   </si>
   <si>
     <t>DOMAINE ST PAUL BAT 6 102 ROUTE DE LIMOURS 78470 SAINT-REMY-LES-CHEVREUSE</t>
   </si>
   <si>
     <t>27/09/2017</t>
   </si>
   <si>
     <t>IRILUS</t>
   </si>
   <si>
     <t>IMMEUBLE HORIZON ESPLANADE DE FRANCE 3 RUE JACQUES CONSTANT MILLERET 42000 SAINT-ETIENNE</t>
   </si>
   <si>
     <t>01/06/2016</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/09/2009</t>
   </si>
   <si>
     <t>NEO FORMATIONS</t>
   </si>
   <si>
     <t>11 RUE J CUGNOT 57000 METZ</t>
   </si>
   <si>
     <t>01/03/2021</t>
   </si>
   <si>
     <t>SFG DEVELOPPEMENT</t>
   </si>
   <si>
     <t>20 AVENUE GABRIEL PERI 95870 BEZONS</t>
   </si>
   <si>
     <t>17/03/2017</t>
   </si>
   <si>
     <t>JURIS DEVELOPPEMENT</t>
   </si>
   <si>
     <t>LE SLAM 70 RUE SAINT JEAN DE DIEU 69007 LYON</t>
   </si>
@@ -624,219 +624,219 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>40275310700034</v>
+        <v>51454169700025</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
-        <v>11788096478</v>
+        <v>11930695093</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>47967919300082</v>
+        <v>40275310700034</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="3">
-        <v>52720110772</v>
+        <v>11788096478</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>51171314100030</v>
+        <v>47967919300082</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="3">
-        <v>11910637691</v>
+        <v>52720110772</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>80910743600028</v>
+        <v>51171314100030</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="3">
-        <v>82420276542</v>
+        <v>11910637691</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>51454169700025</v>
+        <v>80910743600028</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="3">
-        <v>11930695093</v>
+        <v>82420276542</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>81235702800024</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D7" s="2"/>
@@ -1015,53 +1015,51 @@
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>90505943200021</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>47</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>50</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I12" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I12" s="3"/>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>94865343100015</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
@@ -1122,31 +1120,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/15/2025 22:50:26</dc:description>
+  <dc:description>Export en date du 03/10/2026 16:14:31</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>