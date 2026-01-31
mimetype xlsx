--- v0 (2025-12-13)
+++ v1 (2026-01-31)
@@ -238,50 +238,104 @@
   <si>
     <t>GRETA STRASBOURG EUROPE</t>
   </si>
   <si>
     <t>22 RUE LIXENBUHL 67400 ILLKIRCH-GRAFFENSTADEN</t>
   </si>
   <si>
     <t>02/04/2013</t>
   </si>
   <si>
     <t>4267P000867</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT NELSON MANDELA</t>
   </si>
   <si>
     <t>GRETA POITOU CHARENTES</t>
   </si>
   <si>
     <t>63 RUE DE LA BUGELLERIE 86000 POITIERS</t>
   </si>
   <si>
     <t>01/01/2015</t>
   </si>
   <si>
+    <t>INTERFOR</t>
+  </si>
+  <si>
+    <t>2 RUE VADE 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>28/09/1989</t>
+  </si>
+  <si>
+    <t>ASS FORMATIO APPRENTIS COMMERCE SERVICES</t>
+  </si>
+  <si>
+    <t>21 AVENUE GEORGES BRASSENS 31700 BLAGNAC</t>
+  </si>
+  <si>
+    <t>02/10/1995</t>
+  </si>
+  <si>
+    <t>STELO FORMATION</t>
+  </si>
+  <si>
+    <t>22 RUE D'ANJOU 75008 PARIS</t>
+  </si>
+  <si>
+    <t>03/02/1981</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>BOULOURIS 142 AVENUE DES CHENES VERTS 83700 SAINT-RAPHAEL</t>
+  </si>
+  <si>
+    <t>01/01/2008</t>
+  </si>
+  <si>
+    <t>AVENUE JEAN FOURGEAUD 93420 VILLEPINTE</t>
+  </si>
+  <si>
+    <t>01/01/2012</t>
+  </si>
+  <si>
+    <t>3 RUE DES MIMOSAS 06400 CANNES</t>
+  </si>
+  <si>
+    <t>23/04/2014</t>
+  </si>
+  <si>
+    <t>6 PLACE AUGUSTE BLANQUI 06300 NICE</t>
+  </si>
+  <si>
+    <t>01/12/2020</t>
+  </si>
+  <si>
     <t>CTRE EUROPEEN FORMATION PROFESS HOTELIER</t>
   </si>
   <si>
     <t>4 RUE EUGENIE BRAZIER 67400 ILLKIRCH-GRAFFENSTADEN</t>
   </si>
   <si>
     <t>19/06/2019</t>
   </si>
   <si>
     <t>OB HOLDING</t>
   </si>
   <si>
     <t>59 RUE DE TOCQUEVILLE 75017 PARIS</t>
   </si>
   <si>
     <t>22/05/2015</t>
   </si>
   <si>
     <t>01/11/2024</t>
   </si>
   <si>
     <t>56.10A</t>
   </si>
   <si>
     <t>55 RUE DEGUINGAND 92300 LEVALLOIS-PERRET</t>
@@ -316,243 +370,189 @@
   <si>
     <t>01/01/1997</t>
   </si>
   <si>
     <t>IRFA ENTREPRISES</t>
   </si>
   <si>
     <t>POLE UNIVERSITAIRE MONTFOULON 61250 DAMIGNY</t>
   </si>
   <si>
     <t>01/07/1997</t>
   </si>
   <si>
     <t>INSTITUT LA FORBINE - ECOLE HOTELIERE DE PROVENCE</t>
   </si>
   <si>
     <t>CHATEAU DES CREISSAUDS LE CLOS RUFISQUE 13400 AUBAGNE</t>
   </si>
   <si>
     <t>30/08/2000</t>
   </si>
   <si>
     <t>02/09/2024</t>
   </si>
   <si>
+    <t>H &amp; C CONSEIL</t>
+  </si>
+  <si>
+    <t>6 PLACE DE REGENSBURG 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>15/02/2005</t>
+  </si>
+  <si>
+    <t>H ET C CONSEIL</t>
+  </si>
+  <si>
+    <t>20 RUE DE MARAUSSAN 11100 NARBONNE</t>
+  </si>
+  <si>
+    <t>01/08/2008</t>
+  </si>
+  <si>
+    <t>01/03/2023</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>H2C CONSEIL</t>
+  </si>
+  <si>
+    <t>39 RUE POMIER-LAYRARGUES 34070 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/04/2010</t>
+  </si>
+  <si>
+    <t>BAT.K VILLE ACTIVE 32 RUE ROBERT MALLET STEVENS 30900 NIMES</t>
+  </si>
+  <si>
+    <t>01/11/2010</t>
+  </si>
+  <si>
+    <t>7 RUE ARISTIDE BERGES 66330 CABESTANY</t>
+  </si>
+  <si>
+    <t>01/07/2013</t>
+  </si>
+  <si>
+    <t>35 RUE BERNARD DE VENTADOUR 31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/04/2019</t>
+  </si>
+  <si>
+    <t>01/07/2024</t>
+  </si>
+  <si>
     <t>CONSEIL FORMATION INGENIERIE MEDITERRANEE</t>
   </si>
   <si>
     <t>57 RUE DRAGON 13006 MARSEILLE</t>
   </si>
   <si>
     <t>15/12/2005</t>
   </si>
   <si>
     <t>SARL RESTHO FORMATION</t>
   </si>
   <si>
     <t>30 B ROUTE DE BETHUNE 62300 LENS</t>
   </si>
   <si>
     <t>01/01/2022</t>
   </si>
   <si>
     <t>UNION METIER INDUS HOTELLERIE FORMATION</t>
   </si>
   <si>
     <t>211 RUE DE L'UNIVERSITE 75007 PARIS</t>
   </si>
   <si>
     <t>26/09/2009</t>
   </si>
   <si>
-    <t>INTERFOR</t>
-[...52 lines deleted...]
-  <si>
     <t>FIH 88 FORMATION</t>
   </si>
   <si>
     <t>32 RUE ANDRE VITU 88000 EPINAL</t>
   </si>
   <si>
     <t>26/06/2008</t>
   </si>
   <si>
+    <t>BARISTA BARTENDER SOLUTIONS</t>
+  </si>
+  <si>
+    <t>BBS</t>
+  </si>
+  <si>
+    <t>ZA DE LA VERDIERE I RUE ANDRE MARIE AMPERE 13880 VELAUX</t>
+  </si>
+  <si>
+    <t>17/01/2011</t>
+  </si>
+  <si>
     <t>HENRIMAN FORMATION</t>
   </si>
   <si>
     <t>18 RUE DE LA RAINIERE 44300 NANTES</t>
   </si>
   <si>
     <t>OBJECTIF P.E.</t>
   </si>
   <si>
     <t>232 RUE PAUL BERT 69003 LYON</t>
   </si>
   <si>
     <t>20/01/2017</t>
   </si>
   <si>
     <t>INSTITUT NATIONAL DE FORMATION ET D'APPLICATION DU CENTRE DE CULTURE OUVRIERE - INFA</t>
   </si>
   <si>
     <t>INFA HERAULT</t>
   </si>
   <si>
     <t>515 RUE DE L'INDUSTRIE 34070 MONTPELLIER</t>
   </si>
   <si>
     <t>01/01/2001</t>
   </si>
   <si>
     <t>30/06/2023</t>
   </si>
   <si>
     <t>YPNOTIK BARTENDING</t>
   </si>
   <si>
     <t>39 RUE RENE FONCK 34130 MAUGUIO</t>
   </si>
   <si>
     <t>30/06/2017</t>
-  </si>
-[...64 lines deleted...]
-    <t>01/07/2024</t>
   </si>
   <si>
     <t>LES 13 VENTS  ECOLE INTERNATIONALE DES METIERS ET DES COMPETENCES LIMOUSIN</t>
   </si>
   <si>
     <t>51 BOULEVARD DE LA LUNADE 19000 TULLE</t>
   </si>
   <si>
     <t>13/12/2013</t>
   </si>
   <si>
     <t>AFTER ALL</t>
   </si>
   <si>
     <t>12 BOULEVARD DE VINCENNES 94120 FONTENAY-SOUS-BOIS</t>
   </si>
   <si>
     <t>12/10/2017</t>
   </si>
   <si>
     <t>CERTIFICATIONS ET SERVICES - TOURISME HOTELLERIE RESTAURATION LOISIRS</t>
   </si>
   <si>
     <t>12/05/2015</t>
   </si>
@@ -1573,1178 +1573,1178 @@
       <c r="F15" s="2" t="s">
         <v>73</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="3">
         <v>54860142086</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>32</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>35185807100027</v>
+        <v>30340844700033</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>74</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>75</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>76</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I16" s="3">
-        <v>42670151467</v>
+        <v>22800001380</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>38830044400055</v>
+        <v>31281559000038</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>78</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="G17" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>81</v>
+        <v>18</v>
       </c>
       <c r="I17" s="3">
-        <v>11910565991</v>
+        <v>73310095331</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>32</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>32</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>38830044400071</v>
+        <v>31513169800047</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="I18" s="3">
-        <v>11910565991</v>
+        <v>11750763975</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>32</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>38903568400064</v>
+        <v>31513169800146</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="F19" s="2" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="I19" s="3">
-        <v>72330258733</v>
+        <v>11750763975</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>32</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>40765437500051</v>
+        <v>31513169800153</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I20" s="3">
-        <v>73650023765</v>
+        <v>11750763975</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>32</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>41058110200010</v>
+        <v>31513169800179</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>90</v>
+        <v>80</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I21" s="3">
-        <v>72330424333</v>
+        <v>11750763975</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>32</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>41338650900017</v>
+        <v>31513169800203</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>93</v>
+        <v>80</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="3">
-        <v>25610046361</v>
+        <v>11750763975</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>32</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>41875656500028</v>
+        <v>35185807100027</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>98</v>
-[...3 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="I23" s="3">
-        <v>93130998613</v>
+        <v>42670151467</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>32</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>32</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>43804828200026</v>
+        <v>38830044400055</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="G24" s="2"/>
+        <v>97</v>
+      </c>
+      <c r="G24" s="2" t="s">
+        <v>98</v>
+      </c>
       <c r="H24" s="2" t="s">
-        <v>18</v>
+        <v>99</v>
       </c>
       <c r="I24" s="3">
-        <v>93131026313</v>
+        <v>11910565991</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>32</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>32</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>44057777300052</v>
+        <v>38830044400071</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>18</v>
+        <v>99</v>
       </c>
       <c r="I25" s="3">
-        <v>31620165562</v>
+        <v>11910565991</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>32</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>32</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>44403832700029</v>
+        <v>38903568400064</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="3">
-        <v>11753742275</v>
+        <v>72330258733</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>32</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>32</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>30340844700033</v>
+        <v>40765437500051</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I27" s="3">
-        <v>22800001380</v>
+        <v>73650023765</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>31281559000038</v>
+        <v>41058110200010</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="I28" s="3">
-        <v>73310095331</v>
+        <v>72330424333</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>32</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>31513169800047</v>
+        <v>41338650900017</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
       <c r="I29" s="3">
-        <v>11750763975</v>
+        <v>25610046361</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>32</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>31513169800146</v>
+        <v>41875656500028</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="G30" s="2"/>
+        <v>116</v>
+      </c>
+      <c r="G30" s="2" t="s">
+        <v>117</v>
+      </c>
       <c r="H30" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I30" s="3">
-        <v>11750763975</v>
+        <v>93130998613</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>32</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>31513169800153</v>
+        <v>42924994900075</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="3">
-        <v>11750763975</v>
+        <v>83630337163</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>32</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>31513169800179</v>
+        <v>42924994900117</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="D32" s="2"/>
+        <v>118</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>121</v>
+      </c>
       <c r="E32" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="F32" s="2" t="s">
         <v>123</v>
       </c>
-      <c r="F32" s="2" t="s">
+      <c r="G32" s="2" t="s">
         <v>124</v>
       </c>
-      <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>18</v>
+        <v>125</v>
       </c>
       <c r="I32" s="3">
-        <v>11750763975</v>
+        <v>83630337163</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>32</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>31513169800203</v>
+        <v>42924994900133</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="D33" s="2"/>
+        <v>118</v>
+      </c>
+      <c r="D33" s="2" t="s">
+        <v>126</v>
+      </c>
       <c r="E33" s="2" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>18</v>
+        <v>125</v>
       </c>
       <c r="I33" s="3">
-        <v>11750763975</v>
+        <v>83630337163</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>32</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>50494797900010</v>
+        <v>42924994900141</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>28</v>
+        <v>125</v>
       </c>
       <c r="I34" s="3">
-        <v>41880097888</v>
+        <v>83630337163</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>32</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>32</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>53948741300038</v>
+        <v>42924994900158</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>130</v>
-[...1 lines deleted...]
-      <c r="D35" s="2"/>
+        <v>118</v>
+      </c>
+      <c r="D35" s="2" t="s">
+        <v>118</v>
+      </c>
       <c r="E35" s="2" t="s">
         <v>131</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>27</v>
+        <v>132</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>18</v>
+        <v>125</v>
       </c>
       <c r="I35" s="3">
-        <v>52440644844</v>
+        <v>83630337163</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>32</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>32</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>75129048700030</v>
+        <v>42924994900174</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>132</v>
+        <v>118</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
         <v>133</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="G36" s="2"/>
+      <c r="G36" s="2" t="s">
+        <v>135</v>
+      </c>
       <c r="H36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I36" s="3">
-        <v>82691219369</v>
+        <v>83630337163</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>32</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>32</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>78574029100220</v>
+        <v>43804828200026</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="D37" s="2" t="s">
         <v>136</v>
       </c>
+      <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
         <v>137</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="G37" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="3">
-        <v>11940392094</v>
+        <v>93131026313</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>32</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>32</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>79791357100023</v>
+        <v>44057777300052</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="D38" s="2"/>
+      <c r="E38" s="2" t="s">
         <v>140</v>
       </c>
-      <c r="D38" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E38" s="2" t="s">
+      <c r="F38" s="2" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I38" s="3">
-        <v>91340807534</v>
+        <v>31620165562</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>32</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>32</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>52972755400014</v>
+        <v>44403832700029</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="D39" s="2"/>
+      <c r="E39" s="2" t="s">
         <v>143</v>
       </c>
-      <c r="D39" s="2" t="s">
+      <c r="F39" s="2" t="s">
         <v>144</v>
-      </c>
-[...4 lines deleted...]
-        <v>146</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
       <c r="I39" s="3">
-        <v>93131377413</v>
+        <v>11753742275</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>32</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>32</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>42924994900075</v>
+        <v>50494797900010</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="I40" s="3">
-        <v>83630337163</v>
+        <v>41880097888</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>32</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>32</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>42924994900117</v>
+        <v>52972755400014</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D41" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="E41" s="2" t="s">
         <v>150</v>
       </c>
-      <c r="E41" s="2" t="s">
+      <c r="F41" s="2" t="s">
         <v>151</v>
       </c>
-      <c r="F41" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>154</v>
+        <v>83</v>
       </c>
       <c r="I41" s="3">
-        <v>83630337163</v>
+        <v>93131377413</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>32</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>32</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>32</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>42924994900133</v>
+        <v>53948741300038</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>147</v>
-[...3 lines deleted...]
-      </c>
+        <v>152</v>
+      </c>
+      <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>157</v>
+        <v>27</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>154</v>
+        <v>18</v>
       </c>
       <c r="I42" s="3">
-        <v>83630337163</v>
+        <v>52440644844</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>32</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>32</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>42924994900141</v>
+        <v>75129048700030</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>154</v>
+        <v>18</v>
       </c>
       <c r="I43" s="3">
-        <v>83630337163</v>
+        <v>82691219369</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>32</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>32</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>42924994900158</v>
+        <v>78574029100220</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>147</v>
+        <v>157</v>
       </c>
       <c r="D44" s="2" t="s">
-        <v>147</v>
+        <v>158</v>
       </c>
       <c r="E44" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="F44" s="2" t="s">
         <v>160</v>
       </c>
-      <c r="F44" s="2" t="s">
+      <c r="G44" s="2" t="s">
         <v>161</v>
       </c>
-      <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>154</v>
+        <v>18</v>
       </c>
       <c r="I44" s="3">
-        <v>83630337163</v>
+        <v>11940392094</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>32</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>32</v>
       </c>
       <c r="M44" s="2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>42924994900174</v>
+        <v>79791357100023</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>147</v>
-[...1 lines deleted...]
-      <c r="D45" s="2"/>
+        <v>162</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>162</v>
+      </c>
       <c r="E45" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>163</v>
-[...1 lines deleted...]
-      <c r="G45" s="2" t="s">
         <v>164</v>
       </c>
+      <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="I45" s="3">
-        <v>83630337163</v>
+        <v>91340807534</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>32</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>32</v>
       </c>
       <c r="M45" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
         <v>79964373900011</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>165</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
         <v>166</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>167</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I46" s="3">
         <v>74190081619</v>
@@ -2789,134 +2789,134 @@
       <c r="J47" s="2" t="s">
         <v>32</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>32</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>32</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
         <v>81531318400013</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>171</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>116</v>
+        <v>81</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>172</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>173</v>
       </c>
       <c r="I48" s="3"/>
       <c r="J48" s="2" t="s">
         <v>32</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>32</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>32</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
         <v>82211372600027</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>174</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
         <v>175</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>176</v>
       </c>
       <c r="G49" s="2" t="s">
         <v>177</v>
       </c>
       <c r="H49" s="2" t="s">
-        <v>118</v>
+        <v>83</v>
       </c>
       <c r="I49" s="3">
         <v>28140298714</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>32</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>32</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>32</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
         <v>82211372600035</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>174</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
         <v>178</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>179</v>
       </c>
       <c r="G50" s="2" t="s">
         <v>177</v>
       </c>
       <c r="H50" s="2" t="s">
-        <v>118</v>
+        <v>83</v>
       </c>
       <c r="I50" s="3">
         <v>28140298714</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>32</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>32</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>32</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
         <v>82422814200017</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
@@ -3161,51 +3161,51 @@
       <c r="J57" s="2" t="s">
         <v>32</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>32</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
         <v>91850054700016</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>191</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>107</v>
+        <v>143</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>192</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I58" s="3">
         <v>11756581875</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>32</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>32</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>32</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
@@ -3240,31 +3240,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/13/2025 09:57:02</dc:description>
+  <dc:description>Export en date du 01/31/2026 12:58:34</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>